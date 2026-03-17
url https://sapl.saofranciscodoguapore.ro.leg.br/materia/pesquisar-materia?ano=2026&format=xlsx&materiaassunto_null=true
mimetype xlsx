--- v0 (2026-01-28)
+++ v1 (2026-03-17)
@@ -10,272 +10,1621 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="128" uniqueCount="74">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1152" uniqueCount="520">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>4309</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>IN</t>
+  </si>
+  <si>
+    <t>Indicação</t>
+  </si>
+  <si>
+    <t>Professor Marcio</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4309/indicacao_no.01-2026-profmarcio_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Recomenda o cumprimento integral da Medida Provisória nº 1.334, de 21 de janeiro de 2026, no âmbito do município, com a consequente atualização do piso salarial profissional nacional do magistério para o valor de R$ 5.130,63 (cinco mil cento e trinta reais e sessenta e três centavos), correspondente ao reajuste de 5,4% para o ano de 2026 em relação ao valor vigente em 2025, conforme parâmetros legais e publicação no Diário Oficial da União.</t>
+  </si>
+  <si>
+    <t>4310</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4310/indicacao_no.02-2025-profmarcio_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica a adoção das providências administrativas e normativas necessárias para a aplicação da Lei Complementar nº 226, de 12 de janeiro de 2026, conhecida como Lei do “Descongela”, em consonância com o Estatuto do Magistério Municipal e o Plano de Carreira dos Profissionais da Educação.</t>
+  </si>
+  <si>
+    <t>4317</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4317/indicacao_no.03-2026-profmarcio.pdf</t>
+  </si>
+  <si>
+    <t>Conversão em pecúnia indenizatória das licenças-prêmio ou licenças especiais adquiridas e não usufruídas pelos servidores públicos civis e militares do Município de São Francisco do Guaporé/RO.</t>
+  </si>
+  <si>
+    <t>4319</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>Agnielde Fotógrafo</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4319/indicacao_no.04-2026-agnielde.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal e ao setor competente da Administração Pública Municipal que realize estudo de correção e atualização do valor pago aos Amigos Voluntários do Município.</t>
+  </si>
+  <si>
+    <t>4320</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4320/indicacao_no.05-2026-agnielde.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal que determine a confecção de memorial para todos os órgãos, repartições e espaços públicos que possuem nomes de pessoas homenageadas, contendo o nome completo do homenageado e um breve histórico sobre sua trajetória, destacando sua contribuição para o Município.</t>
+  </si>
+  <si>
+    <t>4321</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4321/indicacao_no.06-2026-agnielde.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal que seja substituída a ponte de madeira na Linha 02 B KM 20.</t>
+  </si>
+  <si>
+    <t>4322</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4322/indicacao_no.07-2026-agnielde.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal por meio da Secretaria competente, a necessidade de realização de serviços de patrolamento, elevação do nível da estrada e cascalhamento na Linha 04B e Linha 05C, na comunidade Santa Luzia.</t>
+  </si>
+  <si>
+    <t>4324</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4324/indicacao_no.08-2026-agnielde.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal, que determine ao setor competente  da Administração Municipal que, na data de realização do Leilão do Hospital de Amor, seja  destinada exclusividade para a realização desse evento, não sendo concedido alvará ou autorização para quaisquer outros eventos no mesmo dia.</t>
+  </si>
+  <si>
+    <t>4325</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4325/indicacao_no.09-2026-agnielde.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal, na forma regimental, que determine à _x000D_
+Secretaria Municipal de Infraestrutura e Desenvolvimento Rural a confecção e instalação de uma placa _x000D_
+de identificação na entrada da Linha Santo Antônio.</t>
+  </si>
+  <si>
+    <t>4326</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4326/indicacao_no.10-2026-agnielde.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal seja realizada a correção da perda  inflacionária dos cargos dos servidores públicos dos exercícios 2024 correção de 4,83% e 2025 correção de 4,26%.</t>
+  </si>
+  <si>
+    <t>4327</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4327/indicacao_no.11-2026-agnielde.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal, que determine ao setor competente da Administração Municipal a realização de estudo técnico visando ao realinhamento dos valores das diárias concedidas para deslocamentos ao campo e para viagens intermunicipais dos servidores públicos municipais.</t>
+  </si>
+  <si>
+    <t>4328</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4328/indicacao_no.12-2026-agnielde.pdf</t>
+  </si>
+  <si>
+    <t>Indico a Secretaria Municipal de Saúde que faça aquisição de aparelhos de Pilates para o  Setor de Fisioterapia Municipal, e os acessórios necessários, destinados ao setor de fisioterapia do  Município e garantindo sua correta instalação e manutenção, bem como a capacitação técnica dos profissionais responsáveis pelo uso dos equipamentos.</t>
+  </si>
+  <si>
+    <t>4329</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4329/indicacao_no.13-2026-agnielde.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Chefe do Poder Executivo Municipal que seja realizada a aquisição de oxímetros e aparelhos medidores de pressão arterial, com a finalidade de atender às demandas das Unidades de Saúde, bem como disponibilizar os referidos equipamentos para todas as escolas municipais e aos Agentes Comunitários de Saúde (ACS).</t>
+  </si>
+  <si>
+    <t>4330</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4330/indicacao_no.14-2026-agnielde.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal, que seja realizada a manutenção e reposição das lâmpadas dos postes de iluminação pública localizados na entrada da cidade.</t>
+  </si>
+  <si>
+    <t>4331</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4331/indicacao_no.15-2026-agnielde.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao setor responsável, que seja feito novas traves de suíço para o campo Linha 08 Vila Eldorado Porto Murtinho.</t>
+  </si>
+  <si>
+    <t>4332</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4332/indicacao_no.16-2026-agnielde.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal e ao setor competente da Administração Pública Municipal, institua Gratificação por Risco Biológico aos servidores da limpeza urbana do Município de São Francisco do Guaporé/RO.</t>
+  </si>
+  <si>
+    <t>4333</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4333/indicacao_no.17-2026-agnielde.pdf</t>
+  </si>
+  <si>
+    <t>Indico a Secretaria Municipal de Turismo no Município de São Francisco do Guaporé á Realização do Campeonato de Pesca Esportiva – 2ª Edição no Porto Murtinho, no Rio São Miguel, e realização de etapa no Rio Guaporé.</t>
+  </si>
+  <si>
+    <t>4334</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4334/indicacao_no.18-2026-agnielde.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal, por meio da Secretaria Municipal de Infraestrutura, que entre em contato com as empresas responsáveis pela rede de telefonia fixa do município, a fim de que seja realizada a remoção dos fios inutilizados e soltos que se encontram pendurados em diversos pontos da cidade.</t>
+  </si>
+  <si>
+    <t>4335</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>Braz Carlos Correia</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4335/indicacao_no.19-2026-braz.pdf</t>
+  </si>
+  <si>
+    <t>Requer o Poder Executivo que seja realizado o cascalhamento da estrada na Linha 27, de forma a melhorar as condições de tráfego e acesso de veículos, e faça o levantamento dos pontos críticos ao longo dessa via, identificando trechos mais danificados, áreas de erosão e locais que mais necessitam de intervenção.</t>
+  </si>
+  <si>
+    <t>4336</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4336/indicacao_no.20-2026-braz.pdf</t>
+  </si>
+  <si>
+    <t>Requer o Poder Executivo que seja realizado o cascalhamento da estrada na Linha 95, de forma a melhorar as condições de tráfego e acesso de veículos, e faça o levantamento dos pontos críticos ao longo dessa via, identificando trechos mais danificados, áreas de erosão e locais que mais necessitam de intervenção.</t>
+  </si>
+  <si>
+    <t>4337</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4337/indicacao_no.21-2026-braz.pdf</t>
+  </si>
+  <si>
+    <t>Requer o Poder Executivo que seja realizado o cascalhamento da estrada rural da Linha dos Goianos, de forma a melhorar as condições de tráfego e acesso de veículos se proceda ao levantamento e mapeamento dos pontos críticos ao longo dessa via, identificando trechos mais danificados, áreas de erosão e locais que mais necessitam de intervenção</t>
+  </si>
+  <si>
+    <t>4357</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>Pastor Eber Lopes</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4357/indicacao_no.22-2026-eber.pdf</t>
+  </si>
+  <si>
+    <t>Que seja realizado um concurso público para todas as áreas públicas da prefeitura.</t>
+  </si>
+  <si>
+    <t>4358</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4358/indicacao_no.23-2026-eber.pdf</t>
+  </si>
+  <si>
+    <t>Seja confeccionadas e instaladas placas de identificação em todas as ruas e avenidas do nosso município.</t>
+  </si>
+  <si>
+    <t>4379</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4379/indicacao_de_uma_construcao_de_uma_rampa_de_acesso_na_quadra_da_praca_da_cidade_alta..pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Poder Executivo Municipal, na forma regimental, que seja realizada a construção de uma rampa de acesso na quadra da Praça da Cidade Alta, ao lado da Escola Regina de Almeida.</t>
+  </si>
+  <si>
+    <t>4380</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4380/indicacao_instalacao_de_redes_nas_novas_traves_da_quadra_localizada_na_praca_da_escola_regina_de_almeida.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal, através da secretaria municipal de esporte cultura e lazer que seja realizada a instalação de redes nas novas traves da quadra localizada na Praça da Escola Regina de Almeida.</t>
+  </si>
+  <si>
+    <t>4395</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4395/indicacao__construcao_da_calcada_que_falta_na_parada_de_onibus_localizada_aos_fundos_da_escola_regina_de_almeida.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal, a construção da calçada que falta na parada de ônibus localizada aos fundos da Escola Regina de Almeida, garantindo melhores condições de acessibilidade e segurança aos alunos, especialmente aos estudantes cadeirantes que utilizam o local diariamente</t>
+  </si>
+  <si>
+    <t>4396</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4396/indicacao__para_os_veiculos_publicos_serem_adesivados_logo_da_administracao.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal, e ao setor competente que todos os veículos públicos pertencentes à Administração Municipal estejam devidamente identificados com adesivos padronizados da Administração Pública, contendo o nome do Município e, se possível, o respectivo brasão oficial.</t>
+  </si>
+  <si>
+    <t>4397</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4397/indicacao__patrolamento_das_ruas_nao_pavimentas_do_municipio.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal, que seja realizado o patrolamento de todas as ruas não pavimentadas do município de São Francisco do Guaporé RO.</t>
+  </si>
+  <si>
+    <t>4398</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4398/indicacao_novas_traves_de_futebol_suico_para_o_campo_localizado_na_esquina_da_linha_08_no_setor_porto_murtinho..pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal a instalação de novas traves de Futebol Suíço para o campo localizado na esquina da Linha 08, Setor Porto Murtinho.</t>
+  </si>
+  <si>
+    <t>4399</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4399/instalacao_de_dois_02_bebedouros_de_aco_inoxidavel_para_o_ginasio_de_esportes.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal, junto a secretaria municipal de esportes, que seja providenciado a instalação de dois (02) bebedouros de aço inoxidável para o ginásio de esportes, substituindo o atual freezer utilizado para o armazenamento da água consumida por atletas, crianças e frequentadores do local.</t>
+  </si>
+  <si>
+    <t>4400</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4400/realizada_a_manutencao_de_todas_as_pracas_publicas_do_municipio_playground.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal que seja realizada a manutenção de todas as praças públicas do município, bem como a aquisição e instalação de novos brinquedos playground.</t>
+  </si>
+  <si>
+    <t>4401</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4401/indicacao_sejam_realizados_torneios_de_volei_de_areia_em_nosso_municipio.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal, por meio da Secretaria Municipal de Esporte, sejam realizados torneios de vôlei de areia em nosso município.</t>
+  </si>
+  <si>
+    <t>4402</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>Ozias Santos</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4402/indicacao_quebra_molas_lh33.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Poder Executivo Municipal que seja feita a instalação de dois quebra-molas (redutores de velocidade) na Linha 33, travessão que dá acesso à Linha 31.</t>
+  </si>
+  <si>
+    <t>4403</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4403/aquisicao_de_jogos_de_uniformes_esportivos_para_jogos_do__joer.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal, por meio da Secretaria Municipal de Educação, seja realizada a aquisição de jogos de uniformes esportivos para todas as escolas da rede municipal, a fim de possibilitar a participação dos alunos no JOER – Fase Municipal.</t>
+  </si>
+  <si>
+    <t>4406</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4406/indicacao_municipal_de_saude_que_seja_providenciado_o_retorno_das_atividades_com_profissional_de_educacao_fisica_em_todas_as_academias_de_saude.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal, por meio da Secretaria Municipal de Saúde que seja providenciado o retorno das atividades com profissional de Educação Física em todas as academias de saúde ao ar livre localizadas na zona rural do município.</t>
+  </si>
+  <si>
+    <t>4408</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4408/indicacao_tem_como_objetivo_melhorar_as_condicoes_de_trafegabilidade_zona_rural.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal que, por meio da Secretaria Municipal de Obras, seja realizado, no período da estiagem, o alargamento, elevação do nível da estrada e o cascalhamento das Linhas 06, 07, todas as vias da Linha 04 e da Linha 5C,_x000D_
+localizadas na zona rural do município.</t>
+  </si>
+  <si>
+    <t>4410</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4410/indicacao_no_37_que_seja_oficializado_o_torrao_live_esportista_como_narrador_e_responsavel_pela_transmissao_dos_eventos_esportivos_realizados_no_municipio.pdf</t>
+  </si>
+  <si>
+    <t>Que seja oficializado o Torrão Live Esportista como narrador e responsável pela transmissão dos eventos esportivos realizados no município, assegurando-lhe também livre acesso aos locais de realização das competições promovidas ou apoiadas pela municipalidade.</t>
+  </si>
+  <si>
+    <t>4411</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4411/indicacao_no_38_que_determine_a_realizacao_de_nova_atualizacao_e_ajuste_no_tempo_de_funcionamento_do_semaforo_existente_no_municipio.pdf</t>
+  </si>
+  <si>
+    <t>Que determine a realização de nova atualização e ajuste no tempo de funcionamento do semáforo existente no município, tendo em vista que o tempo de espera (sinal vermelho) se encontra superior a um minuto, enquanto o tempo destinado à passagem dos veículos (sinal verde) é de poucos segundos, situação que se mostra desproporcional.</t>
+  </si>
+  <si>
+    <t>4413</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4413/indicacao_no_46_que_seja_realizada_a_manutencao_da_rua_amapa_no_trecho_compreendido_entre_a_rua_marechal_candido_rondon_ate_a_rua_rio_branco_no_bairro_cidade_baixa..pdf</t>
+  </si>
+  <si>
+    <t>Que seja realizada a manutenção da Rua Amapá, no trecho compreendido entre a Rua Marechal Cândido Rondon até a Rua Rio Branco, no bairro Cidade Baixa.</t>
+  </si>
+  <si>
+    <t>4316</t>
+  </si>
+  <si>
+    <t>RE</t>
+  </si>
+  <si>
+    <t>Requerimento</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4316/requerimento_no.01-2026-agnielde.pdf</t>
+  </si>
+  <si>
+    <t>Requerer que seja encaminhada ao Poder Executivo Municipal para que realize a reforma da quadra esportiva localizada ao lado da Escola Regina de _x000D_
+Almeida, contemplando, especialmente, a Instalação de Rede de proteção, alambrado e a recuperação das traves.</t>
+  </si>
+  <si>
+    <t>4318</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4318/requerimento_no.02-2026-agnielde.pdf</t>
+  </si>
+  <si>
+    <t>Requerer que seja encaminhada ao Poder Executivo Municipal a Solicitação de aquisição e instalação de telas de proteção no Ginásio de Esportes _x000D_
+Municipal, com o objetivo de impedir a entrada de pombos e outras aves no interior do espaço, e realização de manutenção básica para campeonatos de futsal.</t>
+  </si>
+  <si>
+    <t>4323</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4323/requerimento_no.03-2026-ozias.pdf</t>
+  </si>
+  <si>
+    <t>Requer que junto a Secretária Municipal de Esporte e Lazer, que seja feita a construção de uma mureta de proteção na quadra esportiva localizada na Praça da Cidade Alta, Oziel Andrade Lima Tininho.</t>
+  </si>
+  <si>
+    <t>4338</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4338/requerimento_no.04-2026-_eber_lopes.pdf</t>
+  </si>
+  <si>
+    <t>‘’Requer informações à Secretaria Municipal de Assistência Social sobre o cronograma de execução do curso de informática gratuito, custeado por emenda parlamentar da Deputada Federal Cristiane Lopes.’’</t>
+  </si>
+  <si>
+    <t>4339</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4339/requerimento_no.05-2026-_eber_lopes.pdf</t>
+  </si>
+  <si>
+    <t>Requer informações detalhadas à Secretaria Municipal de Obras sobre o estágio atual, cronograma de execução e previsão de entrega das obras do Estádio Municipal.</t>
+  </si>
+  <si>
+    <t>4340</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4340/requerimento_no.06-2026-_eber_lopes.pdf</t>
+  </si>
+  <si>
+    <t>‘’Requer a execução de serviços de operação "tapa-buracos" e recuperação asfáltica na Rua Dom João VI, no trecho compreendido entre a Avenida Brasil e a Rua Amapá, Bairro Cidade Baixa.’’</t>
+  </si>
+  <si>
+    <t>4341</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4341/requerimento_no.07-2026-_eber_lopes.pdf</t>
+  </si>
+  <si>
+    <t>Requer, em caráter de urgência, a execução de serviços de operação "tapa-buracos" e manutenção de pavimentação na Rua Rio Madeira, no trecho entre a Avenida Brasil e a Rua Amapá, Bairro Cidade Baixa.</t>
+  </si>
+  <si>
+    <t>4342</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4342/requerimento_no.08-2026-_eber_lopes.pdf</t>
+  </si>
+  <si>
+    <t>Requer informações à Secretaria Municipal de Saúde sobre o processo de execução e realização de exames de imagem custeados por meio de emenda parlamentar individual deste Vereador</t>
+  </si>
+  <si>
+    <t>4343</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4343/requerimento_no.09-2026-_eber_lopes.pdf</t>
+  </si>
+  <si>
+    <t>“Requer, em caráter de urgência, a aquisição e instalação de aparelhos de ar-condicionado na Capela Mortuária Municipal de São Francisco do Guaporé.”</t>
+  </si>
+  <si>
+    <t>4344</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4344/requerimento_no.10-2026-_eber_lopes.pdf</t>
+  </si>
+  <si>
+    <t>“Requer informações detalhadas ao Poder Executivo Municipal sobre o cronograma de finalização, data de entrega e motivos do atraso nas obras da Creche Municipal.”</t>
+  </si>
+  <si>
+    <t>4345</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4345/requerimento_no.11-2026-_eber_lopes.pdf</t>
+  </si>
+  <si>
+    <t>“Que providencie a manutenção e os reparos do telhado do Ginásio de Esportes antes que comece os campeonatos de Futsal do município.”</t>
+  </si>
+  <si>
+    <t>4350</t>
+  </si>
+  <si>
+    <t>Geferson dos Santos</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4350/requerimento_no.12-2026-geferson.pdf</t>
+  </si>
+  <si>
+    <t>Requer junto a Secretaria Municipal de Agricultura e Desenvolvimento Rural, a instalação de uma lombada (quebra-molas) na Linha 06, aproximadamente 200 metros antes da interseção com a BR-429, para evitar acidentes.</t>
+  </si>
+  <si>
+    <t>4351</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4351/requerimento_no.13-2026-geferson.pdf</t>
+  </si>
+  <si>
+    <t>Requer junto a Secretaria Municipal de Infraestrutura e Serviços Públicos, a instalação urgente de um quebra-molas (lombada redutora de velocidade) na Rua Amapá, exatamente na esquina com a Avenida Marechal Rondon, para proteger a integridade física de varias crianças que residem e transitam diariamente na região, com um trafego muito pesado de veículos.</t>
+  </si>
+  <si>
+    <t>4352</t>
+  </si>
+  <si>
+    <t>Agnielde Fotógrafo, Alessandra Brito, Braz Carlos Correia, Elias do Tininho, Geferson dos Santos, Hermes Bordignon, Jorge Honorato, Márcio da Agricultura, Ozias Santos, Pastor Eber Lopes, Professor Marcio</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4352/requerimento_no.14-2026-todos_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Os Vereadores que subscreve, no uso de suas atribuições legais e regimentais, com fundamento no art. 58, § 3º da Constituição Federal, aplicado por simetria aos Municípios, bem como nas disposições pertinentes do Regimento Interno da Câmara Municipal de São Francisco do Guaporé, vem, respeitosamente, requerer a Vossa Excelência a instauração de Comissão Parlamentar de Inquérito – CPI, para apuração do seguinte fato determinado:_x000D_
+_x000D_
+Apurar fato grave envolvendo servidor público lotado no Setor de Tesouraria da Secretaria Municipal de Saúde, que teria realizado transferências indevidas de valores pertencentes ao erário municipal para conta bancária de sua titularidade, de acordo com o Ofício nº.16/PGM/2026 de autoria do Senhor Valnir Gonçalves de Azevedo – Procurador Geral do Município.</t>
+  </si>
+  <si>
+    <t>4359</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4359/requerimento_no.15-2026-eber.pdf</t>
+  </si>
+  <si>
+    <t>O informativo por via de documentações sobre a compra de medicamentos destinados a farmácia básica do município para o ano de 2026.</t>
+  </si>
+  <si>
+    <t>4360</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4360/requerimento_no.16-2026-eber.pdf</t>
+  </si>
+  <si>
+    <t>O informativo via documentação, sobre o plano de ação de instalação de água potável nas casinhas populares.</t>
+  </si>
+  <si>
+    <t>4361</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4361/requerimento_no.17-2026-eber.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feita a pintura da faixa de pedestre na rua Rondônia em frente à igreja Canaã Pentecostal no Brasil.</t>
+  </si>
+  <si>
+    <t>4362</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4362/requerimento_no.18-2026-eber.pdf</t>
+  </si>
+  <si>
+    <t>O informativo via documentações dos tramites e execução da pavimentação asfáltica, recurso através de emenda parlamentar do Senador Marcos Rogério.</t>
+  </si>
+  <si>
+    <t>4363</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4363/requerimento_no.19-2026-eber.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feito a limpeza e manutenção da Linha do Verdurão.</t>
+  </si>
+  <si>
+    <t>4364</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4364/requerimento_no.20-2026-eber.pdf</t>
+  </si>
+  <si>
+    <t>Que venha adquirir tratamento e fornecer medicamentos gratuitamente para a cessação de tabagismo.</t>
+  </si>
+  <si>
+    <t>4365</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4365/requerimento_no.21-2026-eber.pdf</t>
+  </si>
+  <si>
+    <t>A contratação de uma piscina para o atendimento fisioterapêutico (hidroterapia/ fisioterapia aquática) voltada ao atendimento e reabilitação de pacientes acidentados, idosos e pascentes com deficiência ortopédicos.</t>
+  </si>
+  <si>
+    <t>4366</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4366/requerimento_no.22-2026-eber.pdf</t>
+  </si>
+  <si>
+    <t>O informativo sobre quais exames são oferecidos no laboratório municipal, e quais estão em falta.</t>
+  </si>
+  <si>
+    <t>4367</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4367/requerimento_no.23-2026-eber.pdf</t>
+  </si>
+  <si>
+    <t>O informativo sobre quais aparelhos de imagens são pertencentes ao município e quais estão em funcionamento para atendimento a nossa população.</t>
+  </si>
+  <si>
+    <t>4368</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4368/requerimento_no.24-2026-eber.pdf</t>
+  </si>
+  <si>
+    <t>O informativo via documentações sobre o andamento para a execução do recurso federal, recurso esse que veio através de emenda parlamentar para a aquisição de uma usina asfáltica.</t>
+  </si>
+  <si>
+    <t>4369</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4369/requerimento_no.25-2026-eber.pdf</t>
+  </si>
+  <si>
+    <t>O informativo via documentações sobre o quanto foi gasto com empresas terceirizadas no ano de 2025 para a manutenção das linhas vicinais, ruas e avenidas.</t>
+  </si>
+  <si>
+    <t>4370</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4370/requerimento_no.26-2026-eber.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feito um estacionamento na Rua Ronaldo Aragão ao lado do muro da Escola Estadual Campo Sales.</t>
+  </si>
+  <si>
+    <t>4373</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4373/requerimento_no.27-2026-geferson.pdf</t>
+  </si>
+  <si>
+    <t>Requer junto a Secretaria Municipal de Agricultura e Desenvolvimento Rural, a adoção de providências urgentes visando ao cascalhamento e à manutenção dos carreadores utilizados para o escoamento da safra de café nas propriedades que forem solicitadas, a fim de atender às demandas emergenciais dos produtores rurais do Município de São Francisco do Guaporé – RO.</t>
+  </si>
+  <si>
+    <t>4374</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4374/requerimento_no.28-2026-geferson.pdf</t>
+  </si>
+  <si>
+    <t>Requer junto a Secretaria Municipal de Infraestrutura e Serviços Públicos a implantação de redutor de velocidade (quebra-molas), com a devida sinalização horizontal e vertical, na Rua Amapá, esquina com a Rua Marechal Rondon.</t>
+  </si>
+  <si>
+    <t>4375</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4375/requerimento_no.29-2026-geferson.pdf</t>
+  </si>
+  <si>
+    <t>Requer junto a Secretaria Municipal de Educação, a adoção de providências urgentes visando à ativação e manutenção do sistema de câmeras de segurança nas unidades escolares do Município, com a imediata reativação, reparo ou substituição dos equipamentos que se encontram com defeito ou desativados.</t>
+  </si>
+  <si>
+    <t>4378</t>
+  </si>
+  <si>
+    <t>Braz Carlos Correia, Geferson dos Santos</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4378/requerimento_no.30-2026-geferson_braz.pdf</t>
+  </si>
+  <si>
+    <t>Requer o o afastamento temporário pelo prazo de 120 (cento e vinte) dias, podendo ser prorrogado por igual período caso necessário, das seguintes gestoras públicas:_x000D_
+•	Maria José de Oliveira, Secretária Municipal de Saúde;_x000D_
+•	Maria José do Prado, Secretária Municipal Adjunta de Saúde.</t>
+  </si>
+  <si>
+    <t>4381</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4381/requerimento_-_esc.clodoaoldo_splicigo.docx</t>
+  </si>
+  <si>
+    <t>Manutenção das janelas e reposição de vidros das janelas na Escola Municipal Clodoaldo Splicigo.</t>
+  </si>
+  <si>
+    <t>4382</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4382/requerimento_sec._de_obras.docx</t>
+  </si>
+  <si>
+    <t>Solicitação de levantamento e cascalhamento da Rua Samuel Lourenço nas esquinas com as ruas Floriano Peixoto e Valécio de Araújo.</t>
+  </si>
+  <si>
+    <t>4383</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/</t>
+  </si>
+  <si>
+    <t>Solicitação à Mesa Diretora para elaboração e encaminhamento de Projeto de Lei concedendo a Revisão Geral Anual (RGA) das remunerações dos servidores da Câmara Municipal, com base no índice do IPCA.</t>
+  </si>
+  <si>
+    <t>4384</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4384/requerimento_linha_21.docx</t>
+  </si>
+  <si>
+    <t>Requer reparo emergencial em trecho da Linha 21 (buraco no leito da estrada).</t>
+  </si>
+  <si>
+    <t>4385</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4385/requerimento_linha_04_b.docx</t>
+  </si>
+  <si>
+    <t>Requer que seja encaminhado expediente ao Senhor Ewerton Sandro Finotti Veronezzi, Secretário Municipal de Agricultura e Desenvolvimento Rural – SEMAGRI, solicitando que sejam adotadas providências para a realização de reparos no leito da estrada da Linha 4 B, localizada no Setor Chacareiro, em frente à propriedade do Senhor Luciano.</t>
+  </si>
+  <si>
+    <t>4386</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4386/requerimento_linha_10_e_11.docx</t>
+  </si>
+  <si>
+    <t>Requer que seja encaminhado expediente ao Senhor Ewerton Sandro Finotti Veronezzi, Secretário Municipal de Agricultura e Desenvolvimento Rural – SEMAGRI, solicitando que sejam adotadas providências para a realização de serviços de levantamento do leito da estrada, cascalhamento e instalação de bueiros no Setor Chacareiro, no trecho compreendido entre a Linha 10 e a Linha 11.</t>
+  </si>
+  <si>
+    <t>4387</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4387/requerimento_sessao_itinerante.docx</t>
+  </si>
+  <si>
+    <t>Requer realização de Sessão Itinerante na Escola Municipal Clodoaldo Splicigo – Linha 04.</t>
+  </si>
+  <si>
+    <t>4391</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4391/requerimento-_assistente_social.docx</t>
+  </si>
+  <si>
+    <t>Requer informações e relatórios financeiros do Fundo Municipal de Assistência Social.</t>
+  </si>
+  <si>
+    <t>4392</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4392/requerimento-_secretario_de_educacao.docx</t>
+  </si>
+  <si>
+    <t>Requer informações e relatórios financeiros do Fundo de Manutenção e Desenvolvimento da Educação Básica – FUNDEB.</t>
+  </si>
+  <si>
+    <t>4393</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>Alessandra Brito</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4393/requerimento_plantonista_e_telefone_sessao_ok.pdf</t>
+  </si>
+  <si>
+    <t>REQUERER que seja realizada a contratação ou disponibilização de profissional plantonista e telefone institucional ativo para a Secretaria Municipal de Assistência Social.</t>
+  </si>
+  <si>
+    <t>4404</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4404/requerimento_capacitacao_dentista.pdf</t>
+  </si>
+  <si>
+    <t>Requerer a capacitação dos cirurgiões-dentistas da rede municipal para atendimento de gestantes e odontopediatria.</t>
+  </si>
+  <si>
+    <t>4405</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4405/requerimento_aulas_de_zumba.pdf</t>
+  </si>
+  <si>
+    <t>Requerer implantação de aulas de zumba para promoção da saúde e qualidade de vida da população.</t>
+  </si>
+  <si>
+    <t>4407</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4407/requerimento_no_043_que_determine_a_comissao_responsavel_pelo_teste_seletivo_em_vigencia_que_o_exame_pratico_para_os_cargos_de_motorista.pdf</t>
+  </si>
+  <si>
+    <t>Que determine à comissão responsável pelo teste seletivo em vigência que o exame prático para os cargos de motorista, tanto de viaturas leves quanto de veículos pesados, seja realizado por profissional devidamente credenciado pelo Conselho Estadual de Trânsito de Rondônia.</t>
+  </si>
+  <si>
+    <t>4409</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4409/requerimento_no_que_sejam_prestadas_informacoes_oficiais_via_documental_acerca_do_prazo_previsto_para_a_conclusao_e_entrega_da_creche_municipal_atualmente_em_construcao_no_municipio..pdf</t>
+  </si>
+  <si>
+    <t>Que sejam prestadas informações oficiais, via documental, acerca do prazo previsto para a conclusão e entrega da creche municipal atualmente em construção no município.</t>
+  </si>
+  <si>
+    <t>4412</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4412/indicacao_no_45_para_que_determine_a_secretaria_municipal_de_esportes_a_aquisicao_de_dois_tratores_cortadores_de_grama_destinados_a_manutencao_dos_campos_esportivos_do_municipio..pdf</t>
+  </si>
+  <si>
+    <t>Para que determine à Secretaria Municipal de Esportes a aquisição de dois tratores cortadores de grama destinados à manutenção dos campos esportivos do município.</t>
+  </si>
+  <si>
+    <t>4416</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4416/requerimento_no__046__convocacao_do_secretario_municipal_de_esportes.pdf</t>
+  </si>
+  <si>
+    <t>A convocação do Secretário Municipal de Esportes, dos técnicos de execução responsáveis pelo projeto de construção do Estádio Municipal, bem como do responsável pela empresa encarregada da execução da referida obra, para esclarecimento do Projeto de lei PL 43/2026. Bem com comparecerem à Câmara Municipal no dia 20 de março de 2026, às 09h00, a fim de prestarem informações e esclarecimentos acerca da execução, andamento e demais aspectos relacionados à construção do Estádio Municipal. O presente requerimento fundamenta-se no art. 26 da Lei Orgânica Municipal, que dispõe: ato normativo nº 26, de dia, de mês, de ano, segundo o qual, por deliberação de maioria simples de seus membros, a Câmara Municipal poderá convidar o Prefeito Municipal, bem como convocar os Secretários Municipais ou Diretor equivalente para prestarem informações acerca de assuntos previamente estabelecidos.</t>
+  </si>
+  <si>
     <t>4273</t>
   </si>
   <si>
-    <t>2026</t>
-[...4 lines deleted...]
-  <si>
     <t>APL</t>
   </si>
   <si>
     <t>Anteprojeto de Lei</t>
   </si>
   <si>
     <t>Elias do Tininho</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4273/sao_francisco_contra_obesidade_e_diabetes.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4273/sao_francisco_contra_obesidade_e_diabetes.pdf</t>
   </si>
   <si>
     <t>São Francisco contra Obesidade e Diabetes</t>
   </si>
   <si>
+    <t>4390</t>
+  </si>
+  <si>
+    <t>Márcio da Agricultura</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4390/apl_incentivo_e_promocao_a_pratica_do_xadrez_nas_escolas_da_rede_municipal_de_ensino.pdf</t>
+  </si>
+  <si>
+    <t>“Institui a Política Municipal de Incentivo e Promoção à Prática do Xadrez nas  Escolas da  Rede  Municipal  de  Ensino  de São Francisco  do  Guaporé – RO,  e  dá outras providências.”</t>
+  </si>
+  <si>
     <t>4274</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>José Wellington Drumond Gouvea</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4274/pl_no.01-2026_-_aquis._lousas__-_semec_-_r_1.266.28000_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4274/pl_no.01-2026_-_aquis._lousas__-_semec_-_r_1.266.28000_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito  Adicional Especial por  Excesso  de  Arrecadação  e Por Superávit financeiro  até  o  montante  de  R$1.266.280,00 (Um  milhão duzentos e sessenta e seis mil duzentos e oitenta reais) em favor da unidade Orçamento da Secretaria Municipal de Educação - SEMED, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>4275</t>
   </si>
   <si>
-    <t>2</t>
-[...2 lines deleted...]
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4275/pl_no.02-2026_-_aquis._mat._perm._helen_cristina_-_r_73.19600_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4275/pl_no.02-2026_-_aquis._mat._perm._helen_cristina_-_r_73.19600_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe  sobre  Inclusão  e Alterações  no  PPA,  LDO  e LOA,  e  Autoriza  o  Poder  Executivo  a Abertura  de Crédito Adicional Especial  por Superávit  Financeiro até  o  montante de  R$ 73.196,00 (Setenta  e três mil cento e noventa e seis reais) em favor da unidade Orçamentária na Secretaria Municipal de Saúde - SEMUSA, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>4276</t>
   </si>
   <si>
-    <t>3</t>
-[...2 lines deleted...]
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4276/pl_no.03-2026_-_aquis._mat._perm._-_r_794.57600_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4276/pl_no.03-2026_-_aquis._mat._perm._-_r_794.57600_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe  sobre  Inclusão  e Alterações  no  PPA,  LDO  e LOA,  e  Autoriza  o  Poder  Executivo  a Abertura  de Crédito Adicional Especial  por Superávit  Financeiro até o montante de R$ 794.576,00 (setecentos noventa e quatro mil quinhentos e setenta e seis reais) em favor da  unidade Orçamentário  da Secretaria  Municipal  de Saúde - SEMUSA, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>4277</t>
   </si>
   <si>
-    <t>4</t>
-[...2 lines deleted...]
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4277/pl_no.04-2026_-_aqui._embarcacao_motor_12_popa_-_r_191.68900_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4277/pl_no.04-2026_-_aqui._embarcacao_motor_12_popa_-_r_191.68900_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe  sobre  Inclusão  e Alterações  no  PPA,  LDO  e LOA,  e  Autoriza  o  Poder  Executivo  a Abertura  de Crédito Adicional Especial  por Superávit  Financeiro até o montante de R$ 191.689,00 (cento e noventa e um mil  seiscentos e  oitenta e  nove reais) em favor da unidade Orçamentaria  da Secretaria  Municipal  de Saúde - SEMUSA, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>4278</t>
   </si>
   <si>
-    <t>5</t>
-[...5 lines deleted...]
-    <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito Adicional Especial  por Superávit  Financeiro até  o  montante de  R$ 29.065,00 (Duzentos  e  vinte  e  nove  mil e  sessenta e  cinco reais) em favor  da unidade Orçamentaria  da  Secretaria  Municipal  de Saúde -SEMUSA, no Orçamento Vigente, e dá outras providências"</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4278/pl_no.05-2026_-_aquis._pick_up_e_termonebulizador_-_r_229.06500_assinado.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito Adicional Especial  por Superávit  Financeiro até  o  montante de  R$ 229.065,00 (Duzentos  e  vinte  e  nove  mil e  sessenta e  cinco reais) em favor  da unidade Orçamentaria  da  Secretaria  Municipal  de Saúde -SEMUSA, no Orçamento Vigente, e dá outras providências"</t>
   </si>
   <si>
     <t>4279</t>
   </si>
   <si>
-    <t>6</t>
-[...2 lines deleted...]
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4279/pl_no.06-2026_-_autoriza_a_realizacao_de_procedimento_seletivo_no_exercicio_de_2026_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4279/pl_no.06-2026_-_autoriza_a_realizacao_de_procedimento_seletivo_no_exercicio_de_2026_assinado.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização para realização de Processo Seletivo Simplificado para contratação temporária de profissionais destinados ao atendimento de necessidades temporárias de excepcional interesse público no âmbito do Município de São Francisco do Guaporé e dá outras providências."</t>
   </si>
   <si>
     <t>4280</t>
   </si>
   <si>
-    <t>7</t>
-[...2 lines deleted...]
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4280/pl_no.07-2026_-_estagio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4280/pl_no.07-2026_-_estagio_assinado.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a celebrar convênio de concessão de Estágio com Instituições de Ensino Técnico e Superior, para oferecimento de estágios a estudantes, e dá outras providências"</t>
   </si>
   <si>
     <t>4283</t>
   </si>
   <si>
-    <t>8</t>
-[...2 lines deleted...]
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4283/pl_no.08-2026_-_usina_asfaltica_-_r_2.100.79200.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4283/pl_no.08-2026_-_usina_asfaltica_-_r_2.100.79200_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito  Adicional Especial por Superávit  Financeiro até  o  montante  de  R$ 2.100.792,00 (Dois  milhões  cem  mil  reais  e  setecentos  e noventa e dois reais) em favor da unidade Orçamentaria da Secretaria Municipal e Infra Estrutura e Serviços públicos - SEINFRA, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>4284</t>
   </si>
   <si>
-    <t>9</t>
-[...2 lines deleted...]
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4284/pl_no.09-2026_-casas_habitacionais_-_r_4.018.47902.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4284/pl_no.09-2026_-casas_habitacionais_-_r_4.018.47902_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito  Adicional Especial Por  Excesso de Arrecadação e  por  Superávit Financeiro no  valor de até R$ 4.018.479,02 (Quatro milhões dezoito mil quatrocentos  e  setenta  e  nove  reais  e  dois centavos) em favor da unidade Orçamentária da Secretaria Municipal e Desenvolvimento  Social e  da  Família - SEMDSF, no  Orçamento vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>4285</t>
   </si>
   <si>
-    <t>10</t>
-[...2 lines deleted...]
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4285/pl_no.10-2026_-_aquis._equip._e_impl._agricola_-_r_396.00000.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4285/pl_no.10-2026_-_aquis._equip._e_impl._agricola_-_r_396.00000_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza  o  Poder  Executivo  a  Abertura  de  Crédito Adicional Especial por Superávit Financeiro no montante de até R$ 396.000,00 (Trezentos  e  noventa  e  seis  mil reais), em favor  da  Secretaria  Municipal  de  Agricultura – SEMAGRI e dá outras providências.”</t>
   </si>
   <si>
     <t>4286</t>
   </si>
   <si>
-    <t>11</t>
-[...5 lines deleted...]
-    <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito  Adicional Especial por Superávit  Financeiro até  o montante  de  R$ 25.000,09 (Quinhentos  e  vinte  e  cinco  mil  reais  e  nove centavos)  em  favor  da  unidade Orçamento  da  Secretaria  Municipal  de Educação - SEMED,  no  Orçamento  Vigente,  e  dá  outras providências.”</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4286/pl_no.11-2026_-_aquis._van_semed-_r_252.00009.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito  Adicional Especial por Superávit  Financeiro até  o montante  de  R$ 525.000,09 (Quinhentos  e  vinte  e  cinco  mil  reais  e  nove centavos)  em  favor  da  unidade Orçamento  da  Secretaria  Municipal  de Educação - SEMED,  no  Orçamento  Vigente,  e  dá  outras providências.”</t>
   </si>
   <si>
     <t>4287</t>
   </si>
   <si>
-    <t>12</t>
-[...2 lines deleted...]
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4287/pl_no.11-2026_-_plano_de_trabalho_van_-_r_525.00009.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4287/pl_no.12-2026_-_saldo_remanescente_fhita_25_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza  o  Poder  Executivo  a  Abertura  de  Crédito Adicional Especial por Superávit Financeiro no montante de até R$ 1.338.773.30 (Um milhão trezentos e trinta e oito mil setecentos e setenta e três reais e trinta centavos), em favor da Secretaria Municipal de Agricultura – SEMAGRI e dá outras providências.”</t>
   </si>
   <si>
+    <t>4288</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4288/pl_no.13-2026_-_av._ruas_e_calcadas_-_lebrao_-_r_969.61900_assinado.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe  sobre  Inclusão  e Alterações  no  PPA,  LDO  e LOA,  e  Autoriza  o  Poder  Executivo  a Abrir  Crédito Adicional Especial  por Superávit  financeiro até  o montante de  R$ 969.619,19  (Novecentos e sessenta  e nove  mil  seiscentos e dezenove  reais  e  dezenove centavos) em favor da Secretaria Municipal de Infraestrutura e Serviços Públicos - SEINFRA, e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>4289</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4289/pl_no.14-2026_-_inc._temp._pap_coronel-mauricio-emd._n_39450004-emd._n_44260003_-_r_1.200.00000_assinado.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe  sobre  Inclusão  e Alterações  no  PPA,  LDO  e LOA,  e  Autoriza  o  Poder  Executivo  a Abertura  de Crédito Adicional Especial por Superávit Financeiro até o montante de R$ 1.200.000,00 (Um milhão e duzentos mil reais) em favor da Secretaria Municipal de Saúde - SEMUSA, e dá outras providências”</t>
+  </si>
+  <si>
+    <t>4290</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4290/pl_no.15-2026_-_inc._temp._pap_coronel_chrisostomo_emd.n_39450004_-_r_1.657.22400_assinado.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe  sobre  Inclusão  e Alterações  no  PPA,  LDO  e LOA,  e  Autoriza  o  Poder  Executivo  a Abertura  de Crédito Adicional Especial por Superávit Financeiro até o  montante de  R$ 1.657.224,00 (Um  milhão seiscentos e cinquenta e sete mil duzentos e vinte e quatro reais)em favor  da Secretaria  Municipal  de Saúde - SEMUSA, e  dá outras providências.”</t>
+  </si>
+  <si>
+    <t>4291</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4291/pl_no.16-2026_-_oci_-_multirao_-_r_1.000.00000_assinado.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe  sobre  Inclusão  e Alterações  no  PPA,  LDO  e LOA,  e  Autoriza  o  Poder  Executivo  a Abertura  de Crédito Adicional Especial  Por Superávit  Financeiro até o montante de R$ 1.000.000,00 (Um milhão de reais)em favor  da Secretaria Municipal de Saúde - SEMUSA, e  dá outras providências.”</t>
+  </si>
+  <si>
+    <t>4292</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4292/pl_no.17-2026_-_athus_-oci-_ortopedicas_-_r_1.200.00000_assinado.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe  sobre  Inclusão  e Alterações  no  PPA,  LDO  e LOA,  e  Autoriza  o  Poder  Executivo  a Abertura  de Crédito Adicional Especial  Por Superávit  Financeiro até  o  montante de  R$ 1.200.000,00 (Um  milhão e duzentos mil reais) em favor da Secretaria Municipal de Saúde -SEMUSA, e dá outras providências”</t>
+  </si>
+  <si>
+    <t>4293</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4293/pl_no.18-2026_-reforma_impes_-_r_183.00000_assinado.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe  sobre Inclusão  e Alteração no  PPA,  LDO  e  LOA,  e Autoriza  o  Poder  Executivo  a Abrir  Crédito Adicional Especial por Superávit  Financeiro até  o  montante  de  R$ 183.000,00 (Cento  e  oitenta  e  três  mil  reais), em favor  da unidade  orçamento do  Instituto  Municipal  de  Previdência  dos Servidores, no Orçamento Vigente, e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>4294</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4294/pl_no.19-2026_-_livros_didaticos_-_r_792.00000.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o  Poder  Executivo  a Abertura  de Crédito  Adicional  Especial por Superavit Financeiro até o montante de R$ 792.000,00 (Setecentos e noventa e dois mil reais) em favor da unidade Orçamento da Secretaria Municipal_x000D_
+e Educação - SEMED, no Orçamento Vigente, e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>4295</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4295/pl_no.20-2026_-inc._temp._pap-vac._e_cont._de_doencas_transm.prop_-_r_370.00000_assinado.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe  sobre  Inclusão  e Alterações  no  PPA,  LDO  e LOA,  e  Autoriza  o  Poder  Executivo  a Abertura  de Crédito Adicional Especial  Por Superavit  Financeiro até  o  montante de  R$ 370.000,00 (Trezentos  e  setenta mil reais) em favor da Secretaria Municipal de Saúde - SEMUSA, e dá outras providências”</t>
+  </si>
+  <si>
+    <t>4296</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4296/pl_no.21-2026_-_inc._temp._mac.oci-otorrino.prop__-_r_166.06000_assinado.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe  sobre  Inclusão  e Alterações  no  PPA,  LDO  e LOA,  e  Autoriza  o  Poder  Executivo  a Abertura  de Crédito Adicional Especial  Por Superavit  Financeiro até  o  montante de  R$ 166.060,00 (Cento  e  sessenta  e seis  mil e sessenta  reais) em favor  da Secretaria  Municipal  de Saúde - SEMUSA, e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>4297</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4297/pl_no.22-2026_-_inc.temp.pap-doencas_cronicas-prop_-_r_200.00000_assinado.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe  sobre  Inclusão  e Alterações  no  PPA,  LDO  e LOA,  e  Autoriza  o  Poder  Executivo  a Abertura  de Crédito Adicional Especial  Por Superavit  Financeiro até  o  montante de  R$ 200.000,00 (Duzentos  mil reais)em favor  da Secretaria Municipal  de Saúde - SEMUSA, e  dá outras providências”</t>
+  </si>
+  <si>
+    <t>4298</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4298/pl_no.23-2026_-_inc.temp.pap-saude_da_mulher-prop_-_r_140.00000_assinado.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe  sobre  Inclusão  e Alterações  no  PPA,  LDO  e LOA,  e  Autoriza  o  Poder  Executivo  a Abertura  de Crédito Adicional Especial  Por Superavit Financeiro até o montante de R$ 140.000,00 (Cento e quarenta mil reais) em favor da Secretaria  Municipal  de Saúde - SEMUSA, e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>4299</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4299/pl_no.24-2026_-_caminhao_melosa_-_r_665.00000_assinado.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe  sobre  Inclusão  e Alterações  no  PPA,  LDO  e LOA,  e  Autoriza  o  Poder  Executivo  a Abertura  de Crédito Adicional Especial  por Superavit  Financeiro até o montante de R$ 665.000,00 (seiscentos e sessenta e cinco mil reais) em favor  da  unidade Orçamentaria  da  Secretaria Municipal de Agricultura e Desenvolvimento  Rural - SEMAGRI,  no  Orçamento Vigente,  e  dá  outras providências.”</t>
+  </si>
+  <si>
+    <t>4300</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4300/pl_no.25-2026_-_campo_society_-_r_1.538.57253_assinado.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, do exercício vigente, e  Autoriza  o  Poder  Executivo  a Abertura de Crédito Adicional Especial Por Superavit Financeiro até o montante de R$ 1.538.572,53 (Um milhão quinhentos e trinta e  oito  mil  quinhentos  e  setenta  e  dois  reais  e  cinquenta  e três centavos) em favor da Secretaria Municipal de Esporte e Lazer -SECEL, e dá outras providências”</t>
+  </si>
+  <si>
+    <t>4301</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4301/pl_no.26-2026_-_inc._temp.pap._cont._doencas_cronicas.emd.n71230008_-__315.15000_assinado.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe  sobre  Inclusão  e  Alterações  no  PPA,  LDO  e LOA,  e  Autoriza  o  Poder  Executivo  a  Abertura  de Crédito  Adicional  Especial  Por Superavit  Financeiro até  o  montante  de até R$ 315.150,00 (Trezentos  e quinze  mil  cento  e  cinquenta  reais)  em  favor  da Secretaria Municipal de Saúde - SEMUSA, e dá outras providências”</t>
+  </si>
+  <si>
+    <t>4302</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4302/pl_no.27-2026_-_inc._temp._pap._saude_da_mulher-_diu_e_atend._clinico_emd._n_71230008_-_r_100.00000_assinado.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe  sobre  Inclusão  e Alterações  no  PPA,  LDO  e LOA,  e  Autoriza  o  Poder  Executivo  a Abertura  de Crédito Adicional Especial  Por Superavit  Financeiro até  o  montante de  R$ 100.000,00 (Cem mil reais) em favor  da Secretaria Municipal  de Saúde - SEMUSA, e  dá  outras providências”</t>
+  </si>
+  <si>
+    <t>4304</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4304/pl_no.28-2026_-_plantoes_-_marcos_rogerio_-_r_300.00000_assinado.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe  sobre  Inclusão  e Alterações  no  PPA,  LDO  e LOA,  e  Autoriza  o  Poder  Executivo  a Abertura  de Crédito Adicional Especial  por  Excesso  de Arrecadação até  o  montante de R$ 300.000,00 (Trezentos mil reais) em favor da Secretaria Municipal de Saúde - SEMUSA, e dá outras providências”</t>
+  </si>
+  <si>
+    <t>4305</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4305/pl_no.29-2026_-_doencas_cronicas_-_r_350.00000_assinado.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe  sobre  Inclusão  e Alterações  no  PPA,  LDO  e LOA,  e  Autoriza  o  Poder  Executivo  a Abertura  de Crédito Adicional Especial  por Superavit  Financeiro até  o  montante de  R$ 350.000,00 (Trezentos  e cinquenta mil reais) em favor da Secretaria Municipal de Saúde - SEMUSA, e dá outras providências”</t>
+  </si>
+  <si>
+    <t>4306</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4306/pl_no.30-2026_-_inc._temp._pap._capacitacao.jaime_bagatolli_emd_n_42720003_-_r_140.00000_pj_assinado.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe  sobre  Inclusão  e Alterações  no  PPA,  LDO  e LOA,  e  Autoriza  o  Poder  Executivo  a Abertura  de Crédito Adicional Especial  Por Superavit  Financeiro até o montante de R$ 140.000,00 (Cento e quarenta mil reais) em favor da Secretaria  Municipal de Saúde - SEMUSA, e dá outras providências”</t>
+  </si>
+  <si>
+    <t>4307</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4307/pl_no.31-2026_-_aquis._equip._e_mater._agricola_term._conv_n_674-2025-pge-seagri-laerte_gomes_-_r_700.00000_assinado.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza  o  Poder  Executivo  a  Abertura  de  Crédito Adicional  Especial  por  Excesso  de  Arrecadação  até  o montante  de  R$ 718.170,21 (setecentos  e  dezoito  mil cento e setenta reais e vinte e um centavos), em favor da Secretaria  Municipal  de  Agricultura – SEMAGRI e  dá outras providências.”</t>
+  </si>
+  <si>
+    <t>4308</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4308/pl_no.32-2026_-_subvencao_a_associacao__asprozem_assinado.pdf</t>
+  </si>
+  <si>
+    <t>"Autoriza o Poder Executivo Municipal a conceder apoio financeiro, com recursos próprios, à Associação dos Pequenos Produtores Rurais José Maria – ASPROZEM,  com recursos vinculados à Secretaria Municipal de Agricultura, e dá outras providências."</t>
+  </si>
+  <si>
+    <t>4311</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4311/lei_medicamentos_de_alto_custo_184.pdf</t>
+  </si>
+  <si>
+    <t>"Autoriza o Poder Executivo  Municipal a adquirir medicamentos de alto  custo diretamente das farmácias e drogarias  estabelecidas no Município de  São Francisco do Guaporé – RO, e dá outras providências".</t>
+  </si>
+  <si>
+    <t>4312</t>
+  </si>
+  <si>
+    <t>Agnielde Fotógrafo, Alessandra Brito</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4312/projeto_de_programa_municipal_de_apoio_a_mudancas__oferecer_suporte_emergencial_a_mulheres_vitimas_de_violencia_domestica_familias_de_baixa_renda_185.pdf</t>
+  </si>
+  <si>
+    <t>“Institui no âmbito do Município de São Francisco do Guaporé, O Programa Municipal de Apoio à Mudanças Para Família de Baixa Renda e Mulheres de Situação de Vulnerabilidade Social do Município de São Francisco do Guaporé – RO, e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>4313</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4313/projeto_dispoe_sobre_a_proibicao_de_estacionamento_162.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a proibição de estacionamento   de veículos automotores, nas proximidades das esquinas das vias públicas do Município  de São Francisco do Guaporé – RO,   estabelece normas de sinalização, fiscalização  e ações de educação no trânsito, dá outras providências.”</t>
+  </si>
+  <si>
+    <t>4314</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4314/projeto_van_odontologica_vereador_agnielde_173.pdf</t>
+  </si>
+  <si>
+    <t>“Institui e organiza o Programa Municipal  de Atendimento Odontológico Itinerante –  Van Odontológica Móvel – no Município de São Francisco do Guaporé,   utilizando a unidade móvel já existente,   e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>4315</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4315/projeto__auxiliio__transporte_publico_aos_servidores_municipais.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a concessão de Auxílio transporte aos Servidores Públicos Municipais  de São Francisco do Guaporé RO  e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>4346</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4346/pl_no.38-2026_-_aporte_tx_adm_-_r_989.20000.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe  sobre  Inclusão  e Alterações  no  PPA,  LDO  e LOA,  e  Autoriza  o  Poder  Executivo  a Abertura  de Crédito Adicional Suplementar por Anulação Parcial de Dotação até o montante de R$ 989.200,00 (Novecentos e  oitenta  e  nove  mil  e duzentos  reais), em  favor  da unidade orçamentaria da Secretaria Municipal de Finanças - SEFIN no Orçamento vigente, e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>4347</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4347/pl_no.39-2026_-_atividade_de_fiscalizacao_-_r_250.00000.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito Adicional Suplementar por Anulação  Parcial  de  Dotação até  o montante de R$ 250.000,00 (Duzentos e cinquenta mil reais), em favor da unidade orçamentaria da Secretaria Municipal de Finanças -SEFIN no Orçamento Vigente, e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>4348</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4348/pl_no.40-2026_-_despesas_tributarias_-_r_200.00000.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe  sobre  Inclusão  e Alterações  no  PPA,  LDO  e LOA,  e  Autoriza  o  Poder  Executivo  a Abertura  de Crédito Adicional Suplementar por Anulação Parcial de Dotação até  o  montante de  R$ 220.000,00 (Duzentos  e vinte mil reais) em favor da unidade orçamentaria da Secretaria Geral Governo,  Administração,  Planejamento e  Ciência Técnica - SEGPLAN, no  Orçamento vigente, e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>4349</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4349/pl_no.41-2026_-_aquis._veiculo_tipo_van_-_r_525.00009.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito Adicional Especial por Superavit Financeiro até o montante de R$ 525.000,09 (Quinhentos e vinte e cinco mil reais e nove centavos) em favor da unidade Orçamentária da Secretaria Municipal de Educação - SEMED, no Orçamento Vigente, e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>4353</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4353/pl_no.42-2026_-_aquis._aparelho_de_ultrasson_-_r_181.33300.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe  sobre  Inclusão  e Alterações  no  PPA,  LDO  e LOA,  e  Autoriza  o  Poder  Executivo  a Abertura  de Crédito Adicional Especial  Por Excesso de Arrecadação até o montante de R$ 181.333,00 (Cento e oitenta e um mil trezentos e trinta e três reais) em favor da Secretaria Municipal de Saúde - SEMUSA, e  dá  outras providências”</t>
+  </si>
+  <si>
+    <t>4354</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4354/pl_no.43-2026_-_construcao_muro_e_reforma_estadio_-_r_144.30222.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, do exercício vigente, e  Autoriza  o  Poder  Executivo  a Abertura de Crédito Adicional Especial Por Superavit Financeiro até o montante de  R$ 144.302,22 (Cento  e  quarenta  e  quatro  mil trezentos  e dois  reais  e  vinte  e  dois  centavos) em favor da Secretaria  Municipal de Esporte e Lazer - SECEL, e  dá  outras providências”</t>
+  </si>
+  <si>
+    <t>4355</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4355/pl_no.44-2026_-_inc._pap-_coronel_-_vac._e_doencas_cronicas_-_r_600.00000.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe  sobre  Inclusão  e Alterações  no  PPA,  LDO  e LOA,  e  Autoriza  o  Poder  Executivo  a Abertura  de Crédito Adicional Por Superavit  Financeiro até  o montante de  R$ 600.000,00 (Seiscentos mil  reais) em favor  da Secretaria Municipal de Saúde - SEMUSA, e  dá  outras providências.”</t>
+  </si>
+  <si>
+    <t>4371</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4371/pl_no.45-2026_-_aquis._de_equip._escola_regina_-_r_29.09848.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito  Adicional Especial por Superavit  Financeiro até  o montante  de  R$ 29.098,48 (Vinte e nove mil e noventa e oito reais e quarenta e oito centavos) em favor da unidade Orçamentária da Secretaria Municipal de Educação - SEMED,  no  Orçamento  Vigente,  e  dá  outras providências.”</t>
+  </si>
+  <si>
+    <t>4372</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4372/pl_no.46-2026_-_novas_turmas_-_creche_e_pre_escola_-_r_743.56054.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito  Adicional Especial por Superavit  Financeiro até  o montante  de  R$ 743.560,54  (Setecentos  e  quarenta  e  três  mil  quinhentos  e sessenta  reais  e  cinquenta  e  quatro  centavos)  em  favor  da unidade Orçamentária da Secretaria Municipal de Educação - SEMED, no Orçamento vigente, e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>4388</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4388/pl_incluir_o_cargo_de_fiscal_de_vigilancia_sanitaria_entre_os_beneficiarios_da_gratificacao_de_risco_de_vida.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Municipal nº 1.995, de 20 de junho de 2022, para incluir o cargo de Fiscal de Vigilância Sanitária entre os beneficiários da Gratificação de Risco de Vida (GRV) e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4389</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4389/projeto_de_lei-_regularizacao_de_construcoes.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe  sobre  a  regularização  de  construções iniciadas  em  anos  anteriores  a  2025,  com dispensa  de  cobrança  retroativa  de  taxas(vinténs)  de  construção,  e  estabelece  novas regras  de  exigência  a  partir  do  exercício  de 2026 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4414</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4414/projeto_dispoe_sobre_a_isencao_da_taxa_de_utilizacao_de_cemiterio_vereador_agnielde_vereadora_alessamdra.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre isenção de taxa de utilização de cemitério para pessoas de baixa renda no município de São Francisco do Guaporé RO, e da outras providencias</t>
+  </si>
+  <si>
     <t>4281</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4281/plc_no.01-2026_-_cria_cargos_para_o_seletivo_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4281/plc_no.01-2026_-_cria_cargos_para_o_seletivo_assinado.pdf</t>
   </si>
   <si>
     <t>"Altera dispositivos da Lei Complementar nº 056/2017, para ampliar o quantitativo de vagas de cargos efetivos e criar novos cargos no âmbito do Plano de Cargos do Município de São Francisco do Guaporé/RO, e dá outras providências."</t>
   </si>
   <si>
     <t>4282</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4282/plc_no.02-2026_-_altera_a_estrutura_da_secretaria_municipal_de_financas_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4282/plc_no.02-2026_-_altera_a_estrutura_da_secretaria_municipal_de_financas_assinado.pdf</t>
   </si>
   <si>
     <t>“Altera a Estrutura Administrativa do Município de São Francisco do Guaporé, promovendo a redistribuição de órgãos vinculados à arrecadação, tributação, regularização fundiária urbana e receitas municipais, e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>4377</t>
+  </si>
+  <si>
+    <t>PRL</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução Legislativa</t>
+  </si>
+  <si>
+    <t>Mesa Diretora - MD</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4377/prl_no.01-2026_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Altera  a  redação  do caput do  art.  9º,  acrescenta  o art. 9º-A,incisos I, II, III, IV, V, VI, VII e §§1º, 2º e 3º, art. 9º-B, incisos I, II e III, art. 9º-C, incisos I, II, III, IV e V, art. 9º-D, incisos I,II e III, art. 9º-E, incisos I, II, III e IV, art. 9º-F, incisos I, II, III e IV, art.9º-G, incisos I, II, III e §§1º, 2º e 3º, art. 9º-H, art. 9º-I, incisos I, II, III, IV e V, art. 9º-J, art. 9º-K, incisos I, II, III,IV e V, art. 9º-L, incisos I, II e III, art. 9º-M, incisos I, II, III,IV, V, VI, VII e VIIII, art. 9º-N e parágrafo único, art. 9º-O, §§ 1º  e  2º, todos  da  Resolução  Legislativa  n.  07/2023 (Regulamenta a aplicação da Lei federal n. 14.133/2021 no âmbito da Câmara  Municipal  de  São  Francisco  do  Guaporé, dispõe sobre Licitações e Contratos Administrativos, e dá outras providências).</t>
+  </si>
+  <si>
+    <t>4394</t>
+  </si>
+  <si>
+    <t>EI</t>
+  </si>
+  <si>
+    <t>Emenda Impositiva</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4394/remanejamento_01-associacao_radio_comunitaria.docx</t>
+  </si>
+  <si>
+    <t>Emenda Impositiva no valor de R$ 10.000,00 (dez mil reais) para a Associação Comunitária de Radio Difusão Estúdio Vale FM, de São Francisco do Guaporé, para aquisição de equipamentos  para o sistema de transmissão, antena, ,cabos, transmissor e links .</t>
+  </si>
+  <si>
+    <t>4415</t>
+  </si>
+  <si>
+    <t>Emenda Impositiva no valor de R$ 15.000,00 (quinze mil reais), tem por finalidade destinar para Secretaria Municipal de Agricultura e Desenvolvimento Rural (SEMAGRI), para aquisição de aquisição de manilhas.</t>
+  </si>
+  <si>
+    <t>4376</t>
+  </si>
+  <si>
+    <t>PRES</t>
+  </si>
+  <si>
+    <t>Prestação de Contas</t>
+  </si>
+  <si>
+    <t>Alcino Bilac Machado</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4376/01507_25_decisao-463_ppl-tc_00036_25.pdf</t>
+  </si>
+  <si>
+    <t>Prestação de Contas do exercício de 2024, do Poder Executivo do Município de São Francisco do Guaporé/RO, de responsabilidade do Prefeito Municipal Alcino Bilac Machado.</t>
+  </si>
+  <si>
+    <t>4356</t>
+  </si>
+  <si>
+    <t>PAD</t>
+  </si>
+  <si>
+    <t>Processo de Apuração de Denúncia</t>
+  </si>
+  <si>
+    <t>Prefeitura Municipal - PM</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4356/oficio_no.016-pgm-2026.pdf</t>
+  </si>
+  <si>
+    <t>Comunicação de fato grave envolvendo servidor do Setor de Tesouraria da Secretaria Municipal de Saúde, constatando indícios de que o servidor_x000D_
+responsável financeiro teria realizado transferências indevidas de valores pertencentes ao erário municipal para conta bancária de sua titularidade, em possível prática de ilícito penal e infração administrativa disciplinar.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -579,68 +1928,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4273/sao_francisco_contra_obesidade_e_diabetes.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4274/pl_no.01-2026_-_aquis._lousas__-_semec_-_r_1.266.28000_assinado.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4275/pl_no.02-2026_-_aquis._mat._perm._helen_cristina_-_r_73.19600_assinado.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4276/pl_no.03-2026_-_aquis._mat._perm._-_r_794.57600_assinado.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4277/pl_no.04-2026_-_aqui._embarcacao_motor_12_popa_-_r_191.68900_assinado.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4278/pl_no.05-2026_-_aquis._pick_up_e_termonebulizador_-_r_229.06500_assinado.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4279/pl_no.06-2026_-_autoriza_a_realizacao_de_procedimento_seletivo_no_exercicio_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4280/pl_no.07-2026_-_estagio_assinado.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4283/pl_no.08-2026_-_usina_asfaltica_-_r_2.100.79200.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4284/pl_no.09-2026_-casas_habitacionais_-_r_4.018.47902.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4285/pl_no.10-2026_-_aquis._equip._e_impl._agricola_-_r_396.00000.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4286/pl_no.11-2026_-_aquis._van_semed-_r_252.00009.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4287/pl_no.11-2026_-_plano_de_trabalho_van_-_r_525.00009.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4281/plc_no.01-2026_-_cria_cargos_para_o_seletivo_assinado.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4282/plc_no.02-2026_-_altera_a_estrutura_da_secretaria_municipal_de_financas_assinado.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4309/indicacao_no.01-2026-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4310/indicacao_no.02-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4317/indicacao_no.03-2026-profmarcio.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4319/indicacao_no.04-2026-agnielde.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4320/indicacao_no.05-2026-agnielde.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4321/indicacao_no.06-2026-agnielde.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4322/indicacao_no.07-2026-agnielde.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4324/indicacao_no.08-2026-agnielde.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4325/indicacao_no.09-2026-agnielde.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4326/indicacao_no.10-2026-agnielde.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4327/indicacao_no.11-2026-agnielde.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4328/indicacao_no.12-2026-agnielde.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4329/indicacao_no.13-2026-agnielde.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4330/indicacao_no.14-2026-agnielde.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4331/indicacao_no.15-2026-agnielde.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4332/indicacao_no.16-2026-agnielde.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4333/indicacao_no.17-2026-agnielde.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4334/indicacao_no.18-2026-agnielde.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4335/indicacao_no.19-2026-braz.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4336/indicacao_no.20-2026-braz.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4337/indicacao_no.21-2026-braz.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4357/indicacao_no.22-2026-eber.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4358/indicacao_no.23-2026-eber.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4379/indicacao_de_uma_construcao_de_uma_rampa_de_acesso_na_quadra_da_praca_da_cidade_alta..pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4380/indicacao_instalacao_de_redes_nas_novas_traves_da_quadra_localizada_na_praca_da_escola_regina_de_almeida.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4395/indicacao__construcao_da_calcada_que_falta_na_parada_de_onibus_localizada_aos_fundos_da_escola_regina_de_almeida.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4396/indicacao__para_os_veiculos_publicos_serem_adesivados_logo_da_administracao.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4397/indicacao__patrolamento_das_ruas_nao_pavimentas_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4398/indicacao_novas_traves_de_futebol_suico_para_o_campo_localizado_na_esquina_da_linha_08_no_setor_porto_murtinho..pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4399/instalacao_de_dois_02_bebedouros_de_aco_inoxidavel_para_o_ginasio_de_esportes.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4400/realizada_a_manutencao_de_todas_as_pracas_publicas_do_municipio_playground.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4401/indicacao_sejam_realizados_torneios_de_volei_de_areia_em_nosso_municipio.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4402/indicacao_quebra_molas_lh33.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4403/aquisicao_de_jogos_de_uniformes_esportivos_para_jogos_do__joer.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4406/indicacao_municipal_de_saude_que_seja_providenciado_o_retorno_das_atividades_com_profissional_de_educacao_fisica_em_todas_as_academias_de_saude.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4408/indicacao_tem_como_objetivo_melhorar_as_condicoes_de_trafegabilidade_zona_rural.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4410/indicacao_no_37_que_seja_oficializado_o_torrao_live_esportista_como_narrador_e_responsavel_pela_transmissao_dos_eventos_esportivos_realizados_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4411/indicacao_no_38_que_determine_a_realizacao_de_nova_atualizacao_e_ajuste_no_tempo_de_funcionamento_do_semaforo_existente_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4413/indicacao_no_46_que_seja_realizada_a_manutencao_da_rua_amapa_no_trecho_compreendido_entre_a_rua_marechal_candido_rondon_ate_a_rua_rio_branco_no_bairro_cidade_baixa..pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4316/requerimento_no.01-2026-agnielde.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4318/requerimento_no.02-2026-agnielde.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4323/requerimento_no.03-2026-ozias.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4338/requerimento_no.04-2026-_eber_lopes.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4339/requerimento_no.05-2026-_eber_lopes.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4340/requerimento_no.06-2026-_eber_lopes.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4341/requerimento_no.07-2026-_eber_lopes.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4342/requerimento_no.08-2026-_eber_lopes.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4343/requerimento_no.09-2026-_eber_lopes.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4344/requerimento_no.10-2026-_eber_lopes.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4345/requerimento_no.11-2026-_eber_lopes.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4350/requerimento_no.12-2026-geferson.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4351/requerimento_no.13-2026-geferson.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4352/requerimento_no.14-2026-todos_assinado.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4359/requerimento_no.15-2026-eber.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4360/requerimento_no.16-2026-eber.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4361/requerimento_no.17-2026-eber.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4362/requerimento_no.18-2026-eber.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4363/requerimento_no.19-2026-eber.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4364/requerimento_no.20-2026-eber.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4365/requerimento_no.21-2026-eber.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4366/requerimento_no.22-2026-eber.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4367/requerimento_no.23-2026-eber.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4368/requerimento_no.24-2026-eber.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4369/requerimento_no.25-2026-eber.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4370/requerimento_no.26-2026-eber.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4373/requerimento_no.27-2026-geferson.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4374/requerimento_no.28-2026-geferson.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4375/requerimento_no.29-2026-geferson.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4378/requerimento_no.30-2026-geferson_braz.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4381/requerimento_-_esc.clodoaoldo_splicigo.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4382/requerimento_sec._de_obras.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4384/requerimento_linha_21.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4385/requerimento_linha_04_b.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4386/requerimento_linha_10_e_11.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4387/requerimento_sessao_itinerante.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4391/requerimento-_assistente_social.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4392/requerimento-_secretario_de_educacao.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4393/requerimento_plantonista_e_telefone_sessao_ok.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4404/requerimento_capacitacao_dentista.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4405/requerimento_aulas_de_zumba.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4407/requerimento_no_043_que_determine_a_comissao_responsavel_pelo_teste_seletivo_em_vigencia_que_o_exame_pratico_para_os_cargos_de_motorista.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4409/requerimento_no_que_sejam_prestadas_informacoes_oficiais_via_documental_acerca_do_prazo_previsto_para_a_conclusao_e_entrega_da_creche_municipal_atualmente_em_construcao_no_municipio..pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4412/indicacao_no_45_para_que_determine_a_secretaria_municipal_de_esportes_a_aquisicao_de_dois_tratores_cortadores_de_grama_destinados_a_manutencao_dos_campos_esportivos_do_municipio..pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4416/requerimento_no__046__convocacao_do_secretario_municipal_de_esportes.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4273/sao_francisco_contra_obesidade_e_diabetes.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4390/apl_incentivo_e_promocao_a_pratica_do_xadrez_nas_escolas_da_rede_municipal_de_ensino.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4274/pl_no.01-2026_-_aquis._lousas__-_semec_-_r_1.266.28000_assinado.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4275/pl_no.02-2026_-_aquis._mat._perm._helen_cristina_-_r_73.19600_assinado.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4276/pl_no.03-2026_-_aquis._mat._perm._-_r_794.57600_assinado.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4277/pl_no.04-2026_-_aqui._embarcacao_motor_12_popa_-_r_191.68900_assinado.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4278/pl_no.05-2026_-_aquis._pick_up_e_termonebulizador_-_r_229.06500_assinado.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4279/pl_no.06-2026_-_autoriza_a_realizacao_de_procedimento_seletivo_no_exercicio_de_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4280/pl_no.07-2026_-_estagio_assinado.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4283/pl_no.08-2026_-_usina_asfaltica_-_r_2.100.79200_assinado.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4284/pl_no.09-2026_-casas_habitacionais_-_r_4.018.47902_assinado.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4285/pl_no.10-2026_-_aquis._equip._e_impl._agricola_-_r_396.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4286/pl_no.11-2026_-_aquis._van_semed-_r_252.00009.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4287/pl_no.12-2026_-_saldo_remanescente_fhita_25_assinado.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4288/pl_no.13-2026_-_av._ruas_e_calcadas_-_lebrao_-_r_969.61900_assinado.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4289/pl_no.14-2026_-_inc._temp._pap_coronel-mauricio-emd._n_39450004-emd._n_44260003_-_r_1.200.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4290/pl_no.15-2026_-_inc._temp._pap_coronel_chrisostomo_emd.n_39450004_-_r_1.657.22400_assinado.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4291/pl_no.16-2026_-_oci_-_multirao_-_r_1.000.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4292/pl_no.17-2026_-_athus_-oci-_ortopedicas_-_r_1.200.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4293/pl_no.18-2026_-reforma_impes_-_r_183.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4294/pl_no.19-2026_-_livros_didaticos_-_r_792.00000.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4295/pl_no.20-2026_-inc._temp._pap-vac._e_cont._de_doencas_transm.prop_-_r_370.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4296/pl_no.21-2026_-_inc._temp._mac.oci-otorrino.prop__-_r_166.06000_assinado.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4297/pl_no.22-2026_-_inc.temp.pap-doencas_cronicas-prop_-_r_200.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4298/pl_no.23-2026_-_inc.temp.pap-saude_da_mulher-prop_-_r_140.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4299/pl_no.24-2026_-_caminhao_melosa_-_r_665.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4300/pl_no.25-2026_-_campo_society_-_r_1.538.57253_assinado.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4301/pl_no.26-2026_-_inc._temp.pap._cont._doencas_cronicas.emd.n71230008_-__315.15000_assinado.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4302/pl_no.27-2026_-_inc._temp._pap._saude_da_mulher-_diu_e_atend._clinico_emd._n_71230008_-_r_100.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4304/pl_no.28-2026_-_plantoes_-_marcos_rogerio_-_r_300.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4305/pl_no.29-2026_-_doencas_cronicas_-_r_350.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4306/pl_no.30-2026_-_inc._temp._pap._capacitacao.jaime_bagatolli_emd_n_42720003_-_r_140.00000_pj_assinado.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4307/pl_no.31-2026_-_aquis._equip._e_mater._agricola_term._conv_n_674-2025-pge-seagri-laerte_gomes_-_r_700.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4308/pl_no.32-2026_-_subvencao_a_associacao__asprozem_assinado.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4311/lei_medicamentos_de_alto_custo_184.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4312/projeto_de_programa_municipal_de_apoio_a_mudancas__oferecer_suporte_emergencial_a_mulheres_vitimas_de_violencia_domestica_familias_de_baixa_renda_185.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4313/projeto_dispoe_sobre_a_proibicao_de_estacionamento_162.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4314/projeto_van_odontologica_vereador_agnielde_173.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4315/projeto__auxiliio__transporte_publico_aos_servidores_municipais.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4346/pl_no.38-2026_-_aporte_tx_adm_-_r_989.20000.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4347/pl_no.39-2026_-_atividade_de_fiscalizacao_-_r_250.00000.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4348/pl_no.40-2026_-_despesas_tributarias_-_r_200.00000.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4349/pl_no.41-2026_-_aquis._veiculo_tipo_van_-_r_525.00009.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4353/pl_no.42-2026_-_aquis._aparelho_de_ultrasson_-_r_181.33300.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4354/pl_no.43-2026_-_construcao_muro_e_reforma_estadio_-_r_144.30222.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4355/pl_no.44-2026_-_inc._pap-_coronel_-_vac._e_doencas_cronicas_-_r_600.00000.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4371/pl_no.45-2026_-_aquis._de_equip._escola_regina_-_r_29.09848.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4372/pl_no.46-2026_-_novas_turmas_-_creche_e_pre_escola_-_r_743.56054.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4388/pl_incluir_o_cargo_de_fiscal_de_vigilancia_sanitaria_entre_os_beneficiarios_da_gratificacao_de_risco_de_vida.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4389/projeto_de_lei-_regularizacao_de_construcoes.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4414/projeto_dispoe_sobre_a_isencao_da_taxa_de_utilizacao_de_cemiterio_vereador_agnielde_vereadora_alessamdra.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4281/plc_no.01-2026_-_cria_cargos_para_o_seletivo_assinado.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4282/plc_no.02-2026_-_altera_a_estrutura_da_secretaria_municipal_de_financas_assinado.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4377/prl_no.01-2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4394/remanejamento_01-associacao_radio_comunitaria.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4376/01507_25_decisao-463_ppl-tc_00036_25.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2026/4356/oficio_no.016-pgm-2026.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H16"/>
+  <dimension ref="A1:H144"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="31" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="180.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -659,423 +2007,3879 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
-      </c>
-[...4 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="B4" t="s">
-[...2 lines deleted...]
-      <c r="C4" t="s">
+      <c r="H4" t="s">
         <v>23</v>
-      </c>
-[...13 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
+        <v>24</v>
+      </c>
+      <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" t="s">
+        <v>25</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" t="s">
         <v>26</v>
       </c>
-      <c r="B5" t="s">
-[...2 lines deleted...]
-      <c r="C5" t="s">
+      <c r="G5" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="D5" t="s">
-[...8 lines deleted...]
-      <c r="G5" s="1" t="s">
+      <c r="H5" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
+        <v>29</v>
+      </c>
+      <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" t="s">
         <v>30</v>
       </c>
-      <c r="B6" t="s">
-[...2 lines deleted...]
-      <c r="C6" t="s">
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G6" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="D6" t="s">
-[...8 lines deleted...]
-      <c r="G6" s="1" t="s">
+      <c r="H6" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
+        <v>33</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
         <v>34</v>
       </c>
-      <c r="B7" t="s">
-[...2 lines deleted...]
-      <c r="C7" t="s">
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F7" t="s">
+        <v>26</v>
+      </c>
+      <c r="G7" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="D7" t="s">
-[...8 lines deleted...]
-      <c r="G7" s="1" t="s">
+      <c r="H7" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
+        <v>37</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
         <v>38</v>
       </c>
-      <c r="B8" t="s">
-[...2 lines deleted...]
-      <c r="C8" t="s">
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>12</v>
+      </c>
+      <c r="F8" t="s">
+        <v>26</v>
+      </c>
+      <c r="G8" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="D8" t="s">
-[...8 lines deleted...]
-      <c r="G8" s="1" t="s">
+      <c r="H8" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
+        <v>41</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
         <v>42</v>
       </c>
-      <c r="B9" t="s">
-[...2 lines deleted...]
-      <c r="C9" t="s">
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>12</v>
+      </c>
+      <c r="F9" t="s">
+        <v>26</v>
+      </c>
+      <c r="G9" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="D9" t="s">
-[...8 lines deleted...]
-      <c r="G9" s="1" t="s">
+      <c r="H9" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
+        <v>45</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
         <v>46</v>
       </c>
-      <c r="B10" t="s">
-[...2 lines deleted...]
-      <c r="C10" t="s">
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>12</v>
+      </c>
+      <c r="F10" t="s">
+        <v>26</v>
+      </c>
+      <c r="G10" s="1" t="s">
         <v>47</v>
       </c>
-      <c r="D10" t="s">
-[...8 lines deleted...]
-      <c r="G10" s="1" t="s">
+      <c r="H10" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
+        <v>49</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
         <v>50</v>
       </c>
-      <c r="B11" t="s">
-[...2 lines deleted...]
-      <c r="C11" t="s">
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>12</v>
+      </c>
+      <c r="F11" t="s">
+        <v>26</v>
+      </c>
+      <c r="G11" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="D11" t="s">
-[...8 lines deleted...]
-      <c r="G11" s="1" t="s">
+      <c r="H11" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
+        <v>53</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
         <v>54</v>
       </c>
-      <c r="B12" t="s">
-[...2 lines deleted...]
-      <c r="C12" t="s">
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>12</v>
+      </c>
+      <c r="F12" t="s">
+        <v>26</v>
+      </c>
+      <c r="G12" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="D12" t="s">
-[...8 lines deleted...]
-      <c r="G12" s="1" t="s">
+      <c r="H12" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
+        <v>57</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
         <v>58</v>
       </c>
-      <c r="B13" t="s">
-[...2 lines deleted...]
-      <c r="C13" t="s">
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>12</v>
+      </c>
+      <c r="F13" t="s">
+        <v>26</v>
+      </c>
+      <c r="G13" s="1" t="s">
         <v>59</v>
       </c>
-      <c r="D13" t="s">
-[...8 lines deleted...]
-      <c r="G13" s="1" t="s">
+      <c r="H13" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
+        <v>61</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
         <v>62</v>
       </c>
-      <c r="B14" t="s">
-[...2 lines deleted...]
-      <c r="C14" t="s">
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F14" t="s">
+        <v>26</v>
+      </c>
+      <c r="G14" s="1" t="s">
         <v>63</v>
       </c>
-      <c r="D14" t="s">
-[...8 lines deleted...]
-      <c r="G14" s="1" t="s">
+      <c r="H14" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
+        <v>65</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
         <v>66</v>
       </c>
-      <c r="B15" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>12</v>
+      </c>
+      <c r="F15" t="s">
+        <v>26</v>
+      </c>
+      <c r="G15" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="E15" t="s">
+      <c r="H15" t="s">
         <v>68</v>
-      </c>
-[...7 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
+        <v>69</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>70</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>12</v>
+      </c>
+      <c r="F16" t="s">
+        <v>26</v>
+      </c>
+      <c r="G16" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="B16" t="s">
-[...14 lines deleted...]
-      <c r="G16" s="1" t="s">
+      <c r="H16" t="s">
         <v>72</v>
       </c>
-      <c r="H16" t="s">
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
         <v>73</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>74</v>
+      </c>
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>12</v>
+      </c>
+      <c r="F17" t="s">
+        <v>26</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="H17" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>77</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>78</v>
+      </c>
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
+        <v>12</v>
+      </c>
+      <c r="F18" t="s">
+        <v>26</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="H18" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>81</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>82</v>
+      </c>
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
+        <v>12</v>
+      </c>
+      <c r="F19" t="s">
+        <v>26</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="H19" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>85</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>86</v>
+      </c>
+      <c r="D20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" t="s">
+        <v>12</v>
+      </c>
+      <c r="F20" t="s">
+        <v>87</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="H20" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>90</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>91</v>
+      </c>
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
+        <v>12</v>
+      </c>
+      <c r="F21" t="s">
+        <v>87</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="H21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>94</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>95</v>
+      </c>
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
+        <v>12</v>
+      </c>
+      <c r="F22" t="s">
+        <v>87</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="H22" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>98</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>99</v>
+      </c>
+      <c r="D23" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" t="s">
+        <v>12</v>
+      </c>
+      <c r="F23" t="s">
+        <v>100</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="H23" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>103</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>104</v>
+      </c>
+      <c r="D24" t="s">
+        <v>11</v>
+      </c>
+      <c r="E24" t="s">
+        <v>12</v>
+      </c>
+      <c r="F24" t="s">
+        <v>100</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="H24" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>107</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>108</v>
+      </c>
+      <c r="D25" t="s">
+        <v>11</v>
+      </c>
+      <c r="E25" t="s">
+        <v>12</v>
+      </c>
+      <c r="F25" t="s">
+        <v>26</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="H25" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>111</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>112</v>
+      </c>
+      <c r="D26" t="s">
+        <v>11</v>
+      </c>
+      <c r="E26" t="s">
+        <v>12</v>
+      </c>
+      <c r="F26" t="s">
+        <v>26</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="H26" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>115</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>116</v>
+      </c>
+      <c r="D27" t="s">
+        <v>11</v>
+      </c>
+      <c r="E27" t="s">
+        <v>12</v>
+      </c>
+      <c r="F27" t="s">
+        <v>26</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="H27" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>119</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>120</v>
+      </c>
+      <c r="D28" t="s">
+        <v>11</v>
+      </c>
+      <c r="E28" t="s">
+        <v>12</v>
+      </c>
+      <c r="F28" t="s">
+        <v>26</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="H28" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>123</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>124</v>
+      </c>
+      <c r="D29" t="s">
+        <v>11</v>
+      </c>
+      <c r="E29" t="s">
+        <v>12</v>
+      </c>
+      <c r="F29" t="s">
+        <v>26</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="H29" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>127</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>128</v>
+      </c>
+      <c r="D30" t="s">
+        <v>11</v>
+      </c>
+      <c r="E30" t="s">
+        <v>12</v>
+      </c>
+      <c r="F30" t="s">
+        <v>26</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="H30" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>131</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>132</v>
+      </c>
+      <c r="D31" t="s">
+        <v>11</v>
+      </c>
+      <c r="E31" t="s">
+        <v>12</v>
+      </c>
+      <c r="F31" t="s">
+        <v>26</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="H31" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>135</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>136</v>
+      </c>
+      <c r="D32" t="s">
+        <v>11</v>
+      </c>
+      <c r="E32" t="s">
+        <v>12</v>
+      </c>
+      <c r="F32" t="s">
+        <v>26</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="H32" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>139</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>140</v>
+      </c>
+      <c r="D33" t="s">
+        <v>11</v>
+      </c>
+      <c r="E33" t="s">
+        <v>12</v>
+      </c>
+      <c r="F33" t="s">
+        <v>26</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="H33" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>143</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>144</v>
+      </c>
+      <c r="D34" t="s">
+        <v>11</v>
+      </c>
+      <c r="E34" t="s">
+        <v>12</v>
+      </c>
+      <c r="F34" t="s">
+        <v>145</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="H34" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>148</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>149</v>
+      </c>
+      <c r="D35" t="s">
+        <v>11</v>
+      </c>
+      <c r="E35" t="s">
+        <v>12</v>
+      </c>
+      <c r="F35" t="s">
+        <v>26</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="H35" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
+        <v>152</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>153</v>
+      </c>
+      <c r="D36" t="s">
+        <v>11</v>
+      </c>
+      <c r="E36" t="s">
+        <v>12</v>
+      </c>
+      <c r="F36" t="s">
+        <v>26</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="H36" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" t="s">
+        <v>156</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>157</v>
+      </c>
+      <c r="D37" t="s">
+        <v>11</v>
+      </c>
+      <c r="E37" t="s">
+        <v>12</v>
+      </c>
+      <c r="F37" t="s">
+        <v>26</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="H37" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s">
+        <v>160</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>161</v>
+      </c>
+      <c r="D38" t="s">
+        <v>11</v>
+      </c>
+      <c r="E38" t="s">
+        <v>12</v>
+      </c>
+      <c r="F38" t="s">
+        <v>100</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="H38" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" t="s">
+        <v>164</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>165</v>
+      </c>
+      <c r="D39" t="s">
+        <v>11</v>
+      </c>
+      <c r="E39" t="s">
+        <v>12</v>
+      </c>
+      <c r="F39" t="s">
+        <v>100</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="H39" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="A40" t="s">
+        <v>168</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>169</v>
+      </c>
+      <c r="D40" t="s">
+        <v>11</v>
+      </c>
+      <c r="E40" t="s">
+        <v>12</v>
+      </c>
+      <c r="F40" t="s">
+        <v>100</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="H40" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" t="s">
+        <v>172</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>10</v>
+      </c>
+      <c r="D41" t="s">
+        <v>173</v>
+      </c>
+      <c r="E41" t="s">
+        <v>174</v>
+      </c>
+      <c r="F41" t="s">
+        <v>26</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="H41" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8">
+      <c r="A42" t="s">
+        <v>177</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
+        <v>17</v>
+      </c>
+      <c r="D42" t="s">
+        <v>173</v>
+      </c>
+      <c r="E42" t="s">
+        <v>174</v>
+      </c>
+      <c r="F42" t="s">
+        <v>26</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="H42" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8">
+      <c r="A43" t="s">
+        <v>180</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>21</v>
+      </c>
+      <c r="D43" t="s">
+        <v>173</v>
+      </c>
+      <c r="E43" t="s">
+        <v>174</v>
+      </c>
+      <c r="F43" t="s">
+        <v>145</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="H43" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" t="s">
+        <v>183</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>25</v>
+      </c>
+      <c r="D44" t="s">
+        <v>173</v>
+      </c>
+      <c r="E44" t="s">
+        <v>174</v>
+      </c>
+      <c r="F44" t="s">
+        <v>100</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="H44" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45" t="s">
+        <v>186</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>30</v>
+      </c>
+      <c r="D45" t="s">
+        <v>173</v>
+      </c>
+      <c r="E45" t="s">
+        <v>174</v>
+      </c>
+      <c r="F45" t="s">
+        <v>100</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="H45" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" t="s">
+        <v>189</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>34</v>
+      </c>
+      <c r="D46" t="s">
+        <v>173</v>
+      </c>
+      <c r="E46" t="s">
+        <v>174</v>
+      </c>
+      <c r="F46" t="s">
+        <v>100</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="H46" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8">
+      <c r="A47" t="s">
+        <v>192</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>38</v>
+      </c>
+      <c r="D47" t="s">
+        <v>173</v>
+      </c>
+      <c r="E47" t="s">
+        <v>174</v>
+      </c>
+      <c r="F47" t="s">
+        <v>100</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="H47" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8">
+      <c r="A48" t="s">
+        <v>195</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>42</v>
+      </c>
+      <c r="D48" t="s">
+        <v>173</v>
+      </c>
+      <c r="E48" t="s">
+        <v>174</v>
+      </c>
+      <c r="F48" t="s">
+        <v>100</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="H48" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8">
+      <c r="A49" t="s">
+        <v>198</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>46</v>
+      </c>
+      <c r="D49" t="s">
+        <v>173</v>
+      </c>
+      <c r="E49" t="s">
+        <v>174</v>
+      </c>
+      <c r="F49" t="s">
+        <v>100</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="H49" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8">
+      <c r="A50" t="s">
+        <v>201</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>50</v>
+      </c>
+      <c r="D50" t="s">
+        <v>173</v>
+      </c>
+      <c r="E50" t="s">
+        <v>174</v>
+      </c>
+      <c r="F50" t="s">
+        <v>100</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="H50" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8">
+      <c r="A51" t="s">
+        <v>204</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>54</v>
+      </c>
+      <c r="D51" t="s">
+        <v>173</v>
+      </c>
+      <c r="E51" t="s">
+        <v>174</v>
+      </c>
+      <c r="F51" t="s">
+        <v>100</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="H51" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8">
+      <c r="A52" t="s">
+        <v>207</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>58</v>
+      </c>
+      <c r="D52" t="s">
+        <v>173</v>
+      </c>
+      <c r="E52" t="s">
+        <v>174</v>
+      </c>
+      <c r="F52" t="s">
+        <v>208</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="H52" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8">
+      <c r="A53" t="s">
+        <v>211</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>62</v>
+      </c>
+      <c r="D53" t="s">
+        <v>173</v>
+      </c>
+      <c r="E53" t="s">
+        <v>174</v>
+      </c>
+      <c r="F53" t="s">
+        <v>208</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="H53" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8">
+      <c r="A54" t="s">
+        <v>214</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>66</v>
+      </c>
+      <c r="D54" t="s">
+        <v>173</v>
+      </c>
+      <c r="E54" t="s">
+        <v>174</v>
+      </c>
+      <c r="F54" t="s">
+        <v>215</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="H54" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
+      <c r="A55" t="s">
+        <v>218</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>70</v>
+      </c>
+      <c r="D55" t="s">
+        <v>173</v>
+      </c>
+      <c r="E55" t="s">
+        <v>174</v>
+      </c>
+      <c r="F55" t="s">
+        <v>100</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="H55" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
+      <c r="A56" t="s">
+        <v>221</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>74</v>
+      </c>
+      <c r="D56" t="s">
+        <v>173</v>
+      </c>
+      <c r="E56" t="s">
+        <v>174</v>
+      </c>
+      <c r="F56" t="s">
+        <v>100</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="H56" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57" t="s">
+        <v>224</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>78</v>
+      </c>
+      <c r="D57" t="s">
+        <v>173</v>
+      </c>
+      <c r="E57" t="s">
+        <v>174</v>
+      </c>
+      <c r="F57" t="s">
+        <v>100</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="H57" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
+      <c r="A58" t="s">
+        <v>227</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>82</v>
+      </c>
+      <c r="D58" t="s">
+        <v>173</v>
+      </c>
+      <c r="E58" t="s">
+        <v>174</v>
+      </c>
+      <c r="F58" t="s">
+        <v>100</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="H58" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8">
+      <c r="A59" t="s">
+        <v>230</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>86</v>
+      </c>
+      <c r="D59" t="s">
+        <v>173</v>
+      </c>
+      <c r="E59" t="s">
+        <v>174</v>
+      </c>
+      <c r="F59" t="s">
+        <v>100</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="H59" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8">
+      <c r="A60" t="s">
+        <v>233</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>91</v>
+      </c>
+      <c r="D60" t="s">
+        <v>173</v>
+      </c>
+      <c r="E60" t="s">
+        <v>174</v>
+      </c>
+      <c r="F60" t="s">
+        <v>100</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="H60" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8">
+      <c r="A61" t="s">
+        <v>236</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>95</v>
+      </c>
+      <c r="D61" t="s">
+        <v>173</v>
+      </c>
+      <c r="E61" t="s">
+        <v>174</v>
+      </c>
+      <c r="F61" t="s">
+        <v>100</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="H61" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8">
+      <c r="A62" t="s">
+        <v>239</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>99</v>
+      </c>
+      <c r="D62" t="s">
+        <v>173</v>
+      </c>
+      <c r="E62" t="s">
+        <v>174</v>
+      </c>
+      <c r="F62" t="s">
+        <v>100</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="H62" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8">
+      <c r="A63" t="s">
+        <v>242</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>104</v>
+      </c>
+      <c r="D63" t="s">
+        <v>173</v>
+      </c>
+      <c r="E63" t="s">
+        <v>174</v>
+      </c>
+      <c r="F63" t="s">
+        <v>100</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="H63" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8">
+      <c r="A64" t="s">
+        <v>245</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>108</v>
+      </c>
+      <c r="D64" t="s">
+        <v>173</v>
+      </c>
+      <c r="E64" t="s">
+        <v>174</v>
+      </c>
+      <c r="F64" t="s">
+        <v>100</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="H64" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
+      <c r="A65" t="s">
+        <v>248</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>112</v>
+      </c>
+      <c r="D65" t="s">
+        <v>173</v>
+      </c>
+      <c r="E65" t="s">
+        <v>174</v>
+      </c>
+      <c r="F65" t="s">
+        <v>100</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="H65" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66" t="s">
+        <v>251</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>116</v>
+      </c>
+      <c r="D66" t="s">
+        <v>173</v>
+      </c>
+      <c r="E66" t="s">
+        <v>174</v>
+      </c>
+      <c r="F66" t="s">
+        <v>100</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="H66" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8">
+      <c r="A67" t="s">
+        <v>254</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>120</v>
+      </c>
+      <c r="D67" t="s">
+        <v>173</v>
+      </c>
+      <c r="E67" t="s">
+        <v>174</v>
+      </c>
+      <c r="F67" t="s">
+        <v>208</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="H67" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68" t="s">
+        <v>257</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>124</v>
+      </c>
+      <c r="D68" t="s">
+        <v>173</v>
+      </c>
+      <c r="E68" t="s">
+        <v>174</v>
+      </c>
+      <c r="F68" t="s">
+        <v>208</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="H68" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8">
+      <c r="A69" t="s">
+        <v>260</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>128</v>
+      </c>
+      <c r="D69" t="s">
+        <v>173</v>
+      </c>
+      <c r="E69" t="s">
+        <v>174</v>
+      </c>
+      <c r="F69" t="s">
+        <v>208</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="H69" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8">
+      <c r="A70" t="s">
+        <v>263</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>132</v>
+      </c>
+      <c r="D70" t="s">
+        <v>173</v>
+      </c>
+      <c r="E70" t="s">
+        <v>174</v>
+      </c>
+      <c r="F70" t="s">
+        <v>264</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="H70" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8">
+      <c r="A71" t="s">
+        <v>267</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>136</v>
+      </c>
+      <c r="D71" t="s">
+        <v>173</v>
+      </c>
+      <c r="E71" t="s">
+        <v>174</v>
+      </c>
+      <c r="F71" t="s">
+        <v>13</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="H71" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72" t="s">
+        <v>270</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
+        <v>140</v>
+      </c>
+      <c r="D72" t="s">
+        <v>173</v>
+      </c>
+      <c r="E72" t="s">
+        <v>174</v>
+      </c>
+      <c r="F72" t="s">
+        <v>13</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="H72" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8">
+      <c r="A73" t="s">
+        <v>273</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
+        <v>144</v>
+      </c>
+      <c r="D73" t="s">
+        <v>173</v>
+      </c>
+      <c r="E73" t="s">
+        <v>174</v>
+      </c>
+      <c r="F73" t="s">
+        <v>13</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="H73" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8">
+      <c r="A74" t="s">
+        <v>276</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>149</v>
+      </c>
+      <c r="D74" t="s">
+        <v>173</v>
+      </c>
+      <c r="E74" t="s">
+        <v>174</v>
+      </c>
+      <c r="F74" t="s">
+        <v>13</v>
+      </c>
+      <c r="G74" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="H74" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8">
+      <c r="A75" t="s">
+        <v>279</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
+        <v>153</v>
+      </c>
+      <c r="D75" t="s">
+        <v>173</v>
+      </c>
+      <c r="E75" t="s">
+        <v>174</v>
+      </c>
+      <c r="F75" t="s">
+        <v>13</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="H75" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8">
+      <c r="A76" t="s">
+        <v>282</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
+        <v>157</v>
+      </c>
+      <c r="D76" t="s">
+        <v>173</v>
+      </c>
+      <c r="E76" t="s">
+        <v>174</v>
+      </c>
+      <c r="F76" t="s">
+        <v>13</v>
+      </c>
+      <c r="G76" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="H76" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8">
+      <c r="A77" t="s">
+        <v>285</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
+        <v>161</v>
+      </c>
+      <c r="D77" t="s">
+        <v>173</v>
+      </c>
+      <c r="E77" t="s">
+        <v>174</v>
+      </c>
+      <c r="F77" t="s">
+        <v>13</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="H77" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8">
+      <c r="A78" t="s">
+        <v>288</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
+        <v>165</v>
+      </c>
+      <c r="D78" t="s">
+        <v>173</v>
+      </c>
+      <c r="E78" t="s">
+        <v>174</v>
+      </c>
+      <c r="F78" t="s">
+        <v>13</v>
+      </c>
+      <c r="G78" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="H78" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8">
+      <c r="A79" t="s">
+        <v>291</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
+        <v>169</v>
+      </c>
+      <c r="D79" t="s">
+        <v>173</v>
+      </c>
+      <c r="E79" t="s">
+        <v>174</v>
+      </c>
+      <c r="F79" t="s">
+        <v>13</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="H79" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8">
+      <c r="A80" t="s">
+        <v>294</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
+        <v>295</v>
+      </c>
+      <c r="D80" t="s">
+        <v>173</v>
+      </c>
+      <c r="E80" t="s">
+        <v>174</v>
+      </c>
+      <c r="F80" t="s">
+        <v>296</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="H80" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8">
+      <c r="A81" t="s">
+        <v>299</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
+        <v>300</v>
+      </c>
+      <c r="D81" t="s">
+        <v>173</v>
+      </c>
+      <c r="E81" t="s">
+        <v>174</v>
+      </c>
+      <c r="F81" t="s">
+        <v>296</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="H81" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8">
+      <c r="A82" t="s">
+        <v>303</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>304</v>
+      </c>
+      <c r="D82" t="s">
+        <v>173</v>
+      </c>
+      <c r="E82" t="s">
+        <v>174</v>
+      </c>
+      <c r="F82" t="s">
+        <v>296</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="H82" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8">
+      <c r="A83" t="s">
+        <v>307</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
+        <v>308</v>
+      </c>
+      <c r="D83" t="s">
+        <v>173</v>
+      </c>
+      <c r="E83" t="s">
+        <v>174</v>
+      </c>
+      <c r="F83" t="s">
+        <v>100</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="H83" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8">
+      <c r="A84" t="s">
+        <v>311</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
+        <v>312</v>
+      </c>
+      <c r="D84" t="s">
+        <v>173</v>
+      </c>
+      <c r="E84" t="s">
+        <v>174</v>
+      </c>
+      <c r="F84" t="s">
+        <v>100</v>
+      </c>
+      <c r="G84" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="H84" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8">
+      <c r="A85" t="s">
+        <v>315</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
+        <v>316</v>
+      </c>
+      <c r="D85" t="s">
+        <v>173</v>
+      </c>
+      <c r="E85" t="s">
+        <v>174</v>
+      </c>
+      <c r="F85" t="s">
+        <v>100</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="H85" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8">
+      <c r="A86" t="s">
+        <v>319</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
+        <v>320</v>
+      </c>
+      <c r="D86" t="s">
+        <v>173</v>
+      </c>
+      <c r="E86" t="s">
+        <v>174</v>
+      </c>
+      <c r="F86" t="s">
+        <v>100</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="H86" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8">
+      <c r="A87" t="s">
+        <v>323</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>10</v>
+      </c>
+      <c r="D87" t="s">
+        <v>324</v>
+      </c>
+      <c r="E87" t="s">
+        <v>325</v>
+      </c>
+      <c r="F87" t="s">
+        <v>326</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="H87" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8">
+      <c r="A88" t="s">
+        <v>329</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>17</v>
+      </c>
+      <c r="D88" t="s">
+        <v>324</v>
+      </c>
+      <c r="E88" t="s">
+        <v>325</v>
+      </c>
+      <c r="F88" t="s">
+        <v>330</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="H88" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8">
+      <c r="A89" t="s">
+        <v>333</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
+        <v>10</v>
+      </c>
+      <c r="D89" t="s">
+        <v>334</v>
+      </c>
+      <c r="E89" t="s">
+        <v>335</v>
+      </c>
+      <c r="F89" t="s">
+        <v>336</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="H89" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8">
+      <c r="A90" t="s">
+        <v>339</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>17</v>
+      </c>
+      <c r="D90" t="s">
+        <v>334</v>
+      </c>
+      <c r="E90" t="s">
+        <v>335</v>
+      </c>
+      <c r="F90" t="s">
+        <v>336</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="H90" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8">
+      <c r="A91" t="s">
+        <v>342</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
+        <v>21</v>
+      </c>
+      <c r="D91" t="s">
+        <v>334</v>
+      </c>
+      <c r="E91" t="s">
+        <v>335</v>
+      </c>
+      <c r="F91" t="s">
+        <v>336</v>
+      </c>
+      <c r="G91" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="H91" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8">
+      <c r="A92" t="s">
+        <v>345</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
+        <v>25</v>
+      </c>
+      <c r="D92" t="s">
+        <v>334</v>
+      </c>
+      <c r="E92" t="s">
+        <v>335</v>
+      </c>
+      <c r="F92" t="s">
+        <v>336</v>
+      </c>
+      <c r="G92" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="H92" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8">
+      <c r="A93" t="s">
+        <v>348</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
+        <v>30</v>
+      </c>
+      <c r="D93" t="s">
+        <v>334</v>
+      </c>
+      <c r="E93" t="s">
+        <v>335</v>
+      </c>
+      <c r="F93" t="s">
+        <v>336</v>
+      </c>
+      <c r="G93" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="H93" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8">
+      <c r="A94" t="s">
+        <v>351</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
+        <v>34</v>
+      </c>
+      <c r="D94" t="s">
+        <v>334</v>
+      </c>
+      <c r="E94" t="s">
+        <v>335</v>
+      </c>
+      <c r="F94" t="s">
+        <v>336</v>
+      </c>
+      <c r="G94" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="H94" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8">
+      <c r="A95" t="s">
+        <v>354</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
+        <v>38</v>
+      </c>
+      <c r="D95" t="s">
+        <v>334</v>
+      </c>
+      <c r="E95" t="s">
+        <v>335</v>
+      </c>
+      <c r="F95" t="s">
+        <v>336</v>
+      </c>
+      <c r="G95" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="H95" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8">
+      <c r="A96" t="s">
+        <v>357</v>
+      </c>
+      <c r="B96" t="s">
+        <v>9</v>
+      </c>
+      <c r="C96" t="s">
+        <v>42</v>
+      </c>
+      <c r="D96" t="s">
+        <v>334</v>
+      </c>
+      <c r="E96" t="s">
+        <v>335</v>
+      </c>
+      <c r="F96" t="s">
+        <v>336</v>
+      </c>
+      <c r="G96" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="H96" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8">
+      <c r="A97" t="s">
+        <v>360</v>
+      </c>
+      <c r="B97" t="s">
+        <v>9</v>
+      </c>
+      <c r="C97" t="s">
+        <v>46</v>
+      </c>
+      <c r="D97" t="s">
+        <v>334</v>
+      </c>
+      <c r="E97" t="s">
+        <v>335</v>
+      </c>
+      <c r="F97" t="s">
+        <v>336</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="H97" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8">
+      <c r="A98" t="s">
+        <v>363</v>
+      </c>
+      <c r="B98" t="s">
+        <v>9</v>
+      </c>
+      <c r="C98" t="s">
+        <v>50</v>
+      </c>
+      <c r="D98" t="s">
+        <v>334</v>
+      </c>
+      <c r="E98" t="s">
+        <v>335</v>
+      </c>
+      <c r="F98" t="s">
+        <v>336</v>
+      </c>
+      <c r="G98" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="H98" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8">
+      <c r="A99" t="s">
+        <v>366</v>
+      </c>
+      <c r="B99" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" t="s">
+        <v>54</v>
+      </c>
+      <c r="D99" t="s">
+        <v>334</v>
+      </c>
+      <c r="E99" t="s">
+        <v>335</v>
+      </c>
+      <c r="F99" t="s">
+        <v>336</v>
+      </c>
+      <c r="G99" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="H99" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="100" spans="1:8">
+      <c r="A100" t="s">
+        <v>369</v>
+      </c>
+      <c r="B100" t="s">
+        <v>9</v>
+      </c>
+      <c r="C100" t="s">
+        <v>58</v>
+      </c>
+      <c r="D100" t="s">
+        <v>334</v>
+      </c>
+      <c r="E100" t="s">
+        <v>335</v>
+      </c>
+      <c r="F100" t="s">
+        <v>336</v>
+      </c>
+      <c r="G100" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="H100" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8">
+      <c r="A101" t="s">
+        <v>372</v>
+      </c>
+      <c r="B101" t="s">
+        <v>9</v>
+      </c>
+      <c r="C101" t="s">
+        <v>62</v>
+      </c>
+      <c r="D101" t="s">
+        <v>334</v>
+      </c>
+      <c r="E101" t="s">
+        <v>335</v>
+      </c>
+      <c r="F101" t="s">
+        <v>336</v>
+      </c>
+      <c r="G101" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="H101" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="102" spans="1:8">
+      <c r="A102" t="s">
+        <v>375</v>
+      </c>
+      <c r="B102" t="s">
+        <v>9</v>
+      </c>
+      <c r="C102" t="s">
+        <v>66</v>
+      </c>
+      <c r="D102" t="s">
+        <v>334</v>
+      </c>
+      <c r="E102" t="s">
+        <v>335</v>
+      </c>
+      <c r="F102" t="s">
+        <v>336</v>
+      </c>
+      <c r="G102" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="H102" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="103" spans="1:8">
+      <c r="A103" t="s">
+        <v>378</v>
+      </c>
+      <c r="B103" t="s">
+        <v>9</v>
+      </c>
+      <c r="C103" t="s">
+        <v>70</v>
+      </c>
+      <c r="D103" t="s">
+        <v>334</v>
+      </c>
+      <c r="E103" t="s">
+        <v>335</v>
+      </c>
+      <c r="F103" t="s">
+        <v>336</v>
+      </c>
+      <c r="G103" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="H103" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="104" spans="1:8">
+      <c r="A104" t="s">
+        <v>381</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
+        <v>74</v>
+      </c>
+      <c r="D104" t="s">
+        <v>334</v>
+      </c>
+      <c r="E104" t="s">
+        <v>335</v>
+      </c>
+      <c r="F104" t="s">
+        <v>336</v>
+      </c>
+      <c r="G104" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="H104" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="105" spans="1:8">
+      <c r="A105" t="s">
+        <v>384</v>
+      </c>
+      <c r="B105" t="s">
+        <v>9</v>
+      </c>
+      <c r="C105" t="s">
+        <v>78</v>
+      </c>
+      <c r="D105" t="s">
+        <v>334</v>
+      </c>
+      <c r="E105" t="s">
+        <v>335</v>
+      </c>
+      <c r="F105" t="s">
+        <v>336</v>
+      </c>
+      <c r="G105" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="H105" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="106" spans="1:8">
+      <c r="A106" t="s">
+        <v>387</v>
+      </c>
+      <c r="B106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C106" t="s">
+        <v>82</v>
+      </c>
+      <c r="D106" t="s">
+        <v>334</v>
+      </c>
+      <c r="E106" t="s">
+        <v>335</v>
+      </c>
+      <c r="F106" t="s">
+        <v>336</v>
+      </c>
+      <c r="G106" s="1" t="s">
+        <v>388</v>
+      </c>
+      <c r="H106" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="107" spans="1:8">
+      <c r="A107" t="s">
+        <v>390</v>
+      </c>
+      <c r="B107" t="s">
+        <v>9</v>
+      </c>
+      <c r="C107" t="s">
+        <v>86</v>
+      </c>
+      <c r="D107" t="s">
+        <v>334</v>
+      </c>
+      <c r="E107" t="s">
+        <v>335</v>
+      </c>
+      <c r="F107" t="s">
+        <v>336</v>
+      </c>
+      <c r="G107" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="H107" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="108" spans="1:8">
+      <c r="A108" t="s">
+        <v>393</v>
+      </c>
+      <c r="B108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C108" t="s">
+        <v>91</v>
+      </c>
+      <c r="D108" t="s">
+        <v>334</v>
+      </c>
+      <c r="E108" t="s">
+        <v>335</v>
+      </c>
+      <c r="F108" t="s">
+        <v>336</v>
+      </c>
+      <c r="G108" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="H108" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="109" spans="1:8">
+      <c r="A109" t="s">
+        <v>396</v>
+      </c>
+      <c r="B109" t="s">
+        <v>9</v>
+      </c>
+      <c r="C109" t="s">
+        <v>95</v>
+      </c>
+      <c r="D109" t="s">
+        <v>334</v>
+      </c>
+      <c r="E109" t="s">
+        <v>335</v>
+      </c>
+      <c r="F109" t="s">
+        <v>336</v>
+      </c>
+      <c r="G109" s="1" t="s">
+        <v>397</v>
+      </c>
+      <c r="H109" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="110" spans="1:8">
+      <c r="A110" t="s">
+        <v>399</v>
+      </c>
+      <c r="B110" t="s">
+        <v>9</v>
+      </c>
+      <c r="C110" t="s">
+        <v>99</v>
+      </c>
+      <c r="D110" t="s">
+        <v>334</v>
+      </c>
+      <c r="E110" t="s">
+        <v>335</v>
+      </c>
+      <c r="F110" t="s">
+        <v>336</v>
+      </c>
+      <c r="G110" s="1" t="s">
+        <v>400</v>
+      </c>
+      <c r="H110" t="s">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="111" spans="1:8">
+      <c r="A111" t="s">
+        <v>402</v>
+      </c>
+      <c r="B111" t="s">
+        <v>9</v>
+      </c>
+      <c r="C111" t="s">
+        <v>104</v>
+      </c>
+      <c r="D111" t="s">
+        <v>334</v>
+      </c>
+      <c r="E111" t="s">
+        <v>335</v>
+      </c>
+      <c r="F111" t="s">
+        <v>336</v>
+      </c>
+      <c r="G111" s="1" t="s">
+        <v>403</v>
+      </c>
+      <c r="H111" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="112" spans="1:8">
+      <c r="A112" t="s">
+        <v>405</v>
+      </c>
+      <c r="B112" t="s">
+        <v>9</v>
+      </c>
+      <c r="C112" t="s">
+        <v>108</v>
+      </c>
+      <c r="D112" t="s">
+        <v>334</v>
+      </c>
+      <c r="E112" t="s">
+        <v>335</v>
+      </c>
+      <c r="F112" t="s">
+        <v>336</v>
+      </c>
+      <c r="G112" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="H112" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="113" spans="1:8">
+      <c r="A113" t="s">
+        <v>408</v>
+      </c>
+      <c r="B113" t="s">
+        <v>9</v>
+      </c>
+      <c r="C113" t="s">
+        <v>112</v>
+      </c>
+      <c r="D113" t="s">
+        <v>334</v>
+      </c>
+      <c r="E113" t="s">
+        <v>335</v>
+      </c>
+      <c r="F113" t="s">
+        <v>336</v>
+      </c>
+      <c r="G113" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="H113" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="114" spans="1:8">
+      <c r="A114" t="s">
+        <v>411</v>
+      </c>
+      <c r="B114" t="s">
+        <v>9</v>
+      </c>
+      <c r="C114" t="s">
+        <v>116</v>
+      </c>
+      <c r="D114" t="s">
+        <v>334</v>
+      </c>
+      <c r="E114" t="s">
+        <v>335</v>
+      </c>
+      <c r="F114" t="s">
+        <v>336</v>
+      </c>
+      <c r="G114" s="1" t="s">
+        <v>412</v>
+      </c>
+      <c r="H114" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="115" spans="1:8">
+      <c r="A115" t="s">
+        <v>414</v>
+      </c>
+      <c r="B115" t="s">
+        <v>9</v>
+      </c>
+      <c r="C115" t="s">
+        <v>120</v>
+      </c>
+      <c r="D115" t="s">
+        <v>334</v>
+      </c>
+      <c r="E115" t="s">
+        <v>335</v>
+      </c>
+      <c r="F115" t="s">
+        <v>336</v>
+      </c>
+      <c r="G115" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="H115" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="116" spans="1:8">
+      <c r="A116" t="s">
+        <v>417</v>
+      </c>
+      <c r="B116" t="s">
+        <v>9</v>
+      </c>
+      <c r="C116" t="s">
+        <v>124</v>
+      </c>
+      <c r="D116" t="s">
+        <v>334</v>
+      </c>
+      <c r="E116" t="s">
+        <v>335</v>
+      </c>
+      <c r="F116" t="s">
+        <v>336</v>
+      </c>
+      <c r="G116" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="H116" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="117" spans="1:8">
+      <c r="A117" t="s">
+        <v>420</v>
+      </c>
+      <c r="B117" t="s">
+        <v>9</v>
+      </c>
+      <c r="C117" t="s">
+        <v>128</v>
+      </c>
+      <c r="D117" t="s">
+        <v>334</v>
+      </c>
+      <c r="E117" t="s">
+        <v>335</v>
+      </c>
+      <c r="F117" t="s">
+        <v>336</v>
+      </c>
+      <c r="G117" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="H117" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="118" spans="1:8">
+      <c r="A118" t="s">
+        <v>423</v>
+      </c>
+      <c r="B118" t="s">
+        <v>9</v>
+      </c>
+      <c r="C118" t="s">
+        <v>132</v>
+      </c>
+      <c r="D118" t="s">
+        <v>334</v>
+      </c>
+      <c r="E118" t="s">
+        <v>335</v>
+      </c>
+      <c r="F118" t="s">
+        <v>336</v>
+      </c>
+      <c r="G118" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="H118" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="119" spans="1:8">
+      <c r="A119" t="s">
+        <v>426</v>
+      </c>
+      <c r="B119" t="s">
+        <v>9</v>
+      </c>
+      <c r="C119" t="s">
+        <v>136</v>
+      </c>
+      <c r="D119" t="s">
+        <v>334</v>
+      </c>
+      <c r="E119" t="s">
+        <v>335</v>
+      </c>
+      <c r="F119" t="s">
+        <v>336</v>
+      </c>
+      <c r="G119" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="H119" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="120" spans="1:8">
+      <c r="A120" t="s">
+        <v>429</v>
+      </c>
+      <c r="B120" t="s">
+        <v>9</v>
+      </c>
+      <c r="C120" t="s">
+        <v>140</v>
+      </c>
+      <c r="D120" t="s">
+        <v>334</v>
+      </c>
+      <c r="E120" t="s">
+        <v>335</v>
+      </c>
+      <c r="F120" t="s">
+        <v>336</v>
+      </c>
+      <c r="G120" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="H120" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="121" spans="1:8">
+      <c r="A121" t="s">
+        <v>432</v>
+      </c>
+      <c r="B121" t="s">
+        <v>9</v>
+      </c>
+      <c r="C121" t="s">
+        <v>144</v>
+      </c>
+      <c r="D121" t="s">
+        <v>334</v>
+      </c>
+      <c r="E121" t="s">
+        <v>335</v>
+      </c>
+      <c r="F121" t="s">
+        <v>26</v>
+      </c>
+      <c r="G121" s="1" t="s">
+        <v>433</v>
+      </c>
+      <c r="H121" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="122" spans="1:8">
+      <c r="A122" t="s">
+        <v>435</v>
+      </c>
+      <c r="B122" t="s">
+        <v>9</v>
+      </c>
+      <c r="C122" t="s">
+        <v>149</v>
+      </c>
+      <c r="D122" t="s">
+        <v>334</v>
+      </c>
+      <c r="E122" t="s">
+        <v>335</v>
+      </c>
+      <c r="F122" t="s">
+        <v>436</v>
+      </c>
+      <c r="G122" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="H122" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="123" spans="1:8">
+      <c r="A123" t="s">
+        <v>439</v>
+      </c>
+      <c r="B123" t="s">
+        <v>9</v>
+      </c>
+      <c r="C123" t="s">
+        <v>153</v>
+      </c>
+      <c r="D123" t="s">
+        <v>334</v>
+      </c>
+      <c r="E123" t="s">
+        <v>335</v>
+      </c>
+      <c r="F123" t="s">
+        <v>26</v>
+      </c>
+      <c r="G123" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="H123" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="124" spans="1:8">
+      <c r="A124" t="s">
+        <v>442</v>
+      </c>
+      <c r="B124" t="s">
+        <v>9</v>
+      </c>
+      <c r="C124" t="s">
+        <v>157</v>
+      </c>
+      <c r="D124" t="s">
+        <v>334</v>
+      </c>
+      <c r="E124" t="s">
+        <v>335</v>
+      </c>
+      <c r="F124" t="s">
+        <v>26</v>
+      </c>
+      <c r="G124" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="H124" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="125" spans="1:8">
+      <c r="A125" t="s">
+        <v>445</v>
+      </c>
+      <c r="B125" t="s">
+        <v>9</v>
+      </c>
+      <c r="C125" t="s">
+        <v>161</v>
+      </c>
+      <c r="D125" t="s">
+        <v>334</v>
+      </c>
+      <c r="E125" t="s">
+        <v>335</v>
+      </c>
+      <c r="F125" t="s">
+        <v>26</v>
+      </c>
+      <c r="G125" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="H125" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="126" spans="1:8">
+      <c r="A126" t="s">
+        <v>448</v>
+      </c>
+      <c r="B126" t="s">
+        <v>9</v>
+      </c>
+      <c r="C126" t="s">
+        <v>165</v>
+      </c>
+      <c r="D126" t="s">
+        <v>334</v>
+      </c>
+      <c r="E126" t="s">
+        <v>335</v>
+      </c>
+      <c r="F126" t="s">
+        <v>336</v>
+      </c>
+      <c r="G126" s="1" t="s">
+        <v>449</v>
+      </c>
+      <c r="H126" t="s">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="127" spans="1:8">
+      <c r="A127" t="s">
+        <v>451</v>
+      </c>
+      <c r="B127" t="s">
+        <v>9</v>
+      </c>
+      <c r="C127" t="s">
+        <v>169</v>
+      </c>
+      <c r="D127" t="s">
+        <v>334</v>
+      </c>
+      <c r="E127" t="s">
+        <v>335</v>
+      </c>
+      <c r="F127" t="s">
+        <v>336</v>
+      </c>
+      <c r="G127" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="H127" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="128" spans="1:8">
+      <c r="A128" t="s">
+        <v>454</v>
+      </c>
+      <c r="B128" t="s">
+        <v>9</v>
+      </c>
+      <c r="C128" t="s">
+        <v>295</v>
+      </c>
+      <c r="D128" t="s">
+        <v>334</v>
+      </c>
+      <c r="E128" t="s">
+        <v>335</v>
+      </c>
+      <c r="F128" t="s">
+        <v>336</v>
+      </c>
+      <c r="G128" s="1" t="s">
+        <v>455</v>
+      </c>
+      <c r="H128" t="s">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="129" spans="1:8">
+      <c r="A129" t="s">
+        <v>457</v>
+      </c>
+      <c r="B129" t="s">
+        <v>9</v>
+      </c>
+      <c r="C129" t="s">
+        <v>300</v>
+      </c>
+      <c r="D129" t="s">
+        <v>334</v>
+      </c>
+      <c r="E129" t="s">
+        <v>335</v>
+      </c>
+      <c r="F129" t="s">
+        <v>336</v>
+      </c>
+      <c r="G129" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="H129" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="130" spans="1:8">
+      <c r="A130" t="s">
+        <v>460</v>
+      </c>
+      <c r="B130" t="s">
+        <v>9</v>
+      </c>
+      <c r="C130" t="s">
+        <v>304</v>
+      </c>
+      <c r="D130" t="s">
+        <v>334</v>
+      </c>
+      <c r="E130" t="s">
+        <v>335</v>
+      </c>
+      <c r="F130" t="s">
+        <v>336</v>
+      </c>
+      <c r="G130" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="H130" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="131" spans="1:8">
+      <c r="A131" t="s">
+        <v>463</v>
+      </c>
+      <c r="B131" t="s">
+        <v>9</v>
+      </c>
+      <c r="C131" t="s">
+        <v>308</v>
+      </c>
+      <c r="D131" t="s">
+        <v>334</v>
+      </c>
+      <c r="E131" t="s">
+        <v>335</v>
+      </c>
+      <c r="F131" t="s">
+        <v>336</v>
+      </c>
+      <c r="G131" s="1" t="s">
+        <v>464</v>
+      </c>
+      <c r="H131" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="132" spans="1:8">
+      <c r="A132" t="s">
+        <v>466</v>
+      </c>
+      <c r="B132" t="s">
+        <v>9</v>
+      </c>
+      <c r="C132" t="s">
+        <v>312</v>
+      </c>
+      <c r="D132" t="s">
+        <v>334</v>
+      </c>
+      <c r="E132" t="s">
+        <v>335</v>
+      </c>
+      <c r="F132" t="s">
+        <v>336</v>
+      </c>
+      <c r="G132" s="1" t="s">
+        <v>467</v>
+      </c>
+      <c r="H132" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="133" spans="1:8">
+      <c r="A133" t="s">
+        <v>469</v>
+      </c>
+      <c r="B133" t="s">
+        <v>9</v>
+      </c>
+      <c r="C133" t="s">
+        <v>316</v>
+      </c>
+      <c r="D133" t="s">
+        <v>334</v>
+      </c>
+      <c r="E133" t="s">
+        <v>335</v>
+      </c>
+      <c r="F133" t="s">
+        <v>336</v>
+      </c>
+      <c r="G133" s="1" t="s">
+        <v>470</v>
+      </c>
+      <c r="H133" t="s">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="134" spans="1:8">
+      <c r="A134" t="s">
+        <v>472</v>
+      </c>
+      <c r="B134" t="s">
+        <v>9</v>
+      </c>
+      <c r="C134" t="s">
+        <v>320</v>
+      </c>
+      <c r="D134" t="s">
+        <v>334</v>
+      </c>
+      <c r="E134" t="s">
+        <v>335</v>
+      </c>
+      <c r="F134" t="s">
+        <v>336</v>
+      </c>
+      <c r="G134" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="H134" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="135" spans="1:8">
+      <c r="A135" t="s">
+        <v>475</v>
+      </c>
+      <c r="B135" t="s">
+        <v>9</v>
+      </c>
+      <c r="C135" t="s">
+        <v>476</v>
+      </c>
+      <c r="D135" t="s">
+        <v>334</v>
+      </c>
+      <c r="E135" t="s">
+        <v>335</v>
+      </c>
+      <c r="F135" t="s">
+        <v>330</v>
+      </c>
+      <c r="G135" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="H135" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="136" spans="1:8">
+      <c r="A136" t="s">
+        <v>479</v>
+      </c>
+      <c r="B136" t="s">
+        <v>9</v>
+      </c>
+      <c r="C136" t="s">
+        <v>480</v>
+      </c>
+      <c r="D136" t="s">
+        <v>334</v>
+      </c>
+      <c r="E136" t="s">
+        <v>335</v>
+      </c>
+      <c r="F136" t="s">
+        <v>330</v>
+      </c>
+      <c r="G136" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="H136" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="137" spans="1:8">
+      <c r="A137" t="s">
+        <v>483</v>
+      </c>
+      <c r="B137" t="s">
+        <v>9</v>
+      </c>
+      <c r="C137" t="s">
+        <v>484</v>
+      </c>
+      <c r="D137" t="s">
+        <v>334</v>
+      </c>
+      <c r="E137" t="s">
+        <v>335</v>
+      </c>
+      <c r="F137" t="s">
+        <v>436</v>
+      </c>
+      <c r="G137" s="1" t="s">
+        <v>485</v>
+      </c>
+      <c r="H137" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="138" spans="1:8">
+      <c r="A138" t="s">
+        <v>487</v>
+      </c>
+      <c r="B138" t="s">
+        <v>9</v>
+      </c>
+      <c r="C138" t="s">
+        <v>10</v>
+      </c>
+      <c r="D138" t="s">
+        <v>488</v>
+      </c>
+      <c r="E138" t="s">
+        <v>489</v>
+      </c>
+      <c r="F138" t="s">
+        <v>336</v>
+      </c>
+      <c r="G138" s="1" t="s">
+        <v>490</v>
+      </c>
+      <c r="H138" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="139" spans="1:8">
+      <c r="A139" t="s">
+        <v>492</v>
+      </c>
+      <c r="B139" t="s">
+        <v>9</v>
+      </c>
+      <c r="C139" t="s">
+        <v>17</v>
+      </c>
+      <c r="D139" t="s">
+        <v>488</v>
+      </c>
+      <c r="E139" t="s">
+        <v>489</v>
+      </c>
+      <c r="F139" t="s">
+        <v>336</v>
+      </c>
+      <c r="G139" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="H139" t="s">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="140" spans="1:8">
+      <c r="A140" t="s">
+        <v>495</v>
+      </c>
+      <c r="B140" t="s">
+        <v>9</v>
+      </c>
+      <c r="C140" t="s">
+        <v>10</v>
+      </c>
+      <c r="D140" t="s">
+        <v>496</v>
+      </c>
+      <c r="E140" t="s">
+        <v>497</v>
+      </c>
+      <c r="F140" t="s">
+        <v>498</v>
+      </c>
+      <c r="G140" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="H140" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="141" spans="1:8">
+      <c r="A141" t="s">
+        <v>501</v>
+      </c>
+      <c r="B141" t="s">
+        <v>9</v>
+      </c>
+      <c r="C141" t="s">
+        <v>10</v>
+      </c>
+      <c r="D141" t="s">
+        <v>502</v>
+      </c>
+      <c r="E141" t="s">
+        <v>503</v>
+      </c>
+      <c r="F141" t="s">
+        <v>145</v>
+      </c>
+      <c r="G141" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="H141" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="142" spans="1:8">
+      <c r="A142" t="s">
+        <v>506</v>
+      </c>
+      <c r="B142" t="s">
+        <v>9</v>
+      </c>
+      <c r="C142" t="s">
+        <v>17</v>
+      </c>
+      <c r="D142" t="s">
+        <v>502</v>
+      </c>
+      <c r="E142" t="s">
+        <v>503</v>
+      </c>
+      <c r="F142" t="s">
+        <v>208</v>
+      </c>
+      <c r="G142" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="H142" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="143" spans="1:8">
+      <c r="A143" t="s">
+        <v>508</v>
+      </c>
+      <c r="B143" t="s">
+        <v>9</v>
+      </c>
+      <c r="C143" t="s">
+        <v>10</v>
+      </c>
+      <c r="D143" t="s">
+        <v>509</v>
+      </c>
+      <c r="E143" t="s">
+        <v>510</v>
+      </c>
+      <c r="F143" t="s">
+        <v>511</v>
+      </c>
+      <c r="G143" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="H143" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="144" spans="1:8">
+      <c r="A144" t="s">
+        <v>514</v>
+      </c>
+      <c r="B144" t="s">
+        <v>9</v>
+      </c>
+      <c r="C144" t="s">
+        <v>10</v>
+      </c>
+      <c r="D144" t="s">
+        <v>515</v>
+      </c>
+      <c r="E144" t="s">
+        <v>516</v>
+      </c>
+      <c r="F144" t="s">
+        <v>517</v>
+      </c>
+      <c r="G144" s="1" t="s">
+        <v>518</v>
+      </c>
+      <c r="H144" t="s">
+        <v>519</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
+    <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
+    <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
+    <hyperlink ref="G31" r:id="rId30"/>
+    <hyperlink ref="G32" r:id="rId31"/>
+    <hyperlink ref="G33" r:id="rId32"/>
+    <hyperlink ref="G34" r:id="rId33"/>
+    <hyperlink ref="G35" r:id="rId34"/>
+    <hyperlink ref="G36" r:id="rId35"/>
+    <hyperlink ref="G37" r:id="rId36"/>
+    <hyperlink ref="G38" r:id="rId37"/>
+    <hyperlink ref="G39" r:id="rId38"/>
+    <hyperlink ref="G40" r:id="rId39"/>
+    <hyperlink ref="G41" r:id="rId40"/>
+    <hyperlink ref="G42" r:id="rId41"/>
+    <hyperlink ref="G43" r:id="rId42"/>
+    <hyperlink ref="G44" r:id="rId43"/>
+    <hyperlink ref="G45" r:id="rId44"/>
+    <hyperlink ref="G46" r:id="rId45"/>
+    <hyperlink ref="G47" r:id="rId46"/>
+    <hyperlink ref="G48" r:id="rId47"/>
+    <hyperlink ref="G49" r:id="rId48"/>
+    <hyperlink ref="G50" r:id="rId49"/>
+    <hyperlink ref="G51" r:id="rId50"/>
+    <hyperlink ref="G52" r:id="rId51"/>
+    <hyperlink ref="G53" r:id="rId52"/>
+    <hyperlink ref="G54" r:id="rId53"/>
+    <hyperlink ref="G55" r:id="rId54"/>
+    <hyperlink ref="G56" r:id="rId55"/>
+    <hyperlink ref="G57" r:id="rId56"/>
+    <hyperlink ref="G58" r:id="rId57"/>
+    <hyperlink ref="G59" r:id="rId58"/>
+    <hyperlink ref="G60" r:id="rId59"/>
+    <hyperlink ref="G61" r:id="rId60"/>
+    <hyperlink ref="G62" r:id="rId61"/>
+    <hyperlink ref="G63" r:id="rId62"/>
+    <hyperlink ref="G64" r:id="rId63"/>
+    <hyperlink ref="G65" r:id="rId64"/>
+    <hyperlink ref="G66" r:id="rId65"/>
+    <hyperlink ref="G67" r:id="rId66"/>
+    <hyperlink ref="G68" r:id="rId67"/>
+    <hyperlink ref="G69" r:id="rId68"/>
+    <hyperlink ref="G70" r:id="rId69"/>
+    <hyperlink ref="G71" r:id="rId70"/>
+    <hyperlink ref="G72" r:id="rId71"/>
+    <hyperlink ref="G73" r:id="rId72"/>
+    <hyperlink ref="G74" r:id="rId73"/>
+    <hyperlink ref="G75" r:id="rId74"/>
+    <hyperlink ref="G76" r:id="rId75"/>
+    <hyperlink ref="G77" r:id="rId76"/>
+    <hyperlink ref="G78" r:id="rId77"/>
+    <hyperlink ref="G79" r:id="rId78"/>
+    <hyperlink ref="G80" r:id="rId79"/>
+    <hyperlink ref="G81" r:id="rId80"/>
+    <hyperlink ref="G82" r:id="rId81"/>
+    <hyperlink ref="G83" r:id="rId82"/>
+    <hyperlink ref="G84" r:id="rId83"/>
+    <hyperlink ref="G85" r:id="rId84"/>
+    <hyperlink ref="G86" r:id="rId85"/>
+    <hyperlink ref="G87" r:id="rId86"/>
+    <hyperlink ref="G88" r:id="rId87"/>
+    <hyperlink ref="G89" r:id="rId88"/>
+    <hyperlink ref="G90" r:id="rId89"/>
+    <hyperlink ref="G91" r:id="rId90"/>
+    <hyperlink ref="G92" r:id="rId91"/>
+    <hyperlink ref="G93" r:id="rId92"/>
+    <hyperlink ref="G94" r:id="rId93"/>
+    <hyperlink ref="G95" r:id="rId94"/>
+    <hyperlink ref="G96" r:id="rId95"/>
+    <hyperlink ref="G97" r:id="rId96"/>
+    <hyperlink ref="G98" r:id="rId97"/>
+    <hyperlink ref="G99" r:id="rId98"/>
+    <hyperlink ref="G100" r:id="rId99"/>
+    <hyperlink ref="G101" r:id="rId100"/>
+    <hyperlink ref="G102" r:id="rId101"/>
+    <hyperlink ref="G103" r:id="rId102"/>
+    <hyperlink ref="G104" r:id="rId103"/>
+    <hyperlink ref="G105" r:id="rId104"/>
+    <hyperlink ref="G106" r:id="rId105"/>
+    <hyperlink ref="G107" r:id="rId106"/>
+    <hyperlink ref="G108" r:id="rId107"/>
+    <hyperlink ref="G109" r:id="rId108"/>
+    <hyperlink ref="G110" r:id="rId109"/>
+    <hyperlink ref="G111" r:id="rId110"/>
+    <hyperlink ref="G112" r:id="rId111"/>
+    <hyperlink ref="G113" r:id="rId112"/>
+    <hyperlink ref="G114" r:id="rId113"/>
+    <hyperlink ref="G115" r:id="rId114"/>
+    <hyperlink ref="G116" r:id="rId115"/>
+    <hyperlink ref="G117" r:id="rId116"/>
+    <hyperlink ref="G118" r:id="rId117"/>
+    <hyperlink ref="G119" r:id="rId118"/>
+    <hyperlink ref="G120" r:id="rId119"/>
+    <hyperlink ref="G121" r:id="rId120"/>
+    <hyperlink ref="G122" r:id="rId121"/>
+    <hyperlink ref="G123" r:id="rId122"/>
+    <hyperlink ref="G124" r:id="rId123"/>
+    <hyperlink ref="G125" r:id="rId124"/>
+    <hyperlink ref="G126" r:id="rId125"/>
+    <hyperlink ref="G127" r:id="rId126"/>
+    <hyperlink ref="G128" r:id="rId127"/>
+    <hyperlink ref="G129" r:id="rId128"/>
+    <hyperlink ref="G130" r:id="rId129"/>
+    <hyperlink ref="G131" r:id="rId130"/>
+    <hyperlink ref="G132" r:id="rId131"/>
+    <hyperlink ref="G133" r:id="rId132"/>
+    <hyperlink ref="G134" r:id="rId133"/>
+    <hyperlink ref="G135" r:id="rId134"/>
+    <hyperlink ref="G136" r:id="rId135"/>
+    <hyperlink ref="G137" r:id="rId136"/>
+    <hyperlink ref="G138" r:id="rId137"/>
+    <hyperlink ref="G139" r:id="rId138"/>
+    <hyperlink ref="G140" r:id="rId139"/>
+    <hyperlink ref="G141" r:id="rId140"/>
+    <hyperlink ref="G142" r:id="rId141"/>
+    <hyperlink ref="G143" r:id="rId142"/>
+    <hyperlink ref="G144" r:id="rId143"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>