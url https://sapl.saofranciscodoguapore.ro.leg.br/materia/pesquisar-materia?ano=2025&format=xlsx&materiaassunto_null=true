--- v0 (2026-01-29)
+++ v1 (2026-03-17)
@@ -54,12236 +54,12236 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3294</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IN</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Alessandra Brito</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3294/indicacao_no.001-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3294/indicacao_no.001-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indico que seja feita reunião com os servidores do município, com orientações de atendimento a nossa população.</t>
   </si>
   <si>
     <t>3342</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Pastor Eber Lopes</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3342/indicacao_no.02-2025-eber.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3342/indicacao_no.02-2025-eber.pdf</t>
   </si>
   <si>
     <t>Que os campos de grama sintético recurso do Deputado Federal Lebrão, possa ser um na praça do bairro Alta Alegre, fundo com o ginásio de esporte e o outro seja no Bairro cidade alta.</t>
   </si>
   <si>
     <t>3408</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Ozias Santos</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3408/indicacao_no.03-2025-ozias_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3408/indicacao_no.03-2025-ozias_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação para construção de uma Unidade Básica de Saúde (UBS) no Bairro Cidade Alta em  São Francisco do Guaporé-RO.</t>
   </si>
   <si>
     <t>3436</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Agnielde Fotógrafo</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3436/indicacao_no.04-2025-agnielde.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3436/indicacao_no.04-2025-agnielde.pdf</t>
   </si>
   <si>
     <t>Instalação de dois bebedouro para fornecimento de água potável, sendo um de frente a Casa da Lavoura, centro da cidade, e outro em frente a Nelore Agropecuária, na Avenida Tancredo Neves, para população que transita na Avenida.</t>
   </si>
   <si>
     <t>3522</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3522/indicacao_no.05-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3522/indicacao_no.05-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito Municipal a realização de cursos de capacitação para professores, cuidadores e amigos voluntários, voltados ao atendimento de crianças com necessidades especiais no âmbito escolar.</t>
   </si>
   <si>
     <t>3543</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3543/indicacao_no.06-2025-ozias_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3543/indicacao_no.06-2025-ozias_assinado.pdf</t>
   </si>
   <si>
     <t>Indicar a Vossa Excelência, que seja feito a instalação de dois quebra-molas, sendo um em frente a Igreja Católica na esquina da LH 7, e o outro quebra-molas alguns metros após a Igreja Assembleia de Deus.</t>
   </si>
   <si>
     <t>3573</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Jorge Honorato</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3573/indicacao_no.07-2025-jorge_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3573/indicacao_no.07-2025-jorge_assinado.pdf</t>
   </si>
   <si>
     <t>Indicação à Mesa Diretora para que seja encaminhado ao Executivo Municipal o pedido de reajuste salarial dos servidores públicos municipais, com percentuais de 20% para os níveis fundamental e médio e 10% para os níveis superiores, além da realização de estudo de impacto financeiro.</t>
   </si>
   <si>
     <t>3608</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Elias do Tininho</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3608/indicacao_no.08-2025-elias_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3608/indicacao_no.08-2025-elias_assinado.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo Municipal o reajuste da remuneração dos Conselheiros_x000D_
 Tutelares para o equivalente a dois salários mínimos e meio (2,5 salários mínimos), valor que_x000D_
 já era praticado em 2009.</t>
   </si>
   <si>
     <t>3635</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Márcio da Agricultura</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3635/indicacao_no.12-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3635/indicacao_no.12-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre o Programa Municipal de Fortalecimento e Incentivo à Agricultura Familiar no Município de São Francisco do Guaporé/RO e dá outras providências.”</t>
   </si>
   <si>
     <t>3647</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3647/indicacao_no.13-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3647/indicacao_no.13-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Indico que seja feito estudo orçamentário e financeiro juntamente ao Poder Executivo e ao Setor Responsável, a contratação da Empresa que irá realizar o Tradicional Evento de Fim de Ano Réveillon.</t>
   </si>
   <si>
     <t>3665</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3665/mocao_no_006-25_-_ozias_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3665/mocao_no_006-25_-_ozias_assinado.pdf</t>
   </si>
   <si>
     <t>Indicar a Vossa Excelência, a alteração da Lei Complementar nº 094/2022, adequá-la à Lei Federal nº12.994/2014, para reajustar o piso salarial dos Agentes Comunitários de Saúde e dos Agentes de Combate às Endemias.</t>
   </si>
   <si>
     <t>3679</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3679/indicacao_no.15-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3679/indicacao_no.15-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>INDICO JUNTO A SECRETÁRIA DE SAÚDE MUNICIPAL QUE SEJA REALIZADO A CONTRATAÇÃO DE UM PROFISSIONAL FONOAUDIÓLGO PARA ATUAR NO ATENDIMENTO Á POPULAÇÃO QUE NECESSITA DESSE SERVIÇO NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3728</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3728/indicacao_no.16-2025-agnielde_assinado.pdf</t>
-[...2 lines deleted...]
-    <t>INDICO AO SENHOR PREFEITO, JUNTO A SECRETARIA MUNICIPAL DE ESPORTES, QUE SEJA PROVIDENCIADO A INSTALAÇÃO DE DOIS (02) BEBEDOUROS DE AÇO INOXIDÁVEL NO GINÁSIO E ESPORTES, SUBSTITUÍNDO O ATUAL FREEZER ULTILIZADO PARA O ARMAZENAMENTO DA ÁGUA CONSUMIDA POR ATLETAS, CRIANÇAS E FREQUENTADORES DO LOCAL.</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3728/indicacao_no.16-2025-agnielde_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao senhor prefeito, junto a secretaria municipal de esportes, que seja providenciado a instalação de dois (02) bebedouros de aço inoxidável no ginásio de esportes, substituindo o atual freezer utilizado para o armazenamento da água consumida por atletas, crianças e frequentadores do local.</t>
   </si>
   <si>
     <t>3729</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3729/indicacao_no.17-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3729/indicacao_no.17-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>INDICO QUE SEJA CONTRATADO MAIS DOIS CAMINHÃO PIPA PARA A SECRETARIA MUNICIPAL DE INFRAESTRUTURA PARA DAR APOIO AOS TRABALHOS NA CIDADE JOGANDO ÁGUA NAS RUAS NÃO PAVIMENTADAS.</t>
   </si>
   <si>
     <t>3730</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3730/indicacao_no.18-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3730/indicacao_no.18-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>INDICO JUNTO A SECRETARIA MUNICIPAL DE ESPORTES QUE SEJA REALIZADA A LIGAÇÃO DA REDE DE ÁGUA ATÉ GINÁSIO DE ESPORTES, CONSIDERANDO QUE A REDE JÁ ESTÁ INSTALADA ATÉ A QUADRA DA FEIRA MUNICIPAL A 850 METROS.</t>
   </si>
   <si>
     <t>3757</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3757/indicacao_no.19-2025-eber_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3757/indicacao_no.19-2025-eber_assinado.pdf</t>
   </si>
   <si>
     <t>Ao Exmo. Sr. Prefeito, que seja tapado um buraco que se formou na cabeceira da ponte do rio Fuxico na BR 429 sentido São domingos. Buraco esse que vem trazendo transtorno e prejuízo a população.</t>
   </si>
   <si>
     <t>3792</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3792/indicacao_no.20-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3792/indicacao_no.20-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Indico a contratação da equipe do mutirão da Universidade Federal de Rondônia – UNIR, Campus de Cacoal, para atendimento odontológico à comunidade ribeirinha do Porto Murtinho.</t>
   </si>
   <si>
     <t>3793</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3793/indicacao_no.21-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3793/indicacao_no.21-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Indico a contratação da equipe do mutirão da Universidade Federal de Rondônia – UNIR, Campus de Cacoal, para atendimento odontológico à comunidade ribeirinha de Pedras Negras.</t>
   </si>
   <si>
     <t>3801</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3801/indicacao_no.22-2025-eber_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3801/indicacao_no.22-2025-eber_assinado.pdf</t>
   </si>
   <si>
     <t>Ao Exmo. Sr. Prefeito, através da secretaria de assistência Social que seja realizado ainda este ano um curso básico de informática com o recurso de 69 mil reais já em conta, recurso da Deputada Cristiane Lopes.</t>
   </si>
   <si>
     <t>3803</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3803/indicacao_no.23-2025-eber_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3803/indicacao_no.23-2025-eber_assinado.pdf</t>
   </si>
   <si>
     <t>Ao Exmo. Sr. Prefeito, através da secretaria de infraestrutura que seja reconstruído os bancos de alvenaria na praça Alto Alegre.</t>
   </si>
   <si>
     <t>3804</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3804/indicacao_no.24-2025-eber_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3804/indicacao_no.24-2025-eber_assinado.pdf</t>
   </si>
   <si>
     <t>Ao Exmo. Sr. Prefeito, que seja feita parceria pública e privada para que tenha uma cantina com bebidas, espetinho e saldados dento do ginásio de esporte municipal.</t>
   </si>
   <si>
     <t>3805</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3805/indicacao_no.25-2025-eber_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3805/indicacao_no.25-2025-eber_assinado.pdf</t>
   </si>
   <si>
     <t>Ao Exmo. Sr. Prefeito, através da secretaria de assistência Social que seja realizado ainda este ano um curso básico de cabelereiro (a) com o recurso de 69 mil reais já em conta, recurso da Deputada Cristiane Lopes.</t>
   </si>
   <si>
     <t>3807</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3807/indicacao_no.26-2025-eber_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3807/indicacao_no.26-2025-eber_assinado.pdf</t>
   </si>
   <si>
     <t>Exmo. Sr. Prefeito, através da secretaria de infraestrutura  que seja colocado placas nas praças da nossa cidade com a identificação de cada uma delas.</t>
   </si>
   <si>
     <t>3853</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3853/indicacao_no.27-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3853/indicacao_no.27-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Indico ao Poder Executivo Municipal a necessidade de pavimentação asfáltica das vias internas do Parque de Exposições APRF.</t>
   </si>
   <si>
     <t>3869</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Professor Marcio</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3869/indicacao_no.028-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3869/indicacao_no.028-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Indica que seja feito um levantamento do artigo 59 da Lei Complementar nº.047/2015, que concedeu aos Professores Nível Médio, uma remuneração atribuída como piso do magistério público no valor de 5%, e aos Professores Nível Superior, uma remuneração atribuída como piso do magistério público no valor de 7%. Sendo que esse valor concedido pela Lei nunca foi pago aos nossos professores que ingressaram nesse período, sendo revogado no ano de 2021, por isso, peço que seja feito um levantamento para fazer o ressarcimento a todos os profissionais que ingressaram nesse período, com suas devidas correções.</t>
   </si>
   <si>
     <t>3877</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3877/indicacao_no.29-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3877/indicacao_no.29-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura e Serviços Públicos, para que seja realizado estudo técnico e elaboração de projeto de estacionamento na_x000D_
 Avenida Guaporé, sentido Costa Marques, de modo que os veículos fiquem estacionados na forma vertical (de frente para a BR).</t>
   </si>
   <si>
     <t>3907</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3907/indicacao_no.030-2025-jorge_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3907/indicacao_no.030-2025-jorge_assinado.pdf</t>
   </si>
   <si>
     <t>Implantação de Redutor de Velocidade (Quebra-Molas) entre a Rua São Paulo e a Rua Rondônia, na Rua Amapá</t>
   </si>
   <si>
     <t>3912</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3912/indicacao_no.031-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3912/indicacao_no.031-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>ASSUNTO: INDICO JUNTO Á SECRETARIA MUNICIPAL DE INFRAESTRUTURA E SERVIÇOS PÚBLICOS, QUE SEJA PROVIDENCIADA AQUISIÇÃO E INSTALAÇÃO DE LÂMPADAS DE ENERGIA SOLAR COM BATERIA NA PRAÇA DA BÍBLIA, LOCALIZADA NO BAIRRO ALTO ALEGRE.</t>
   </si>
   <si>
     <t>3928</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3928/indicacao_no.032-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3928/indicacao_no.032-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Prefeito Municipal de São Francisco do Guaporé– RO, por meio da Secretaria Municipal de Infraestrutura, a necessidade de regulamentar e efetuar a cobrança de taxas referentes à limpeza de terrenos baldios, utilização de hora/máquina, caçamba de cascalho, caçamba de entulho, trator com grade e trator com roçadeira.</t>
   </si>
   <si>
     <t>3950</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3950/indicacao_no33_exmo._sr._prefeitoexmo._sr._prefeito_abertura_no_canteiro_da_avenida_brasil_com_a_rua_maringa_e_ainda_que_seja_feita_a_abertura_da_rua_maringa_no_mesmo_trecho..pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3950/indicacao_no33_exmo._sr._prefeitoexmo._sr._prefeito_abertura_no_canteiro_da_avenida_brasil_com_a_rua_maringa_e_ainda_que_seja_feita_a_abertura_da_rua_maringa_no_mesmo_trecho..pdf</t>
   </si>
   <si>
     <t>Ao Exmo. Sr. Prefeito, através da secretaria de infraestrutura  que seja feita uma abertura no canteiro da Avenida Brasil com a Rua Maringá, e ainda que seja feita a abertura da Rua Maringá no mesmo trecho.</t>
   </si>
   <si>
     <t>3959</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3959/indicacao_no.34-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3959/indicacao_no.34-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a implantação de estacionamento em torno do pátio da Paróquia São Francisco de Assis.</t>
   </si>
   <si>
     <t>3969</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3969/indicacao_no.35-2025-ozias_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3969/indicacao_no.35-2025-ozias_assinado.pdf</t>
   </si>
   <si>
     <t>Indico ao Poder Executivo Municipal que seja feita a aquisição de um caminhão para combater incêndios e com objetivo exclusivo para atendimento imediato as ocorrências de incêndio no Município de São Francisco do Guaporé-RO.</t>
   </si>
   <si>
     <t>3976</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3976/indicacao_no.36-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3976/indicacao_no.36-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>INDICO QUE SEJA REALIZADO EVENTO DE CONFRATERNIZAÇÃO EM COMEMORAÇÃO AO DIA DO SERVIDOR PUBLICO MUNICIPAL.</t>
   </si>
   <si>
     <t>3977</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3977/indicacao_no.37-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3977/indicacao_no.37-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>INDICO QUE SEJA PROVIDENCIADOS APARELHOS DE PARA-RAIOS PARA TODAS AS ESCOLAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>3979</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3979/indicacao_no.38-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3979/indicacao_no.38-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a disponibilização de ambulâncias nas Unidades Básicas de Saúde da Linha 06 (UBS Sebastião Leite) e da Linha 75 (UBS Osmar Miguel Silva da Costa).</t>
   </si>
   <si>
     <t>3981</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3981/indicacao_no.39-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3981/indicacao_no.39-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal que, por meio da Secretaria Municipal de Educação, promova visitas pedagógicas de alunos ao viveiro de mudas e às plantações de café e eucalipto.</t>
   </si>
   <si>
     <t>3982</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3982/indicacao_no.40-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3982/indicacao_no.40-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a disponibilização de uma ambulância para a UBS Jucimar Miguel, localizada na Linha 04 km 25, Setor Santa Luzia.</t>
   </si>
   <si>
     <t>3983</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3983/indicacao_no.41-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3983/indicacao_no.41-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a disponibilização de uma ambulância para a UBS Romana Isabel da Silva de Paula, localizada na Linha 06, região do Porto Murtinho.</t>
   </si>
   <si>
     <t>4013</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4013/indicacao_no.42-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4013/indicacao_no.42-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Indico junto ao Poder Executivo Municipal que seja realizada a correção salarial dos servidores Técnicos Administrativos, Técnicos Financeiros e Técnicos Agropecuários.</t>
   </si>
   <si>
     <t>4032</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>Agnielde Fotógrafo, Alessandra Brito, Braz Carlos Correia, Elias do Tininho, Geferson dos Santos, Hermes Bordignon, Jorge Honorato, Márcio da Agricultura, Ozias Santos, Pastor Eber Lopes, Professor Marcio</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4032/indicacao_no.43-2025-todos_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4032/indicacao_no.43-2025-todos_assinado.pdf</t>
   </si>
   <si>
     <t>Criação de um Gabinete de Crise e contratação de equipe técnica multidisciplinar para tratar das questões fundiárias do Município.</t>
   </si>
   <si>
     <t>4048</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4048/indicacao_no.44-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4048/indicacao_no.44-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Indico que seja realizada aquisição, por dispensa de Licitação com máxima urgência, de novos equipamentos de internet, incluindo roteadores, cabos e demais acessórios necessários, visando melhorar a qualidade da conexão de internet, e melhor qualidade no atendimento da unidade de Pronto Socorro do município.</t>
   </si>
   <si>
     <t>4050</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4050/indicacao_no.45-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4050/indicacao_no.45-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Indica a contratação de um Engenheiro Ambiental para atender às demandas ambientais do Município de São Francisco do Guaporé – RO.</t>
   </si>
   <si>
     <t>4056</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4056/indicacao_no.46-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4056/indicacao_no.46-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Indico que seja realizado estacionamento na Avenida Brasil, ao lado da Escola Marcilene Carvalho Ricardo, visando melhorar o fluxo de veículos, garantir maior segurança e comodidade aos pais, alunos e servidores da unidade escolar.</t>
   </si>
   <si>
     <t>4057</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4057/indicacao_no.47-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4057/indicacao_no.47-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Indico que seja realizado estacionamento ao lado da Escola Municipal Senador Ronaldo Aragão.</t>
   </si>
   <si>
     <t>4058</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4058/indicacao_no.48-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4058/indicacao_no.48-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Indico que seja realizada a implantação de estacionamento na Rua Ronaldo Aragão, lateral da Escola Campos Sales.</t>
   </si>
   <si>
     <t>4059</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4059/indicacao_no.49-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4059/indicacao_no.49-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Indico que seja realizado estacionamento em frente ao Ginásio de Esportes “Francileudo Souza Vieira"  "Requeijão”.</t>
   </si>
   <si>
     <t>4062</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4062/indicacao_no.50-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4062/indicacao_no.50-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Indica que seja feito uma alteração na Lei Municipal nº.810/2012 que Disciplina o Serviço de Transporte Escolar, alterando o artigo 6º, que trata da vida útil dos ônibus conforme tabela abaixo:_x000D_
 Ano Letivo Escolar	Ônibus / Idade / Limite	Ônibus Fabricação_x000D_
 2026	19 anos	2007_x000D_
 2027	17 anos	2010_x000D_
 2028	15 anos	2013</t>
   </si>
   <si>
     <t>4070</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4070/indicacao_no.51-2025-ozias_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4070/indicacao_no.51-2025-ozias_assinado.pdf</t>
   </si>
   <si>
     <t>Indico ao Poder Executivo Municipal que seja feito o Asfaltamento do trecho final_x000D_
 da Avenida Tancredo Neves até o Cemitério Municipal</t>
   </si>
   <si>
     <t>4073</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4073/indicacao_no.52-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4073/indicacao_no.52-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Indico que seja realizada a retirada da estrutura do balanço antigo existente na Praça da Cidade Alta, para que seja feito o serviço de manutenção e posterior reinstalação, garantindo melhores condições de uso e segurança às crianças que frequentam o local.</t>
   </si>
   <si>
     <t>4074</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4074/indicacao_no.53-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4074/indicacao_no.53-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Indico que seja realizada a retirada da estrutura de madeira da antiga casinha, localizada na Praça da Cidade Alta, tendo em vista que a mesma se encontra deteriorada e em estado de apodrecimento, oferecendo risco de desabamento e podendo causar acidentes às pessoas que frequentam o local para lazer e convivência social.</t>
   </si>
   <si>
     <t>4075</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4075/indicacao_no.54-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4075/indicacao_no.54-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Indico que seja realizada a troca dos escorregadores de ferro existentes na Praça da Cidade Alta, com a aquisição e instalação de escorregadores de plástico, visando proporcionar maior segurança e conforto no lazer das crianças.</t>
   </si>
   <si>
     <t>4076</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4076/indicacao_no.55-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4076/indicacao_no.55-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Indico à Secretaria Municipal de Saúde a ampliação do número de plantões do médico ortopedista ou a contratação de um novo especialista, com o objetivo de atender de forma mais eficiente as necessidades da comunidade de São Francisco do Guaporé – RO.</t>
   </si>
   <si>
     <t>4077</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4077/indicacao_no.56-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4077/indicacao_no.56-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Indico à Secretaria Municipal de Educação, que seja realizada a distribuição das mesas de Ping Pong que se encontram no almoxarifado, destinando-as às seguintes unidades escolares: Escola Municipal Neuza Bravin, Escola Municipal Pereira e Cáceres e Escola Municipal Clodoaldo Splicigo.</t>
   </si>
   <si>
     <t>4087</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4087/indicacao_no.57-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4087/indicacao_no.57-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Indica a elaboração de estudo técnico e financeiro visando à implementação dos benefícios de vale-alimentação e vale-transporte a todos os servidores públicos municipais.</t>
   </si>
   <si>
     <t>4096</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4096/indicacao_no.58-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4096/indicacao_no.58-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo a conclusão da pavimentação asfáltica da Avenida Brasil e da Rua Maria Júlia, no município de São Francisco do Guaporé -RO.</t>
   </si>
   <si>
     <t>4101</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4101/indicacao_no.59-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4101/indicacao_no.59-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Indico ao Poder Executivo Municipal, por intermédio da Secretaria Municipal de Educação, que seja providenciada a instalação de internet via satélite (Starlink) nas Escolas Quilombolas Santo Antônio e Pedras Negras, localizadas na zona ribeirinha deste Município.</t>
   </si>
   <si>
     <t>4102</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>Agnielde Fotógrafo, Alessandra Brito</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4102/indicacao_no.60-2025-agnielde_alessandra_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4102/indicacao_no.60-2025-agnielde_alessandra_assinado.pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Prefeito Municipal de São Francisco do Guaporé – RO, que seja encaminhado a esta Casa de Leis projeto de alteração da Lei Municipal nº 1.472/2017, propondo o acréscimo do §3º ao artigo 72, com a seguinte redação: São isentos da Taxa de Utilização de Cemitério os contribuintes falecidos cadastrados no CadÚnico, bem como os não-contribuintes falecidos com renda familiar inferior a um salário mínimo.</t>
   </si>
   <si>
     <t>4103</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4103/indicacao_no.61-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4103/indicacao_no.61-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Indico à Secretaria Municipal de Infraestrutura e serviços Públicos que realize o cascalhamento da Rua Princesa Isabel, no trecho compreendido entre as Ruas Manaus e Rio Branco, no Bairro Alto Alegre.</t>
   </si>
   <si>
     <t>4104</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4104/indicacao_no.62-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4104/indicacao_no.62-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Indico à Secretaria Municipal de Educação que seja instalados mais Suporte de bicicletas, na Escola Municipal Senador Ronaldo Aragão.</t>
   </si>
   <si>
     <t>4105</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4105/indicacao_no.63-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4105/indicacao_no.63-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Indico à Secretaria Municipal de Infraestrutura e Serviços Públicos que seja realizada a limpeza ao redor do Ginásio de Esportes.</t>
   </si>
   <si>
     <t>4106</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4106/indicacao__saude.doc</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4106/indicacao__saude.doc</t>
   </si>
   <si>
     <t>Indico ao Poder Executivo Municipal, por meio da Secretaria Municipal de Saúde, que sejam adotadas medidas para incentivar as farmácias privadas do município a aderirem ao Programa Farmácia Popular do Brasil, bem como para garantir o abastecimento regular e suficiente da Farmácia Básica Municipal, assegurando o acesso contínuo da população aos medicamentos essenciais no Município de São Francisco do Guaporé-RO.</t>
   </si>
   <si>
     <t>4113</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4113/indicacao_no.65-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4113/indicacao_no.65-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de ESTENDER OS PLANTÕES DE SAÚDE PARA OS DOMINGOS no Posto de Saúde Ellen Cristina Cavagna para melhor atender a demanda da população.</t>
   </si>
   <si>
     <t>4126</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4126/indicacao_no.66-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4126/indicacao_no.66-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Indico ao Poder Executivo Municipal, a construção de um quebra-molas em frente à Igreja Católica e da Unidade de Saúde da Comunidade Santa Luzia.</t>
   </si>
   <si>
     <t>4128</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4128/indicacao_no.67-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4128/indicacao_no.67-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Indica que seja dado início aos estudos necessários para formalização de parceria ou convênio com o Governo do Estado de Rondônia, através da Secretaria de Estado da Saúde (SES/RO) e da Coordenadoria de Educação em Saúde (SESAU), a fim de viabilizar a oferta do Curso Técnico em Enfermagem no município de São Francisco do Guaporé/RO, possibilitando a formação profissional de jovens e adultos da comunidade.</t>
   </si>
   <si>
     <t>4129</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4129/indicacao_no.68-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4129/indicacao_no.68-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal o que segue: Que seja avaliada a implementação de Recesso Natalino para os servidores públicos municipais, abrangendo o período compreendido entre o Natal e o Ano Novo, mantendo ativos somente os serviços essenciais, tais como saúde, limpeza pública, vigilância e outros que não possam ter suas atividades interrompidas. Para esses setores, sugere-se a adoção de escala de plantão, garantindo o atendimento à população sem prejuízo ao funcionamento da administração pública.</t>
   </si>
   <si>
     <t>4130</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4130/indicacao_no.69-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4130/indicacao_no.69-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>INDICA ao Excelentíssimo Senhor Prefeito Municipal JOSÉ WELLINGTON GOUVEIA DRUMOND, que determine à Secretaria Municipal de Educação a regularização imediata da situação financeira da Escola Municipal Regina Almeida de Araújo, especificamente quanto ao bloqueio e ausência de repasses do Programa Dinheiro Direto na Escola – PDDE, pendentes desde o ano de 2018.</t>
   </si>
   <si>
     <t>4140</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4140/indicacao_no.70-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4140/indicacao_no.70-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, medidas para Facilitar a Quitação dos Débitos de ITR por Todos os Produtores Rurais do Município.</t>
   </si>
   <si>
     <t>4145</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4145/indicacao_no.71-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4145/indicacao_no.71-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a locação de um barracão para recebimento de embalagens vazias de agrotóxicos em parceria com a IDARON.</t>
   </si>
   <si>
     <t>4146</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4146/indicacao_no.72-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4146/indicacao_no.72-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a verificação das lojas revendedoras de agrotóxicos que não estão credenciadas na Associação que recebe embalagens vazias de agrotóxicos em São Miguel do Guaporé -RO.</t>
   </si>
   <si>
     <t>4147</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4147/indicacao_no.73-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4147/indicacao_no.73-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Prefeito Municipal que determine a confecção de memorial para todos os órgãos, repartições e espaços públicos que possuem nomes de pessoas homenageadas, contendo o nome completo do homenageado e um breve histórico sobre sua trajetória, destacando sua contribuição para o Município.</t>
   </si>
   <si>
     <t>4148</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4148/indicacao_no.74-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4148/indicacao_no.74-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Indico à Secretaria Municipal de Saúde que oriente os profissionais Médicos da Rede pública a evitarem a inserção de datas restritivas nas receitas de medicamentos de uso contínuo, de modo a garantir maior autonomia ao paciente e evitar a necessidade de troca frequente das prescrições (receita)</t>
   </si>
   <si>
     <t>4155</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4155/indicacao_no.75-2025-alessandra_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4155/indicacao_no.75-2025-alessandra_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, por meio da Secretaria de Agricultura, solicitar a aquisição de aparelho de ultrassom veterinário portátil para uso dos médicos veterinários da rede pública, visando aprimorar o manejo sanitário, reprodutivo e produtivo dos rebanhos bovinos e equinos do município de São Francisco do Guaporé-RO.</t>
   </si>
   <si>
     <t>4192</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4192/ind_programa_mounjaro.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4192/ind_programa_mounjaro.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, por meio da Secretaria Municipal de Saúde, que estude a viabilidade de implantar um Programa Municipal de Redução de Peso utilizando a medicação tirzepatida (Mounjaro), com acompanhamento multiprofissional, nos moldes do modelo recentemente adotado pelo município de Vilhena – RO.</t>
   </si>
   <si>
     <t>3154</t>
   </si>
   <si>
     <t>RE</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3154/requerimento_01-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3154/requerimento_01-2025.pdf</t>
   </si>
   <si>
     <t>Requer através da Secretaria Municipal de Agricultura e Desenvolvimento Rural, que seja feito o cascalhamento das linhas 04, 06 e 10 do setor do Porto Murtinho.</t>
   </si>
   <si>
     <t>3155</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3155/requerimento_02-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3155/requerimento_02-2025.pdf</t>
   </si>
   <si>
     <t>Requer através da Secretaria Municipal de Agricultura e Desenvolvimento Rural, que seja feito o cascalhamento na linha 90 até o estabelecimento conhecido como Boteco do Miltão.</t>
   </si>
   <si>
     <t>3156</t>
   </si>
   <si>
     <t>Agnielde Fotógrafo, Ozias Santos</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3156/requerimento_03-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3156/requerimento_03-2025.pdf</t>
   </si>
   <si>
     <t>Requer através da Secretaria Municipal de Agricultura e Desenvolvimento Rural, que seja feita remoção de uma moita e o rebaixamento do morro localizados em frente à propriedade do Sr. Adão Plentz, na Linha 2B, km 7.</t>
   </si>
   <si>
     <t>3158</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3158/requerimento_04-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3158/requerimento_04-2025.pdf</t>
   </si>
   <si>
     <t>Requer através da Secretaria Municipal de Agricultura e Desenvolvimento Rural, que seja feito o cascalhamento do setor chacareiro do Porto Murtinho.</t>
   </si>
   <si>
     <t>3159</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3159/requerimento_05-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3159/requerimento_05-2025.pdf</t>
   </si>
   <si>
     <t>Requer através da Secretaria Municipal de Agricultura e Desenvolvimento Rural, que seja feito rebaixamento do morro localizado em frente à propriedade do Sr. Samuel, linha 4 Reta.</t>
   </si>
   <si>
     <t>3162</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3162/requerimento_06-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3162/requerimento_06-2025.pdf</t>
   </si>
   <si>
     <t>Requer que seja feito a Iluminação no Cemitério Municipal de São Francisco do Guaporé-RO</t>
   </si>
   <si>
     <t>3164</t>
   </si>
   <si>
     <t>Geferson dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3164/requerimento_07-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3164/requerimento_07-2025.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Infraestrutura e Serviços Públicos, que faça o aumento da extensão da rede de energia e coloque pelo menos mais três iluminarias no Cemitério Municipal.</t>
   </si>
   <si>
     <t>3166</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3166/requerimento_08-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3166/requerimento_08-2025.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Infraestrutura e Serviços Públicos, que faça a limpeza geral, principalmente retirando todos os entulhos do o Cemitério Municipal.</t>
   </si>
   <si>
     <t>3167</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3167/requerimento_09-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3167/requerimento_09-2025.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Esporte e Lazer, que disponibilize um jogo de Traves de campo Society para atender a Associação e Comunidade da Linha 033.</t>
   </si>
   <si>
     <t>3168</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3168/requerimento_10-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3168/requerimento_10-2025.pdf</t>
   </si>
   <si>
     <t>Requer um Estudo de Viabilidade e implementação do Pagamento do 1/6 (Um Sexto) de Férias para os Profissionais da Educação.</t>
   </si>
   <si>
     <t>3169</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3169/requerimento_11-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3169/requerimento_11-2025.pdf</t>
   </si>
   <si>
     <t>Requer informações detalhadas sobre a contratação de empresa especializada para a manutenção dos aparelhos de ar-condicionado nas unidades escolares da rede municipal.</t>
   </si>
   <si>
     <t>3170</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3170/requerimento_12-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3170/requerimento_12-2025.pdf</t>
   </si>
   <si>
     <t>Requer que seja feito um trabalho de drenagem e manutenção para escoamento de água na rua Tiradentes, entre as ruas "Manaus e Rio Branco", em_x000D_
 frente ao postinho de saúde Anestino em Município de São Francisco do Guaporé/RO.</t>
   </si>
   <si>
     <t>3171</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3171/requerimento_13-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3171/requerimento_13-2025.pdf</t>
   </si>
   <si>
     <t>Requer a instalação de um quebra-molas na Rua Ronaldo Aragão, esquina com a Rua São Paulo, próximo à Unidade Básica de Saúde Augusto Rodrigues dos Santos, no Município de São Francisco do Guaporé/RO.</t>
   </si>
   <si>
     <t>3172</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3172/requerimento_14-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3172/requerimento_14-2025.pdf</t>
   </si>
   <si>
     <t>Requer que seja feito limpeza e posterior reabertura e funcionamento da academia de saúde municipal, com um profissional de educação física e um técnico de enfermagem, para desenvolver as atividades da academia de saúde, tendo em vista que a academia e para nossa população na qual acolhe_x000D_
 todas as faixas etárias da população de São Francisco do Guaporé.</t>
   </si>
   <si>
     <t>3173</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3173/requerimento_15-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3173/requerimento_15-2025.pdf</t>
   </si>
   <si>
     <t>Requer que seja realizado as manutenções e Ampliação da capela para pode receber outro velório não causando constrangimento aos familiares por falta de local para velar seus entes querido, e a ampliação de uma sala de repouso para as famílias poderem aconchegar seus filhos.</t>
   </si>
   <si>
     <t>3174</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3174/requerimento_16-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3174/requerimento_16-2025.pdf</t>
   </si>
   <si>
     <t>Requer que seja feito um quebra-molas em frente à Igreja Assembleia de Deus na Rua Manaus, sendo que neste local já possui a sinalização e não possui o quebra-molas.</t>
   </si>
   <si>
     <t>3175</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3175/requerimento_17-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3175/requerimento_17-2025.pdf</t>
   </si>
   <si>
     <t>Requer que seja feito um quebra-molas na Rua Dom Joao VI ao lado da praça do DER, denominada "Praça José Vieira", sendo que neste local já existe a sinalização e não possui o quebra-molas.</t>
   </si>
   <si>
     <t>3176</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3176/requerimento_18-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3176/requerimento_18-2025.pdf</t>
   </si>
   <si>
     <t>Requer que seja feito quebra-molas em frente Lavador Drive Cleam na Avenida Paraná, sendo que neste local já existe a sinalização e não possui o quebra-molas.</t>
   </si>
   <si>
     <t>3177</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3177/requerimento_19-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3177/requerimento_19-2025.pdf</t>
   </si>
   <si>
     <t>Requer que seja realizado as manutenções e reparos das vias urbanas da cidade.</t>
   </si>
   <si>
     <t>3178</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3178/requerimento_20-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3178/requerimento_20-2025.pdf</t>
   </si>
   <si>
     <t>Requer que seja feito a aquisição de novas traves de Futsal e que seja feito a Manutenção das telas do alambrado envolta a quadra que fica ao lado da escola Regina de Almeida, a mesma está sendo utilizada para atividade escolares e sendo utilizada pela comunidade anoite para prática esportiva.</t>
   </si>
   <si>
     <t>3179</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3179/requerimento_21-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3179/requerimento_21-2025.pdf</t>
   </si>
   <si>
     <t>Requer que seja realizada a manutenção Requerimento que seja feito a manutenção da Praça próximo a garagem do DER - Praça José Veira” pelo motivo de quase todos os bancos foram destruídos, o pergolado já foi tirado a metade e não foi refeito e não foi dado manutenção no restantes e manutenção nos brinquedos para que as crianças se divirtam e tenham momentos de descontração e de lazer juntos a sua família.</t>
   </si>
   <si>
     <t>3180</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3180/requerimento_22-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3180/requerimento_22-2025.pdf</t>
   </si>
   <si>
     <t>Requer que seja realizado manutenção da Lh 01 travessão para LH 03 e LH 03 da Eixo, onde na Linha 03 em um certo trecho já não está passando o ônibus escolar e causando transtornos á população.</t>
   </si>
   <si>
     <t>3181</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3181/requerimento_23-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3181/requerimento_23-2025.pdf</t>
   </si>
   <si>
     <t>Requer que seja providenciado locais adequados para que a população faça o descarte dos caramujos que aparecem muitos nesse período chuvoso.</t>
   </si>
   <si>
     <t>3182</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3182/requerimento_24-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3182/requerimento_24-2025.pdf</t>
   </si>
   <si>
     <t>Requer que seja realizado uma avaliação dos engenheiros para que seja feito uma vistoria e possível retirada no quebra mola na avenida Tancredo neves em frente aos comércios, Loja Uloa Variedades e Moto Manaus.</t>
   </si>
   <si>
     <t>3183</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3183/requerimento_25-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3183/requerimento_25-2025.pdf</t>
   </si>
   <si>
     <t>Requer que seja feito a Ampliação do estacionamento da Avenida Brasil, sendo ampliado entre a rua Ronaldo Aragão cidade baixa até a rua marechal Cândido Rondon, ampliando os estacionamento e valorizando os comércios que vão sendo feito ao longo da Avenida Brasil bairro cidade Baixa de_x000D_
 São Francisco do Guaporé.</t>
   </si>
   <si>
     <t>3184</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3184/requerimento_26-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3184/requerimento_26-2025.pdf</t>
   </si>
   <si>
     <t>Requer que seja feito a manutenção da quadra de vôlei ao lado da escola Regina, sendo que a mesma precisa ser feita a reposição de areia pois ela está sendo muito utilizada para pratica do esporte.</t>
   </si>
   <si>
     <t>3185</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3185/requerimento_27-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3185/requerimento_27-2025.pdf</t>
   </si>
   <si>
     <t>Requer que seja realizada a manutenção da Praça da Bíblia pois a iluminação está toda apagada devido ao furto dos fios, prejudicando as famílias que visitam e levam suas crianças pra um laser e diversão.</t>
   </si>
   <si>
     <t>3186</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3186/requerimento_28-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3186/requerimento_28-2025.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, que seja retornar o atendimento do dentista municipal para prótese dentária.</t>
   </si>
   <si>
     <t>3190</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3190/requerimento_29-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3190/requerimento_29-2025.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, que retorne os atendimentos de cirurgia dos olhos.</t>
   </si>
   <si>
     <t>3191</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3191/requerimento_30-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3191/requerimento_30-2025.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, o retorno do atendimento de fisioterapia no Postinho de Saúde Ellen Cavagna.</t>
   </si>
   <si>
     <t>3192</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3192/requerimento_31-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3192/requerimento_31-2025.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Assistência Social, que seja aumentando o muro do abrigo de menores e instalado cerca elétrica.</t>
   </si>
   <si>
     <t>3193</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3193/requerimento_32-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3193/requerimento_32-2025.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde,  que seja disponibilizado um técnico de enfermagem para acompanhar os pacientes de hemodiálise, que vão 3 vezes por semana para Ji-Paraná.</t>
   </si>
   <si>
     <t>3196</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3196/requerimento_33-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3196/requerimento_33-2025.pdf</t>
   </si>
   <si>
     <t>Substituição das lâmpadas queimadas na Rua Presidente Costa e Silva e Rua Presidente Castelo Branco entre a Rua Manaus até a rua do Pioneiros no bairro Alto Alegre.</t>
   </si>
   <si>
     <t>3198</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3198/requerimento_34-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3198/requerimento_34-2025.pdf</t>
   </si>
   <si>
     <t>Requer através da Secretária Geral de Governo e Administração, Planejamento, Ciência e Tecnologia, que seja instalado pontos de acesso gratuito à internet através de conexão via wi-fi.</t>
   </si>
   <si>
     <t>3199</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3199/requerimento_35-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3199/requerimento_35-2025.pdf</t>
   </si>
   <si>
     <t>ASSUNTO: Requerimento de levantamento técnico e demarcação de pontos críticos de saída de água da estrada</t>
   </si>
   <si>
     <t>3200</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3200/requerimento_36-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3200/requerimento_36-2025.pdf</t>
   </si>
   <si>
     <t>Assunto: Disponibilização de Transporte Escolar para Estudantes Universitários</t>
   </si>
   <si>
     <t>3201</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3201/requerimento_37-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3201/requerimento_37-2025.pdf</t>
   </si>
   <si>
     <t>ASSUNTO: Requerimento para reformas e manutenção das praças do município de são francisco do guaporé</t>
   </si>
   <si>
     <t>3202</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3202/requerimento_38-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3202/requerimento_38-2025.pdf</t>
   </si>
   <si>
     <t>"Requer aquisição de uma concha para a retroescavadeira hidráulica para a drenagem no brejo."</t>
   </si>
   <si>
     <t>3203</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3203/requerimento_39-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3203/requerimento_39-2025.pdf</t>
   </si>
   <si>
     <t>"Requer alteração no valor diário do antigo amigo voluntário."</t>
   </si>
   <si>
     <t>3204</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3204/requerimento_40-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3204/requerimento_40-2025.pdf</t>
   </si>
   <si>
     <t>"Requer que seja feito a correção do quebra mola na Rua Presidente Costa e Silva, próximo ao Smart Supermercado Rodrigues no Município de São Francisco do Guaporé/RO."</t>
   </si>
   <si>
     <t>3205</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3205/requerimento_41-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3205/requerimento_41-2025.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Infraestrutura e Serviços Públicos, que transfira o local do quebra mola que fica em frente a CAIXA, na Avenida Tancredo Neves, e o antecipe, colocando em frente  a Dona Lurdes.</t>
   </si>
   <si>
     <t>3206</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3206/requerimento_42-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3206/requerimento_42-2025.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Agricultura, a aquisição e doação de mudas de eucalipto para as Associações que tem secador de café, para no futuro servir de lenha para manter o secador.</t>
   </si>
   <si>
     <t>3207</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3207/requerimento_43-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3207/requerimento_43-2025.pdf</t>
   </si>
   <si>
     <t>Pedido que seja colocado uma cadeira de rodas em cada escola _x000D_
 municipal de São Francisco do Guaporé, para acessibilidade para os alunos.</t>
   </si>
   <si>
     <t>3208</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3208/requerimento_44-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3208/requerimento_44-2025.pdf</t>
   </si>
   <si>
     <t>Manutenção e ampliação do muro do cemitério Municipal.</t>
   </si>
   <si>
     <t>3209</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3209/requerimento_45-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3209/requerimento_45-2025.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, que providencie o fornecimento de marmitas na cidade de Ji-Paraná, para os pacientes de hemodiálise que vão fazer tratamento três vezes na semana.</t>
   </si>
   <si>
     <t>3210</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3210/requerimento_46-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3210/requerimento_46-2025.pdf</t>
   </si>
   <si>
     <t>Solicitação de ponto de Internet na Feira Livre.</t>
   </si>
   <si>
     <t>3211</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3211/requerimento_47-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3211/requerimento_47-2025.pdf</t>
   </si>
   <si>
     <t>Pedido de um quebra-molas na Avenida Brasil em frente a Igreja Batista Nacional Filhos da Honra</t>
   </si>
   <si>
     <t>3212</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3212/requerimento_48-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3212/requerimento_48-2025.pdf</t>
   </si>
   <si>
     <t>Requer um levantamento detalhado das propriedades rurais de nosso município, com a previsão de todos os produtos cultivados ou criados pelos produtores.</t>
   </si>
   <si>
     <t>3213</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3213/requerimento_49-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3213/requerimento_49-2025.pdf</t>
   </si>
   <si>
     <t>requer a Solicitação de Contratação de Técnicos Agrícolas para a Secretaria de Agricultura de São Francisco do Guaporé-RO</t>
   </si>
   <si>
     <t>3214</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3214/requerimento_50-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3214/requerimento_50-2025.pdf</t>
   </si>
   <si>
     <t>Requer: Solicitação de padronização dos túmulos no cemitério municipal.</t>
   </si>
   <si>
     <t>3215</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3215/requerimento_51-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3215/requerimento_51-2025.pdf</t>
   </si>
   <si>
     <t>Requer: Solicitação de Contratação de Profissionais de Enfermagem nas UBS.</t>
   </si>
   <si>
     <t>3216</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3216/requerimento_52-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3216/requerimento_52-2025.pdf</t>
   </si>
   <si>
     <t>Requer: Solicitação de contratação de agentes de saúde.</t>
   </si>
   <si>
     <t>3217</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3217/requerimento_53-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3217/requerimento_53-2025.pdf</t>
   </si>
   <si>
     <t>Requer: Reajuste no Estacionamento de Motos e Carros.</t>
   </si>
   <si>
     <t>3218</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3218/requerimento_54-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3218/requerimento_54-2025.pdf</t>
   </si>
   <si>
     <t>Requer: Apoio aos Produtores Rurais para Silagem de Milho e Doação de Sementes.</t>
   </si>
   <si>
     <t>3219</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3219/requerimento_55-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3219/requerimento_55-2025.pdf</t>
   </si>
   <si>
     <t>Requer: Solicitação de Análise de Solo para Agricultores.</t>
   </si>
   <si>
     <t>3220</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3220/requerimento_56-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3220/requerimento_56-2025.pdf</t>
   </si>
   <si>
     <t>Requer: Solicitação de Sala e dois Servidores para Aprovação do Programa Nacional de Crédito Fundiário.</t>
   </si>
   <si>
     <t>3221</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3221/requerimento_57-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3221/requerimento_57-2025.pdf</t>
   </si>
   <si>
     <t>Requer: Solicitação de Substituição dos Vasos Sanitários da Escola EMEPRE E F Senador Ronaldo Aragão.</t>
   </si>
   <si>
     <t>3222</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3222/requerimento_58-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3222/requerimento_58-2025.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, que seja disponibilizado um carro exclusivo para os pacientes de hemodiálise.</t>
   </si>
   <si>
     <t>3223</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3223/requerimento_59-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3223/requerimento_59-2025.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, que seja disponibilizado agentes comunitários nos setores que estão descobertos.</t>
   </si>
   <si>
     <t>3224</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3224/requerimento_60-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3224/requerimento_60-2025.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, que seja disponibilizado alimentação para os pacientes de hemodiálise.</t>
   </si>
   <si>
     <t>3225</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3225/requerimento_61-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3225/requerimento_61-2025.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras que seja providenciado um Quebra mola na avenida são Francisco esquina com Dom Pedro n° 3980 bairro cidade alta, esquina do mercado Colatina.</t>
   </si>
   <si>
     <t>3226</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3226/requerimento_62-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3226/requerimento_62-2025.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, que seja disponibilizado uma psicóloga destinada para acompanhamento psicológico de mulheres vítimas de violência doméstica, com direito a ouvidoria e curso de capacitação para mulheres vítimas de violência.</t>
   </si>
   <si>
     <t>3229</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3229/requerimento_63-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3229/requerimento_63-2025.pdf</t>
   </si>
   <si>
     <t>Solicitação de um ônibus com motorista para levar os estudantes para faculdade do Município de Rolim de Moura /RO.</t>
   </si>
   <si>
     <t>3231</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3231/requerimento_64-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3231/requerimento_64-2025.pdf</t>
   </si>
   <si>
     <t>Que seja aumentada as vagas na creche municipal.</t>
   </si>
   <si>
     <t>3232</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3232/requerimento_65-2025_assinado_assinado_assinado_assinado_assinado_assinado_assinado_assinado_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3232/requerimento_65-2025_assinado_assinado_assinado_assinado_assinado_assinado_assinado_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>Instalações da água tratada do município, para os moradores das casas populares.</t>
   </si>
   <si>
     <t>3233</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3233/requerimento_66-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3233/requerimento_66-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Realizar os campeonatos suíço nas categorias, aberto, máster, quarentões, infanto juvenil até 14 anos, feminino, e servidores públicos já para esse mês de Março.</t>
   </si>
   <si>
     <t>3234</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3234/requerimento_67-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3234/requerimento_67-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Seja realizado os campeonatos de vôlei de areia já no mês de Março.</t>
   </si>
   <si>
     <t>3235</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3235/requerimento_68-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3235/requerimento_68-2025_assinado.pdf</t>
   </si>
   <si>
     <t>O cumprimento o Projeto de Lei 112/2021 “Estabelece a oferta permanente de palestras sobre noções de cidadania e política para os alunos do ensino fundamental de escolas públicas da rede municipal de ensino.”</t>
   </si>
   <si>
     <t>3236</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3236/requerimento_69-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3236/requerimento_69-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Isenção da cobrança de taxa de lixo dos terrenos vazio.</t>
   </si>
   <si>
     <t>3237</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3237/requerimento_70-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3237/requerimento_70-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Fazer a Limpeza do assoreamento do Rio Igarapé da Cidade Baixa da Rua Chico Mendes até a Avenida São Francisco.</t>
   </si>
   <si>
     <t>3238</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3238/requerimento_71-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3238/requerimento_71-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Informativo sobre como os proprietários de terrenos urbanos possam estar tirando a licença para perfuração de poços artesianos.</t>
   </si>
   <si>
     <t>3239</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3239/requerimento_72-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3239/requerimento_72-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Implantação de placas com a nomeação das praças.</t>
   </si>
   <si>
     <t>3240</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3240/requerimento_73-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3240/requerimento_73-2025_assinado.pdf</t>
   </si>
   <si>
     <t>A volta dos cursos de informática básica, gratuita para nossas crianças e adolescentes que fazem parte dos projetos sociais.</t>
   </si>
   <si>
     <t>3241</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3241/requerimento_74-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3241/requerimento_74-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Manutenção da quadra de futsal aberta do Bairro Alto Alegre, Cidade Baixa: manutenção das Lâmpadas, do piso e aquisição de novas traves</t>
   </si>
   <si>
     <t>3244</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3244/requerimento_75-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3244/requerimento_75-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Insere benefício no sentido de conceder o perdão do REFIS.</t>
   </si>
   <si>
     <t>3247</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3247/requerimento_76-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3247/requerimento_76-2025.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, que seja disponibilizado uma casa exclusiva para os pacientes de São Francisco do Guaporé separada dos demais paciente de outras cidades.</t>
   </si>
   <si>
     <t>3250</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3250/requerimento_no.077-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3250/requerimento_no.077-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer: Solicitação de Vigilantes Armados nas Escolas Municipais.</t>
   </si>
   <si>
     <t>3251</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3251/requerimento_no.078-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3251/requerimento_no.078-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação de Manutenção da Ponte do Rio Caltarino (linha eixo).</t>
   </si>
   <si>
     <t>3252</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3252/requerimento_no.079-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3252/requerimento_no.079-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Manutenção das estradas das linhas do Porto Murtinho, especificamente no que se refere ao tapa-buracos e alinhamento da via.</t>
   </si>
   <si>
     <t>3253</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3253/requerimento_no.080-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3253/requerimento_no.080-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer: Substituição da ponte de madeira por tubo e Levantamento da estrada com aterro da Linha 8 do Porto Murtinho.</t>
   </si>
   <si>
     <t>3254</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3254/requerimento_no.081-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3254/requerimento_no.081-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer: Solicitação de Doação de Uniformes e Bolas para Campeonatos de 2025.</t>
   </si>
   <si>
     <t>3255</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3255/requerimento_no.082-2025-ozias_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3255/requerimento_no.082-2025-ozias_assinado.pdf</t>
   </si>
   <si>
     <t>Requer através da Secretaria Municipal de Agricultura e Desenvolvimento Rural, que providencie a aquisição de cem mil mudas de café para atender os produtores locais.</t>
   </si>
   <si>
     <t>3256</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3256/requerimento_no.083-2025-ozias_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3256/requerimento_no.083-2025-ozias_assinado.pdf</t>
   </si>
   <si>
     <t>Requer através da Secretaria Municipal de Agricultura e Desenvolvimento Rural, que seja feito um poço artesiano com urgência nas dependências da Associação do Setor Chacareiro na eixo, a fim de garantir o fornecimento de água potável para todos os moradores da região.</t>
   </si>
   <si>
     <t>3258</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3258/requerimento_no.084-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3258/requerimento_no.084-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer: Solicitação de Compra de Terreno para Construção das Casas do Projeto "Meu Sonho RO".</t>
   </si>
   <si>
     <t>3264</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3264/requerimento_no.085-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3264/requerimento_no.085-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer: Solicitação de Recolhimento de Embalagens de Agrotóxicos._x000D_
 Justifico: por meio deste, solicitar a atenção de Vossa Excelência para a necessidade urgente de recolhimento adequado das embalagens de agrotóxicos no município de São Francisco do Guaporé. O descarte incorreto desses materiais pode causar impactos ambientais significativos e riscos à saúde pública, tornando essencial a implementação de um sistema eficiente de coleta e destinação correta._x000D_
 Considerando a legislação vigente, como a Lei Federal n.º 9.974/2000 e o Decreto n.º 4.074/2002, que regulamentam a destinação de embalagens vazias de agrotóxicos, solicitamos que a Prefeitura, em parceria com órgãos ambientais e entidades do setor agrícola, promova campanhas de conscientização e estabeleça pontos de coleta no município._x000D_
 A iniciativa trará inúmeros benefícios para a população e para o meio ambiente, prevenindo a contaminação do solo e dos recursos hídricos, além de garantir a segurança dos trabalhadores rurais e da comunidade em geral._x000D_
 Diante do exposto, peço que esta solicitação seja analisada com a devida urgência e coloco-me à disposição para contribuir no que for necessário para viabilizar essa ação.</t>
   </si>
   <si>
     <t>3265</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3265/requerimento_no.086-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3265/requerimento_no.086-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer: Solicitação de reparo urgente no telhado da Escola Municipal Senador Ronaldo Aragão.</t>
   </si>
   <si>
     <t>3266</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3266/requerimento_no.087-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3266/requerimento_no.087-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer: Reparo nas Rampas de Acessibilidade da Escola Municipal Senador Ronaldo Aragão.</t>
   </si>
   <si>
     <t>3267</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3267/requerimento_no.088-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3267/requerimento_no.088-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer: Solicitação de Substituição da Grama Sintética do Parquinho da Escola Municipal Senador Ronaldo Aragão.</t>
   </si>
   <si>
     <t>3268</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3268/requerimento_no.089-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3268/requerimento_no.089-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Pedido de Placas com nomes de Identificação nas Ruas das Cidade.</t>
   </si>
   <si>
     <t>3269</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3269/requerimento_no.090-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3269/requerimento_no.090-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer: contratação de amigos voluntários para atuarem nas escolas municipais CEMEIEF Regina Almeida de Araújo e EMEPRE e F Senador Ronaldo Aragão.</t>
   </si>
   <si>
     <t>3270</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3270/requerimento_no.091-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3270/requerimento_no.091-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Manutenção das Lâmpadas da BR, sendo várias lâmpadas queimadas ao longo da BR</t>
   </si>
   <si>
     <t>3271</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3271/requerimento_no.092-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3271/requerimento_no.092-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Retirada de entulhos das ruas da cidade e posterior o Patrolamento nas ruas da cidade, as quais estão bem danificadas.</t>
   </si>
   <si>
     <t>3272</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3272/requerimento_no.093-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3272/requerimento_no.093-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer: Solicitação de ampliação da sala dos professores na escola CEMEIEF Regina Almeida de Araújo.</t>
   </si>
   <si>
     <t>3273</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3273/requerimento_no.094-2025-geferson_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3273/requerimento_no.094-2025-geferson_assinado.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, que faça a contratação do serviço de cirurgias de hérnia pediátrica.</t>
   </si>
   <si>
     <t>3274</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>Braz Carlos Correia</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3274/requerimento_no.095-2025-braz_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3274/requerimento_no.095-2025-braz_assinado.pdf</t>
   </si>
   <si>
     <t>Requer para que o poder executivo possa fazer a substituição da ponte sobre o Rio Fuxico na do travessão da linha 33 para a linha 31 por tubos Armco.</t>
   </si>
   <si>
     <t>3275</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3275/requerimento_no.096-2025-geferson_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3275/requerimento_no.096-2025-geferson_assinado.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Infraestrutura e Serviços Públicos, que faça rampas de acesso nas calçadas de nossa cidade, para dar acessibilidade urbana aos cadeirantes e deficientes visual.</t>
   </si>
   <si>
     <t>3276</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3276/requerimento_no.097-2025-braz_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3276/requerimento_no.097-2025-braz_assinado.pdf</t>
   </si>
   <si>
     <t>Requer para que o Poder Executivo possa fazer a substituição da ponte sobre o Rio Pascoal localizado na linha dos Goianos, por tubos Armco.</t>
   </si>
   <si>
     <t>3277</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3277/requerimento_no.098-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3277/requerimento_no.098-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer: disponibilização de internet gratuita via satélite Star link nos ônibus utilizados para o transporte de pacientes até Porto Velho, bem como nos veículos da Secretaria de Saúde e da Secretaria de Agricultura.</t>
   </si>
   <si>
     <t>3278</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3278/requerimento_no.099-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3278/requerimento_no.099-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer: Solicitação de Ampliação do Estacionamento da escola municipal CEMEIEF REGINA ALMEIDA DE ARAUJO.</t>
   </si>
   <si>
     <t>3279</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>Jorge Honorato, Pastor Eber Lopes</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3279/requerimento_no.100-2025-eber_jorge_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3279/requerimento_no.100-2025-eber_jorge_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitando a manutenção da iluminação pública, do portal e da marginal da BR.</t>
   </si>
   <si>
     <t>3280</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3280/requerimento_no.101-2025-eber_jorge_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3280/requerimento_no.101-2025-eber_jorge_assinado.pdf</t>
   </si>
   <si>
     <t>Solicito a conclusão da reforma do portal da cidade.</t>
   </si>
   <si>
     <t>3281</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3281/requerimento_no.102-2025-eber_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3281/requerimento_no.102-2025-eber_assinado.pdf</t>
   </si>
   <si>
     <t>Solicito que o ônibus escolar vá até a Vila Guaporé.</t>
   </si>
   <si>
     <t>3286</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3286/requerimento_no.103-2025-prof_marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3286/requerimento_no.103-2025-prof_marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Que seja feita a troca dos postes de iluminação da avenida Tancredo neves, e que as lâmpadas que estão queimadas sejam substituidas.</t>
   </si>
   <si>
     <t>3287</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3287/requerimento_no.104-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3287/requerimento_no.104-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Aquisição de novas traves de Futebol Suíço para o campo da esquina da Linha 08 Setor Porto Murtinho.</t>
   </si>
   <si>
     <t>3288</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3288/requerimento_no.105-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3288/requerimento_no.105-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Requer seja realizado um estudo de correção de diárias de campo, para servidores dos Órgãos Municipais</t>
   </si>
   <si>
     <t>3289</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3289/requerimento_no.106-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3289/requerimento_no.106-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer: Solicitação de pintura dos postes e paisagismo da Avenida Tancredo Neves</t>
   </si>
   <si>
     <t>3290</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3290/requerimento_no.107-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3290/requerimento_no.107-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Que seja feita com urgência a manutenção da Rua Campo Sales da Rua João Gular até a Rua Macapá</t>
   </si>
   <si>
     <t>3291</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3291/requerimento_no.108-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3291/requerimento_no.108-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer: Solicitação de Equipamentos para a Área da Saúde, 50 pares de muletas, 50 cadeiras de rodas e 25 andadores.</t>
   </si>
   <si>
     <t>3292</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3292/requerimento_no.109-2025-eber_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3292/requerimento_no.109-2025-eber_assinado.pdf</t>
   </si>
   <si>
     <t>Que seja feita com urgência a manutenção na Rua Presidente Castelo Branco, Rio Madeira até a Rua Macapá.</t>
   </si>
   <si>
     <t>3293</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3293/requerimento_no.110-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3293/requerimento_no.110-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer: Solicitação de Construção de Quiosques em Praças Públicas.</t>
   </si>
   <si>
     <t>3295</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3295/requerimento_no.111-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3295/requerimento_no.111-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer: : Solicitação de Retorno dos Atendimentos nas UBS Rurais.</t>
   </si>
   <si>
     <t>3296</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3296/requerimento_no.112-2025-alessandra_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3296/requerimento_no.112-2025-alessandra_assinado.pdf</t>
   </si>
   <si>
     <t>Requer reforma e aquisição de móveis e eletrodomésticos para Casa de Apoio dos Ribeirinhos de nossos Distritos.</t>
   </si>
   <si>
     <t>3298</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3298/requerimento_no.113-2025-jorge_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3298/requerimento_no.113-2025-jorge_assinado.pdf</t>
   </si>
   <si>
     <t>Requerimento para Criação de Vale-Alimentação e Vale-Saúde para Todos os Servidores Públicos Municipais</t>
   </si>
   <si>
     <t>3299</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3299/requerimento_no.114-2025-marcio.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3299/requerimento_no.114-2025-marcio.pdf</t>
   </si>
   <si>
     <t>Requer: Solicitação de Atendimento Odontológico Especializado e Humanizado.</t>
   </si>
   <si>
     <t>3300</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3300/requerimento_no.115-2025-marcio.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3300/requerimento_no.115-2025-marcio.pdf</t>
   </si>
   <si>
     <t>Requer: Solicitação colocação de tubos e a elevação do aterro no Rio São Pedro, localizado entre a Linha 6 e a Linha 4.</t>
   </si>
   <si>
     <t>3301</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3301/requerimento_no.116-2025-marcio.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3301/requerimento_no.116-2025-marcio.pdf</t>
   </si>
   <si>
     <t>Requer: Solicitação de Fachada para a Casa de Abrigo.</t>
   </si>
   <si>
     <t>3302</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3302/requerimento_no.117-2025-marcio.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3302/requerimento_no.117-2025-marcio.pdf</t>
   </si>
   <si>
     <t>Requer: Solicitação poço artesiano na comunidade do Porto Murtinho.</t>
   </si>
   <si>
     <t>3303</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3303/requerimento_no.118-2025-marcio.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3303/requerimento_no.118-2025-marcio.pdf</t>
   </si>
   <si>
     <t>Requer: Aquisição de 1.200 toneladas de calcário dolomítico, destinadas ao atendimento de 200 famílias de produtores rurais, sendo 6 toneladas por produtor.</t>
   </si>
   <si>
     <t>3304</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3304/requerimento_no.119-2025-jorge_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3304/requerimento_no.119-2025-jorge_assinado.pdf</t>
   </si>
   <si>
     <t>Requerimento para Fiscalização e Reposição Regular dos EPIs aos _x000D_
 Agentes Comunitários de Saúde</t>
   </si>
   <si>
     <t>3305</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3305/requerimento_no.120-2025-marcio.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3305/requerimento_no.120-2025-marcio.pdf</t>
   </si>
   <si>
     <t>Requer: A adequação do valor da diária dos seguintes profissionais: operador de máquinas no campo, motorista, mecânico e motorista de caçamba, para o montante de R$ 120,00 (cento e vinte reais), com adicional de R$ 20,00 (vinte reais) para horas extras.</t>
   </si>
   <si>
     <t>3306</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3306/requerimento_no.121-2025-marcio.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3306/requerimento_no.121-2025-marcio.pdf</t>
   </si>
   <si>
     <t>Requer: Solicitação de instalação de uma fábrica de bloquetes em nosso município.</t>
   </si>
   <si>
     <t>3307</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3307/requerimento_no.122-2025-jorge_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3307/requerimento_no.122-2025-jorge_assinado.pdf</t>
   </si>
   <si>
     <t>Requerimento para Implantação de Redutor de Velocidade (Quebra-Molas) ou Rotatória na Entrada do Porto Murtinho</t>
   </si>
   <si>
     <t>3308</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3308/requerimento_no.123-2025-jorge_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3308/requerimento_no.123-2025-jorge_assinado.pdf</t>
   </si>
   <si>
     <t>Requerimento para alocação de uma ambulância à Linha 6 do Porto Murtinho</t>
   </si>
   <si>
     <t>3309</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3309/requerimento_no.124-2025-jorge_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3309/requerimento_no.124-2025-jorge_assinado.pdf</t>
   </si>
   <si>
     <t>Requerimento para Implantação de Redutor de Velocidade (Quebra-Molas) na Rua Chico Mendes</t>
   </si>
   <si>
     <t>3312</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3312/requerimento_no.125-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3312/requerimento_no.125-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer: Contratação de Amigos Voluntários para atuarem nas escolas municipais, especificamente nos setores de limpeza do espaço escolar e auxiliares em sala de aula para atender alunos com deficiência.</t>
   </si>
   <si>
     <t>3313</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3313/requerimento_no.126-2025-marcio.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3313/requerimento_no.126-2025-marcio.pdf</t>
   </si>
   <si>
     <t>Requer: Solicitação de extensão de aproximadamente 80 metros da rede.</t>
   </si>
   <si>
     <t>3314</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3314/requerimento_no.127-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3314/requerimento_no.127-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>A remuneração proposta visa: Reconhecimento e Valorização: Reconhecer o esforço e a dedicação dos voluntários que contribuem significativamente para o funcionamento adequado das escolas e para a inclusão educacional._x000D_
 Incentivo à Participação: Oferecer um estímulo financeiro que possa atrair mais voluntários qualificados, garantindo a continuidade e a qualidade dos serviços prestados.</t>
   </si>
   <si>
     <t>3315</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3315/requerimento_no.128-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3315/requerimento_no.128-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>A área mencionada é de significativa importância para a comunidade, apresentando: Fluxo Intenso de Veículos: A Avenida Brasil é uma das principais vias da cidade, com tráfego constante de veículos particulares, transporte público e de serviços._x000D_
 Proximidade de Equipamentos Públicos: A existência do Hospital Regional e outros estabelecimentos de saúde na região aumenta a demanda por vagas de estacionamento, especialmente para pacientes, familiares e profissionais da saúde._x000D_
 Comércio Local: A avenida abriga diversos estabelecimentos comerciais que necessitam de infraestrutura adequada para atender seus clientes, facilitando o acesso e promovendo o desenvolvimento econômico local.</t>
   </si>
   <si>
     <t>3316</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3316/requerimento_no.129-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3316/requerimento_no.129-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Pedido de Repasse de ajuda financeira para Associação dos Idosos de São Francisco do Guaporé, –RO, conforme está na Lei Nº 1309/2016 Art.2º.</t>
   </si>
   <si>
     <t>3317</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3317/requerimento_no.130-2025-marcio.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3317/requerimento_no.130-2025-marcio.pdf</t>
   </si>
   <si>
     <t>Requer: Solicitação de Manutenção dos Aparelhos de Ar-Condicionado da UBS Augusto.</t>
   </si>
   <si>
     <t>3318</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3318/requerimento_no.131-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3318/requerimento_no.131-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Pedido para Secretaria de Esporte retorne as aulas da escolinha de futebol para nossas crianças do Município.</t>
   </si>
   <si>
     <t>3319</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3319/requerimento_no.132-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3319/requerimento_no.132-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Pedido para Secretaria de Esporte fazer a manutenção do campo da Comunidade da Linha 04 do Porto Murtinho.</t>
   </si>
   <si>
     <t>3320</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3320/requerimento_no.133-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3320/requerimento_no.133-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>3321</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3321/requerimento_no.134-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3321/requerimento_no.134-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Pedido para a Secretaria de Agricultura e Desenvolvimento Rural, para designe um servidor para dar continuidade a PAA Federal, Programa de Aquisição _x000D_
 de Alimentos, no intuito de retomar as atividades juntamente com os produtores incentivando a agricultura familiar.</t>
   </si>
   <si>
     <t>3322</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3322/requerimento_no.135-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3322/requerimento_no.135-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Pedido para Secretaria Municipal de Infraestrutura e Serviços Públicos,  para que  realize um  estudo técnico de alargamento das Ruas; Rua Ronaldo Aragão, Rua Castelo Branco, Rua Chico Mendes, Rua das Comunicações, Rua Tiradentes, Rua Princesa Izabel e Rua Airton Senna, Bairro Cidade Baixa, no mínimo entre a Rua Tancredo Neves até Rua Campos Sales.</t>
   </si>
   <si>
     <t>3323</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3323/requerimento_no.136-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3323/requerimento_no.136-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Pedido para Secretaria Municipal de Infraestrutura e Serviços Públicos para que realize  a retirada e limpeza da terra (areia), devido às chuvas a areia caem_x000D_
 na marginal, na pista de ciclismo facilitando derrapagem e queda das crianças e dos ciclistas.</t>
   </si>
   <si>
     <t>3324</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3324/requerimento_no.137-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3324/requerimento_no.137-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>A referida instituição de ensino desempenha papel fundamental na educação e_x000D_
 formação de nossas crianças e adolescentes. Contudo, observa-se que a estrutura_x000D_
 física da escola necessita de melhorias, especialmente no que tange à pintura das_x000D_
 paredes e do telhado._x000D_
 Diante do exposto, solicito que sejam tomadas as providências necessárias para a_x000D_
 execução da pintura geral da Escola Neuza Oliveira Bravin, garantindo assim um_x000D_
 ambiente mais seguro e agradável para toda a comunidade escolar.</t>
   </si>
   <si>
     <t>3325</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3325/requerimento_no.138-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3325/requerimento_no.138-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer: Instalação de calhas nas seguintes áreas da Escola Neuza de Oliveira Bravin: Passarelas, Vias de acesso de embarque e desembarque dos ônibus escolares, Acesso à quadra esportiva.</t>
   </si>
   <si>
     <t>3326</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3326/requerimento_no.139-2025-marcio.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3326/requerimento_no.139-2025-marcio.pdf</t>
   </si>
   <si>
     <t>Requer: Solicitação de Atendimento Odontológico Especializado na UBS Anestino de Almeida.</t>
   </si>
   <si>
     <t>3327</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3327/requerimento_no.140-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3327/requerimento_no.140-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer: realização de manutenção preventiva e corretiva de todos os aparelhos de ar condicionado instalados nas escolas da rede municipal de ensino.</t>
   </si>
   <si>
     <t>3328</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3328/requerimento_no.141-2025-marcio.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3328/requerimento_no.141-2025-marcio.pdf</t>
   </si>
   <si>
     <t>Requer: Solicitação de Equipamentos e Infraestrutura para a UBS Anestino de Almeida.</t>
   </si>
   <si>
     <t>3329</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3329/requerimento_no.142-2025-marcio.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3329/requerimento_no.142-2025-marcio.pdf</t>
   </si>
   <si>
     <t>Requer: Solicitação de reforma e pintura da UBS Anestino de Almeida.</t>
   </si>
   <si>
     <t>3330</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3330/requerimento_no.143-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3330/requerimento_no.143-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer: Construção de alojamento para motoristas de ônibus escolar, na Escola Neuza de Oliveira Bravin, entre uma rota e outra.</t>
   </si>
   <si>
     <t>3331</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3331/requerimento_no.144-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3331/requerimento_no.144-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitar: Pagamento do Piso Salarial Nacional do Magistério a todos os professores da Rede Municipal de Ensino de São Francisco do Guaporé/RO , garantindo a valorização desses profissionais conforme determina a legislação vigente.</t>
   </si>
   <si>
     <t>3332</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3332/requerimento_no.145-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3332/requerimento_no.145-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer: Realizar a atualização salarial de todos os servidores públicos municipais de carreira, efetivos e temporários, considerando a reposição das perdas inflacionárias acumuladas no último.</t>
   </si>
   <si>
     <t>3333</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3333/requerimento_no.146-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3333/requerimento_no.146-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer: a concessão do Vale Alimentação e do Auxílio Saúde a todos os profissionais da Educação da Rede Municipal de Ensino, garantindo melhores condições de trabalho e bem-estar a essa categoria essencial.</t>
   </si>
   <si>
     <t>3334</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3334/requerimento_no.147-2025-geferson_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3334/requerimento_no.147-2025-geferson_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a criação do Departamento de Pesca, dentro da Secretaria Municipal de Meio Ambiente e Turismo.</t>
   </si>
   <si>
     <t>3335</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3335/requerimento_no.148-2025-eber_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3335/requerimento_no.148-2025-eber_assinado.pdf</t>
   </si>
   <si>
     <t>Resposta se foi comprado lama asfáltica, e quando deve chegar, pois nossas ruas estão muito esburacadas.</t>
   </si>
   <si>
     <t>3336</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3336/requerimento_no.149-2025-eber_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3336/requerimento_no.149-2025-eber_assinado.pdf</t>
   </si>
   <si>
     <t>O informativo através de relatório, sobre a pausa na obra do Estádio Municipal.</t>
   </si>
   <si>
     <t>3337</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3337/requerimento_no.150-2025-ozias_marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3337/requerimento_no.150-2025-ozias_marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer: Solicitação de Capacitação para Professores e Distribuição de Materiais Escolares para Crianças com Deficiência.</t>
   </si>
   <si>
     <t>3339</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3339/requerimento_no.151-2025-marcio.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3339/requerimento_no.151-2025-marcio.pdf</t>
   </si>
   <si>
     <t>Requer: solicitação da equipe de coleta de lixo passe a realizar a coleta duas vezes por semana no nosso setor porto Murtinho.</t>
   </si>
   <si>
     <t>3340</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3340/requerimento_no.152-2025-marcio.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3340/requerimento_no.152-2025-marcio.pdf</t>
   </si>
   <si>
     <t>Requer: Solicitação de Estacionamento no Canteiro da Av. Brasil em frente ao banco CrediSIS.</t>
   </si>
   <si>
     <t>3341</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3341/requerimento_no.153-2025-marcio.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3341/requerimento_no.153-2025-marcio.pdf</t>
   </si>
   <si>
     <t>Requer: Solicitação de Implantação de Rotatória frente ao Auto Posto RT IV.</t>
   </si>
   <si>
     <t>3343</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3343/requerimento_no.154-2025-eber.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3343/requerimento_no.154-2025-eber.pdf</t>
   </si>
   <si>
     <t>Que seja valorizado atualizando a remuneração dos conselheiros tutelares em acréscimo de 30% salário base recomendado pela (CONANDA) Conselho Nacional dos Direitos da Criança e Adolescentes e o Conselho Estadual dos Direitos das Crianças e Adolescentes (CONEDCA).</t>
   </si>
   <si>
     <t>3344</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3344/requerimento_no.155-2025-eber.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3344/requerimento_no.155-2025-eber.pdf</t>
   </si>
   <si>
     <t>Que seja feito um seletivo, para à	contratação de mais dois psicólogos para nossa saúde municipal.</t>
   </si>
   <si>
     <t>3345</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3345/requerimento_no.156-2025-eber.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3345/requerimento_no.156-2025-eber.pdf</t>
   </si>
   <si>
     <t>Seja feita uma casinha (ponto de ônibus) para os alunos que esperam o ônibus escolar, na rua Campo Sales (em frente ao balneário do Odair) no bairro Paraiso.</t>
   </si>
   <si>
     <t>3346</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3346/requerimento_no.157-2025-eber.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3346/requerimento_no.157-2025-eber.pdf</t>
   </si>
   <si>
     <t>Seja feita com emergência a manutenção na Rua Tiradentes (em frente ao postinho Anestino).</t>
   </si>
   <si>
     <t>3347</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3347/requerimento_no.158-2025-eber.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3347/requerimento_no.158-2025-eber.pdf</t>
   </si>
   <si>
     <t>Que seja comprado ar condicionado e instalado na capela mortuária.</t>
   </si>
   <si>
     <t>3348</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3348/requerimento_no.159-2025-jorge.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3348/requerimento_no.159-2025-jorge.pdf</t>
   </si>
   <si>
     <t>Requerimento para manutenção e limpeza das áreas externas das _x000D_
 Unidades Básicas de Saúde (UBS) do município.</t>
   </si>
   <si>
     <t>3349</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3349/requerimento_no.160-2025-jorge.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3349/requerimento_no.160-2025-jorge.pdf</t>
   </si>
   <si>
     <t>Requerimento para a manutenção e reparo do portão no fundo do _x000D_
 pronto atendimento da UBS Ellen Cristina Cavagna Vieira.</t>
   </si>
   <si>
     <t>3351</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3351/requerimento_no.161-2025-profmarcio.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3351/requerimento_no.161-2025-profmarcio.pdf</t>
   </si>
   <si>
     <t>Requer a Instalação de um bueiro na Linha dos Goianos, depois do rio fuxico em frente a propriedade do Senhor Angelino. A necessidade da instalação se deve ao problemas de alagamento, dificuldades de acesso danos a estrada.</t>
   </si>
   <si>
     <t>3352</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3352/requerimento_no.162-2025-jorge.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3352/requerimento_no.162-2025-jorge.pdf</t>
   </si>
   <si>
     <t>Requerimento para pintura das faixas de pedestres e dos quebra-molas em todo o município.</t>
   </si>
   <si>
     <t>3353</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3353/requerimento_no.163-2025-marcio.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3353/requerimento_no.163-2025-marcio.pdf</t>
   </si>
   <si>
     <t>Requer: Solicitação de Contribuição Financeira no valor de 50.000,00 reais, para a Cooperativa de Recicláveis.</t>
   </si>
   <si>
     <t>3354</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3354/requerimento_no.164-2025-marcio.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3354/requerimento_no.164-2025-marcio.pdf</t>
   </si>
   <si>
     <t>Requer: Solicitação de Subvenção para a Escola EFA Vale do Guaporé no valor de R$ 80.000,00 (oitenta mil reais) anual.</t>
   </si>
   <si>
     <t>3357</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3357/requerimento_no.165-2025-profmarcio.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3357/requerimento_no.165-2025-profmarcio.pdf</t>
   </si>
   <si>
     <t>Requer a disponibilidade de profissionais para atender às necessidades da Apae Major Shemer, visando garantir um melhor atendimento aos nossos alunos e usuários. Dessa forma, solicitamos a disponibilização de: 01 Motorista para o transporte seguro dos alunos e demais demandas da instituição; 01 Professor para contribuir com o desenvolvimento educacional e social dos alunos; 01 Auxiliar de Serviços Gerais para manter a limpeza e organização do ambiente escolar.</t>
   </si>
   <si>
     <t>3358</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3358/requerimento_no.166-2025-profmarcio.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3358/requerimento_no.166-2025-profmarcio.pdf</t>
   </si>
   <si>
     <t>Requer a instalação de aparelhos de ar-condicionado nas cozinhas das escolas da rede municipal, considerando as condições de trabalho enfrentadas pelos profissionais responsáveis pela alimentação dos alunos.</t>
   </si>
   <si>
     <t>3359</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3359/requerimento_no.167-2025-braz.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3359/requerimento_no.167-2025-braz.pdf</t>
   </si>
   <si>
     <t>Providenciar a retirada o material da serra e por a curva no local correto que está localizado na linha 27 em frente à fazenda do Jocimar e aterrar a área baixa em frente ao Braz Buriola.</t>
   </si>
   <si>
     <t>3360</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3360/requerimento_no.168-2025-agnielde_alessandra.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3360/requerimento_no.168-2025-agnielde_alessandra.pdf</t>
   </si>
   <si>
     <t>Aquisição de ar condicionado para todas as cozinhas das escolas Municipais, em Especial a Escola Neusa de Oliveira Bravin linha 33.</t>
   </si>
   <si>
     <t>3361</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3361/requerimento_no.169-2025-agnielde.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3361/requerimento_no.169-2025-agnielde.pdf</t>
   </si>
   <si>
     <t>Pedido para secretaria Municipal de Educação que sejam adquiridas novas traves de futebol e redes de proteção para a Quadra da Escola Neusa de Oliveira Bravin Linha 33.</t>
   </si>
   <si>
     <t>3362</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3362/requerimento_no.170-2025-agnielde.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3362/requerimento_no.170-2025-agnielde.pdf</t>
   </si>
   <si>
     <t>Requer que o Poder Executivo, por meio da secretaria de Educação, resolva a questão das câmeras de monitoramento das escolas municipais, principalmente da Escola Neusa de Oliveira Bravin, que não estão danificadas e sem funcionamento</t>
   </si>
   <si>
     <t>3363</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3363/requerimento_no.171-2025-agnielde.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3363/requerimento_no.171-2025-agnielde.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de educação a Manutenção da Quadra de Vôlei de Areia da Escola Municipal Neusa de Oliveira Bravin da Linha 33.</t>
   </si>
   <si>
     <t>3364</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3364/requerimento_no.172-2025-agnielde.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3364/requerimento_no.172-2025-agnielde.pdf</t>
   </si>
   <si>
     <t>Pedido para secretaria Municipal de Educação que sejam providenciadas um local adequado para retirada dos entulhos acumulados, da Escola Neusa de Oliveira Bravin, localizada na Linha 33</t>
   </si>
   <si>
     <t>3365</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3365/requerimento_no.173-2025-agnielde.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3365/requerimento_no.173-2025-agnielde.pdf</t>
   </si>
   <si>
     <t>Pedido para Secretaria de educação fazer a Manutenção das tesouras da cobertura do Pátio da Escola Neusa de Oliveira Bravin Linha 33</t>
   </si>
   <si>
     <t>3366</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3366/requerimento_no.174-2025-agnielde.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3366/requerimento_no.174-2025-agnielde.pdf</t>
   </si>
   <si>
     <t>Solicitação de Inclusão da Pesca Esportiva no Calendário Municipal de Eventos da Secretaria Municipal de Turismo no Município de São Francisco do Guaporé.</t>
   </si>
   <si>
     <t>3367</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3367/requerimento_no.175-2025-agnielde.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3367/requerimento_no.175-2025-agnielde.pdf</t>
   </si>
   <si>
     <t>Solicitação de unificação e parcelamento dos tributos municipais referentes ao Imposto Predial e Territorial Urbano (IPTU) e à Taxa de Coleta de Lixo, de forma que o pagamento possa ser efetuado em 8 (oito) parcelas do Município de São Francisco do Guaporé- RO.</t>
   </si>
   <si>
     <t>3368</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3368/requerimento_no.176-2025-agnielde.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3368/requerimento_no.176-2025-agnielde.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Agricultura que no período de seca, faça dreno nas linhas do Setor Chacareiro Eixo</t>
   </si>
   <si>
     <t>3369</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3369/requerimento_no.177-2025-agnielde.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3369/requerimento_no.177-2025-agnielde.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo, por meio da Secretaria de Educação, a construção de uma pista de skate para Lazer em nossa cidade</t>
   </si>
   <si>
     <t>3372</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3372/requerimento_no.178-2025-marcio.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3372/requerimento_no.178-2025-marcio.pdf</t>
   </si>
   <si>
     <t>Requer: Solicitação de Rebaixamento do Morro da Linha 2.</t>
   </si>
   <si>
     <t>3373</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3373/requerimento_no.179-2025-marcio.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3373/requerimento_no.179-2025-marcio.pdf</t>
   </si>
   <si>
     <t>Requer: Solicitação de Colocação do FITHA com Escoamento nas linhas especificas de são Francisco do Guaporé-RO.</t>
   </si>
   <si>
     <t>3374</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3374/requerimento_no.180-2025-marcio.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3374/requerimento_no.180-2025-marcio.pdf</t>
   </si>
   <si>
     <t>Requer: Solicitar a criação de uma equipe especifica dentro da Secretaria de Agricultura.</t>
   </si>
   <si>
     <t>3375</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3375/requerimento_no.181-2025-marcio.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3375/requerimento_no.181-2025-marcio.pdf</t>
   </si>
   <si>
     <t>Requer: Solicitação de limpeza geral das ruas e avenidas da cidade de São Francisco do Guaporé-Ro.</t>
   </si>
   <si>
     <t>3376</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3376/requerimento_no.182-2025-marcio.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3376/requerimento_no.182-2025-marcio.pdf</t>
   </si>
   <si>
     <t>Requer: solicitar a realização da limpeza e cascalhamento dos terrenos do Loteamento Bom Futuro, localizado na LH-01, L/E, a 800 metros da Avenida São Francisco, no setor chacareiro.</t>
   </si>
   <si>
     <t>3377</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3377/requerimento_no.183-2025-marcio.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3377/requerimento_no.183-2025-marcio.pdf</t>
   </si>
   <si>
     <t>Requer: Solicitação de Reforma e Reparos na Escola Municipal Senador Ronaldo Aragão.</t>
   </si>
   <si>
     <t>3380</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3380/requerimento_no.184-2025-ozias.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3380/requerimento_no.184-2025-ozias.pdf</t>
   </si>
   <si>
     <t>Solicitação de aluguel de equipamentos para manutenção das estradas</t>
   </si>
   <si>
     <t>3381</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3381/requerimento_no.185-2025-marcio.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3381/requerimento_no.185-2025-marcio.pdf</t>
   </si>
   <si>
     <t>Requer: solicitar que a Prefeitura Municipal, por meio da Secretaria de Agricultura, realize a alteração no Projeto "Hora do Produtor".</t>
   </si>
   <si>
     <t>3385</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3385/requerimento_no.186-2025-profmarcio.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3385/requerimento_no.186-2025-profmarcio.pdf</t>
   </si>
   <si>
     <t>Solicitar à Prefeitura Municipal a construção de uma quadra de vôlei de areia Km 75 Vila Rica do Guaporé.</t>
   </si>
   <si>
     <t>3386</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3386/requerimento_no.187-2025-agnielde.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3386/requerimento_no.187-2025-agnielde.pdf</t>
   </si>
   <si>
     <t>Requer junto ao departamento de contabilidade e Setor Jurídico que realize um estudo técnico referente a perda e correção salarial dos servidores _x000D_
 referente ao ano 2024.</t>
   </si>
   <si>
     <t>3387</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3387/requerimento_no.188-2025-agnielde.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3387/requerimento_no.188-2025-agnielde.pdf</t>
   </si>
   <si>
     <t>Pedido para Secretaria de Esporte fazer a manutenção da Iluminação do campo Society da Linha dos Goianos</t>
   </si>
   <si>
     <t>3388</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3388/requerimento_no.189-2025-agnielde.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3388/requerimento_no.189-2025-agnielde.pdf</t>
   </si>
   <si>
     <t>Requer que seja realizado a reforma no prédio administrativo da secretaria municipal de Educação</t>
   </si>
   <si>
     <t>3389</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3389/requerimento_no.190-2025-braz.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3389/requerimento_no.190-2025-braz.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo possa concluir o acabamento dos vestiários da quadra da escola Neuza  Bravin.</t>
   </si>
   <si>
     <t>3391</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3391/requerimento_no.191-2025-agnielde.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3391/requerimento_no.191-2025-agnielde.pdf</t>
   </si>
   <si>
     <t>Pedido para Secretaria Municipal de Infraestrutura e Serviços Públicos que faça a limpeza dos terrenos vazios com grade aradora em todos terrenos do _x000D_
 município.</t>
   </si>
   <si>
     <t>3392</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3392/requerimento_no.192-2025-geferson.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3392/requerimento_no.192-2025-geferson.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, que seja levado médicos especialistas para as UBS da Linha 06 (São Pedro) e UBS do Km 75, assim como será feito na UBS Romana Isabel na Linha 06 do setor Porto Murtinho, com atendimentos de especialistas em ginecologia, pediatria e ortopedia.</t>
   </si>
   <si>
     <t>3393</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3393/requerimento_no.193-2025-agnielde.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3393/requerimento_no.193-2025-agnielde.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de agricultura e desenvolvimento rural que coloque na Ata de contratação de Serviços de um caminhão de perfuração de poço.</t>
   </si>
   <si>
     <t>3394</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3394/requerimento_no.194-2025-geferson.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3394/requerimento_no.194-2025-geferson.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, que seja contratado o serviço para exame de endoscopia, para encaminhamento de nossos pacientes.</t>
   </si>
   <si>
     <t>3395</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>Braz Carlos Correia, Geferson dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3395/requerimento_no.195-2025-geferson_braz.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3395/requerimento_no.195-2025-geferson_braz.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Educação, que coloque mais um ônibus ou uma VAN na Escola Clodoaldo Splícigo, para atender ao Setor do São Pedro, pois está muito longo o trajeto para apenas um transporte, e as crianças pequenas estão tendo que sair muito cedo de casa, e chegando muito tarde, visto que a Escola é período integral.</t>
   </si>
   <si>
     <t>3396</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3396/requerimento_no.196-2025-ozias.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3396/requerimento_no.196-2025-ozias.pdf</t>
   </si>
   <si>
     <t>Solicitação de Redução do Volume das Carretinhas de Som Próximas aos Postos de Saúde</t>
   </si>
   <si>
     <t>3398</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3398/requerimento_no.197-2025-geferson.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3398/requerimento_no.197-2025-geferson.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, que institua no Posto de Saúde Ellen Cavagna, o Pronto Socorro 24 horas.</t>
   </si>
   <si>
     <t>3399</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3399/requerimento_no.198-2025-alessandra.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3399/requerimento_no.198-2025-alessandra.pdf</t>
   </si>
   <si>
     <t>Requer  junto a Secretaria Municipal de obra que seja feita a limpeza ao redor da escola Ires dos Reis Freitas.</t>
   </si>
   <si>
     <t>3400</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3400/requerimento_no.199-2025-alessandra.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3400/requerimento_no.199-2025-alessandra.pdf</t>
   </si>
   <si>
     <t>Requer  junto a Secretaria Municipal de obra a reativação da caixa de água do setor porto Murtinho.</t>
   </si>
   <si>
     <t>3402</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3402/requerimento_no.200-2025-ozias.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3402/requerimento_no.200-2025-ozias.pdf</t>
   </si>
   <si>
     <t>Solicitação de Contratação de Cirurgião Urologista e Ortopedista_x000D_
 Especialista em Joelho</t>
   </si>
   <si>
     <t>3403</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3403/requerimento_no.201-2025-ozias_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3403/requerimento_no.201-2025-ozias_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação de Pontos de Coleta de Lixo nas Entradas das Linhas Rurais e o mesmo juntos ao Secretário da Agricultura e_x000D_
 Desenvolvimento Rural a instalação de pontos de coleta de lixo nas entradas das_x000D_
 linhas rurais que compreendem o trajeto do Porto Mortinho até Vila Rica do_x000D_
 Guaporé.</t>
   </si>
   <si>
     <t>3406</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3406/requerimento_no.202-2025-geferson.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3406/requerimento_no.202-2025-geferson.pdf</t>
   </si>
   <si>
     <t>Requer a contratação de fiscais para atuar nas ruas de nosso município, com o objetivo de fiscalizar a atividade dos vendedores ambulantes, promovendo uma regulamentação justa e equilibrada. _x000D_
 _x000D_
 Proponho que os vendedores ambulantes moradores de São Francisco do Guaporé sejam cadastrados pela Prefeitura e isentos da exigência de alvará, registrando sua contribuição para a economia local e sua condição de cidadãos residentes._x000D_
 _x000D_
 Por outro lado, sugiro que os vendedores ambulantes provenientes de outros municípios, que aqui comercializam seus produtos e levam os lucros para fora, sejam obrigados a obter alvará e aplicados à devida cobrança, garantindo assim a proteção do comércio local e a arrecadação de recursos para o nosso município.</t>
   </si>
   <si>
     <t>3407</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3407/requerimento_no.203-2025-ozias.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3407/requerimento_no.203-2025-ozias.pdf</t>
   </si>
   <si>
     <t>Solicitação de apoio para organização e limpeza da Vila Rica do Guaporé , no município de São Francisco do Guaporé. A medida se faz necessária para promover a melhoria da qualidade de vida dos moradores e garantir a conservação do ambiente rural.</t>
   </si>
   <si>
     <t>3409</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3409/requerimento_no.204-2025-agnielde.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3409/requerimento_no.204-2025-agnielde.pdf</t>
   </si>
   <si>
     <t>Requer que seja realizado a correção do Salário dos Servidores, Técnicos administrativos e Técnicos financeiros, pois foi corrigido o salário dos cargos de ensino médio e esquecidos dos Técnicos.</t>
   </si>
   <si>
     <t>3410</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3410/requerimento_no.205-2025-agnielde.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3410/requerimento_no.205-2025-agnielde.pdf</t>
   </si>
   <si>
     <t>Pedido para Secretaria Municipal de Infraestrutura e Serviços Públicos para que realização de manutenção do Semáforo do centro da cidade.</t>
   </si>
   <si>
     <t>3411</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3411/requerimento_no.206-2025-braz.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3411/requerimento_no.206-2025-braz.pdf</t>
   </si>
   <si>
     <t>Requer que o Poder Executivo possa fazer a Disponibilização de uma van para os Estudante de Técnico de Enfermagem do nosso município para se_x000D_
 deslocarem até o município de Seringueiras nos finais de Semana.</t>
   </si>
   <si>
     <t>3412</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3412/requerimento_no.207-2025-braz.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3412/requerimento_no.207-2025-braz.pdf</t>
   </si>
   <si>
     <t>Requer que o Poder Executivo possa fazer a banheiros femininos e masculinos na escola Regina Almeida de Araújo para os professores, pois os mesmos_x000D_
 não tem banheiro próprio onde usam juntamente com os alunos.</t>
   </si>
   <si>
     <t>3413</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3413/requerimento_no.208-2025-braz.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3413/requerimento_no.208-2025-braz.pdf</t>
   </si>
   <si>
     <t>Requer que o Poder Executivo possa fazer a contratação de uma empresa que possam da manutenção nas Escolas do Município pois muitas necessitam de reparos em Ar condicionados trocas de lâmpada e outras mais funções</t>
   </si>
   <si>
     <t>3414</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3414/requerimento_no.209-2025-braz.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3414/requerimento_no.209-2025-braz.pdf</t>
   </si>
   <si>
     <t>Requer que o Poder Executivo possa colocar telas de proteção nas estruturas de ferro do pavilhão da escola Regina Almeida onde se encontra uma_x000D_
 grande concentração de pombos.</t>
   </si>
   <si>
     <t>3415</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3415/requerimento_no.210-2025-braz.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3415/requerimento_no.210-2025-braz.pdf</t>
   </si>
   <si>
     <t>Requer que o Poder Executivo possa fazer a Disponibilização do caminhão volvo caçamba o caminhão Iveco carga seca para ficar na época da safra_x000D_
 de café.</t>
   </si>
   <si>
     <t>3416</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3416/requerimento_no.211-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3416/requerimento_no.211-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Requer junto a secretaria municipal de Educação que seja feito a aquisição de material esportivos para todas as escolas municipais._x000D_
 Requerido: Executivo Municipal;</t>
   </si>
   <si>
     <t>3418</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3418/requerimento_no.212-2025-geferson.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3418/requerimento_no.212-2025-geferson.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Infraestrutura e Serviços Públicos, a substituição da lâmpada do poste que fica na esquina com a Rua Sete de Setembro e a Rua Rondônia, no bairro Cidade Alta.</t>
   </si>
   <si>
     <t>3419</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3419/requerimento_no.213-2025-alessandra.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3419/requerimento_no.213-2025-alessandra.pdf</t>
   </si>
   <si>
     <t>Providenciar Dois Quebra mola na rua rio são domingos no Distrito do Porto Murtinho em frente o bar beira rio e outro em frente a igreja mesma rua</t>
   </si>
   <si>
     <t>3420</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3420/requerimento_no.214-2025-geferson.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3420/requerimento_no.214-2025-geferson.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Infraestrutura e Serviços Públicos, que seja realizado a limpeza do terreno onde funcionava a antiga Ceron, na Avenida Brasil, próximo a Prefeitura, retirando todos os arbustos e pequenas arvores que inibem a visibilidade popular.</t>
   </si>
   <si>
     <t>3421</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3421/requerimento_no.215-2025-braz.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3421/requerimento_no.215-2025-braz.pdf</t>
   </si>
   <si>
     <t>Requer que o Poder Executivo coloque um ônibus do município para atender somente a linha 33 para diminuir a rota do ônibus da linha 95 da beira do Rio Guaporé.</t>
   </si>
   <si>
     <t>3422</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3422/requerimento_no.216-2025-alessandra_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3422/requerimento_no.216-2025-alessandra_assinado.pdf</t>
   </si>
   <si>
     <t>Requer; Providenciar Dois Quebra mola na linha do Verdurao em são Francisco do Guapore.</t>
   </si>
   <si>
     <t>3424</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3424/requerimento_no.217-2025-alessandra.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3424/requerimento_no.217-2025-alessandra.pdf</t>
   </si>
   <si>
     <t>Providenciar a limpeza do terreno antigo barracão da Guascor na Avenida Chico Mendes próximo a Prefeitura Municipal.</t>
   </si>
   <si>
     <t>3426</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3426/requerimento_no.218-2025-ozias.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3426/requerimento_no.218-2025-ozias.pdf</t>
   </si>
   <si>
     <t>Requer; Solicitação de Reabertura da Rua Manaus, que se encontra interditada, localizada entre a Rua Presidente Costa Silva e a Rua Presidente Castelo Branco, em São Francisco do Guaporé.</t>
   </si>
   <si>
     <t>3427</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3427/requerimento_no.219-2025-marcio.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3427/requerimento_no.219-2025-marcio.pdf</t>
   </si>
   <si>
     <t>Requer: Solicitação de Legalização da Avenida Paraná em São Francisco do Guaporé - RO.</t>
   </si>
   <si>
     <t>3428</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3428/requerimento_no.220-2025-marcio.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3428/requerimento_no.220-2025-marcio.pdf</t>
   </si>
   <si>
     <t>Requer: Solicitação de Mapeamento e Instalação de Iluminação Pública.</t>
   </si>
   <si>
     <t>3429</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3429/requerimento_no.221-2025-marcio.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3429/requerimento_no.221-2025-marcio.pdf</t>
   </si>
   <si>
     <t>Requer: Solicitar a revisão do tempo máximo de uso dos ônibus escolares da frota municipal, reduzindo de 15 para 10 anos.</t>
   </si>
   <si>
     <t>3430</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3430/requerimento_no.222-2025-marcio.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3430/requerimento_no.222-2025-marcio.pdf</t>
   </si>
   <si>
     <t>Requer: Solicitar a adoção de critérios mais rigorosos na contratação de maquinas e caminhões utilizados na manutenção das estradas municipais. Propomos que esses veículos tenham, no máximo, 10 anos de uso.</t>
   </si>
   <si>
     <t>3431</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3431/requerimento_no.223-2025-marcio.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3431/requerimento_no.223-2025-marcio.pdf</t>
   </si>
   <si>
     <t>Requer: Solicitação de Transporte Escolar para Alunos da Escola EIEEFM Iria dos Reis Freitas</t>
   </si>
   <si>
     <t>3432</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3432/requerimento_no.224-2025-marcio.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3432/requerimento_no.224-2025-marcio.pdf</t>
   </si>
   <si>
     <t>Requer: Solicitação de aumento da frota de ônibus em 30% para melhor atendimento aos estudantes.</t>
   </si>
   <si>
     <t>3433</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3433/requerimento_no.225-2025-marcio.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3433/requerimento_no.225-2025-marcio.pdf</t>
   </si>
   <si>
     <t>Requer: Solicitação de Compra de Medicamentos de Alto Custo.</t>
   </si>
   <si>
     <t>3435</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3435/requerimento_no.226-2025-alessandra.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3435/requerimento_no.226-2025-alessandra.pdf</t>
   </si>
   <si>
     <t>Providenciar a troca do ar condicionado da recepção da Fisioterapia.</t>
   </si>
   <si>
     <t>3437</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3437/requerimento_no.227-2025-agnielde.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3437/requerimento_no.227-2025-agnielde.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Esportes a  realizar de manutenção na quadra de esportes localizada na Vila do Porto Murtinho, com especial atenção para a manutenção e restauração do fornecimento de energia elétrica, que se encontra atualmente desligada.</t>
   </si>
   <si>
     <t>3438</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3438/requerimento_no.228-2025-agnielde.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3438/requerimento_no.228-2025-agnielde.pdf</t>
   </si>
   <si>
     <t>Requer Reajuste no valor das diárias do Amigo Voluntário</t>
   </si>
   <si>
     <t>3439</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3439/requerimento_no.229-2025-agnielde.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3439/requerimento_no.229-2025-agnielde.pdf</t>
   </si>
   <si>
     <t>Requer junto ao departamento de engenharia do município agilidade e cobrança junto a empresa que está realizando o projeto do Campo de Grama Sintética solicitada pelo Vereador ao Deputado Federal Lebrão.</t>
   </si>
   <si>
     <t>3441</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3441/requerimento_no.230-2025-geferson.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3441/requerimento_no.230-2025-geferson.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Infraestrutura e Serviço Público, a substituição de três lâmpadas queimadas da iluminação pública na Rua Duque de Caxias, Cidade Alta, próximo a casa nº.3830.</t>
   </si>
   <si>
     <t>3442</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3442/requerimento_no.231-2025-marcio.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3442/requerimento_no.231-2025-marcio.pdf</t>
   </si>
   <si>
     <t>Requer: Solicitação elaboração e execução de um projeto de pavimentação asfáltica nas seguintes vias públicas deste município:  Avenida Rondônia, Avenida, Castelo Branco, Avenida das Comunicações.</t>
   </si>
   <si>
     <t>3444</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3444/requerimento_no.232-2025-marcio.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3444/requerimento_no.232-2025-marcio.pdf</t>
   </si>
   <si>
     <t>Requer: Solicitação para Implementação de Guarda Municipal</t>
   </si>
   <si>
     <t>3445</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3445/requerimento_no.233-2025-marcio.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3445/requerimento_no.233-2025-marcio.pdf</t>
   </si>
   <si>
     <t>Requer: Solicitação de Divisão do Paliativo em Três Equipes.</t>
   </si>
   <si>
     <t>3450</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3450/requerimento_no.234-2025-agnielde.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3450/requerimento_no.234-2025-agnielde.pdf</t>
   </si>
   <si>
     <t>Requer que seja realizado um novo seletivo na área da saúde, pois o atual processo seletivo na área da saúde encontra-se em fase de vencimento, visando garantir a continuidade e a qualidade dos serviços prestados à população</t>
   </si>
   <si>
     <t>3452</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3452/requerimento_no.235-2025-agnielde.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3452/requerimento_no.235-2025-agnielde.pdf</t>
   </si>
   <si>
     <t>Requer que seja Incluído na LEI MUNICIPAL Nº. 1.995/2022 no Art2º o Cargo de Fiscal Vigilância Sanitária, pois não foi incluso quando a lei foi sancionada. solicito que seja incluída a gratificação de risco de vida para esta categoria, em reconhecimento à natureza e à relevância das atividades desempenhadas pelos fiscais de Vigilância Sanitária</t>
   </si>
   <si>
     <t>3453</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3453/requerimento_no.236-2025-alessandra.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3453/requerimento_no.236-2025-alessandra.pdf</t>
   </si>
   <si>
     <t>Fazer dois Quebra Molas na rua das comunicações próximo a lanternagem do Jovino e sorveteria pinheiro</t>
   </si>
   <si>
     <t>3454</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3454/requerimento_no.237-2025-alessandra.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3454/requerimento_no.237-2025-alessandra.pdf</t>
   </si>
   <si>
     <t>Requer para o poder executivo que seja refeito as pinturas das faixas de pedestres nos locais já demarcados.</t>
   </si>
   <si>
     <t>3455</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3455/requerimento_no.238-2025-alessandra.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3455/requerimento_no.238-2025-alessandra.pdf</t>
   </si>
   <si>
     <t>Requer para o poder executivo juntamente com a secretaria de saúde para que seja feito a compra de muletas e suplementos _x000D_
 vitamínicos.</t>
   </si>
   <si>
     <t>3458</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3458/requerimento_no.239-2025-jorge.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3458/requerimento_no.239-2025-jorge.pdf</t>
   </si>
   <si>
     <t>Requerimento para repintura das sinalizações de trânsito em áreas de risco, como escolas, hospitais, áreas centrais e passarelas.</t>
   </si>
   <si>
     <t>3459</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3459/requerimento_no.240-2025-jorge.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3459/requerimento_no.240-2025-jorge.pdf</t>
   </si>
   <si>
     <t>Requerimento para resolução do problema de poças de lama na frente da UBS Anestino de Almeida, na Rua Tiradentes, Cidade Baixa.</t>
   </si>
   <si>
     <t>3460</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3460/requerimento_no.241-2025-jorge.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3460/requerimento_no.241-2025-jorge.pdf</t>
   </si>
   <si>
     <t>Requerimento para reforma completa da Academia dos Idosos e retomada das atividades físicas com profissional capacitado.</t>
   </si>
   <si>
     <t>3462</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3462/requerimento_no.242-2025-elias.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3462/requerimento_no.242-2025-elias.pdf</t>
   </si>
   <si>
     <t>Pavimentação asfáltica da Rua Maria Júlia no bairro Cidade Alta.</t>
   </si>
   <si>
     <t>3463</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3463/requerimento_no.243-2025-agnielde.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3463/requerimento_no.243-2025-agnielde.pdf</t>
   </si>
   <si>
     <t>Aquisição de material para academia de saúde, a solicitação desses materiais, devido à unidade encontrar atualmente sem os equipamentos e insumos necessários, para que os profissionais possam realizar as atividades a serem realizadas junto à Comunidade.</t>
   </si>
   <si>
     <t>3464</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3464/requerimento_no.244-2025-agnielde.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3464/requerimento_no.244-2025-agnielde.pdf</t>
   </si>
   <si>
     <t>Requer Correção no valor das Assessoria Técnica Auxiliar da LEI COMPLEMENTAR Nº. 135, DE 16 DE DEZEMBRO DE 2024. Tendo em vista a defasagem nos valores que se encontra atualmente</t>
   </si>
   <si>
     <t>3465</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3465/requerimento_no.245-2025-eber.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3465/requerimento_no.245-2025-eber.pdf</t>
   </si>
   <si>
     <t>Que o setor de fiscalização do município, possa notificar os donos de propriedades urbanas, para estarem realizando a limpeza da frente dos seus quintais na beira da rua.</t>
   </si>
   <si>
     <t>3466</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3466/requerimento_no.246-2025-eber.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3466/requerimento_no.246-2025-eber.pdf</t>
   </si>
   <si>
     <t>Secretaria municipal de fiscalização sanitária que possa estar notificando os donos de datas vazias para serem limpas.</t>
   </si>
   <si>
     <t>3467</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3467/requerimento_no.247-2025-eber.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3467/requerimento_no.247-2025-eber.pdf</t>
   </si>
   <si>
     <t>O informativo de quantas famílias em estado de vulnerabilidade estão sendo atendidas com sextas básica no município.</t>
   </si>
   <si>
     <t>3468</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3468/requerimento_no.248-2025-eber.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3468/requerimento_no.248-2025-eber.pdf</t>
   </si>
   <si>
     <t>Que providencie a limpeza do distrito Porto Murtin.</t>
   </si>
   <si>
     <t>3469</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3469/requerimento_no.249-2025-eber.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3469/requerimento_no.249-2025-eber.pdf</t>
   </si>
   <si>
     <t>Que de andamento a limpeza da cidade.</t>
   </si>
   <si>
     <t>3470</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3470/requerimento_no.250-2025-elias.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3470/requerimento_no.250-2025-elias.pdf</t>
   </si>
   <si>
     <t>Inclusão do Município de São Francisco do Guaporé – RO no Programa Bolsa Verde.</t>
   </si>
   <si>
     <t>3472</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3472/requerimento_no.251-2025-profmarcio.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3472/requerimento_no.251-2025-profmarcio.pdf</t>
   </si>
   <si>
     <t>Requer a atualização do piso salarial da área técnica da administração pública municipal, equiparando-o ao valor vigente do piso nacional.</t>
   </si>
   <si>
     <t>3473</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3473/requerimento_no.252-2025-profmarcio.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3473/requerimento_no.252-2025-profmarcio.pdf</t>
   </si>
   <si>
     <t>Requer a instalação dos extintores de incêndio que se encontram disponíveis no almoxarifado municipal nas seguintes unidades escolares: Escola Pereira e Cáceres, Escola Regina Almeida de Araújo, Escola Clodoaldo Splícigo, Escola Senador Ronaldo Aragão.</t>
   </si>
   <si>
     <t>3474</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3474/requerimento_no.253-2025-braz.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3474/requerimento_no.253-2025-braz.pdf</t>
   </si>
   <si>
     <t>Requer que o Poder Executivo disponibilizar WI-FI gratuito no Hospital Regional</t>
   </si>
   <si>
     <t>3475</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3475/requerimento_no.254-2025-braz.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3475/requerimento_no.254-2025-braz.pdf</t>
   </si>
   <si>
     <t>Requer que o Poder Executivo juntamente com a secretaria de Urbanismo para que possam reinstalar os postes de iluminação no centro da avenida Tancredo Neves.</t>
   </si>
   <si>
     <t>3476</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3476/requerimento_no.255-2025-marcio.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3476/requerimento_no.255-2025-marcio.pdf</t>
   </si>
   <si>
     <t>Requer: Apoio e Implementação do Projeto de Lei para Criação do Setor Industrial Municipal.</t>
   </si>
   <si>
     <t>3481</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3481/requerimento_no.256-2025-jorge_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3481/requerimento_no.256-2025-jorge_assinado.pdf</t>
   </si>
   <si>
     <t>Requerimento para implantação de programa contínuo de tapa-buracos, garantindo a manutenção das ruas e avenidas do município.</t>
   </si>
   <si>
     <t>3482</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3482/requerimento_no.257-2025-jorge_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3482/requerimento_no.257-2025-jorge_assinado.pdf</t>
   </si>
   <si>
     <t>Requerimento para Reforma na UBS Josemar Miguel</t>
   </si>
   <si>
     <t>3483</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3483/requerimento_no.258-2025-jorge_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3483/requerimento_no.258-2025-jorge_assinado.pdf</t>
   </si>
   <si>
     <t>Requerimento para manutenção e atualização do sistema de segurança _x000D_
 da Escola Regina Almeida de Araujo.</t>
   </si>
   <si>
     <t>3484</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3484/requerimento_no.259-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3484/requerimento_no.259-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer: Solicitação de instalação de rede elétrica de baixa tensão no Distrito do Porto Murtinho.</t>
   </si>
   <si>
     <t>3485</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3485/requerimento_no.260-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3485/requerimento_no.260-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer: Solicitação de Reforma do Portal de Entrada da Cidade.</t>
   </si>
   <si>
     <t>3487</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3487/requerimento_no.261-2025-geferson_braz_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3487/requerimento_no.261-2025-geferson_braz_assinado.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja feito a abertura da extensão do trecho da Linha 03, que passa dentro da Fazenda Aparecida, até na Fazenda do Progresso.</t>
   </si>
   <si>
     <t>3489</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3489/requerimento_no.262-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3489/requerimento_no.262-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Requer um profissional para escolinha de futebol para a comunidade Eldorado LINHA 08 Porto Murtinho, para dar continuidade ao andamento da escolinha de futebol.</t>
   </si>
   <si>
     <t>3493</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3493/requerimento_no.263-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3493/requerimento_no.263-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer com a máxima urgência, a disponibilização de uma ambulância para a Unidade Básica de Saúde Osmar Silva da Costa, localizada na BR-429, km 75.</t>
   </si>
   <si>
     <t>3494</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3494/requerimento_no.264-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3494/requerimento_no.264-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer: Solicitação de contratação de serviços de saúde não disponíveis na rede pública municipal.</t>
   </si>
   <si>
     <t>3496</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3496/requerimento_no.265-2025-ozias_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3496/requerimento_no.265-2025-ozias_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação de instalação de redes de proteção nos gols localizados no fundo da quadra poliesportiva da comunidade São Pedro.</t>
   </si>
   <si>
     <t>3500</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3500/requerimento_no.266-2025-jorge_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3500/requerimento_no.266-2025-jorge_assinado.pdf</t>
   </si>
   <si>
     <t>3501</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3501/requerimento_no.267-2025-jorge_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3501/requerimento_no.267-2025-jorge_assinado.pdf</t>
   </si>
   <si>
     <t>Requerimento para reforma das praças urbanas e das academias ao ar livre do município.</t>
   </si>
   <si>
     <t>3502</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3502/requerimento_no.268-2025-jorge_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3502/requerimento_no.268-2025-jorge_assinado.pdf</t>
   </si>
   <si>
     <t>Requerimento para alocação de um caminhão destinado ao transporte de mudas agrícolas</t>
   </si>
   <si>
     <t>3503</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3503/requerimento_no.269-2025-elias_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3503/requerimento_no.269-2025-elias_assinado.pdf</t>
   </si>
   <si>
     <t>Instalação de um bueiro na Linha 2B Travessão com a Linha 04, em_x000D_
 frente à propriedade do senhor Odair da Emater.</t>
   </si>
   <si>
     <t>3504</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3504/requerimento_no.270-2025-geferson_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3504/requerimento_no.270-2025-geferson_assinado.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Agricultura e Desenvolvimento Rural, que comece o cascalhamento na Linha 033 e disponibilize a PC para fazer a reabertura do travessão da Linha 033 para a Linha 95.</t>
   </si>
   <si>
     <t>3505</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3505/requerimento_no.271-2025-geferson_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3505/requerimento_no.271-2025-geferson_assinado.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Agricultura e Desenvolvimento Rural, que faça o cascalhamento da Linha 29 para a Linha 95, lá no pé de galinha, e no travessão da Linha 33 para Linha 29, onde necessita de cascalhamento e reabertura.</t>
   </si>
   <si>
     <t>3506</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3506/requerimento_no.272-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3506/requerimento_no.272-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Requer junto à Secretaria municipal de Saúde que seja realizado a convocação junto ao ministério da saúde a reposição de 3 médicos do Programa mais médicos para dar continuidade nos atendimentos no município.</t>
   </si>
   <si>
     <t>3507</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3507/requerimento_no.273-2025-geferson_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3507/requerimento_no.273-2025-geferson_assinado.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Agricultura e Desenvolvimento Rural, que faça o cascalhamento no travessão da Linha 27 para a Linha 75, no travessão depois do Se Braz Buriola.</t>
   </si>
   <si>
     <t>3508</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3508/requerimento_no.274-2025-ozias_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3508/requerimento_no.274-2025-ozias_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação de cascalhamento na Linha 23, próximo a LH 69,próximo onde mora o senhor Jair.</t>
   </si>
   <si>
     <t>3509</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3509/requerimento_no.275-2025-ozias_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3509/requerimento_no.275-2025-ozias_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação de atendimento Médico especializados nas áreas de Pediatria,_x000D_
 Ortopedia e Ginecologia na linha 75, Zona Rural de São Francisco do Guaporé-RO.</t>
   </si>
   <si>
     <t>3510</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3510/requerimento_no.276-2025-geferson_braz_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3510/requerimento_no.276-2025-geferson_braz_assinado.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, que faça a aquisição de um celular com um número específico para cada Posto de Saúde e também lá para a Sala de Vacina, para que a população possa entrar em contato diretamente no telefone da unidade.</t>
   </si>
   <si>
     <t>3511</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3511/requerimento_no.277-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3511/requerimento_no.277-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação de cascalhamento da Linha 21, localizada BR,429 km 66.</t>
   </si>
   <si>
     <t>3512</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3512/requerimento_no.278-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3512/requerimento_no.278-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>: Solicitação de cascalhamento da Linha 23 localizada BR 429 Km 69.</t>
   </si>
   <si>
     <t>3513</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3513/requerimento_no.279-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3513/requerimento_no.279-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>REQUEIRO que seja encaminhado o presente ao Senhor Secretário Municipal de Infraestrutura e Serviços Públicos, solicitando, em caráter de urgência, a realização de serviço de dedetização na Capela Mortuária do Município São Francisco do Guaporé – RO.</t>
   </si>
   <si>
     <t>3514</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3514/requerimento_no.280-2025-jorge_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3514/requerimento_no.280-2025-jorge_assinado.pdf</t>
   </si>
   <si>
     <t>Requerimento para Limpeza e Manutenção da Área do Antigo Colégio Maria Marta e da Escola da Linha 75</t>
   </si>
   <si>
     <t>3515</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3515/requerimento_no.281-2025-jorge_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3515/requerimento_no.281-2025-jorge_assinado.pdf</t>
   </si>
   <si>
     <t>Requerimento para instalação de um quebra-molas na Rua Manaus, em frente à Praça da Bíblia.</t>
   </si>
   <si>
     <t>3516</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3516/requerimento_no.282-2025-jorge_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3516/requerimento_no.282-2025-jorge_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação de convênio terceirizado para realização de exames de vitaminas.</t>
   </si>
   <si>
     <t>3523</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3523/requerimento_no.283-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3523/requerimento_no.283-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Requer junto à Secretaria municipal de Educação a troca do forro dos banheiros e do beiral da Escola Municipal Regina de Almeida, tendo em vista a_x000D_
 necessidade urgente de manutenção para garantir a segurança, salubridade e o bem-estar de alunos, professores e demais funcionários.</t>
   </si>
   <si>
     <t>3524</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3524/requerimento_no.284-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3524/requerimento_no.284-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Requer seja feito um quebra-molas na Rua Floriano Peixoto, entre a Rua Chico Mendes e Rua Presidente Costa e Silva.</t>
   </si>
   <si>
     <t>3525</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3525/requerimento_no.285-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3525/requerimento_no.285-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Requer seja solicitado a disponibilização de internet gratuita via satélite Starlink na ambulancha e barco da secretária de Educação, devido embarcação_x000D_
 permanecer longos períodos em trânsito sobre as águas, especialmente durante os atendimentos as comunidades pedra negras e santo Antônio, devido aos deslocamentos dos profissionais os quais fazem atendimento naquela localidade.</t>
   </si>
   <si>
     <t>3526</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3526/requerimento_no.286-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3526/requerimento_no.286-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requerimento de revisão da tipologia das escolas para fins de remuneração dos cargos de Diretor Escolar e Secretário Escolar.</t>
   </si>
   <si>
     <t>3527</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3527/requerimento_no.287-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3527/requerimento_no.287-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requerimento de realinhamento e readequação salarial dos servidores do Magistério Público Municipal.</t>
   </si>
   <si>
     <t>3528</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3528/requerimento_no.288-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3528/requerimento_no.288-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requerimento de subsídio para Coordenador Escolar e Orientador Escolar.</t>
   </si>
   <si>
     <t>3529</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>Agnielde Fotógrafo, Jorge Honorato, Professor Marcio</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3529/requerimento_no.289-2025-agnielde_jorge_profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3529/requerimento_no.289-2025-agnielde_jorge_profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a substituição dos 26 postes elétricos da comunidade de Santo Antônio, os potes são em madeira em muitos deles apresenta risco de cair.</t>
   </si>
   <si>
     <t>3530</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3530/requerimento_no.290-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3530/requerimento_no.290-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>requer a manutenção da iluminação pública e instalação nos trechos ainda_x000D_
 não contemplados na Avenida Paraná - Bairro Alto Alegre em São Francisco do_x000D_
 Guaporé - RO.</t>
   </si>
   <si>
     <t>3532</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3532/requerimento_no.291-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3532/requerimento_no.291-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a limpeza de terrenos baldios na Avenida Paraná - Bairro Alto Alegre em São Francisco do Guaporé - RO.</t>
   </si>
   <si>
     <t>3533</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3533/requerimento_no.292-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3533/requerimento_no.292-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a Instalação de Rede de Baixa Tensão no Distrito de Porto Murtinho</t>
   </si>
   <si>
     <t>3534</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3534/requerimento_no.293-2025-eber_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3534/requerimento_no.293-2025-eber_assinado.pdf</t>
   </si>
   <si>
     <t>A prefeitura municipal faça um aditivo e seja contratado mais 300 metros de pavimentação asfáltica para (emendar) concluir a pavimentação até as ruas já asfaltadas na cidade baixa, perto da garagem da prefeitura, sendo 100 metros na rua São Francisco entre as ruas Dom João VI e a Rio Madeira, 100 metros na Rua Rio Madeira entre as ruas Samuel Lourenço e Suelen Pascon, 100 metros na rua Suelem Pascon entre as ruas Rio Madeira e Dom João VI.</t>
   </si>
   <si>
     <t>3535</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/</t>
   </si>
   <si>
     <t>Providenciar um Quebra-molas.</t>
   </si>
   <si>
     <t>3536</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>Disponibilizar um Técnico de Enfermagem.</t>
   </si>
   <si>
     <t>3537</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3537/requerimento_no.296-2025-eber_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3537/requerimento_no.296-2025-eber_assinado.pdf</t>
   </si>
   <si>
     <t>Que seja feita a limpeza e corta da grama no estádio municipal.</t>
   </si>
   <si>
     <t>3538</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3538/requerimento_no.297-2025-eber_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3538/requerimento_no.297-2025-eber_assinado.pdf</t>
   </si>
   <si>
     <t>Que seja realizado os campeonatos suíços nas categorias, aberto, veteranos, quarentões e feminino.</t>
   </si>
   <si>
     <t>3539</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3539/requerimento_no.298-2025-eber_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3539/requerimento_no.298-2025-eber_assinado.pdf</t>
   </si>
   <si>
     <t>O informativo referente ao restante dos 500 mil destinado as arquibancadas e reformas dos vestuários e banheiros do estádio municipal, sendo ele 152 mil destinado na troca do gramado do estádio está em andamento.</t>
   </si>
   <si>
     <t>3540</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3540/requerimento_no.299-2025-eber_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3540/requerimento_no.299-2025-eber_assinado.pdf</t>
   </si>
   <si>
     <t>O desligamento dos refletores do estádio municipal quando não estiver em uso.</t>
   </si>
   <si>
     <t>3541</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3541/requerimento_no.300-2025-braz_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3541/requerimento_no.300-2025-braz_assinado.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo juntamente com o Secretário de Esportes para que possam fazer a instalação de iluminação no campo localizado na LH 90 (conhecida como “Boiadeira”), esquina com a linha “Noventinha na comunidade João Batista.</t>
   </si>
   <si>
     <t>3542</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3542/requerimento_no.301-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3542/requerimento_no.301-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a Solicitação para realização de evento de motocross.</t>
   </si>
   <si>
     <t>3544</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3544/requerimento_no.302-2025-alessandra_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3544/requerimento_no.302-2025-alessandra_assinado.pdf</t>
   </si>
   <si>
     <t>Disponibilizar um TÉCNICO DE ENFERMAGEM na UBS CLÓVIS DOS _x000D_
 SANTOS, localizado no setor do Porto Murtinho.</t>
   </si>
   <si>
     <t>3545</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3545/requerimento_no.303-2025-alessandra_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3545/requerimento_no.303-2025-alessandra_assinado.pdf</t>
   </si>
   <si>
     <t>Providenciar um Quebra-molas Av. Tancredo neves, numero 2550, centro, depois da Frutaria do Ribeiro.</t>
   </si>
   <si>
     <t>3548</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3548/requerimento_no.304-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3548/requerimento_no.304-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer apoio para realização de evento em comemoração ao Dia dos Pais em São Francisco do Guaporé – RO.</t>
   </si>
   <si>
     <t>3549</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3549/requerimento_no.305-2025-elias_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3549/requerimento_no.305-2025-elias_assinado.pdf</t>
   </si>
   <si>
     <t>Aquisição de uma cascalheira no setor chacareiro – Linha Eixo.</t>
   </si>
   <si>
     <t>3550</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3550/requerimento_no.306-2025-elias_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3550/requerimento_no.306-2025-elias_assinado.pdf</t>
   </si>
   <si>
     <t>Instalação de redutores de velocidade (quebra-molas) na Avenida Paraná, no bairro_x000D_
 Cidade Baixa, no trecho entre as ruas Ronaldo Aragão e Campos Sales.</t>
   </si>
   <si>
     <t>3551</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3551/requerimento_no.307-2025-jorge_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3551/requerimento_no.307-2025-jorge_assinado.pdf</t>
   </si>
   <si>
     <t>Requerimento para criação de um plano de drenagem urbana visando evitar alagamentos em épocas de chuva.</t>
   </si>
   <si>
     <t>3552</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3552/requerimento_no.308-2025-jorge_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3552/requerimento_no.308-2025-jorge_assinado.pdf</t>
   </si>
   <si>
     <t>Requerimento para reforma e melhoria das praças urbanas do município.</t>
   </si>
   <si>
     <t>3553</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3553/requerimento_no.309-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3553/requerimento_no.309-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer, com urgência, o envio do caminhão-pipa para realizar a aspersão de água nas vias públicas onde estão sendo executados os serviços de patrolamento e limpeza nas ruas no município.</t>
   </si>
   <si>
     <t>3554</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3554/requerimento_no.310-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3554/requerimento_no.310-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a disponibilização de espaço físico (salas) nas proximidades da Escola Senador Ronaldo Aragão para realização de aulas de Recuperação/Reforço escolar de alunos matriculados nesta unidade.</t>
   </si>
   <si>
     <t>3555</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3555/requerimento_no.311-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3555/requerimento_no.311-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a aquisição de novas tendas para os eventos realizados pelo Município, para atender às demandas das secretarias, oferecendo estrutura de cobertura e abrigo em eventos municipais, culturais, esportivos, sociais e educativos realizados pelo Município.</t>
   </si>
   <si>
     <t>3556</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3556/requerimento_no.312-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3556/requerimento_no.312-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a construção de um quebra-molas no final do asfalto da Vila Eldorado, localizada na Linha 08, em Porto Murtinho.</t>
   </si>
   <si>
     <t>3557</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3557/requerimento_no.313-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3557/requerimento_no.313-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a realização de manutenção nas passarelas da cidade, as quais se encontram bem danificadas. Muitas delas apresentam danos estruturais,_x000D_
 necessitando com urgência de reparos, incluindo pintura e substituição ou conserto dos corrimãos, que estão quebrados ou enferrujados, comprometendo a segurança dos pedestres.</t>
   </si>
   <si>
     <t>3558</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3558/requerimento_no.314-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3558/requerimento_no.314-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Requer seja realizado a Limpeza da Vila Eldorado na Linha 08 Porto Murtinho, com equipe do Senhor Lindolfo, no qual faz a retirada de areia e limpeza_x000D_
 do asfalto e outras manutenções necessárias a ser realizada no local.</t>
   </si>
   <si>
     <t>3559</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3559/requerimento_no.315-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3559/requerimento_no.315-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Requer seja realizada a manutenção no asfalto da Vila Eldorado na Linha 08 Porto Murtinho, a manutenção e a recuperação do asfalto, a fim de garantir melhores condições de segurança dos veículos dos moradores daquela localidade.</t>
   </si>
   <si>
     <t>3560</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>Requer seja realizada a Reforma do Posto de Saúde da Comunidade de Pedras Negras. Durante visita recente à comunidade, foi possível constatar a _x000D_
 necessidade urgente de melhorias na estrutura física do posto de saúde e assegurar o bem-estar da comunidade.</t>
   </si>
   <si>
     <t>3561</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3561/requerimento_no.317-2025-braz_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3561/requerimento_no.317-2025-braz_assinado.pdf</t>
   </si>
   <si>
     <t>Requer que o Poder Executivo juntamente com a secretaria de agricultura e desenvolvimento rural para que possam fazer a limpeza na beira do travessão da linha 02B para a linha gogo da onça da beira do mato.</t>
   </si>
   <si>
     <t>3562</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3562/requerimento_no.318-2025-braz_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3562/requerimento_no.318-2025-braz_assinado.pdf</t>
   </si>
   <si>
     <t>Requer que o Poder Executivo comece a providenciar o transporte para puxar o calcário para os produtores rurais.</t>
   </si>
   <si>
     <t>3563</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3563/requerimento_no.319-2025-braz_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3563/requerimento_no.319-2025-braz_assinado.pdf</t>
   </si>
   <si>
     <t>Requer que o Poder Executivo para que contrate com urgência um caminhão pipa para dentro da cidade.</t>
   </si>
   <si>
     <t>3564</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3564/requerimento_no.320-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3564/requerimento_no.320-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Requer junto à Secretaria Municipal de Esporte, que  após o término do JOER, inicie imediatamente o Campeonato Municipal de Futsal.</t>
   </si>
   <si>
     <t>3565</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3565/requerimento_no.321-2025-braz_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3565/requerimento_no.321-2025-braz_assinado.pdf</t>
   </si>
   <si>
     <t>Requer que o Poder Executivo juntamente com a secretaria de agricultura e desenvolvimento rural para que possam limpar e aterrar o terreno da igreja_x000D_
 luterana próximo ao fórum municipal.</t>
   </si>
   <si>
     <t>3567</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3567/requerimento_no.322-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3567/requerimento_no.322-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a instalação de iluminação pública de baixa tensão na Avenida São Francisco, nas proximidades da LH 01, em São Francisco do Guaporé- RO.</t>
   </si>
   <si>
     <t>3568</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3568/requerimento_no.323-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3568/requerimento_no.323-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a Solicitação de Equipamentos e Infraestrutura para a UBS Romana Isabel da Silva de Paula localizado na LH 06 setor Porto Murtinho e também para a UBS Clovis dos Santos, localizado no distrito Porto Murtinho: 2 notebooks, 2 câmeras para notebook e 2 microfones para notebook, a fim de viabilizar o atendimento por telemedicina; 1 ar-condicionado de 22.000 BTUs para a recepção da unidade; 1 cortina de ar para a recepção.</t>
   </si>
   <si>
     <t>3569</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3569/requerimento_no.324-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3569/requerimento_no.324-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer placas de identificação das vias públicas compreendidas entre a Rua São Francisco e a Linha LH-01 em São Francisco do Guaporé.</t>
   </si>
   <si>
     <t>3570</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3570/requerimento_no.325-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3570/requerimento_no.325-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a aquisição de terrenos para fins de construção de unidades habitacionais populares vinculadas a programa do Governo Federal “Minha Casa, Minha Vida”.</t>
   </si>
   <si>
     <t>3571</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3571/requerimento_no.326-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3571/requerimento_no.326-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer operação tapa-buraco na ponte sobre o Rio Conceição, na BR-429, saída para Costa Marques.</t>
   </si>
   <si>
     <t>3572</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3572/requerimento_no.327-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3572/requerimento_no.327-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação dos trechos não contemplados da Avenida Paraná e da Rua Floriano Peixoto</t>
   </si>
   <si>
     <t>3575</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3575/requerimento_no.328-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3575/requerimento_no.328-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Requer junto a secretaria Municipal de Infraestrutura e Serviços Públicos(obras) que no momento que estiverem fazendo o patrolamento das linhas, que faça as entradas de todas as propriedades rurais, facilitando a entrada e saídas dos produtores de suas propriedades.</t>
   </si>
   <si>
     <t>3576</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3576/requerimento_no.329-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3576/requerimento_no.329-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a Construção de dois quebra-molas entre a Rua Sete de Setembro com a Rua Floriano Peixoto no Bairro Cidade Alta.</t>
   </si>
   <si>
     <t>3577</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3577/requerimento_no.330-2025-alessandra_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3577/requerimento_no.330-2025-alessandra_assinado.pdf</t>
   </si>
   <si>
     <t>Disponibilizar TRES AR CONDICIONADO E UMA GELADEIRA PARA A _x000D_
 UBS CLÓVIS DOS SANTOS, localizado no setor do Porto Murtinho.</t>
   </si>
   <si>
     <t>3578</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3578/requerimento_no.331-2025-alessandra_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3578/requerimento_no.331-2025-alessandra_assinado.pdf</t>
   </si>
   <si>
     <t>Disponibilizar UM COMPUTADOR E UMA IMPRESSORA QUE TIRA _x000D_
 XEROX E SCANER PARA A UBS CLÓVIS DOS SANTOS, Localizado no setor do _x000D_
 Porto Murtinho.</t>
   </si>
   <si>
     <t>3579</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3579/requerimento_no.332-2025-alessandra_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3579/requerimento_no.332-2025-alessandra_assinado.pdf</t>
   </si>
   <si>
     <t>Disponibilizar APARELHOS CELULARES PARA A SALA DE RECEPCAO _x000D_
 DA UBS CLÓVIS DOS SANTOS, Localizado no setor do Porto Murtinho.</t>
   </si>
   <si>
     <t>3580</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3580/requerimento_no.333-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3580/requerimento_no.333-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer instalação de bueiro na Linha 66, em frente a propriedade do Senhor Leandro, e outro bueiro na entrada da propriedade do Senhor Luiz.</t>
   </si>
   <si>
     <t>3582</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>Requer patrolamento e cascalhamento das ruas da Vila Rica do Guaporé, Linha 75- BR 429.</t>
   </si>
   <si>
     <t>3583</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3583/requerimento_no.335-2025-geferson_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3583/requerimento_no.335-2025-geferson_assinado.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Agricultura, um convênio com a EFAVALE, para fazer um viveiro de mudas municipal, para distribuição gratuita de mudas de café, castanha, açaí, colorau, itaúba, e outras, para os nossos produtores rural.</t>
   </si>
   <si>
     <t>3584</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3584/requerimento_no.336-2025-braz_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3584/requerimento_no.336-2025-braz_assinado.pdf</t>
   </si>
   <si>
     <t>Requer que o Poder Executivo seja exigido o uso obrigatório tampas das caçambas utilizadas no transporte de resíduos no âmbito do Programa Hora do_x000D_
 Produtor</t>
   </si>
   <si>
     <t>3585</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3585/requerimento_no.337-2025-braz_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3585/requerimento_no.337-2025-braz_assinado.pdf</t>
   </si>
   <si>
     <t>Requer que o Poder Executivo que providencie uma equipe para fazer a instalação elétrica do pavilhão novo da escola Neuza Bravin, pois as salas estão_x000D_
 lotadas.</t>
   </si>
   <si>
     <t>3586</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3586/requerimento_no.338-2025-braz_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3586/requerimento_no.338-2025-braz_assinado.pdf</t>
   </si>
   <si>
     <t>Requer que o Poder Executivo Para que aproveite a empresa contratada para fazer o asfalto, que retire e refaça o asfalto em frente ao posto de saúde Anestino de almeida.</t>
   </si>
   <si>
     <t>3587</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3587/requerimento_no.339-2025-geferson_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3587/requerimento_no.339-2025-geferson_assinado.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Infra Estrutura e Urbanismo, que faça um quebra mola na Avenida Brasil, em frente a Igreja Batista Filhos da Honra, no bairro Alto Alegre.</t>
   </si>
   <si>
     <t>3594</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3594/requerimento_no.340-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3594/requerimento_no.340-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a reforma da casinha de espera dos alunos na entrada da Linha 90, em São Francisco do Guaporé.</t>
   </si>
   <si>
     <t>3595</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3595/requerimento_no.341-2025-ozias_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3595/requerimento_no.341-2025-ozias_assinado.pdf</t>
   </si>
   <si>
     <t>Requer: Solicitação de recolhimento de maquinários inativos das associações de São Francisco do Guaporé-RO.</t>
   </si>
   <si>
     <t>3599</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3599/requerimento_no.342-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3599/requerimento_no.342-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer instalação de redes de proteção na quadra de esportes da Linha 06, Comunidade São Pedro em São Francisco do Guaporé</t>
   </si>
   <si>
     <t>3602</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3602/requerimento_no.343-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3602/requerimento_no.343-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a limpeza dos travessões das Linhas 6 para 4, 8 para 6 e 10 para 8.</t>
   </si>
   <si>
     <t>3604</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3604/requerimento_no.344-2025-ozias_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3604/requerimento_no.344-2025-ozias_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação de cascalhento na Linha 8, próximo a propriedade do Roberto no município de São Francisco do Guaporé-RO.</t>
   </si>
   <si>
     <t>3605</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3605/requerimento_no.345-2025-ozias_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3605/requerimento_no.345-2025-ozias_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação instalação das maninhas no travessão da linha 8 pra linha 10, próximo à propriedade do senhor Zé Ramos.</t>
   </si>
   <si>
     <t>3606</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3606/requerimento_no.346-2025-ozias_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3606/requerimento_no.346-2025-ozias_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação que seja feita a reconstrução da ponte localizada na Linha 2B, em frente à propriedade do senhor Didi.</t>
   </si>
   <si>
     <t>3607</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3607/requerimento_no.347-2025-elias_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3607/requerimento_no.347-2025-elias_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação de levantamento de aterro do Rio São Pedro, na linha 06.</t>
   </si>
   <si>
     <t>3610</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3610/requerimento_no.348-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3610/requerimento_no.348-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer o cascalhamento da Linha do Certo – Setor Porto Murtinho.</t>
   </si>
   <si>
     <t>3611</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3611/requerimento_no.349-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3611/requerimento_no.349-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a compra e doação de 300 sacos de sementes de milho para produtores de leite.</t>
   </si>
   <si>
     <t>3612</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3612/requerimento_no.350-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3612/requerimento_no.350-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a manutenção da quadra de esportes da Linha 06 São Pedro.</t>
   </si>
   <si>
     <t>3617</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3617/requerimento_no.351-2025-alessandra_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3617/requerimento_no.351-2025-alessandra_assinado.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO A AQUISIÇÃO DE UM ÔNIBUS PARA TRANSPORTE DE PACIENTES QUE FAZEM TRATAMENTO DE SAÚDE EM PORTO VELHO.</t>
   </si>
   <si>
     <t>3618</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3618/requerimento_no.352-2025-alessandra_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3618/requerimento_no.352-2025-alessandra_assinado.pdf</t>
   </si>
   <si>
     <t>Requer do Poder Executivo juntamente com a Secretaria de Saúde a contratação de serviços de endoscopia para a UBS Anestino de Almeida.</t>
   </si>
   <si>
     <t>3619</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3619/requerimento_no.353-2025-alessandra_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3619/requerimento_no.353-2025-alessandra_assinado.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO A AQUISIÇÃO DE APARELHOS CELULARES PARA USO DA SECRETARIA MUNICIPAL DE SAÚDE (SEMUSA).</t>
   </si>
   <si>
     <t>3620</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3620/requerimento_no.354-2025-braz_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3620/requerimento_no.354-2025-braz_assinado.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo possa molhar em frete a igreja católica na linha 29 perto do Saul onde irá acontecer um evento da comunidade no dia _x000D_
 15/06/2025</t>
   </si>
   <si>
     <t>3621</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3621/requerimento_no.355-2025-braz_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3621/requerimento_no.355-2025-braz_assinado.pdf</t>
   </si>
   <si>
     <t>Para que o Poder Executivo juntamente com a Secretaria de agricultura e Desenvolvimento rural, idaron e as casas de agropecuárias que possa façam a _x000D_
 coleta dos galões de agrotóxicos para descartarem correta.</t>
   </si>
   <si>
     <t>3622</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3622/requerimento_no.356-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3622/requerimento_no.356-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a realização dos serviços de cascalhamento e patrolamento na estrada da Linha do Verdurão.</t>
   </si>
   <si>
     <t>3623</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3623/requerimento_no.357-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3623/requerimento_no.357-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a realização de obras de pavimentação na Rua Samuel Lourenço, no trecho compreendido entre a Avenida Tancredo Neves e a rodovia BR.</t>
   </si>
   <si>
     <t>3624</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3624/requerimento_no.358-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3624/requerimento_no.358-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a reabertura da Linha 031, patrolamento e manutenção de bueiro no Rio Fuxico.</t>
   </si>
   <si>
     <t>3625</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3625/requerimento_no.359-2025-elias_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3625/requerimento_no.359-2025-elias_assinado.pdf</t>
   </si>
   <si>
     <t>Rebaixamento (corte) do morro localizado na linha 07 Km 1,5 lado Noma BR 429.</t>
   </si>
   <si>
     <t>3629</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3629/requerimento_no.360-2025-jorge_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3629/requerimento_no.360-2025-jorge_assinado.pdf</t>
   </si>
   <si>
     <t>Requerimento para reforma e melhoria das praças urbanas do _x000D_
 município.</t>
   </si>
   <si>
     <t>3630</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3630/requerimento_no.361-2025-jorge_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3630/requerimento_no.361-2025-jorge_assinado.pdf</t>
   </si>
   <si>
     <t>Requerimento para Melhoria da Iluminação Pública em Áreas Afastadas do Município</t>
   </si>
   <si>
     <t>3631</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3631/requerimento_no.362-2025-elias_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3631/requerimento_no.362-2025-elias_assinado.pdf</t>
   </si>
   <si>
     <t>Instalação de três redutores de velocidade (quebra-molas) na Rua Maria Júlia_x000D_
 Mathias, situada no bairro Cidade Alta.</t>
   </si>
   <si>
     <t>3633</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3633/requerimento_no.363-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3633/requerimento_no.363-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer envio de caminhão pipa para molhar a Rodovia 377, na esquina da Linha 10 – Setor Porto Murtinho, nos dias 26 e 27 de julho de 2025.</t>
   </si>
   <si>
     <t>3634</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3634/requerimento_no.364-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3634/requerimento_no.364-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer Iluminação com Instalação de Refletores no Campo de Futebol da Comunidade Nossa Senhora Aparecida na Rodovia 377, esquina com a Linha 10 – Setor Porto Murtinho.</t>
   </si>
   <si>
     <t>3636</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3636/requerimento_no.365-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3636/requerimento_no.365-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer o fornecimento de marmitas aos servidores da Secretaria de Agricultura e da Secretaria de Infraestrutura, em São Francisco do Guaporé.</t>
   </si>
   <si>
     <t>3638</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3638/requerimento_no.366-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3638/requerimento_no.366-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer envio do caminhão-pipa para a Rua Presidente Costa e Silva.</t>
   </si>
   <si>
     <t>3639</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3639/requerimento_no.367-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3639/requerimento_no.367-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a disponibilização de transporte para estudantes do curso técnico de enfermagem.</t>
   </si>
   <si>
     <t>3640</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3640/requerimento_no.368-2025-alessandra_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3640/requerimento_no.368-2025-alessandra_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a disponibilização de Rede Wi-Fi aberta nas UBS (Unidades Básicas de Saúde), para fins de agilidade nos serviços de atendimento e inclusão _x000D_
 digital.</t>
   </si>
   <si>
     <t>3641</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3641/requerimento_no.369-2025-alessandra_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3641/requerimento_no.369-2025-alessandra_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a Aquisição de um Aparelho Celular para a Sala de Fisioterapia para aprimorar os atendimentos.</t>
   </si>
   <si>
     <t>3642</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3642/requerimento_no.370-2025-alessandra_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3642/requerimento_no.370-2025-alessandra_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a Implementação de Programa de Capacitação Técnica Especializada voltada aos profissionais das áreas de Saúde e Educação, a fim de aprimorar os serviços prestados às pessoas com Transtorno do Espectro Autista- TEA.</t>
   </si>
   <si>
     <t>3644</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3644/requerimento_no.371-2025-ozias_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3644/requerimento_no.371-2025-ozias_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação contratação de Médicos Radiologista para realização de exames de raio-X com laudo em São Francisco do Guaporé-RO.</t>
   </si>
   <si>
     <t>3645</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3645/requerimento_no.372-2025-ozias_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3645/requerimento_no.372-2025-ozias_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação de limpeza e manutenção no quintal do Posto de Saúde da Comunidade Santa Luzia em São Francisco do Guaporé-RO.</t>
   </si>
   <si>
     <t>3646</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3646/requerimento_no.373-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3646/requerimento_no.373-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a realização de serviços de aterramento nos terrenos das residências localizadas nas ruas recentemente contempladas com obras de pavimentação asfáltica, onde o nível da via ficou consideravelmente mais alto que os terrenos particulares, em São Francisco do Guaporé - RO.</t>
   </si>
   <si>
     <t>3648</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3648/requerimento_no.374-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3648/requerimento_no.374-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a realização de serviços de aterramento dos terrenos residenciais afetados pela elevação do nível das ruas após pavimentação asfáltica, em São Francisco do Guaporé.</t>
   </si>
   <si>
     <t>3649</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3649/requerimento_no.375-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3649/requerimento_no.375-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Requer junto a secretaria Municipal de Agricultura e desenvolvimento rural que seja realizado o patrolamento de todas as Linhas da Eixo</t>
   </si>
   <si>
     <t>3650</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3650/requerimento_no.376-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3650/requerimento_no.376-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Requer junto a secretaria Municipal de Agricultura e desenvolvimento rural, que faça limpeza da beira da estrada do Travessão da Linha 33 para Linha 29.</t>
   </si>
   <si>
     <t>3653</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3653/requerimento_no.377-2025-alessandra_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3653/requerimento_no.377-2025-alessandra_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação de Limpeza e Troca de Lâmpadas nas Ruas das Casinhas Populares localizadas Próximo ao DER.</t>
   </si>
   <si>
     <t>3654</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3654/requerimento_no.378-2025-alessandra_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3654/requerimento_no.378-2025-alessandra_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro a aquisição de cadeiras destinadas ao atendimento na recepção da Secretaria de Saúde - SEMUSA.</t>
   </si>
   <si>
     <t>3656</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3656/requerimento_no.379-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3656/requerimento_no.379-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer o serviço de terraplanagem para pista de laço na linha 06 km 3, setor Porto Murtinho.</t>
   </si>
   <si>
     <t>3657</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3657/requerimento_no.380-2025-braz_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3657/requerimento_no.380-2025-braz_assinado.pdf</t>
   </si>
   <si>
     <t>"Requer para que o poder Executivo possa disponibilizar um caminhão pipa para molhar em frente a Igreja Assembleia de Deus na linha 90 km 25 no dia 25 de Junho onde terá uma reinauguração da congregação local."</t>
   </si>
   <si>
     <t>3659</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3659/requerimento_no.381-2025-geferson_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3659/requerimento_no.381-2025-geferson_assinado.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Cultura, que faça a alteração da data de Comemoração do Aniversário de São Francisco do Guaporé, para o dia 04 de outubro, dia do padroeiro da Cidade.</t>
   </si>
   <si>
     <t>3660</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3660/requerimento_no.382-2025-jorge_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3660/requerimento_no.382-2025-jorge_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação de transporte para operadores de máquinas agrícolas</t>
   </si>
   <si>
     <t>3661</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3661/requerimento_no.383-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3661/requerimento_no.383-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a instalação de redutor de velocidade (quebra-molas) na Rua Amapá, esquina com a Rua Sete de Setembro, n.º 2861, Bairro Cidade Alta – ao lado da Igreja Assembleia de Deus da Missão.</t>
   </si>
   <si>
     <t>3662</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3662/requerimento_no.384-2025-jorge_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3662/requerimento_no.384-2025-jorge_assinado.pdf</t>
   </si>
   <si>
     <t>Requerimento para implementação de cursos gratuitos de qualificação profissional para jovens e adultos.</t>
   </si>
   <si>
     <t>3663</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3663/requerimento_no.385-2025-jorge_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3663/requerimento_no.385-2025-jorge_assinado.pdf</t>
   </si>
   <si>
     <t>Requerimento urgente para provimento de alimentação aos pacientes em hemodiálise deslocados para fora do município.</t>
   </si>
   <si>
     <t>3666</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3666/requerimento_no.386-2025-ozias_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3666/requerimento_no.386-2025-ozias_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação de instalação de redutor de velocidade (quebra-molas) na Linha 2B, Km 26, em frente à Igreja Assembleia de Deus em São Francisco do Guaporé-RO.</t>
   </si>
   <si>
     <t>3672</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3672/requerimento_no.387-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3672/requerimento_no.387-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a instalação de letreiros turísticos com a frase “EU AMO SÃO FRANCISCO DO GUAPORÉ” na entrada da cidade e na praça municipal.</t>
   </si>
   <si>
     <t>3673</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3673/requerimento_no.388-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3673/requerimento_no.388-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a de regularização do traçado da Linha 18, localizada na região do Manoel Corrêa, saída para o município de Seringueiras.</t>
   </si>
   <si>
     <t>3676</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3676/requerimento_no.389-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3676/requerimento_no.389-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer nomeação de Secretário Adjunto Municipal de Agricultura e Desenvolvimento Rural e elaboração de Plano de Ação da Secretaria Municipal de Agricultura e Desenvolvimento Rural.</t>
   </si>
   <si>
     <t>3677</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3677/requerimento_no.390-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3677/requerimento_no.390-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer caminhão de lixo para recolhimento de resíduos nas entradas das linhas, sentido Costa Marques, até a ponte estreita.</t>
   </si>
   <si>
     <t>3678</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3678/requerimento_no.391-2025-alessandra_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3678/requerimento_no.391-2025-alessandra_assinado.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE MATERIAIS ESPECÍFICOS E BRINQUEDOS TERAPÊUTICOS PARA ATENDIMENTO NA CLÍNICA DE FISIOTERAPIA.</t>
   </si>
   <si>
     <t>3680</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3680/requerimento_no.392-2025-alessandra_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3680/requerimento_no.392-2025-alessandra_assinado.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE MATERIAIS DE FISIOTERAPIA DESTINADOS AO ATENDIMENTO DOMICILIAR.</t>
   </si>
   <si>
     <t>3681</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3681/requerimento_no.393-2025-alessandra_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3681/requerimento_no.393-2025-alessandra_assinado.pdf</t>
   </si>
   <si>
     <t>Aquisição de um Andador Ortopédico Multifuncional a ser utilizado na Sala de Fisioterapia.</t>
   </si>
   <si>
     <t>3682</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3682/requerimento_no.394-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3682/requerimento_no.394-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a realização de corrida de rua e ciclismo em alusão ao Outubro Rosa no município de São Francisco do Guaporé - RO.</t>
   </si>
   <si>
     <t>3687</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3687/requerimento_no.395-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3687/requerimento_no.395-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a elevação de aterro e instalação de manilhas na Linha 29, em frente à propriedade do senhor Valter.</t>
   </si>
   <si>
     <t>3688</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3688/requerimento_no.396-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3688/requerimento_no.396-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a instalação de iluminação pública 100% em LED no distrito de Porto Murtinho e no colégio da Linha 06 (Pereira e Cárceres)</t>
   </si>
   <si>
     <t>3695</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3695/requerimento_no.397-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3695/requerimento_no.397-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a construção de cerca com tela e mureta de tijolos ao redor da orla e pracinha do Distrito de Porto Murtinho.</t>
   </si>
   <si>
     <t>3696</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3696/requerimento_no.398-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3696/requerimento_no.398-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a instalação de um letreiro com a frase “Eu Amo Porto Murtinho” na pracinha próxima à orla do distrito.</t>
   </si>
   <si>
     <t>3697</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3697/requerimento_no.399-2025-geferson_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3697/requerimento_no.399-2025-geferson_assinado.pdf</t>
   </si>
   <si>
     <t>Requer que seja feito o término do muro do Cemitério, e que seja colocado cerca elétrica por cima do muro para evitar o vandalismo.</t>
   </si>
   <si>
     <t>3698</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3698/requerimento_no.400-2025-geferson_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3698/requerimento_no.400-2025-geferson_assinado.pdf</t>
   </si>
   <si>
     <t>Requer que o Laboratório Municipal faça a coleta de exames até as 10 horas, pois temos muitos moradores da zona rural que devido tirarem leite, tem dificuldade de chegar antes das 09 horas.</t>
   </si>
   <si>
     <t>3701</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3701/requerimento_no.401-2025-eber_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3701/requerimento_no.401-2025-eber_assinado.pdf</t>
   </si>
   <si>
     <t>"Solicita ao Poder Executivo Municipal que, por meio da Secretaria Municipal de Meio Ambiente e Turismo, realize o plantio de árvores às margens da BR-429, no trecho correspondente ao perímetro urbano do Município."</t>
   </si>
   <si>
     <t>3704</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3704/requerimento_no.402-2025-geferson_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3704/requerimento_no.402-2025-geferson_assinado.pdf</t>
   </si>
   <si>
     <t>"Solicito a liberação de uma máquina Patrol e um trator rolo compactador, a fim de realizar o nivelamento e compactação do solo em um terreno Particular localizado na Avenida São Francisco n º2876 ao 2996, rua Maringá nº3900 ao 3980, rua das comunicações nº2876 ao 2996 e rua Manaus terreno 09,10,11,12, no bairro cidade baixa, no município de São Francisco do Guaporé-RO."</t>
   </si>
   <si>
     <t>3708</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3708/requerimento_no.403-2025-ozias_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3708/requerimento_no.403-2025-ozias_assinado.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Secretário de Agricultura e Desenvolvimento Rural, seja feita a instalação de telas de proteção nas tesouras do barracão da feira em São Francisco do Guaporé-RO, com objetivo de impedir a entrada de pombos.</t>
   </si>
   <si>
     <t>3709</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3709/requerimento_no.404-2025-jorge_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3709/requerimento_no.404-2025-jorge_assinado.pdf</t>
   </si>
   <si>
     <t>Requerimento para Implantação de Redutor de Velocidade (Quebra-Molas) entre a Rua São Paulo e a Rua Rondônia, na Rua Amapá</t>
   </si>
   <si>
     <t>3711</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3711/requerimento_no.405-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3711/requerimento_no.405-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer serviços de roçagem e manutenção do Aeroporto Municipal de São Francisco do Guaporé- RO</t>
   </si>
   <si>
     <t>3713</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3713/requerimento_no.406-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3713/requerimento_no.406-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer o serviço de terraplanagem e nivelamento em pista de laço na Linha 06, km 3 – Setor Porto Murtinho.</t>
   </si>
   <si>
     <t>3714</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3714/requerimento_no.407-2025-eber_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3714/requerimento_no.407-2025-eber_assinado.pdf</t>
   </si>
   <si>
     <t>Que seja feito o estudo para construção da ponte em alvenaria na linha Eixo que dá acesso ao Porto Murtin uma vez que está com o acesso restrito.</t>
   </si>
   <si>
     <t>3715</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3715/requerimento_no.408-2025-eber_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3715/requerimento_no.408-2025-eber_assinado.pdf</t>
   </si>
   <si>
     <t>Que seja feita a realização de campeonato de voleibol quadra de areia, em dupla.</t>
   </si>
   <si>
     <t>3716</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3716/requerimento_no.409-2025-eber_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3716/requerimento_no.409-2025-eber_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitando informações sobre a licença para a perfuração de poços, artesiano e fossas.</t>
   </si>
   <si>
     <t>3717</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3717/requerimento_no.410-2025-eber_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3717/requerimento_no.410-2025-eber_assinado.pdf</t>
   </si>
   <si>
     <t>Que seja feita a realização do campeonato Suíço nas categorias 40rentão, feminino e aberto, e ver a legalidade de fazer convites  para participação de times equipes das cidades vizinhas.</t>
   </si>
   <si>
     <t>3718</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3718/requerimento_no.411-2025-eber_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3718/requerimento_no.411-2025-eber_assinado.pdf</t>
   </si>
   <si>
     <t>Que seja feito o tapa buracos na rua Marechal Rondon, da rua Amapá até a avenida Brasil</t>
   </si>
   <si>
     <t>3719</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3719/requerimento_no.412-2025-eber_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3719/requerimento_no.412-2025-eber_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitando a Prefeitura  Municipal o projeto da troca do gramado do estádio municipal, recurso restante do Senador Marcos Rogério.</t>
   </si>
   <si>
     <t>3720</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3720/requerimento_no.413-2025-eber_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3720/requerimento_no.413-2025-eber_assinado.pdf</t>
   </si>
   <si>
     <t>Que seja feita a manutenção, cascalhamento levantando a rua que dá acesso ao clube do gaúcho iniciando da avenida Tancredo Neves na rua que passa ao lado do cemitério municipal até a linha do Verdurão.</t>
   </si>
   <si>
     <t>3721</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3721/requerimento_no.414-2025-eber_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3721/requerimento_no.414-2025-eber_assinado.pdf</t>
   </si>
   <si>
     <t>Que seja feita a limpeza das margens e do Igarapé entre o bairro Cidade Baixa e bairro Alto Alegre da rua Chico Mendes até a Avenida São Francisco</t>
   </si>
   <si>
     <t>3722</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3722/requerimento_no.415-2025-eber_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3722/requerimento_no.415-2025-eber_assinado.pdf</t>
   </si>
   <si>
     <t>Que seja feita a manutenção e instalações de iluminação pública na avenida São Francisco no bairro Alto Alegre até a rua Dos Pioneiros</t>
   </si>
   <si>
     <t>3723</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3723/requerimento_no.416-2025-eber_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3723/requerimento_no.416-2025-eber_assinado.pdf</t>
   </si>
   <si>
     <t>Que seja feita a limpeza das datas vazias e sujas na Rua Presidente Costa e Silva bairro Alta Alegre.</t>
   </si>
   <si>
     <t>3724</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3724/requerimento_no.417-2025-eber_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3724/requerimento_no.417-2025-eber_assinado.pdf</t>
   </si>
   <si>
     <t>Que seja feita a limpeza das datas sujas na Avenida São Francisco no bairro Alta alegre.</t>
   </si>
   <si>
     <t>3725</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3725/requerimento_no.418-2025-eber_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3725/requerimento_no.418-2025-eber_assinado.pdf</t>
   </si>
   <si>
     <t>Que seja feita a limpeza das datas vazias e sujas na Rua das Comunicações no bairro Alta Alegre.</t>
   </si>
   <si>
     <t>3726</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3726/requerimento_no.419-2025-ozias_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3726/requerimento_no.419-2025-ozias_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitar a instalação de lixeiras em pontos estratégicos da cidade de São Francisco do Guaporé-RO, com o objetivo de contribuir para a limpeza, organização e preservação do meio ambiente urbano.</t>
   </si>
   <si>
     <t>3727</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3727/requerimento_no.420-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3727/requerimento_no.420-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Requer junto Secretaria Municipal de Esportes, Cultura e Lazer, que seja concedido apoio e incentivo ao projeto desenvolvido pelo Sr. Edson, servidor do Fórum, que vem ministrando aulas voluntárias de vôlei no Ginásio de Esportes do município, contando atualmente com cerca de 40 alunos.</t>
   </si>
   <si>
     <t>3732</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3732/requerimento_no.421-2025-braz_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3732/requerimento_no.421-2025-braz_assinado.pdf</t>
   </si>
   <si>
     <t>Requer para que o Poder Executivo a disponibilização de tomadas elétricas em pontos estratégicos da cidade, com a finalidade de permitir o_x000D_
 carregamento de bicicletas elétricas, especialmente para atender os moradores da zona rural que utilizam esse meio de transporte para se deslocar até a sede do município.</t>
   </si>
   <si>
     <t>3735</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3735/requerimento_422-2025_marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3735/requerimento_422-2025_marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a implantação de um redutor de velocidade (quebra-molas) na Rua Presidente Costa e Silva, esquina com a Rua Ronaldo Aragão, em frente à Casa do Milho, localizada no bairro Centro, neste município de São Francisco do Guaporé– RO.</t>
   </si>
   <si>
     <t>3736</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3736/requerimento_423-2025_marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3736/requerimento_423-2025_marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a contratação de especialistas médicos e ampliação da oferta de exames no município.</t>
   </si>
   <si>
     <t>3742</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3742/requerimento_424-2025_ozias_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3742/requerimento_424-2025_ozias_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação de Instalação de mais  duas Lixeiras, no Setor Porto Murtinho próximo ao Boteco.</t>
   </si>
   <si>
     <t>3743</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3743/requerimento_425-2025_ozias_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3743/requerimento_425-2025_ozias_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação de Limpeza nas Laterais do Campo, Setor Porto Murtinho.</t>
   </si>
   <si>
     <t>3744</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3744/requerimento_426-2025_ozias_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3744/requerimento_426-2025_ozias_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação de Instalação de Manilhas na LH-05 lado esquerdo Setor Chacareiro próximo a propriedade do Deivison.</t>
   </si>
   <si>
     <t>3745</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3745/requerimento_427-2025_ozias_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3745/requerimento_427-2025_ozias_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação de uma Emissão de Licença Ambiental para a construção de um Porto no Setor Porto Murtinho, no rio São Miguel.</t>
   </si>
   <si>
     <t>3746</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3746/requerimento_428-2025_elias_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3746/requerimento_428-2025_elias_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação de limpeza geral e dedetização da Capela Mortuária Municipal.</t>
   </si>
   <si>
     <t>3758</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3758/requerimento_429-2025_profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3758/requerimento_429-2025_profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a solicitação de instalação de insulfilme nas janelas da cozinha da Escola Regina Almeida de Araújo.</t>
   </si>
   <si>
     <t>3760</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3760/requerimento_430-2025_profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3760/requerimento_430-2025_profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a reparação e incorporação do quinquênio ao salário base dos servidores públicos municipais.</t>
   </si>
   <si>
     <t>3762</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3762/requerimento_431-2025_profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3762/requerimento_431-2025_profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a regularização de pendências salariais com base na LC nº 173/2020.</t>
   </si>
   <si>
     <t>3765</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3765/requerimento_432-2025_eber_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3765/requerimento_432-2025_eber_assinado.pdf</t>
   </si>
   <si>
     <t>Que faça o cascalhamento da última quadra da rua RIO Grande do Sul da rua Dos Pinheiros até a rua Integração Nacional no bairro alto alegre.</t>
   </si>
   <si>
     <t>3766</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3766/requerimento_433-2025_profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3766/requerimento_433-2025_profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a instalação de lixeiras públicas em pontos estratégicos do município.</t>
   </si>
   <si>
     <t>3767</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3767/requerimento_434-2025_profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3767/requerimento_434-2025_profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a  designação de funcionários para manutenção e zeladoria das praças municipais.</t>
   </si>
   <si>
     <t>3768</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3768/requerimento_435-2025_eber_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3768/requerimento_435-2025_eber_assinado.pdf</t>
   </si>
   <si>
     <t>Que seja remarcado os estacionamentos da Tancredo Neves e avenida Brasil no centro da cidade.</t>
   </si>
   <si>
     <t>3769</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3769/requerimento_436-2025_profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3769/requerimento_436-2025_profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer providências para instalação de quebra-molas na Rua Jorge Amado.</t>
   </si>
   <si>
     <t>3770</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3770/requerimento_437-2025_eber_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3770/requerimento_437-2025_eber_assinado.pdf</t>
   </si>
   <si>
     <t>Que seja remarcada as faixas de pedestres na nossa cidade.</t>
   </si>
   <si>
     <t>3771</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3771/requerimento_438-2025_eber_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3771/requerimento_438-2025_eber_assinado.pdf</t>
   </si>
   <si>
     <t>O informativo sobre o prazo de construção do barracão de transbordo de reciclagem.</t>
   </si>
   <si>
     <t>3772</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3772/requerimento_439-2025_eber_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3772/requerimento_439-2025_eber_assinado.pdf</t>
   </si>
   <si>
     <t>O informativo sobre os tramites do recurso de 60 mil dado pela Deputada Cristiane Lopes, dinheiro esse que está na conta para a realização de cursos para a população.</t>
   </si>
   <si>
     <t>3773</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3773/requerimento_440-2025_eber_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3773/requerimento_440-2025_eber_assinado.pdf</t>
   </si>
   <si>
     <t>o informativo sobre a quantidade de pessoas que estão na fila para a regulação, e na fila de espera para cirurgia de catarata.</t>
   </si>
   <si>
     <t>3774</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3774/requerimento_441-2025_agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3774/requerimento_441-2025_agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Requer junto Secretaria Municipal de Esportes, Cultura e Lazer, que seja realizada a construção de uma quadra de vôlei de areia na Escola Clodoaldo, localizada na Linha 4 (LH4), zona rural.</t>
   </si>
   <si>
     <t>3775</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3775/requerimento_no_informativo_sobre_a_quantidade_de_pessoas_que_estao_na_fila_para_a_regulacao_e_na_fila_de_espera_para_cirurgia_de_catarata..pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3775/requerimento_no_informativo_sobre_a_quantidade_de_pessoas_que_estao_na_fila_para_a_regulacao_e_na_fila_de_espera_para_cirurgia_de_catarata..pdf</t>
   </si>
   <si>
     <t>O informativo sobre a quantidade de pessoas que estão na fila para a regulação, e na fila de espera para cirurgia de catarata.</t>
   </si>
   <si>
     <t>3776</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3776/requerimento_443-2025_eber_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3776/requerimento_443-2025_eber_assinado.pdf</t>
   </si>
   <si>
     <t>Que faça o cascalhamento da rua das Castanheiras no ramal do verdurão.</t>
   </si>
   <si>
     <t>3777</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3777/requerimento_444-2025_eber_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3777/requerimento_444-2025_eber_assinado.pdf</t>
   </si>
   <si>
     <t>Que faça a abertura do canteiro (retorno) em frente ao Mercado Real na Avenida Paraná.</t>
   </si>
   <si>
     <t>3779</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3779/requerimento_445-2025_geferson_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3779/requerimento_445-2025_geferson_assinado.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Agricultura, que faça o cascalhamento do travessão que entra depois da Linha 02 B, perto do Tião Surdo, travessão que atende aos moradores, Chiru, Seu Paulo e outros moradores.</t>
   </si>
   <si>
     <t>3780</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3780/requerimento_446-2025_geferson_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3780/requerimento_446-2025_geferson_assinado.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, que providencie com urgência os EPIs necessários para o trabalho dos ACS, como camiseta manga longa de proteção UV, protetor solar, luvas, óculos de proteção, chapéu ou boné,  e outros.</t>
   </si>
   <si>
     <t>3781</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3781/requerimento_447-2025_braz_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3781/requerimento_447-2025_braz_assinado.pdf</t>
   </si>
   <si>
     <t>Requer o patrolamento paliativo da linha 95 visando melhorar as condições de tráfego e garantir mais segurança e comodidade aos moradores e usuários da via.</t>
   </si>
   <si>
     <t>3782</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3782/requerimento_no.448-2025-jorge_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3782/requerimento_no.448-2025-jorge_assinado.pdf</t>
   </si>
   <si>
     <t>Requerimento para Manutenção e Nivelamento das Linhas Rurais, com _x000D_
 o Objetivo de Eliminar Ondulações (“Costelas de Vaca”)</t>
   </si>
   <si>
     <t>3783</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3783/requerimento_no.449-2025-ozias_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3783/requerimento_no.449-2025-ozias_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação de Iluminação Pública na Praça da Bíblia, Bairro Alto Alegre.</t>
   </si>
   <si>
     <t>3784</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3784/requerimento_no.450-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3784/requerimento_no.450-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer o patrolamento emergencial no Setor Porto Murtinho até a execução definitiva das obras previstas em convênio.</t>
   </si>
   <si>
     <t>3786</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3786/requerimento_no.451-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3786/requerimento_no.451-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a recuperação e manutenção do bueiro da Linha 02B, no Rio Conceição.</t>
   </si>
   <si>
     <t>3787</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3787/requerimento_no.452-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3787/requerimento_no.452-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a construção de quebra-molas na Linha Boiadeira em frente à casa do Né, em São Francisco do Guaporé- RO.</t>
   </si>
   <si>
     <t>3789</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3789/requerimento_no.453-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3789/requerimento_no.453-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a instalação de quebra-molas na LH 06, km 1,5, em frente à residência do senhor “Zé do Baixão”, em São Francisco do Guaporé- RO.</t>
   </si>
   <si>
     <t>3790</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3790/requerimento_no.454-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3790/requerimento_no.454-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a realização de Torneio de Sinuca com premiação no valor de R$ 30.000,00, visando fomentar o turismo, a cultura e o esporte, em São Francisco do Guaporé- RO.</t>
   </si>
   <si>
     <t>3791</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3791/requerimento_no.455-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3791/requerimento_no.455-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a umidade periódica da Linha Eixo até o km 10, em São Francisco do Guaporé- RO.</t>
   </si>
   <si>
     <t>3795</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3795/requerimento_no.456-2025-eber_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3795/requerimento_no.456-2025-eber_assinado.pdf</t>
   </si>
   <si>
     <t>Informações da compra da ambulância, recurso de emenda parlamentar do senador Marcos Rogério.</t>
   </si>
   <si>
     <t>3796</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3796/requerimento_no.457-2025-eber_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3796/requerimento_no.457-2025-eber_assinado.pdf</t>
   </si>
   <si>
     <t>O informativo sobre as emendas individuais. Como está o andamento para execução do recurso  para a associação dos autistas, e também a contratação de ressonância e outros exames de imagem indicado em 2024 pelo vereador Pastor Eber Lopes .</t>
   </si>
   <si>
     <t>3817</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3817/requerimento_no.458-2025-geferson_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3817/requerimento_no.458-2025-geferson_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a contratação de um mecânico de maquinas pesadas para atender todas as Associações Rurais, avaliando os tratores, indicando a aquisição de peças e fazendo as manutenções.</t>
   </si>
   <si>
     <t>3798</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3798/requerimento_no.459-2025-eber_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3798/requerimento_no.459-2025-eber_assinado.pdf</t>
   </si>
   <si>
     <t>Que seja arrumado o muro que esta deteriorado ao lado do ginásio no antigo Maria Marta precisa fechar bem os muros porque as crianças correm perigos ao ter acesso as dependências do ginásio e do antigo prédio da escola Maria Marta.</t>
   </si>
   <si>
     <t>3799</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3799/requerimento_no.460-2025-eber_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3799/requerimento_no.460-2025-eber_assinado.pdf</t>
   </si>
   <si>
     <t>Que seja finalizada a limpeza da feira municipal.</t>
   </si>
   <si>
     <t>3800</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3800/requerimento_no.461-2025-eber_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3800/requerimento_no.461-2025-eber_assinado.pdf</t>
   </si>
   <si>
     <t>Que seja feita a troca das lâmpadas queimadas na avenida Tancredo Neves, avenida Paraná e rua Amapá.</t>
   </si>
   <si>
     <t>3809</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3809/requerimento_no.462-2025-eber_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3809/requerimento_no.462-2025-eber_assinado.pdf</t>
   </si>
   <si>
     <t>Secretario de financias (SEFIN) estude uma forma de fazer o (perdão dos REFIS) refere-se à anistia ou redução de multas e juros de dívidas tributárias tais como IPTU, Taxa de Lixo entre outras.</t>
   </si>
   <si>
     <t>3810</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3810/requerimento_no.463-2025-alessandra_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3810/requerimento_no.463-2025-alessandra_assinado.pdf</t>
   </si>
   <si>
     <t>REQUER UM AR CONDICIONADO E UMA GELADEIRA PARA A SALA DE FARMÁCIA DA UBS CLÓVIS DOS SANTOS, localizado no setor do Porto Murtinho.</t>
   </si>
   <si>
     <t>3811</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3811/requerimento_no.464-2025-alessandra_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3811/requerimento_no.464-2025-alessandra_assinado.pdf</t>
   </si>
   <si>
     <t>REQUERER em caráter de URGÊNCIA A MANUTENÇÃO OU SUBSTITUIÇÃO DE AR CONDICIONADO DAS SALAS DE AULA DA ESCOLA REGINA DE ALMEIDA.</t>
   </si>
   <si>
     <t>3812</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3812/requerimento_no.465-2025-alessandra_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3812/requerimento_no.465-2025-alessandra_assinado.pdf</t>
   </si>
   <si>
     <t>REQUERER a substituição da farmacêutica, lotada na UBS CLÓVIS DOS SANTOS, durante o período de sua licença maternidade, a fim de assegurar a continuidade dos serviços farmacêuticos prestados à população.</t>
   </si>
   <si>
     <t>3813</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3813/requerimento_no.466-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3813/requerimento_no.466-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a reforma e ampliação do Posto de Saúde Aniceta Mendes Pinheiro – Comunidade Pedras Negras.</t>
   </si>
   <si>
     <t>3814</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3814/requerimento_no.467-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3814/requerimento_no.467-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a pintura e/ou revitalização das faixas amarelas em frente às escolas municipais para estacionamento de ônibus escolares.</t>
   </si>
   <si>
     <t>3815</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3815/requerimento_no.468-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3815/requerimento_no.468-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a manutenção e/ou revisão dos circuitos das câmeras de monitoramento das escolas municipais.</t>
   </si>
   <si>
     <t>3816</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3816/requerimento_no.469-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3816/requerimento_no.469-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Requer junto à Secretaria Municipal de Educação que seja realizada a adaptação do horário de funcionamento da Creche Municipal, de forma que o recebimento das crianças ocorra a partir das 6h30min, considerando que muitos pais iniciam sua jornada de trabalho às 7h00min da manhã.</t>
   </si>
   <si>
     <t>3818</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3818/requerimento_no.470-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3818/requerimento_no.470-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a construção de um quebra-molas em frente à Igreja Assembleia de Deus na Linha 08 na Vila Eldorado, setor Porto Murtinho, em São Francisco do Guaporé - RO.</t>
   </si>
   <si>
     <t>3825</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3825/requerimento_no.471-2025-ozias_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3825/requerimento_no.471-2025-ozias_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação de construção de redutor de velocidade (quebra-molas) em frente a Sorveteria Pinguim, Rua Tiradentes Cidade Baixa.</t>
   </si>
   <si>
     <t>3826</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3826/requerimento_no.472-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3826/requerimento_no.472-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Infraestrutura e Serviços Públicos, que faça um quebra-molas na Rua Presidente Costa e Silva cidade baixa, próximo ao Mini Mercado JP.</t>
   </si>
   <si>
     <t>3827</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3827/requerimento_no.473-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3827/requerimento_no.473-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Requer junto a secretaria Municipal de Infraestrutura e Serviços Públicos, Informações a respeito do andamento da manutenção e reforma do Portal da Cidade, especificando o estágio atual da obra, prazos previstos para conclusão.</t>
   </si>
   <si>
     <t>3828</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3828/requerimento_no.474-2025-alessandra_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3828/requerimento_no.474-2025-alessandra_assinado.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Saúde, a mudança de local da academia dos Idosos ou a Instalação de uma nova, próxima à UBS Clóvis dos Santos, no setor do Porto Murtinho.</t>
   </si>
   <si>
     <t>3829</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3829/requerimento_no.475-2025-alessandra_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3829/requerimento_no.475-2025-alessandra_assinado.pdf</t>
   </si>
   <si>
     <t>REQUER a disponibilização de atendimento médico regular, ao menos duas vezes por semana na UBS CLÓVIS DOS SANTOS, localizada no Setor Porto Murtinho, pois a presença de profissional médico em dias fixos e previamente definidos, garante a celeridade e organização no atendimento.</t>
   </si>
   <si>
     <t>3830</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3830/requerimento__pedido_de_quebra_molas_na_rua_amapa_cidade_alta.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3830/requerimento__pedido_de_quebra_molas_na_rua_amapa_cidade_alta.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Infraestrutura e Serviços Públicos, que faça um quebra-molas na Rua Amapá cidade alta, visando oferecer maior segurança aos moradores e pedestres, bem como reduzir a velocidade dos veículos que trafegam pelo local.</t>
   </si>
   <si>
     <t>3831</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3831/requerimento_no.477-2025-alessandra_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3831/requerimento_no.477-2025-alessandra_assinado.pdf</t>
   </si>
   <si>
     <t>REQUER a instalação de aparelhos de ar condicionado de maior capacidade na área de recepção de todas as Unidades Básicas de Saúde, garantindo condições adequadas de acolhimento e dignidade a todos os cidadãos.</t>
   </si>
   <si>
     <t>3832</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3832/requerimento_no.478-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3832/requerimento_no.478-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a revisão e manutenção do barco da Associação da Comunidade Pedras Negras.</t>
   </si>
   <si>
     <t>3833</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3833/requerimento_no.479-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3833/requerimento_no.479-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação de instalação de letreiros de identificação nas Escolas Municipais- Santo Antônio e Escola Euclides da Cunha.</t>
   </si>
   <si>
     <t>3834</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3834/requerimento_no.480-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3834/requerimento_no.480-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação de atualização do valor da diária do Programa Amigo Voluntário.</t>
   </si>
   <si>
     <t>3835</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3835/requerimento_no.481-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3835/requerimento_no.481-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação de abertura de novo edital para o Programa Amigo Voluntário.</t>
   </si>
   <si>
     <t>3839</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3839/requerimento_no.482-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3839/requerimento_no.482-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a elevação da estrada da Linha 04 (Reta São Pedro) e a instalação de um bueiro, em São Francisco do Guaporé- RO.</t>
   </si>
   <si>
     <t>3840</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3840/requerimento_no.483-2025-ozias_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3840/requerimento_no.483-2025-ozias_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação roçagem do campo de futebol da Linha 90, conhecido como Campo do Miltão.</t>
   </si>
   <si>
     <t>3842</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3842/requerimento_no.484-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3842/requerimento_no.484-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação de informações atualizadas sobre o quadro geral de servidores municipais.</t>
   </si>
   <si>
     <t>3843</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3843/requerimento_no.485-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3843/requerimento_no.485-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação de relatório detalhado referente ao superávit primário do exercício financeiro de 2024.</t>
   </si>
   <si>
     <t>3844</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3844/requerimento_no.486-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3844/requerimento_no.486-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Meio Ambiente e Turismo. parceria com a Associação EcoVale, visando a realização do Projeto de Soltura dos Quelônios (tartarugas) sendo Subvenção, custeio com cadeiras, mesas, tenda e cerimonial com som para o evento.</t>
   </si>
   <si>
     <t>3845</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3845/requerimento_no.487-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3845/requerimento_no.487-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Desenvolvimento Social e da Família que seja realizado o Evento em Comemoração ao Dia das Crianças</t>
   </si>
   <si>
     <t>3846</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3846/requerimento_no.488-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3846/requerimento_no.488-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Poder Executivo Municipal que seja feito a Realização do Evento em Comemoração ao Aniversário do Município de São Francisco do Guaporé.</t>
   </si>
   <si>
     <t>3847</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3847/requerimento_no.489-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3847/requerimento_no.489-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Requer junto Secretaria Municipal de Esportes, Cultura e Lazer, que seja a Realização do Campeonato Municipal de Futebol de Campo, evento já tradicional em nosso Município.</t>
   </si>
   <si>
     <t>3848</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3848/requerimento_no.490-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3848/requerimento_no.490-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Requer junto Secretaria Municipal de Esportes, Cultura e Lazer, que seja a realização do Campeonato Municipal de Futsal dos Servidores Públicos de São Francisco do Guaporé, evento já tradicional no município, que reúne servidores de todas as secretarias e entidades públicas.</t>
   </si>
   <si>
     <t>3851</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3851/requerimento_no.491-2025-geferson_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3851/requerimento_no.491-2025-geferson_assinado.pdf</t>
   </si>
   <si>
     <t>Requer que o município negocie com o vizinho do aeroporto e pecuarista Celso da Moto Manaus, o aeroporto com outro terreno que possa ser construído nova pista de avião regularizada pela Agência Nacional de Aviação Civil - ANAC.</t>
   </si>
   <si>
     <t>3854</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3854/requerimento_no.492-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3854/requerimento_no.492-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a alteração nos horários de saída do ônibus que transporta pacientes de São Francisco do Guaporé à Porto Velho/RO.</t>
   </si>
   <si>
     <t>3855</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3855/requerimento_no.493-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3855/requerimento_no.493-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>REQUERER a disponibilização de um servidor credenciado para atuar junto à Secretaria Municipal de Agricultura, com atendimento realizado no Centro de Atendimento ao Contribuinte (CAF).</t>
   </si>
   <si>
     <t>3856</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3856/requerimento_no.494-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3856/requerimento_no.494-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita atualização dos valores com base no IPCA acumulado de 2024 para os servidores públicos de carreira e cargos comissionados nomeados por portarias.</t>
   </si>
   <si>
     <t>3857</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3857/requerimento_no.495-2025-ozias_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3857/requerimento_no.495-2025-ozias_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação de cascalhamento no Setor Porto Murtinho Beira do Rio, para embarque e desembarque das embarcações, o terreno que dá acesso é da Família dos Urbanos.</t>
   </si>
   <si>
     <t>3858</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3858/requerimento_no.496-2025-alessandra_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3858/requerimento_no.496-2025-alessandra_assinado.pdf</t>
   </si>
   <si>
     <t>Requer  a  realização  da  contratação  de  serviços  de colonoscopia.</t>
   </si>
   <si>
     <t>3859</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3859/requerimento_no.497-2025-alessandra_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3859/requerimento_no.497-2025-alessandra_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a realização da contratação de serviços de endoscopia.</t>
   </si>
   <si>
     <t>3860</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3860/requerimento_no.498-2025-geferson_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3860/requerimento_no.498-2025-geferson_assinado.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Esporte, a realização de um Campeonato de Futsal Infantil e Juvenil no Ginásio Municipal, com as categorias Sub 6 a 9, Sub 10 a 13 e Sub 14 a 17.</t>
   </si>
   <si>
     <t>3861</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3861/requerimento_no.499-2025-ozias_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3861/requerimento_no.499-2025-ozias_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação remoção do muro na lateral do Centro de Diagnóstico e Imunização Ellen Cristina, na rua Rio Grande do sul, para aproveitar o espaço como estacionamento.</t>
   </si>
   <si>
     <t>3862</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3862/requerimento_no.500-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3862/requerimento_no.500-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer o apoio para a programação do Dia das Crianças – Comunidade da Linha 10, Porto Murtinho.</t>
   </si>
   <si>
     <t>3863</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3863/requerimento_no.501-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3863/requerimento_no.501-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a disponibilização de técnico de Enfermagem para acompanhar pacientes em viagens de exames e mutirões de saúde.</t>
   </si>
   <si>
     <t>3864</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3864/requerimento_no.502-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3864/requerimento_no.502-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação de patrolamento da Linha 06, setor Porto Murtinho.</t>
   </si>
   <si>
     <t>3865</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3865/requerimento_no.503-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3865/requerimento_no.503-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação de patrolamento da Linha 02, setor Porto Murtinho</t>
   </si>
   <si>
     <t>3866</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3866/requerimento_no.504-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3866/requerimento_no.504-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação de patrolamento da Linha 04, setor Porto Murtinho.</t>
   </si>
   <si>
     <t>3867</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3867/requerimento_no.505-2025-elias_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3867/requerimento_no.505-2025-elias_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação de Instalação de redutores de velocidade (quebra-molas) na Avenida_x000D_
 Tancredo Neves próximo da Frutaria Ribeiro – em ambos os sentidos (via dupla)</t>
   </si>
   <si>
     <t>3868</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3868/requerimento_no.506-2025-elias_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3868/requerimento_no.506-2025-elias_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação de Instalação de redutores de velocidade (quebra-molas) na Rua Airton_x000D_
 Sena Bairro Cidade Alta entre as Ruas Dom Pedro Primeiro e Duque de Caxias.</t>
   </si>
   <si>
     <t>3870</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3870/requerimento_no.507-2025-eber_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3870/requerimento_no.507-2025-eber_assinado.pdf</t>
   </si>
   <si>
     <t>Que seja feita a manutenção da iluminação pública na Avenida Paraná, entre a Tranquedo e Ronaldo Aragão no bairro Cidade Baixa.</t>
   </si>
   <si>
     <t>3871</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3871/requerimento_no.508-2025-eber_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3871/requerimento_no.508-2025-eber_assinado.pdf</t>
   </si>
   <si>
     <t>Que seja remarcada a faixa de pedestres na Rua Rondônia entre a Campo Sales e a Dom João Sexto.</t>
   </si>
   <si>
     <t>3872</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3872/requerimento_no.509-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3872/requerimento_no.509-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer que a Secretaria Municipal de Agricultura atenda os agricultores das Linhas 66, 69 e demais localidades com o Programa Hora do Produtor.</t>
   </si>
   <si>
     <t>3873</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3873/requerimento_no.510-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3873/requerimento_no.510-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a de manutenção da Linha Noventinha no município de São Francisco do Guaporé-RO.</t>
   </si>
   <si>
     <t>3876</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3876/requerimento_no.511-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3876/requerimento_no.511-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Requer junto Secretaria Municipal de Agricultura e desenvolvimento Rural, que seja feito trabalho de Saida de água na linha dos Goianos.</t>
   </si>
   <si>
     <t>3885</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3885/requerimento_no.512-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3885/requerimento_no.512-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a contratação de profissional fonoaudiólogo para o Município de_x000D_
 São Francisco do Guaporé– RO</t>
   </si>
   <si>
     <t>3886</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3886/requerimento_no.513-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3886/requerimento_no.513-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a contratação de empresa de vigilância para praças e avenidas com iluminação pública em São Francisco do Guaporé–RO</t>
   </si>
   <si>
     <t>3887</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3887/requerimento_no.514-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3887/requerimento_no.514-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a de manutenção e iluminação da quadra de esportes da comunidade Vila Rica, localizada na Linha 75, em São Francisco do Guaporé –RO</t>
   </si>
   <si>
     <t>3888</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3888/requerimento_no.515-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3888/requerimento_no.515-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a iluminação do campo de futebol da Linha 75, em São Francisco do Guaporé –RO.</t>
   </si>
   <si>
     <t>3889</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3889/requerimento_no.516-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3889/requerimento_no.516-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação reiterada de manutenção e revisão dos circuitos de câmeras das escolas municipais.</t>
   </si>
   <si>
     <t>3890</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3890/requerimento_no.517-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3890/requerimento_no.517-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requerer a realização de um Teste Seletivo Simplificado para contratação de professores nas áreas específicas de Língua Portuguesa, Matemática, História, Geografia, Ciências, Artes, Educação Física e Ensino Religioso, a fim de atender às necessidades do quadro educacional do município.</t>
   </si>
   <si>
     <t>3892</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3892/requerimento_no.518-2025-eber_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3892/requerimento_no.518-2025-eber_assinado.pdf</t>
   </si>
   <si>
     <t>Que seja feito o tapa buracos no asfalto na Rua dom João VI entre e Rua Ayrton Senna e a Rua Amapá cidade baixa.</t>
   </si>
   <si>
     <t>3893</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3893/requerimento_no.519-2025-eber_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3893/requerimento_no.519-2025-eber_assinado.pdf</t>
   </si>
   <si>
     <t>Que seja feita a manutenção da iluminação, a troca de lâmpadas queimadas na Rua Ronaldo Aragão entre a avenida Paraná e Rua Princesa Isabel cidade baixa.</t>
   </si>
   <si>
     <t>3894</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3894/requerimento_no.520-2025-eber_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3894/requerimento_no.520-2025-eber_assinado.pdf</t>
   </si>
   <si>
     <t>Que seja feita a manutenção da iluminação, a troca de lâmpadas queimadas na Rua Airton Senna entre a Rua Ronaldo Aragão e Rua Campo Sales cidade baixa.</t>
   </si>
   <si>
     <t>3895</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3895/requerimento_no.521-2025-alessandra_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3895/requerimento_no.521-2025-alessandra_assinado.pdf</t>
   </si>
   <si>
     <t>Disponibilizar a contratação do protético para dar início a confecções das próteses dentarias.</t>
   </si>
   <si>
     <t>3896</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3896/requerimento_no.522-2025-alessandra_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3896/requerimento_no.522-2025-alessandra_assinado.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE UM TOUDO NA FRENTE DA SECRETARIA DA ESCOLA SENADOR RONALDO ARAGÃO.</t>
   </si>
   <si>
     <t>3898</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3898/requerimento_523-2025_ozias_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3898/requerimento_523-2025_ozias_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação de Instalação de Câmeras de Segurança e Patrulhamento Noturno com Guarda Motorizado em Órgãos Públicos especialmente na Feira, nas praças de São Francisco do Guaporé-RO.</t>
   </si>
   <si>
     <t>3899</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3899/requerimento_524-2025_agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3899/requerimento_524-2025_agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Infraestrutura e Serviços Públicos, que faça um quebra-molas na Rua Marechal Candido Rondon com a Rua Rio Grande do Sul cidade Baixa, em frete à Casa dos Idosos.</t>
   </si>
   <si>
     <t>3900</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3900/requerimento_525-2025_agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3900/requerimento_525-2025_agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Agricultura e Desenvolvimento Rural, solicito que seja realizado o enlarguecimento da Linha 02 – lado direito, bem como o cascalhamento nos pontos críticos que têm causado transtornos aos moradores e usuários da via, além do patrolamento em toda sua extensão</t>
   </si>
   <si>
     <t>3901</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3901/requerimento_526-2025_agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3901/requerimento_526-2025_agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Agricultura de Desenvolvimento Rural, que realize o patrolamento e cascalhamento dos trechos necessários na Linha 05C.</t>
   </si>
   <si>
     <t>3902</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3902/requerimento_527-2025_agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3902/requerimento_527-2025_agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Agricultura de Desenvolvimento Rural, solicito que seja realizado o enlarguecimento da Linha 04 – lados direito e esquerdo, com cascalhamento nos pontos críticos que têm causado transtornos aos moradores e usuários da via, além do patrolamento em toda sua extensão</t>
   </si>
   <si>
     <t>3903</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3903/requerimento_528-2025_agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3903/requerimento_528-2025_agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Agricultura de Desenvolvimento Rural, que seja realizado o Enlarguecimento da Linha 08 – lado direito, bem como o cascalhamento nos pontos críticos, além do patrolamento em toda sua extensão.</t>
   </si>
   <si>
     <t>3904</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3904/requerimento_529-2025_agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3904/requerimento_529-2025_agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Agricultura e Desenvolvimento Rural, que realize Patrolamento e Cascalhamento dos trechos da Linha 06 Setor Porto Murtinho.</t>
   </si>
   <si>
     <t>3905</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3905/requerimento_530-2025_agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3905/requerimento_530-2025_agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Infraestrutura e Serviços Públicos, para que seja providenciada a construção e instalação das tampas de concreto nas caixas de iluminação da praça, localizada nas proximidades do DER, tendo em vista que elas oferecendo riscos de acidentes, especialmente às crianças que frequentam o local.</t>
   </si>
   <si>
     <t>3906</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3906/requerimento_531-2025_marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3906/requerimento_531-2025_marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a Solicita disponibilização de uma Van para transporte de mulheres ao 5º Encontro Mulheres do Agro Rondônia.</t>
   </si>
   <si>
     <t>3911</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3911/requerimento_532-2025_agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3911/requerimento_532-2025_agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Requer junto Secretaria Municipal de Educação, que seja providenciada a contratação de Empresa Especializada para realizar o esvaziamento das fossas das Escolas Municipais.</t>
   </si>
   <si>
     <t>3913</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3913/requerimento_533-2025_braz_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3913/requerimento_533-2025_braz_assinado.pdf</t>
   </si>
   <si>
     <t>Requer que o Poder Executivo a solicitação de instalação de rede de baixa tensão entre as ruas Dom João VI e Campos Sales, visando atender a comunidade local que atualmente sofre com a falta de infraestrutura adequada de energia elétrica.</t>
   </si>
   <si>
     <t>3915</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3915/requerimento_534-2025_marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3915/requerimento_534-2025_marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer autorização para comercialização de produtos artesanais nos dias de sessão ordinária</t>
   </si>
   <si>
     <t>3916</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3916/requerimento_535-2025_marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3916/requerimento_535-2025_marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a reabertura e manutenção da Linha 06 até a Linha Boi Jaguar, sentido TED.</t>
   </si>
   <si>
     <t>3917</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3917/requerimento_536-2025_profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3917/requerimento_536-2025_profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação de designação de servidoras para o Abrigo do Menor.</t>
   </si>
   <si>
     <t>3918</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3918/requerimento_537-2025_profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3918/requerimento_537-2025_profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação de cessão de uso do prédio da antiga Escola João Mello.</t>
   </si>
   <si>
     <t>3919</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3919/requerimento_538-2025_profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3919/requerimento_538-2025_profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requerer  instalação de um redutor de velocidade na Linha 02, Km 09 – Setor Porto Murtinho.</t>
   </si>
   <si>
     <t>3921</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3921/requerimento_539-2025_eber_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3921/requerimento_539-2025_eber_assinado.pdf</t>
   </si>
   <si>
     <t>Que que o Departamento de Água (DEA) do município faça as instalações de água na Rua Campo Sales até a Dom João VI na Rua RonDon bairro Cidade Baixa.</t>
   </si>
   <si>
     <t>3922</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3922/requerimento_540-2025_eber_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3922/requerimento_540-2025_eber_assinado.pdf</t>
   </si>
   <si>
     <t>Que seja feita a manutenção e instalação de iluminação na Avenida George Amado, da Avenida Tranquedo Neves até as Casinhas Populares.</t>
   </si>
   <si>
     <t>3923</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3923/requerimento_541-2025_eber_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3923/requerimento_541-2025_eber_assinado.pdf</t>
   </si>
   <si>
     <t>O informativo sobre o porquê de não estar sendo realizando alguns exames, e  sobre a demora dos resultados de exames, “exames esses que demoravam de 30 à 40 dias, e agora demoram até 90 dias, e também como anda o processo de compra de insumos.</t>
   </si>
   <si>
     <t>3924</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3924/requerimento_542-2025_eber_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3924/requerimento_542-2025_eber_assinado.pdf</t>
   </si>
   <si>
     <t>Que seja feita o cascalhamento do trecho de 400 metro na linha 4 C setor chacareiro, conhecido como 27 de Dezembro no bairro cidade alta, antes da linha Adão Martins.</t>
   </si>
   <si>
     <t>3925</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3925/requerimento_543-2025_eber_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3925/requerimento_543-2025_eber_assinado.pdf</t>
   </si>
   <si>
     <t>Que seja feito o reparo do muro que está se deteriorado ao lado do ginásio no antigo Maria Marta, pois as crianças correm perigos, e ter acesso as dependências do ginásio e do antigo prédio da escola Maria Marta.</t>
   </si>
   <si>
     <t>3931</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3931/requerimento_cascalhamento_sao_pedro.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3931/requerimento_cascalhamento_sao_pedro.pdf</t>
   </si>
   <si>
     <t>Solicitação que seja feito o cascalhento no trecho inicial da Linha 06 São Pedro, aproximadamente 1,5 km (um quilômetro e meio) da BR.</t>
   </si>
   <si>
     <t>3932</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3932/requerimento_reforma_da_praca.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3932/requerimento_reforma_da_praca.pdf</t>
   </si>
   <si>
     <t>Reforma da Praça Ozil Andrade Lima (Tininho).</t>
   </si>
   <si>
     <t>3934</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3934/requerimento_cascalhamento_porto_rio_sao_miguel.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3934/requerimento_cascalhamento_porto_rio_sao_miguel.pdf</t>
   </si>
   <si>
     <t>Solicitação que seja feito o cascalhento do Porto onde da acesso ao rio São Miguel, ao Setor Porto Murtinho, onde acontecerá o Festival de Pesca, para descida e subida das embarcações.</t>
   </si>
   <si>
     <t>3935</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3935/requerimento_limpeza_em_volta_da_antena_setor_porto_murtinho.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3935/requerimento_limpeza_em_volta_da_antena_setor_porto_murtinho.pdf</t>
   </si>
   <si>
     <t>Solicitação que seja feita uma limpeza envolta da antena, no Setor Porto Murtinho.</t>
   </si>
   <si>
     <t>3936</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3936/requerimento_estacionamento_anestino.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3936/requerimento_estacionamento_anestino.pdf</t>
   </si>
   <si>
     <t>Solicitação que seja feito um estacionamento organizado em frente a (UBS) Anestino de Almeida, começando na sob esquina até a entrada da FUNASA, com demarcações adequadas de vagas para carros e motocicletas.</t>
   </si>
   <si>
     <t>3937</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3937/req_limpeza_e_pintura_do_piso_de_bloquetes_da_feira_municipal.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3937/req_limpeza_e_pintura_do_piso_de_bloquetes_da_feira_municipal.pdf</t>
   </si>
   <si>
     <t>Requer a  limpeza e pintura do piso de bloquetes da Feira Municipal de São Francisco do Guaporé/RO.</t>
   </si>
   <si>
     <t>3938</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3938/req_construcao_de_um_redutor_de_velocidade_quebra-molas_na_rua_das_comunicacoes_em_frente_ao_imovel_no_2655.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3938/req_construcao_de_um_redutor_de_velocidade_quebra-molas_na_rua_das_comunicacoes_em_frente_ao_imovel_no_2655.pdf</t>
   </si>
   <si>
     <t>Requer a construção de um redutor de velocidade (quebra-molas) na Rua das Comunicações, em frente ao imóvel nº 2655, no Município de São Francisco do Guaporé/RO.</t>
   </si>
   <si>
     <t>3939</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3939/req_confeccao_de_um_bolo_comemorativo_de_29_metros_em_homenagem_ao_aniversario_de_sao_francisco.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3939/req_confeccao_de_um_bolo_comemorativo_de_29_metros_em_homenagem_ao_aniversario_de_sao_francisco.pdf</t>
   </si>
   <si>
     <t>Requer a confecção de um bolo comemorativo de 29 metros em homenagem ao aniversário de São Francisco</t>
   </si>
   <si>
     <t>3940</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3940/req_providencias_para_que_a_empresa_energisa_faca_a_elevacao_da_rede_de_energia_eletrica_que_atravessa_a_br-429_em_direcao_a_linha_28_gogo_da_onca.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3940/req_providencias_para_que_a_empresa_energisa_faca_a_elevacao_da_rede_de_energia_eletrica_que_atravessa_a_br-429_em_direcao_a_linha_28_gogo_da_onca.pdf</t>
   </si>
   <si>
     <t>Requer providências para que a empresa Energisa faça a elevação da rede de energia elétrica que atravessa a BR-429 em direção à Linha 28 (Gogó da Onça).</t>
   </si>
   <si>
     <t>3942</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3942/requerimento_de_caminhao_muck_iluminacao_dos_campos.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3942/requerimento_de_caminhao_muck_iluminacao_dos_campos.pdf</t>
   </si>
   <si>
     <t>Requer que seja providenciada a contratação de Empresa especializada para disponibilizar Caminhão Munck, para a manutenção da Iluminação dos campos de futebol em todo o Município.</t>
   </si>
   <si>
     <t>3943</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3943/requerimento_instalacao_de_cameras_de_seguranca_nas_salas.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3943/requerimento_instalacao_de_cameras_de_seguranca_nas_salas.pdf</t>
   </si>
   <si>
     <t>Requer junto Secretaria Municipal de Educação instalação de câmeras de segurança nas salas de aula das escolas municipais, com o objetivo de garantir maior segurança aos alunos, professores e demais servidores</t>
   </si>
   <si>
     <t>3944</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3944/escola_neuza_e_creche_olaiza.doc</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3944/escola_neuza_e_creche_olaiza.doc</t>
   </si>
   <si>
     <t>Informações sobre contratação de empresa e andamento da instalação da rede elétrica da E.M.E.F. Neusa Oliveira Bravin e da Creche Municipal Olaiza _x000D_
 da Cruz Figueiredo.</t>
   </si>
   <si>
     <t>3945</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3945/reiteracao_tipologia_das_escolas.doc</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3945/reiteracao_tipologia_das_escolas.doc</t>
   </si>
   <si>
     <t>Reiteração do requerimento de revisão da tipologia das escolas.</t>
   </si>
   <si>
     <t>3946</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3946/requerimento_-_subsidio_-coordenador_e_orientador.doc</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3946/requerimento_-_subsidio_-coordenador_e_orientador.doc</t>
   </si>
   <si>
     <t>Reiteração de requerimento de subsídio para Coordenador e Orientador Escolar.</t>
   </si>
   <si>
     <t>3947</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3947/requerimento_pecunia.doc</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3947/requerimento_pecunia.doc</t>
   </si>
   <si>
     <t>Requer conversão da Licença-Prêmio em Pecúnia.</t>
   </si>
   <si>
     <t>3949</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3949/requerimento_placas_para_a_indicacao_da_feira_municipal.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3949/requerimento_placas_para_a_indicacao_da_feira_municipal.pdf</t>
   </si>
   <si>
     <t>Requer que o Poder Executivo a solicitação de instalação de placas para a indicação da Feira Municipal, sendo uma na marginal anexa a BR indicando_x000D_
 com setas e outra na Avenida Tancredo Neves, de forma a orientar e facilitar o acesso da população e visitantes a nossa feira municipal fomentando a_x000D_
 agricultura familiar.</t>
   </si>
   <si>
     <t>3951</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3951/requerimento_wi-fi.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3951/requerimento_wi-fi.pdf</t>
   </si>
   <si>
     <t>Requer o aumento de dias de atendimento de fisioterapia, para melhor atender a população com mais plantões para aliviar a fila que se encontra extensa para os fisioterapeutas.</t>
   </si>
   <si>
     <t>3953</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3953/requerimento_no.561-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3953/requerimento_no.561-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a construção de um quebra-molas na Rua Princesa Isabel, nº 3247, Bairro Cidade Baixa, nas proximidades da Feira Municipal.</t>
   </si>
   <si>
     <t>3968</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3968/requerimento_no.562-2025-ozias_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3968/requerimento_no.562-2025-ozias_assinado.pdf</t>
   </si>
   <si>
     <t>Requer que a Secretaria Municipal de Saúde faça a contratação de (ACS) Agentes Comunitários de Saúde, para atender as áreas descobertas no município de São Francisco do Guaporé, através de concurso público ou processo seletivo.</t>
   </si>
   <si>
     <t>3972</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3972/requerimento_no.563-2025-ozias_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3972/requerimento_no.563-2025-ozias_assinado.pdf</t>
   </si>
   <si>
     <t>Requer que seja arrumado o bueiro, na Linha 27, em frente ao Rancho Federal.</t>
   </si>
   <si>
     <t>3973</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3973/requerimento_no.564-2025-ozias_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3973/requerimento_no.564-2025-ozias_assinado.pdf</t>
   </si>
   <si>
     <t>Requer se seja feita a aquisição de (EPIs) Equipamento de Proteção Individual e todas as ferramentas necessárias para os servidores eletricistas.</t>
   </si>
   <si>
     <t>3974</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3974/requerimento_no.565-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3974/requerimento_no.565-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Requer que seja providenciado Contratação de Empresa Especializada para realização de evento de decoração Natalina, para Munícipio de São Francisco do Guaporé.</t>
   </si>
   <si>
     <t>3975</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3975/requerimento_no.566-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3975/requerimento_no.566-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Educação providencie que  pula pula para todas as escolas municipais.</t>
   </si>
   <si>
     <t>3985</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3985/requerimento_no.567-2025-alessandra_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3985/requerimento_no.567-2025-alessandra_assinado.pdf</t>
   </si>
   <si>
     <t>REQUER A AQUISIÇÃO DE EQUIPAMENTOS DE PROTEÇÃO INDIVIDUAL (EPIS), DESTINADOS ÀS ZELADORAS DAS ESCOLAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>3986</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3986/requerimento_no.568-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3986/requerimento_no.568-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação de fornecimento de absorvente protetor masculino.</t>
   </si>
   <si>
     <t>3987</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3987/requerimento_no.569-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3987/requerimento_no.569-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação de combustível para funcionamento do motor da Escola Tiradentes – Comunidade Santo Antônio.</t>
   </si>
   <si>
     <t>3988</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3988/requerimento_no.570-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3988/requerimento_no.570-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação de dedetização da Casa de Apoio de São Francisco do Guaporé.</t>
   </si>
   <si>
     <t>3989</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3989/requerimento_no.571-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3989/requerimento_no.571-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação de manutenção dos vidros quebrados em frente à Escola Regina Almeida de Araújo.</t>
   </si>
   <si>
     <t>3990</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3990/requerimento_no.572-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3990/requerimento_no.572-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação de estacionamento para ônibus escolar nas unidades de ensino.</t>
   </si>
   <si>
     <t>3991</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3991/requerimento_no.573-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3991/requerimento_no.573-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação de instalação de calhas no parquinho e na quadra da Escola Neusa Oliveira Bravin.</t>
   </si>
   <si>
     <t>3992</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3992/requerimento_no.574-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3992/requerimento_no.574-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação de manutenção das calhas da Secretaria e Direção da Escola Neusa Oliveira Bravin;</t>
   </si>
   <si>
     <t>3993</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3993/requerimento_no.575-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3993/requerimento_no.575-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação de revisão e manutenção do telhado do pátio da Escola Neusa Oliveira Bravin.</t>
   </si>
   <si>
     <t>3994</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3994/requerimento_no.576-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3994/requerimento_no.576-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação de poltronas de massagem para as salas dos docentes das escolas municipais.</t>
   </si>
   <si>
     <t>3995</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3995/requerimento_no.577-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3995/requerimento_no.577-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Reitera solicitação de criação de ponto de apoio para motoristas do transporte escolar nas escolas municipal Neusa Oliveira Bravin, Pereira e Cáceres e Clodoaldo Splicigo.</t>
   </si>
   <si>
     <t>3996</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3996/requerimento_no.578-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3996/requerimento_no.578-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação de postes de cimento ou fibra para a Comunidade Santo Antônio.</t>
   </si>
   <si>
     <t>3997</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3997/requerimento_no.579-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3997/requerimento_no.579-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação de recurso no valor de R$ 20.000,00 para atendimento das necessidades da Comunidade Quilombola de Pedras Negras.</t>
   </si>
   <si>
     <t>3998</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3998/requerimento_no.580-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3998/requerimento_no.580-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação de restauração da sala dos professores da Escola Municipal Neusa Oliveira Bravin.</t>
   </si>
   <si>
     <t>3999</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3999/requerimento_no.581-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3999/requerimento_no.581-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação de retroescavadeira para abertura de rua visando instalação de postes na Comunidade Santo Antônio.</t>
   </si>
   <si>
     <t>4000</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4000/requerimento_no.582-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4000/requerimento_no.582-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação de instalação de duas caixas d’água de 10.000 mil litros na Comunidade Santo Antônio.</t>
   </si>
   <si>
     <t>4001</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4001/requerimento_no.583-2025-braz_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4001/requerimento_no.583-2025-braz_assinado.pdf</t>
   </si>
   <si>
     <t>Requer o Poder Executivo que seja realizada a limpeza das plantas e da vegetação às margens da BR que dá acesso ao Portal da Cidade, bem como o_x000D_
 replantio de gramas e árvores mortas ao longo do trecho.</t>
   </si>
   <si>
     <t>4002</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4002/requerimento_no.584-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4002/requerimento_no.584-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação de reforma e instalação da rede elétrica da quadra poliesportiva da Vila Rica do Guaporé – BR-429, km 75.</t>
   </si>
   <si>
     <t>4003</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4003/requerimento_no.585-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4003/requerimento_no.585-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação de subvenção social para a Igreja da Comunidade de Pedras Negras.</t>
   </si>
   <si>
     <t>4005</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4005/requerimento_no.586-2025-jorge_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4005/requerimento_no.586-2025-jorge_assinado.pdf</t>
   </si>
   <si>
     <t>Requerimento solicitando o corte do morro localizado após a Igreja Assembleia, na Linha 02B, km 6, com aproveitamento do material retirado para execução de cascalhamento.</t>
   </si>
   <si>
     <t>4006</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4006/requerimento_no.587-2025-jorge_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4006/requerimento_no.587-2025-jorge_assinado.pdf</t>
   </si>
   <si>
     <t>Requerimento solicitando a instalação de tubos para melhoria do escoamento de água no travessão da Linha 4B, sentido Santa Luzia.</t>
   </si>
   <si>
     <t>4007</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4007/requerimento_no.588-2025-ozias_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4007/requerimento_no.588-2025-ozias_assinado.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Esporte e Lazer, que seja feita a instalação de 4 (quatro) postes de iluminação para o campo de futebol na linha 04, Setor Porto Murtinho.</t>
   </si>
   <si>
     <t>4009</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4009/requerimento_no.589-2025-elias_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4009/requerimento_no.589-2025-elias_assinado.pdf</t>
   </si>
   <si>
     <t>Instalação de três (3) redutores de velocidade (quebra-molas) na Linha 33, em frente_x000D_
 ao local utilizado como estacionamento do transporte escolar da Escola Neuza de Oliveira_x000D_
 Bravin.</t>
   </si>
   <si>
     <t>4010</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4010/requerimento_no.590-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4010/requerimento_no.590-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Infraestrutura e Serviços Públicos, para que seja providenciada a construção e instalação das tampas de concreto nas caixas de iluminação da Escola Clodoaldo Splicigo.</t>
   </si>
   <si>
     <t>4011</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4011/requerimento_no.591-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4011/requerimento_no.591-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Requer junto à secretaria Municipal de Educação que seja providenciado o fornecimento de bolas de futsal e bolas de vôlei para a Escola Neusa de Oliveira Bravin.</t>
   </si>
   <si>
     <t>4012</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4012/requerimento_no.592-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4012/requerimento_no.592-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Requer junto à Secretaria Municipal de Infraestrutura e Serviços Públicos, que sejam instaladas Rede para iluminação nas quadras de vôlei da  Praça Denominada  Praça Municipal Marcos Maciel “Peninha” do bairro alto alegre.</t>
   </si>
   <si>
     <t>4014</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4014/requerimento_no.593-2025-elias_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4014/requerimento_no.593-2025-elias_assinado.pdf</t>
   </si>
   <si>
     <t>Cascalhamento no ponto de embarque e desembarque dos alunos da Escola_x000D_
 Municipal Neuza de Oliveira Bravin, localizado na Linha 33.</t>
   </si>
   <si>
     <t>4015</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4015/requerimento_no.594-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4015/requerimento_no.594-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Requer junto à Secretaria Municipal de Educação que seja providenciada a substituição dos vidros quebrados de algumas janelas das salas da Escola Clodoaldo Splicigo.</t>
   </si>
   <si>
     <t>4017</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4017/requerimento_no.595-2025-ozias_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4017/requerimento_no.595-2025-ozias_assinado.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretária da Agricultura e Desenvolvimento Rural, que seja feito o cascalhamento de um travessão na LH 90, que dá acesso às residências do Leonardo, do Cléber e do Zenildo.</t>
   </si>
   <si>
     <t>4018</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4018/requerimento_no.596-2025-ozias_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4018/requerimento_no.596-2025-ozias_assinado.pdf</t>
   </si>
   <si>
     <t>Requer junto á Secretária da Agricultura e Desenvolvimento Rural, que seja feita a aquisição de Tecnil, para serem colocadas nas caçambas do Município de São Francisco do Guaporé.</t>
   </si>
   <si>
     <t>4019</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4019/requerimento_no.597-2025-geferson_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4019/requerimento_no.597-2025-geferson_assinado.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Agricultura e Desenvolvimento Rural, encaminhe a PC, Caçambas, Pá Carregadeira e uma Retro, para atender aos condomínios da beira do Guaporé, fazendo serviço de aterro e voltar fazendo o aterro das estradas que dá acesso ao transporte escolar.</t>
   </si>
   <si>
     <t>4020</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4020/requerimento_no.598-2025-eber_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4020/requerimento_no.598-2025-eber_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitando à Secretaria Municipal de Assistência Social informações sobre a execução e o cronograma de realização dos cursos profissionalizantes, referente ao recurso de R$ 60.000,00 (sessenta mil reais) destinado pela Deputada Cristiane Lopes.</t>
   </si>
   <si>
     <t>4021</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4021/requerimento_no.599-2025-eber_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4021/requerimento_no.599-2025-eber_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitando à Secretaria Municipal de Assistência Social informações detalhadas sobre a quantidade e a situação dos Conselhos Setoriais ativos no município.</t>
   </si>
   <si>
     <t>4022</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4022/requerimento_no.600-2025-eber_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4022/requerimento_no.600-2025-eber_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitando à Secretaria Municipal de Saúde a ativação urgente de todos os atendimentos odontológicos nas UBSs e a garantia do direito de acesso da população ao serviço de prótese dentária.</t>
   </si>
   <si>
     <t>4023</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4023/requerimento_no.601-2025-eber_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4023/requerimento_no.601-2025-eber_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitando informações à Prefeitura Municipal sobre o processo de compra e o status de entrega da ambulância adquirida por meio de recurso destinado pelo Senador Marcos Rogério.</t>
   </si>
   <si>
     <t>4024</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4024/requerimento_no.602-2025-eber_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4024/requerimento_no.602-2025-eber_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitando a troca de lâmpada queimada em poste localizado na esquina da antiga Escola Maria Marta, no final da Rua Jorge Amado, Bairro Paraíso.</t>
   </si>
   <si>
     <t>4025</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4025/requerimento_no.603-2025-eber_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4025/requerimento_no.603-2025-eber_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitando a instalação urgente de luminária pública em poste na esquina da Rua Campos Sales com a Rua Jorge Amado, Bairro Paraíso, destacando a ausência de iluminação no acesso às residências populares.</t>
   </si>
   <si>
     <t>4026</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4026/requerimento_no.604-2025-eber_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4026/requerimento_no.604-2025-eber_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitando a instalação de iluminação pública na Rua Getúlio Vargas, trecho entre a Rua 7 de Setembro e a Rua Santos Dumont, no Bairro Cidade Alta.</t>
   </si>
   <si>
     <t>4028</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4028/requerimento_no.605-2025-alessandra_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4028/requerimento_no.605-2025-alessandra_assinado.pdf</t>
   </si>
   <si>
     <t>REQUER : AQUISIÇÃO DE EQUIPAMENTOS DE PROTEÇÃO INDIVIDUAL (EPIS)_x000D_
 E UNIFORMES, DESTINADOS ÀS ZELADORAS DAS UNIDADES BÁSICAS DE _x000D_
 SAÚDE.</t>
   </si>
   <si>
     <t>4029</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4029/requerimento_no.606-2025-alessandra_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4029/requerimento_no.606-2025-alessandra_assinado.pdf</t>
   </si>
   <si>
     <t>REQUER; A LIMPEZA DOS TERRENOS NA VILA DO SETOR PORTO _x000D_
 MURTINHO.</t>
   </si>
   <si>
     <t>4033</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4033/requerimento_no.607-2025-eber_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4033/requerimento_no.607-2025-eber_assinado.pdf</t>
   </si>
   <si>
     <t>"Solicitando esclarecimentos urgentes à Prefeitura Municipal sobre a origem e o fundamento legal da exigência imediata do Alvará do Corpo de Bombeiros (AVCB) para a concessão do Alvará de Funcionamento, sem a concessão de prazo hábil para a regularização de comércios, instituições e igrejas."</t>
   </si>
   <si>
     <t>4035</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4035/requerimento_no.608-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4035/requerimento_no.608-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a contratação de profissional massoterapeuta para atendimento nas UBS Clovis dos Santos e UBS Romana Isabel da Silva, no Distrito de Porto Murtinho.</t>
   </si>
   <si>
     <t>4036</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4036/requerimento_no.609-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4036/requerimento_no.609-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a instalação de um redutor de velocidade (quebra-molas) e de uma placa de identificação no cruzamento da Linha 01 com a Linha Santo Antônio, zona rural do Município de São Francisco do Guaporé– RO.</t>
   </si>
   <si>
     <t>4037</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4037/requerimento_no.610-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4037/requerimento_no.610-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a instalação de uma placa de sinalização na BR-429 indicando a entrada da Linha Santo Antônio, zona rural do Município de São Francisco do Guaporé– RO.</t>
   </si>
   <si>
     <t>4038</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4038/requerimento_no.611-2025-elias_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4038/requerimento_no.611-2025-elias_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação de construção de uma quadra de vôlei de areia na Escola Pereira e_x000D_
 Cáceres.</t>
   </si>
   <si>
     <t>4039</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4039/requerimento_no.612-2025-geferson_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4039/requerimento_no.612-2025-geferson_assinado.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Infraestrutura e Serviços Públicos, que seja cascalhado a Linha do Setor Chacareiro do Adão Martins.</t>
   </si>
   <si>
     <t>4040</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4040/requerimento_no.613-2025-geferson_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4040/requerimento_no.613-2025-geferson_assinado.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, fazer a aquisição de pelo menos três autoclaves, destinados à esterilização de equipamentos utilizados nas unidades de saúde municipais.</t>
   </si>
   <si>
     <t>4044</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4044/requerimento_no.614-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4044/requerimento_no.614-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita a roçagem da grama na área externa e interna da Creche Municipal Olaiza da Cruz Figueiredo.</t>
   </si>
   <si>
     <t>4045</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4045/requerimento_no.615-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4045/requerimento_no.615-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a oferta de café da manhã aos pacientes que realizam exames de sangue na rede pública municipal de saúde.</t>
   </si>
   <si>
     <t>4046</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4046/requerimento_no.616-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4046/requerimento_no.616-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita a roçagem da grama em frente à UBS Hellen Cristina Cavagna Vieira.</t>
   </si>
   <si>
     <t>4051</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4051/requerimento_no.617-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4051/requerimento_no.617-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a construção de um quebra-molas na Linha 33, Km 06, lado esquerdo, em frente à residência do senhor Flávio.</t>
   </si>
   <si>
     <t>4069</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4069/requerimento_no.618-2025-ozias_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4069/requerimento_no.618-2025-ozias_assinado.pdf</t>
   </si>
   <si>
     <t>Requer que junto a Secretária de Infraestrutura e Serviços Públicos, seja realizado um reparo no asfalto na saída da Rua Chico Mendes, nas proximidades da Linha 01.</t>
   </si>
   <si>
     <t>4072</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4072/requerimento_no.619-2025-agnielde_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4072/requerimento_no.619-2025-agnielde_assinado.pdf</t>
   </si>
   <si>
     <t>Requer por meio da secretaria Municipal de Educação, seja entregue a mesa de Pebolim para a Escola Municipal Regina de Almeida Araújo.</t>
   </si>
   <si>
     <t>4084</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4084/requerimento_no.620-2025-ozias_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4084/requerimento_no.620-2025-ozias_assinado.pdf</t>
   </si>
   <si>
     <t>Requer que junto ao Secretário de Infraestrutura e Serviços Públicos, que seja_x000D_
 feito a construção de um quebra-molas na Rua João Goulart, em frente à casa de_x000D_
 nº 3068, nas proximidades da chácara do senhor Arthur Modro.</t>
   </si>
   <si>
     <t>4085</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4085/requerimento_no.621-2025-ozias_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4085/requerimento_no.621-2025-ozias_assinado.pdf</t>
   </si>
   <si>
     <t>Requer que junto ao Secretário de Infraestrutura e Serviços Públicos, que_x000D_
 seja enviada a equipe do Lindolfo para realizar serviços de limpeza geral na_x000D_
 comunidade localizada na Linha 75.</t>
   </si>
   <si>
     <t>4088</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4088/requerimento_no.622-2025-ozias_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4088/requerimento_no.622-2025-ozias_assinado.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretária Municipal de Educação que seja feito a instalação de mais 8 câmeras de segurança e manutenção das câmeras atuais na Escola Pereira e Cáceres.</t>
   </si>
   <si>
     <t>4089</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4089/requerimento_no.623-2025-ozias_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4089/requerimento_no.623-2025-ozias_assinado.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretária Municipal de Educação que seja feito a Remoção, Reinstalação e a Cobertura no parque da Escola Pereira e Cáceres.</t>
   </si>
   <si>
     <t>4090</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4090/requerimento_no.624-2025-ozias_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4090/requerimento_no.624-2025-ozias_assinado.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretária Municipal de Educação que seja feito, com a máxima urgência, a manutenção completa na cobertura da Escola Pereira e Cáceres.</t>
   </si>
   <si>
     <t>4091</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4091/requerimento_no.625-2025-ozias_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4091/requerimento_no.625-2025-ozias_assinado.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretária Municipal de Educação que seja disponibilizado 30 (trinta) computadores destinados à sala de informática da Escola Pereira e Cáceres.</t>
   </si>
   <si>
     <t>4092</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4092/requerimento_no.626-2025-ozias_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4092/requerimento_no.626-2025-ozias_assinado.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretária Municipal de Esporte e Lazer que seja feita a instalação de lâmpadas na quadra esportiva da Escola Pereira e Cáceres.</t>
   </si>
   <si>
     <t>4093</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4093/requerimento_no.627-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4093/requerimento_no.627-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a disponibilização de trator agrícola para a Associação dos Pequenos Produtores Rurais Serra Bonita – ASPRUSB.</t>
   </si>
   <si>
     <t>4094</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4094/requerimento_no.628-2025-ozias_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4094/requerimento_no.628-2025-ozias_assinado.pdf</t>
   </si>
   <si>
     <t>Requer que junto a Secretária Municipal de Esporte e Lazer que  seja feita a instalação de um padrão de energia elétrica para a quadra esportiva localizada no Setor do Porto Murtinho.</t>
   </si>
   <si>
     <t>4095</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4095/requerimento_no.629-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4095/requerimento_no.629-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer o levantamento junto às associações rurais sobre a disponibilidade de equipamentos ociosos e a possibilidade de redistribuição para associações que estejam necessitando.</t>
   </si>
   <si>
     <t>4097</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4097/requerimento_no.630-2025-elias_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4097/requerimento_no.630-2025-elias_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação de manutenção e instalação de novas câmeras de monitoramento na Escola Pereira e Cáceres.</t>
   </si>
   <si>
     <t>4098</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4098/requerimento_no.631-2025-elias_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4098/requerimento_no.631-2025-elias_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação de construção e adequação de um estacionamento no canteiro central_x000D_
 localizado em frente a Igreja Assembleia de Deus na avenida Brasil, Bairro Cidade Alta.</t>
   </si>
   <si>
     <t>4099</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4099/requerimento_no.632-2025-braz_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4099/requerimento_no.632-2025-braz_assinado.pdf</t>
   </si>
   <si>
     <t>Requer que o Poder Executivo solicitar que a Secretaria Municipal de Esportes adote e assume a gestão da Academia de Saúde da Linha 95, localizada no Campo do Km 18.</t>
   </si>
   <si>
     <t>4114</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4114/requerimento_no.633-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4114/requerimento_no.633-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a aquisição de tablets destinados ao aparelhamento e modernização do Conselho Tutelar do Município de São Francisco do Guaporé– RO.</t>
   </si>
   <si>
     <t>4115</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4115/requerimento_no.634-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4115/requerimento_no.634-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a construção de prédio próprio e adequado para o Concelho Tutelar, em São Francisco do Guaporé- RO.</t>
   </si>
   <si>
     <t>4117</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4117/requerimento_no.635-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4117/requerimento_no.635-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a construção de dois quebra-molas na Rua Ayrton Sena, nº 3228 – em frente à Igreja Palavra de Cristo.</t>
   </si>
   <si>
     <t>4118</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4118/requerimento_no.636-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4118/requerimento_no.636-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer o custeio de despesas de aluguel da Associação AMMA – Meu Mundo Azul.</t>
   </si>
   <si>
     <t>4120</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4120/requerimento_no.637-2025-marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4120/requerimento_no.637-2025-marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Requer a instalação de iluminação e traves no campo da ASBEMM</t>
   </si>
   <si>
     <t>4131</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4131/requerimento_no.638-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4131/requerimento_no.638-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>REQUER um professor de Educação Física para atender a Comunidade Vila Rica do Guaporé – Km 75 – BR-429, com a finalidade de desenvolver atividades físicas orientadas, como Zumba e exercícios de alongamento e condicionamento físico.</t>
   </si>
   <si>
     <t>4132</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4132/requerimento_no.639-2025-profmarcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4132/requerimento_no.639-2025-profmarcio_assinado.pdf</t>
   </si>
   <si>
     <t>REQUER com a máxima urgência, a disponibilização de tambores para coleta de caramujos em pontos estratégicos da cidade, a fim de controlar e reduzir a proliferação desses moluscos, que podem trazer riscos à saúde da população.</t>
   </si>
   <si>
     <t>4136</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4136/requerimento_no.640-2025-ozias_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4136/requerimento_no.640-2025-ozias_assinado.pdf</t>
   </si>
   <si>
     <t>Requer que junto a secretaria de Infraestrutura e Serviços Públicos, que seja feito o rebaixamento da calçada, e fazer um estacionamento organizado na Rua Ronaldo Aragão, especificamente na lateral do muro do Colégio Campo Sales.</t>
   </si>
   <si>
     <t>4152</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4152/requerimento_no.641-2025-elias_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4152/requerimento_no.641-2025-elias_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação de limpeza e aprofundamento/recavação do poço de água da Unidade Básica de Saúde Sebastião Leite da Silva, localizada na Linha 06, Setor Porto Murtinho.</t>
   </si>
   <si>
     <t>4153</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4153/requerimento_no.642-2025-elias_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4153/requerimento_no.642-2025-elias_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação de instalação de dois (02) novos aparelhos de ar-condicionado na Unidade Básica de Saúde Sebastião Leite da Silva, localizada na Linha 06, Setor Porto Murtinho.</t>
   </si>
   <si>
     <t>4154</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4154/requerimento_no.643-2025-elias_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4154/requerimento_no.643-2025-elias_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação de manutenção de dois (02) aparelhos de ar-condicionado instalados na_x000D_
 Unidade Básica de Saúde Sebastião Leite da Silva, localizada na Linha 06, Setor Porto_x000D_
 Murtinho.</t>
   </si>
   <si>
     <t>4158</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4158/requerimento_no.644-2025-braz_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4158/requerimento_no.644-2025-braz_assinado.pdf</t>
   </si>
   <si>
     <t>Requer o Poder Executivo que seja realizada a manutenção na Linha 2B, contemplando especialmente a catação dos pontos críticos da estrada o cascalhamento no trecho que compreende desde o Travessão do Gogo da Onça até a Linha 90.</t>
   </si>
   <si>
     <t>4159</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4159/requerimento_no.645-2025-braz_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4159/requerimento_no.645-2025-braz_assinado.pdf</t>
   </si>
   <si>
     <t>Requer o Poder Executivo que seja realizada o patrolamento preventivo na Linha 95, tendo em vista que já apresenta condições precárias de trafegabilidade, o que pode se agravar ainda mais com o aumento das chuvas e do fluxo de veículos.</t>
   </si>
   <si>
     <t>4162</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4162/requerimento_no.646-2025-braz_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4162/requerimento_no.646-2025-braz_assinado.pdf</t>
   </si>
   <si>
     <t>Requer que  o Poder  Executivo que seja autorizado o  parcelamento do Imposto Sobre Transmissão de Bens Imóveis (ITBI)  referente ao imóvel adquirido pelo Senhor Davi Kumm e  Senhora Amélia Franklin Kumm,  parcelamento do ITBI em 4 (quatro) parcelas mensais, justifica-se o presente pedido tendo em vista que o Senhor D avi Kumm  se encontra em tratamento médico por ser paciente oncológico (CA), O referido ITBI está no valor total de R $ 4.518,21 (quatro mil quinhentos e dezoito reais e vinte e um centavos), valor este que o mesmo não possui condições de quitar em parcela única.</t>
   </si>
   <si>
     <t>4163</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4163/secretario_everton_veronezzi_tubo_enfrente__casa_do_antonio_linha_06.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4163/secretario_everton_veronezzi_tubo_enfrente__casa_do_antonio_linha_06.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretária de Agricultura e Desenvolvimento Rural, que seja feita a colocação de um tubo (bueiro) em frente à residência do senhor Antônio na Linha 06 - São Pedro.</t>
   </si>
   <si>
     <t>4164</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4164/secretario_da_agricultura__buiero_enfrente_a_casa_do_mateus_lh_06.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4164/secretario_da_agricultura__buiero_enfrente_a_casa_do_mateus_lh_06.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretária de Agricultura e Desenvolvimento Rural, que seja colocado um tubo (bueiro) em frente à propriedade do Mateus, na Linha 6.</t>
   </si>
   <si>
     <t>4175</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4175/requerimento_arris.doc</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4175/requerimento_arris.doc</t>
   </si>
   <si>
     <t>Solicita regularização das embarcações e adequação dos locais utilizados durante os cursos de Arrais Amador realizados no município.</t>
   </si>
   <si>
     <t>4176</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4176/requerimento_dedetizacao.doc</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4176/requerimento_dedetizacao.doc</t>
   </si>
   <si>
     <t>Solicita a dedetização da UBS Romana Isabel (Linha 06 – Setor Porto Murtinho) e UBS Clovis dos Santos (Porto Murtinho).</t>
   </si>
   <si>
     <t>3566</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Moção de Aplausos</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3566/mocao_no_001-25_dep._silvia_laerte_e_sen_marcos_rogerio.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3566/mocao_no_001-25_dep._silvia_laerte_e_sen_marcos_rogerio.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS à Deputada Federal Silvia Cristina, ao Deputado Estadual Laerte Gomes, ao Senador Marcos Rogério, pelos relevantes serviços prestados ao Estado de Rondônia e, em especial, ao município de São Francisco do Guaporé.</t>
   </si>
   <si>
     <t>3588</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3588/mocao_no_002-25_ex-vereadores_e_ex-prefeitos_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3588/mocao_no_002-25_ex-vereadores_e_ex-prefeitos_assinado.pdf</t>
   </si>
   <si>
     <t>Conceder Moção de Aplausos ao Ilmos. Senhores ex-Vereadores, ex-Prefeitos e Vice-prefeitos do município de São Francisco do Guaporé, pelo relevante papel desempenhado na construção da história e no desenvolvimento político, social e econômico da nossa comunidade.</t>
   </si>
   <si>
     <t>3589</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3589/mocao_no_003-25_dr._eder_da_cruz_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3589/mocao_no_003-25_dr._eder_da_cruz_assinado.pdf</t>
   </si>
   <si>
     <t>Conceder Moção de Aplausos ao Ilmos. Senhor Drº. Eder Pereira da Cruz, Médico concursado do município de São Francisco do Guaporé, pelo excepcional trabalho e dedicação no atendimento à saúde da população local.</t>
   </si>
   <si>
     <t>3590</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3590/mocao_no_004-25_dep._ismael_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3590/mocao_no_004-25_dep._ismael_assinado.pdf</t>
   </si>
   <si>
     <t>Conceder Moção de Aplausos ao Ilmos. Senhor Deputado Estadual Ismael Crispin, pelos relevantes serviços prestados ao Estado de Rondônia e, em especial, aos municípios da BR 429 bem como ao município de São Francisco do Guaporé.</t>
   </si>
   <si>
     <t>3637</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3637/mo_n.05-2025_-_marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3637/mo_n.05-2025_-_marcio_assinado.pdf</t>
   </si>
   <si>
     <t>Conceder MOÇÃO DE APLAUSOS aos senhores João Bispo dos Santos e Pedro Bispo dos Santos, em reconhecimento ao seu pioneirismo e relevante contribuição para o desenvolvimento do Município de São Francisco do Guaporé e do Estado de Rondônia.</t>
   </si>
   <si>
     <t>3674</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3674/mocao_no_007-25_-_oziaseberelias_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3674/mocao_no_007-25_-_oziaseberelias_assinado.pdf</t>
   </si>
   <si>
     <t>Moção De Aplausos aos servidores público mais antigos da área da saúde do Município de São Francisco do Guaporé-RO.</t>
   </si>
   <si>
     <t>3675</t>
   </si>
   <si>
     <t>Elias do Tininho, Ozias Santos, Pastor Eber Lopes</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3675/mocao_no_007-25_-_oziaseberelias_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3675/mocao_no_007-25_-_oziaseberelias_assinado.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA HOMENAGEAR TODOS OS PIONEIROS QUE RESIDEM NO MUNICIPIO DE SÃO FRANCISCO DO GUAPORÉ-RO HÁ MAIS DE  35 ANOS.</t>
   </si>
   <si>
     <t>3739</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3739/mocao_no_008-25_-_marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3739/mocao_no_008-25_-_marcio_assinado.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS ao senhor Jaime Robaina Fuentes, em reconhecimento à sua expressiva trajetória de vida, marcada pelo compromisso com o serviço público, dedicação ao setor produtivo rural e contribuição direta ao desenvolvimento do município de São Francisco do Guaporé – RO.</t>
   </si>
   <si>
     <t>3756</t>
   </si>
   <si>
     <t>Agnielde Fotógrafo, Jorge Honorato, Márcio da Agricultura, Pastor Eber Lopes, Professor Marcio</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3756/mocao_no_009-25_-_eber_profmarcio_jorge_agnielde_marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3756/mocao_no_009-25_-_eber_profmarcio_jorge_agnielde_marcio_assinado.pdf</t>
   </si>
   <si>
     <t>"Moção de aplausos em reconhecimento público ao Excelentíssimo Senhor Deputado Federal Eurípedes Clemente Lebrão, pelos relevantes serviços prestados à sociedade rondoniense, em especial ao povo de São Francisco do Guaporé e da região da BR-429."</t>
   </si>
   <si>
     <t>3794</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3794/mocao_no_010-25_-_eber_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3794/mocao_no_010-25_-_eber_assinado.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos em reconhecimento público ao Excelentíssimo Senhor Ex-prefeito Alcino Bilac Tinoco pela atenção e valorização salaria que fez aos servidores municipais, dentro do seu mandato de prefeito municipal de São Francisco do Guaporé.</t>
   </si>
   <si>
     <t>3819</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3819/mocao_no_011-25_-_marcio_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3819/mocao_no_011-25_-_marcio_assinado.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS À EMBRAPA, CEPLAC, SEBRAE, EMATER, SENAI e ao SINDICATO DOS PRODUTORES RURAIS DE SÃO FRANCISCO DO GUAPORÉ – RO, instituições que têm desempenhado papel fundamental no desenvolvimento da agricultura familiar, do agronegócio e do fortalecimento da economia local, estadual e nacional.</t>
   </si>
   <si>
     <t>3188</t>
   </si>
   <si>
     <t>APL</t>
   </si>
   <si>
     <t>Anteprojeto de Lei</t>
   </si>
   <si>
     <t>Agnielde Fotógrafo, Jorge Honorato, Pastor Eber Lopes, Professor Marcio</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3188/apl_n.01-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3188/apl_n.01-2025_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a concessão de incentivo fiscal para a regularização das transações imobiliárias do imposto de transmissão de bens imóveis (ITBI) no município de São Francisco do Guaporé e dá outras providências.”</t>
   </si>
   <si>
     <t>3189</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3189/apl_n.02-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3189/apl_n.02-2025_assinado.pdf</t>
   </si>
   <si>
     <t>“Concede Isenção do Imposto Predial e Territorial urbano (IPTU), sobre imóvel integrante do patrimônio de Portadores de Neoplastia maligna (Câncer), Insuficiência Renal aguda ou Crônica graves (pacientes de hemodiálise) ou de seus dependentes, e dá outras providências.”</t>
   </si>
   <si>
     <t>3397</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3397/apl_no.03-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3397/apl_no.03-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a instituição do auxílio-funeral e do auxílio-translado para os servidores públicos efetivos e comissionados do Poder Executivo do Município de São Francisco do Guaporé e dá outras providências."</t>
   </si>
   <si>
     <t>3451</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3451/apl_no.04-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3451/apl_no.04-2025_assinado.pdf</t>
   </si>
   <si>
     <t>"Institui Dia da Gratidão Festa de Encerramento da Colheita do Café, com almoço comunitário para Cafeicultores e Trabalhadores Rural, no calendário oficial do Município de São Francisco do Guaporé-RO.”</t>
   </si>
   <si>
     <t>3471</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3471/apl_no.05-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3471/apl_no.05-2025_assinado.pdf</t>
   </si>
   <si>
     <t>"Institui a Aquisição e Distribuição Gratuita de Filtros de Barro aos moradores em áreas insalubres, não atendidas com água potável pelo município”</t>
   </si>
   <si>
     <t>3486</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3486/apl_no.06-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3486/apl_no.06-2025_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a concessão do adicional de 1/6 (um sexto) sobre a remuneração aos Servidores Públicos integrantes da Rede Municipal de Ensino, a título de "Sexto de Férias", e dá outras providências.”</t>
   </si>
   <si>
     <t>3531</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3531/apl_no.07-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3531/apl_no.07-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para que o Poder Executivo Municipal_x000D_
 adquira cascalho de produtores rurais locais para a melhoria das_x000D_
 estradas vicinais do município de São Francisco do Guaporé, e dá_x000D_
 outras providências</t>
   </si>
   <si>
     <t>3547</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3547/apl_no.08-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3547/apl_no.08-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Programa de Fortalecimento da Agricultura Familiar denominado "Café com Leite", no âmbito do Município de São Francisco do Guaporé – RO, e dá outras providências.</t>
   </si>
   <si>
     <t>3574</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3574/apl_no.09-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3574/apl_no.09-2025_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a criação do Programa de Expansão Urbana e Desenvolvimento Sustentável do Município de São Francisco do Guaporé e dá outras providências.”</t>
   </si>
   <si>
     <t>3600</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3600/apl_no.10-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3600/apl_no.10-2025_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a criação do Programa Municipal de Creche para Idosos – Centro de Convivência da Terceira Idade no âmbito do Município de São Francisco do Guaporé e dá outras providências.”</t>
   </si>
   <si>
     <t>3601</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3601/apl_no.11-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3601/apl_no.11-2025_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a criação de um espaço público municipal destinado ao acolhimento, tratamento e adoção de animais abandonados e em situação de rua, no âmbito do Município de São Francisco do Guaporé – RO, e dá outras providências.”</t>
   </si>
   <si>
     <t>3655</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3655/apl_no.12-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3655/apl_no.12-2025_assinado.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Chefe do Poder Executivo Municipal a doar cargas de terra às famílias de baixa renda do Município de São Francisco do Guaporé e dá outras providências.</t>
   </si>
   <si>
     <t>3670</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3670/apl_no.13-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3670/apl_no.13-2025.pdf</t>
   </si>
   <si>
     <t>Anteprojeto de Lei “Autoriza o Executivo Municipal a Criação do Programa de Programa Politica Municipal de Aquisição de Alimentos da Agricultura Familiar - PMAF do Município de São Francisco do Guaporé e dá outras providências.”</t>
   </si>
   <si>
     <t>3671</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3671/apl_no.14-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3671/apl_no.14-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Anteprojeto de Lei "Autoriza o Executivo a Instituir o Programa Municipal de Incentivo ao Jovem Aprendiz no Município, Estabelece Normas para Contratação em Órgãos Públicos e Empresas Privadas, Concede benefícios Fiscais e Dá Outras Providencias".</t>
   </si>
   <si>
     <t>3710</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3710/apl_no.15-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3710/apl_no.15-2025_assinado.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a solicitação de um convênio para contratação de técnicos agrícolas, cursando o ultimo ano na EFA Vale, para atuação junto à Secretaria Municipal de Agricultura, e dá outras providências."</t>
   </si>
   <si>
     <t>3712</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3712/apl_no.16-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3712/apl_no.16-2025_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a inclusão dos presidentes de associações comunitárias no Programa Amigo Voluntário, visando reconhecimento e incentivo pelo trabalho social prestado à comunidade.”</t>
   </si>
   <si>
     <t>3733</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3733/apl_no.17-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3733/apl_no.17-2025_assinado.pdf</t>
   </si>
   <si>
     <t>"Institui a possibilidade de conversão da licença-prêmio em pecúnia, aos Servidores Públicos Municipais em São Francisco do Guaporé-RO.”</t>
   </si>
   <si>
     <t>3734</t>
   </si>
   <si>
     <t>Ozias Santos, Geferson dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3734/apl_no.18-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3734/apl_no.18-2025_assinado.pdf</t>
   </si>
   <si>
     <t>"Institui a criação do auxílio-saúde para os todos os servidores públicos municipais de São Francisco do Guaporé-RO.</t>
   </si>
   <si>
     <t>3755</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3755/apl_para_equiparacao_dos_direitos_e_beneficios_dos_motoristas_de_ambulancia_aos_profissionais_da_saude_do_municipio.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3755/apl_para_equiparacao_dos_direitos_e_beneficios_dos_motoristas_de_ambulancia_aos_profissionais_da_saude_do_municipio.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a equiparação dos direitos e benefícios dos motoristas de ambulância aos profissionais da saúde do município de São Francisco do Guaporé – RO, e dá outras providências.”</t>
   </si>
   <si>
     <t>3837</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3837/apl_no.20-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3837/apl_no.20-2025_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a prioridade na contratação de empresas sediadas no Município de São Francisco do Guaporé- RO para a prestação de serviços e fornecimento de produtos pelo Poder Executivo Municipal, e dá outras providências.”</t>
   </si>
   <si>
     <t>3838</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3838/apl_no.21-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3838/apl_no.21-2025_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a concessão de adicional de risco de vida aos Técnicos Agrícolas da Secretaria Municipal de Agricultura de São Francisco do Guaporé, e dá outras providências.”</t>
   </si>
   <si>
     <t>3841</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3841/apl_no.22-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3841/apl_no.22-2025_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a prioridade na contratação de mães de crianças com Transtorno do Espectro Autista (TEA) para o cargo de Amigo Voluntário nas escolas da rede municipal de ensino e dá outras providências.”</t>
   </si>
   <si>
     <t>3884</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3884/apl_no.23-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3884/apl_no.23-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Área Distrital da Linha 75 no Município de São Francisco do Guaporé e dá outras providências.</t>
   </si>
   <si>
     <t>3914</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3914/apl_no.24-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3914/apl_no.24-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Institui o “Dia da Mulher do Agro” no Município de São Francisco do Guaporé – RO e dá outras providências.</t>
   </si>
   <si>
     <t>3978</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3978/apl_no.25-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3978/apl_no.25-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Institui o Programa “Reconstruir São Francisco”, que autoriza o Poder Executivo Municipal a construir unidades habitacionais destinadas a famílias que perderem seus imóveis em decorrência de desastres naturais no Município de São Francisco do Guaporé, e dá outras providências.</t>
   </si>
   <si>
     <t>3984</t>
   </si>
   <si>
     <t>Ozias Santos, Pastor Eber Lopes</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3984/apl_no.26-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3984/apl_no.26-2025_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe Custear as Biópsias para Diagnóstico de Câncer pelo Sistema Público de Saúde (SUS) em São Francisco do Guaporé-RO”.</t>
   </si>
   <si>
     <t>4034</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4034/apl_no.27-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4034/apl_no.27-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo Municipal a criação do Programa “Água para Todos que Querem Produzir na Zona Rural”, no âmbito do Município de São Francisco do Guaporé, incluindo a perfuração de poços artesianos, e dá outras providências.</t>
   </si>
   <si>
     <t>4047</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4047/apl_no.28-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4047/apl_no.28-2025_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre o custeio, pela Secretaria Municipal de Ação Social, das passagens de acompanhantes de pacientes que se deslocam para realização de perícia médica fora do domicílio, e dá outras providências.”</t>
   </si>
   <si>
     <t>4054</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4054/apl_no.29-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4054/apl_no.29-2025_assinado.pdf</t>
   </si>
   <si>
     <t>SUGERE AO PODER EXECUTIVO MUNICIPAL A CRIAÇÃO DA CAMPANHA “DECLARE SEU AMOR SÃO FRANCISCO” PARA INCENTIVAR A DESTINAÇÃO DE PARTE DO IMPOSTO DE RENDA AOS FUNDOS MUNICIPAIS DA CRIANÇA, DO ADOLESCENTE E DA PESSOA IDOSA, E A ABERTURA DE CONTA ESPECÍFICA PARA RECEBIMENTO DESTES RECURSOS.</t>
   </si>
   <si>
     <t>4086</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4086/apl_no.30-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4086/apl_no.30-2025_assinado.pdf</t>
   </si>
   <si>
     <t>“Institui a folga remunerada no dia do aniversário do servidor público municipal de São Francisco do Guaporé - RO”</t>
   </si>
   <si>
     <t>4194</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4194/apl_incentivo_e_promocao_a_pratica_do_xadrez_nas_escolas_da_rede_municipal_de_ensino.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4194/apl_incentivo_e_promocao_a_pratica_do_xadrez_nas_escolas_da_rede_municipal_de_ensino.pdf</t>
   </si>
   <si>
     <t>“Institui a Política Municipal de Incentivo e Promoção à Prática do Xadrez nas Escolas da Rede Municipal de Ensino de São Francisco do Guaporé – RO, e dá outras providências.”</t>
   </si>
   <si>
     <t>3137</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>José Wellington Drumond Gouvea</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3137/pl_01_2025_-_sessao_extraordinaria_15.01.2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3137/pl_01_2025_-_sessao_extraordinaria_15.01.2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a ampliação do número vagas dos Cargos Efetivos de Motorista Categoria "D" r "E", com curso de capacitação para transporte escolar, e de Monitor de Ônibus Escolar, e modifica a exigência de escolaridade, que descreve a Lei Complementar nº056/2017, e dá outras providências."</t>
   </si>
   <si>
     <t>3138</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3138/pl_02_2025_-_sessao_extraordinaria_15.01.2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3138/pl_02_2025_-_sessao_extraordinaria_15.01.2025.pdf</t>
   </si>
   <si>
     <t>"Autoriza e Regulamenta a Contratação, por meio de procedimento de seleção pública, em caráter temporário e pelo regime celetista, de Motoristas da categorias "D" ou "E", com curso de capacitação para transporte escolar, com a finalidade de atender à necessidade premente da rede pública de ensino do município de São Francisco do Guaporé, e dá outras providências."</t>
   </si>
   <si>
     <t>3140</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3140/pl_no.003-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3140/pl_no.003-2025.pdf</t>
   </si>
   <si>
     <t>"Estima a Receita e Fixa a Despesa do Município de São Francisco do Guaporé, para o exercício Financeiro de 2025".</t>
   </si>
   <si>
     <t>3141</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3141/pl_no.004-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3141/pl_no.004-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Lei de Diretrizes Orçamentárias - LDO, para o Exercício de 2025, do Município de São Francisco do Guaporé, e dá outras providências".</t>
   </si>
   <si>
     <t>3142</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3142/pl_05_-_2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3142/pl_05_-_2025.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e  Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a  Abrir Crédito  Adicional  Especial Por Excesso de Arrecadação  e Superavit financeiro  até o montante  de R$ 6 5.128,48 (Sessenta e cinco Mil, Cento e Vinte e Oito  Reais e Quarenta e Oito Centavos) em favor da unidade orçamentária da Secretária Municipal de Educação - SEMEC,  no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>3145</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3145/pl_06_-_2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3145/pl_06_-_2025.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e  Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a  Abrir Crédito  Adicional  Especial Por Excesso de arrecadação  e Superavit financeiro  até o montante  de R$  171.004,71  (Cento e Setenta e Um Mil, Quatro Reais e Setenta e um Centavos) em favor da unidade orçamentaria da Secretária Municipal  de Educação - SEMEC, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>3147</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3147/pl_07_-_2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3147/pl_07_-_2025.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a  Abrir Crédito  Adicional  Especial Por  Superavit financeiro  até o montante  de R$  1.967.000,00 (Um Milhão, Novecentos e Sessenta e Sete Mil Reais) em favor da unidade orçamentaria da Secretária Municipal  de Educação - SEMEC, no Orçam Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>3143</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3143/pl_08_-_2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3143/pl_08_-_2025.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial Por Superavit financeiro até o montante de R$ 900.000.00 (Novecentos Mil Reais) em favor da unidade orçamentaria da Secretaria Geral Governo Adm. Planejamento Ciência Tec. - SEGPLAN, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>3144</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3144/pl_09_-_2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3144/pl_09_-_2025.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro até o montante de R$ 78.000,00 (Setenta e Oito Mil Reais), em favor da unidade orçamentária da Secretaria Municipal de Infraestrutura e Serviços Públicos - SEINFRA, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>3146</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3146/pl_10_-_2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3146/pl_10_-_2025.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro até o montante de R$ 9.000,00 (Nove Mil Reais), em favor da unidade orçamentária da Secretaria Municipal de Infraestrutura e Serviços Públicos - SEINFRA, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>3149</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3149/pl_011-2025.pdf.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3149/pl_011-2025.pdf.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre transferencia de recursos financeiros sobre a Associação Beneficente São Camilo através do termo de fomento e dá outras providências."</t>
   </si>
   <si>
     <t>3151</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3151/pl_012-2025.pdf.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3151/pl_012-2025.pdf.pdf</t>
   </si>
   <si>
     <t>"Autoriza e regulamenta a contratação por meio de procedimentos de seleção pública, em caráter temporário e pelo regime celetista, de professor pedagogo fundamental I, professor pedagogo educação infantil, psicopedagogos e técnico de enfermagem, com a finalidade de atender à necessidade premente da rede publica de ensino do município de São Francisco do Guaporé e dá outras providências."</t>
   </si>
   <si>
     <t>3187</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3187/plc_no.03-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3187/plc_no.03-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Cria o Programa de Estímulo ao aprendizado e reconhecimento educacional "JOVENS GÊNIOS APRENDIZAGEM CRIATIVA" no âmbito do município de São Francisco do Guaporé, e dá outras providências".</t>
   </si>
   <si>
     <t>3227</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3227/pl_no.014-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3227/pl_no.014-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre inclusão e alterações no PPA, LDO e LOA, e autoriza o Poder Executivo abrir Crédito Adicional Especial por Superávit financeiro até o montante de R$ 400.257,99 (quatrocentos mil duzentos e cinquenta e sete reais e noventa e nove centavos), em favor da unidade Orçamentária da Secretaria Municipal de Educação - SEMEC, no orçamento vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>3228</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3228/pl_no.015-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3228/pl_no.015-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre inclusão e alterações no PPA, LDO e LOA, e autoriza o Poder Executivo a abrir Crédito Adicional Especial Suplementar por Superávit financeiro, até o montante de R$ 50.000.00 (cinquenta mil reais), em favor da unidade Orçamentaria da Secretaria Geral Governo Adm. Planejamento Ciência Tec. - SEGPLAN, no Orçamento vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>3245</t>
   </si>
   <si>
     <t>Agnielde Fotógrafo, Alessandra Brito, Braz Carlos Correia, Geferson dos Santos, Hermes Bordignon, Jorge Honorato, Márcio da Agricultura, Ozias Santos, Pastor Eber Lopes, Professor Marcio</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3245/pl_no.016-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3245/pl_no.016-2025.pdf</t>
   </si>
   <si>
     <t>"Institui a verba de ressarcimento de despesas relacionadas com atividade parlamentar."</t>
   </si>
   <si>
     <t>3246</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3246/projeto_de_lei_no_17_-_2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3246/projeto_de_lei_no_17_-_2025.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a obrigatoriedade da manutenção da limpeza de terrenos em São Francisco do Guaporé/RO, e dá outras providências."</t>
   </si>
   <si>
     <t>3282</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3282/pl_no.018-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3282/pl_no.018-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre inclusão e alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a abrir crédito adicional  especial por superávit financeiro, até o montante de R$ 300.000,00 (Trezentos Mil Reais) em favor da unidade orçamentária da Secretária Municipal de Educação e Cultura - SEMEC, no orçamento vigente, e dá outras providências";</t>
   </si>
   <si>
     <t>3285</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3285/pl_no.019-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3285/pl_no.019-2025.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Município de São Francisco do Guaporé adquirir o imóvel urbano de número 260, identificado no cadastro municipal como Lote 014, da Quadra 23, do Setor 03, de Posse da Empresa Talismã Imobiliária e Corretora Ltda, (CNPJ/MF n.51.401.288/0001-47), pelo valor de R$ 300.000,00 (Trezentos Mil Reais), mediante inexibilidade de licitação, com fulcro no Artigo 74, Inciso V, da Lei Federal n. 13.133/2021, destinado, exclusivamente, à ampliação da Unidade Escolar Ronaldo Aragão, da Rede Municipal de Ensino, e dá outras providências."</t>
   </si>
   <si>
     <t>3310</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3310/pl_no.020-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3310/pl_no.020-2025.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito Adicional Especial Por Previsão de Excesso de_x000D_
 Arrecadação e Abertura de Crédito Adicional Especial Por Superávit Financeiro até o montante de R$ 11.411.737,69 (onze milhões quatrocentos e onze mil setecentos e trinta e sete reais e sessenta e nove centavos) em favor da unidade orçamentária da Secretaria Municipal de Saúde - SEMUSA, no Orçamento Vigente, e dá outras providências"</t>
   </si>
   <si>
     <t>3355</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3355/pl_no.021-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3355/pl_no.021-2025.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial Por Superávit Financeiro até o_x000D_
 montante de R$ 200.000,00 (duzentos mil reais), em favor da unidade orçamentária da Secretaria Municipal de Agricultura e Desenvolvimento Rural-SEMAGRI, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>3378</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3378/pl_no.022-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3378/pl_no.022-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre inclusão e alterações no PPA, LDO e LOA, e autoriza o Poder Executivo a abrir crédito adicional especial por superávit financeiro até o montante de R$ 61.000,00 (Sessenta e um mil reais), em favor da unidade Orçamentária da Secretaria Municipal de Desenvolvimento Social e da Família - SEMDSF, no orçamento vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>3383</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3383/pl_no.023-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3383/pl_no.023-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre inclusão e alterações no PPA, LDO e LOA, e autoriza o Poder Executivo a abrir crédito adicional especial por superávit financeiro até o montante de R$ 2.100.792,00 (dois milhões, cem mil, setecentos e noventa e dois reais), em favor da unidade Orçamentária da Secretaria Municipal de Infraestrutura e Serviços Públicos - SEINFRA, no orçamento vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>3384</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3384/pl_no.024-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3384/pl_no.024-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre inclusão e alterações no PPA, LDO e LOA, e autoriza o Poder Executivo a abrir crédito adicional especial por anulação parcial de dotação até o montante de R$ 300.000,00 (trezentos mil reais), em favor da unidade Orçamentária da Secretaria Municipal de Saúde - SEMUSA, no orçamento vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>3390</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3390/pl_no.025-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3390/pl_no.025-2025.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito Adicional Especial  Por Superávit  Financeiro até  o  montante de  R$ 500.000,00 (quinhentos mil reais) em favor  da  unidade Orçamentaria da Secretaria Municipal de Agricultura e Desenvolvimento Rural - SEMAGRI, no Orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>3404</t>
   </si>
   <si>
     <t>Geferson dos Santos, Professor Marcio</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3404/pl_no.026-2025_-_geferson_prof_marcio.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3404/pl_no.026-2025_-_geferson_prof_marcio.pdf</t>
   </si>
   <si>
     <t>“Institui o Programa "Visite a Câmara" para incentivar a participação de estudantes nas reuniões da Câmara Municipal de São Francisco do Guaporé, Estado de Rondônia, e o aprendizado sobre o processo legislativo.”</t>
   </si>
   <si>
     <t>3405</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3405/pl_no.027-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3405/pl_no.027-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre as alterações e acréscimos de dispositivos na Lei n. 452/2008 que trata sobre o Regime de Suprimento de Fundos no âmbito da administração direta do município de São Francisco do Guaporé, e dá outras providências."</t>
   </si>
   <si>
     <t>3417</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3417/pl_no.028-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3417/pl_no.028-2025.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Legislativo Municipal a adquirir materiais de consumo para a distribuição gratuita aos seus Servidores Públicos e Vereadores em datas comemorativas, religiosas e cívicas nacionais, e dá outras providências."</t>
   </si>
   <si>
     <t>3425</t>
   </si>
   <si>
     <t>“Dispõe sobre a Inclusão e Alteração no Plano Plurianual - PPA, na Lei de Diretrizes Orçamentárias - LDO e na Lei Orçamentária Anual -  LOA, e Autoriza o Poder Executivo a abrir crédito adicional especial, por superávit financeiro, até o valor de R$ 100.000,00 (cem mil reais) em favor da unidade orçamentaria da Secretaria Municipal de Desenvolvimento Social e da Família - SEMDSF, e dá outras providências".</t>
   </si>
   <si>
     <t>3434</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3434/pl_no.030-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3434/pl_no.030-2025.pdf</t>
   </si>
   <si>
     <t>“Institui a Carteira de Identificação da Pessoa com Transtorno do Espectro Autista - CIPTEA, e garante benefícios prioritários nos serviços públicos e privados para pessoas com Transtorno do Espectro Autista – TEA, em São Francisco do Guaporé-RO.”</t>
   </si>
   <si>
     <t>3440</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3440/projeto_de_leidispoe_sobre_a_obrigatoriedade_da_realizacao_de_exame_toxicologico_periodico_para_todos_os_parlamentares_do_municipio_de_sao_francisco_do_guapore_-_ro_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3440/projeto_de_leidispoe_sobre_a_obrigatoriedade_da_realizacao_de_exame_toxicologico_periodico_para_todos_os_parlamentares_do_municipio_de_sao_francisco_do_guapore_-_ro_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade da realização de exame toxicológico periódico para todos os parlamentares do Município de São Francisco do Guaporé - RO e dá outras providências.</t>
   </si>
   <si>
     <t>3443</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3443/pl_no.032-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3443/pl_no.032-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Planejamento da Plantação de Árvores em Áreas Agrícolas e Pastagens, visando a conciliação entre o uso Eficiente de Maquinários Agrícolas e a Preservação Ambiental no Município de São Francisco do Guaporé – RO.</t>
   </si>
   <si>
     <t>3446</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3446/dispoe_sobre_a_distribuicao_de_cestas_basicas_as_familias_em_situacao_de_vulnerabilidade_social_no_periodo_do_natal_nos_anos_de_2025_a_2028_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3446/dispoe_sobre_a_distribuicao_de_cestas_basicas_as_familias_em_situacao_de_vulnerabilidade_social_no_periodo_do_natal_nos_anos_de_2025_a_2028_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a distribuição de cestas básicas às famílias em situação de vulnerabilidade social no período do Natal, nos anos de 2025 a 2028, e dá outras providências.”</t>
   </si>
   <si>
     <t>3447</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3447/dispoe_sobre_a_garantia_de_transporte_gratuito_para_familiares_de_pacientes_vitimas_de_acidentes_graves_ate_unidades_de_saude_do_municipio_ou_de_referencia_regional..pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3447/dispoe_sobre_a_garantia_de_transporte_gratuito_para_familiares_de_pacientes_vitimas_de_acidentes_graves_ate_unidades_de_saude_do_municipio_ou_de_referencia_regional..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a garantia de transporte gratuito para familiares de pacientes vítimas de acidentes graves até unidades de saúde do município ou de referência regional.</t>
   </si>
   <si>
     <t>3449</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3449/pl_no.035-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3449/pl_no.035-2025.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito Adicional Especial Por Superávit Financeiro até o montante de R$ 300.000,00 (trezentos mil reais) em favor da unidade orçamento da Secretaria Municipal de Saúde - SEMUSA, no orçamento vigente, e dá outras providências"</t>
   </si>
   <si>
     <t>3457</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3457/pl_no.036-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3457/pl_no.036-2025.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito Adicional Especial por Superávit Financeiro até o montante de R$ 784.598,57 (Setecentos oitenta e quatro mil quinhentos e noventa e oito reais e cinquenta e sete centavos), em favor da unidade orçamentária da Câmara Municipal, no Orçamento Vigente e dá outras providências.”</t>
   </si>
   <si>
     <t>3461</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3461/pl_no.037-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3461/pl_no.037-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a obrigatoriedade da tradução simultânea em Língua Brasileira de Sinais (LIBRAS) nas sessões e eventos oficiais da Câmara Municipal de São Francisco do Guaporé – RO, e dá outras providências."</t>
   </si>
   <si>
     <t>3479</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3479/pl_no.038-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3479/pl_no.038-2025.pdf</t>
   </si>
   <si>
     <t>"Autoriza o pagamento de despesas com premiação nos eventos esportivos do dia 01 de Maio, como forma de incentivo ao Esporte Amador no município de São Francisco do Guaporé, e dá outras providências".</t>
   </si>
   <si>
     <t>3480</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3480/pl_no.039-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3480/pl_no.039-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a proibição do plantio de árvores em estradas públicas municipais no município de São Francisco do Guaporé - RO e dá outras providências".</t>
   </si>
   <si>
     <t>3488</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3488/pl_no.040-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3488/pl_no.040-2025_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito Adicional Especial Por Superávit Financeiro e Excesso de Arrecadação até o montante de R$ 105.000,00 (cento e cinco mil reais) em favor da unidade Orçamentaria da Secretaria Municipal de Desenvolvimento Social e da Família-SEMDSF, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>3490</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3490/pl_no.041-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3490/pl_no.041-2025_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito Adicional Especial Por Superávit Financeiro e Excesso de Arrecadação por Previsão até o montante de RS 500.000,00 (quinhentos mil reais) em favor da unidade Orçamentária da Secretaria Municipal de Educacional e Cultura-SEMEC, no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>3491</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3491/pl_no.042-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3491/pl_no.042-2025_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito Adicional Especial Por Superávit Financeiro até o montante de R$ 23.745,02 (vinte e três mil setecentos e quarenta e cinco reais e dois centavos) em favor da unidade Orçamentaria da Secretaria _x000D_
 Municipal de Agricultura e Desenvolvimento Rural-SEMAGRI, no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>3495</t>
   </si>
   <si>
     <t>Braz Carlos Correia, Márcio da Agricultura</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3495/projeto_de_lei_proibicao_de_plantar_arvores.docx</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3495/projeto_de_lei_proibicao_de_plantar_arvores.docx</t>
   </si>
   <si>
     <t>“Dispõe sobre a proibição do plantio de árvores às margens das estradas vicinais, com o objetivo de facilitar a manutenção de estradas vicinais no município de São Francisco do Guaporé.”</t>
   </si>
   <si>
     <t>3497</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3497/pl_no.044-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3497/pl_no.044-2025_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito Adicional Especial Por Superávit Financeiro até o montante de R$ 185.000,00 (cento oitenta e cinco mil reais) em favor da unidade Orçamentaria da Secretaria Municipal de Saúde - SEMUSA, no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>3498</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3498/pl_no.045-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3498/pl_no.045-2025_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito Adicional Especial Por Superávit Financeiro até o montante de R$ 325.000,00 (trezentos e vinte e cinco mil reais) em favor da unidade Orçamentaria da Secretaria Municipal de Saúde - SEMUSA, no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>3517</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3517/pl_no.046-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3517/pl_no.046-2025_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito Adicional Especial Por Superávit Financeiro até o montante de R$ 765.000,00 (setecentos sessenta e cinco mil reais) em favor da unidade Orçamentária da Secretaria Municipal de Educação e Cultura - SEMEC, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>3519</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3519/pl_no.047-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3519/pl_no.047-2025_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial Por Superávit financeiro e Excesso_x000D_
 de Arrecadação por Previsão até o montante de R$ 2.303.189,08 (dois milhões trezentos e três mil cento e oitenta e nove reais e oito centavos) em favor da unidade orçamentaria da Secretaria Municipal de Infraestrutura e Serviço Público - SEINFRA, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>3520</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3520/pl_no.048-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3520/pl_no.048-2025_assinado.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito Adicional Especial Por Superávit Financeiro até o montante de R$ 250.000,00 (duzentos e cinquenta mil reais) em favor da unidade Orçamentaria da Secretaria Municipal de Meio Ambiente e Turismo - SEMA, no Orçamento Vigente, e dá outras providências"</t>
   </si>
   <si>
     <t>3521</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3521/pl_no.049-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3521/pl_no.049-2025_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito Adicional Especial Por Superávit Financeiro até o montante de R$ 77.000,00 (setenta e sete mil reais) em favor da unidade Orçamentária da Secretaria Municipal de Saúde - SEMUSA, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>3546</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3546/pl_no.050-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3546/pl_no.050-2025_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial Por Superávit financeiro até o_x000D_
 montante de R$ 1.500.000,00 (um milhão e quinhentos mil reais) em favor da unidade orçamentária da Secretaria Geral de Governo, Administração, Planejamento e Ciência Técnica - SEGPLAN, no Orça. Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>3581</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3581/projeto_de_lei_51-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3581/projeto_de_lei_51-2025.pdf</t>
   </si>
   <si>
     <t>"Estabelece a concessão de diárias de viagem, indenização por deslocamento ao campo e indenização por atividade externa urbana aos servidores públicos do Município, de sua autarquia e de servidores de outros órgãos colocados à disposição deste Município, e dá outras providências".</t>
   </si>
   <si>
     <t>3591</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3591/pl_no.052-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3591/pl_no.052-2025.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito Adicional Especial Por Superávit Financeiro até o montante de R$ 1.722.575,00 (um milhão setecentos e vinte e dois mil quinhentos e setenta e cinco reais) em favor da unidade Orçamentária_x000D_
 da Secretaria Municipal de Saúde - SEMUSA, no Orçamentário Vigente, e dá outras providências";</t>
   </si>
   <si>
     <t>3593</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3593/pl_no.053-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3593/pl_no.053-2025_assinado.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, Autoriza o Poder Executivo a Abertura de Crédito Adicional Especial Por Superavit Financeiro até o montante de R$ 118.262,50 (cento e dezoito mil duzentos e sessenta e dois reais e cinquenta centavos) em favor da unidade Orçamentaria da Secretária Municipal de Esporte e Lazer - SECEL, no Org. Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>3596</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3596/pl_no.054-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3596/pl_no.054-2025_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito Adicional Especial Por Superávit Financeiro até o montante de R$ 191.689,00 (cento e noventa e um mil seiscentos e oitenta e nove reais) em favor da unidade Orçamentaria da Secretaria Municipal de Saúde - SEMUSA, no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>3597</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3597/pl_no.055-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3597/pl_no.055-2025_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito Adicional Especial Por Superávit Financeiro até o montante de R$ 69.000,00 (sessenta e nove mil reais) em favor da unidade Orçamentária da Secretaria Municipal de Esporte e Lazer-SECEL, no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>3598</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3598/pl_no.056-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3598/pl_no.056-2025_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito Adicional Especial Por Superávit Financeiro até o montante de R$ 611.000,00 (seiscentos e onze mil reais) em favor da unidade Orçamentária da Secretaria Municipal de Saúde - SEMUSA, no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>3609</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3609/pl_institui_o_seminario_anual_de_capacitacao_e_inovacao_no_agronegocio_no_municipio_de_sao_francisco_do_guapore__ro__pdf.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3609/pl_institui_o_seminario_anual_de_capacitacao_e_inovacao_no_agronegocio_no_municipio_de_sao_francisco_do_guapore__ro__pdf.pdf</t>
   </si>
   <si>
     <t>“Institui o Seminário Anual de Capacitação e Inovação no Agronegócio no Município de São Francisco do Guaporé – RO, voltado para produtores rurais e seus filhos, e dá outras providências.”</t>
   </si>
   <si>
     <t>3615</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3615/pl_no.058-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3615/pl_no.058-2025_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito Adicional Especial por Superávit Financeiro até o montante de R$ 794.576,00 (setecentos noventa e quatro mil quinhentos e setenta e seis reais) em favor da unidade Orçamento da Secretaria Municipal de Saúde - SEMUSA, no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>3626</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3626/pl_no.059-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3626/pl_no.059-2025_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito Adicional Especial por Superávit Financeiro até o montante de R$ 268.358,00 (duzentos e sessenta e oito mil trezentos e cinquenta e oito reais) em favor da unidade orçamentária da Secretaria Municipal de Saúde - SEMUSA, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>3627</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3627/pl_no.060-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3627/pl_no.060-2025_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito Adicional Especial por Anulação Parcial e Total de Dotação até o montante de R$ 225.329,50 (duzentos e vinte e cinco mil trezentos e vinte e nove reais e cinquenta centavos) em favor da unidade orçamentária da Secretaria Municipal de Infraestrutura e Serviço Público - SEINFRA, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>3628</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3628/pl_no.061-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3628/pl_no.061-2025_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a doação de bem móvel do Câmara Municipal de Vereadores e dá outras providências.”</t>
   </si>
   <si>
     <t>3632</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3632/pl_dispoe_sobre_a_alteracao_e_inclusao_da_lei_municipal_no_1.394_de_29_de_junho_de_2016_pdf.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3632/pl_dispoe_sobre_a_alteracao_e_inclusao_da_lei_municipal_no_1.394_de_29_de_junho_de_2016_pdf.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração e inclusão da Lei Municipal nº 1.394, de 29 de junho de 2016, que institui o Programa "A Hora do Produtor", para dispor sobre a não obrigatoriedade de filiação a associações e simplificar a documentação exigida para acesso aos benefícios da Secretaria Municipal de Agricultura, e dá outras providências.</t>
   </si>
   <si>
     <t>3643</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3643/pl_no.063-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3643/pl_no.063-2025_assinado.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Município de São Francisco do Guaporé a adquirir, por inexigibilidade de licitação, dois imóveis urbanos lindeiros destinados à construção de Escola Municipal de Tempo Integral, e dá outras providências".</t>
   </si>
   <si>
     <t>3651</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3651/pl_no.064-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3651/pl_no.064-2025_assinado.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a proibição da venda comercialização do cachimbo de água egípcio conhecido como "narguilé" pessoas de qualquer idade e o consumo em qualquer ambiente, e dá outras providências."</t>
   </si>
   <si>
     <t>3652</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3652/pl_no.065-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3652/pl_no.065-2025_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito Adicional Especial Por Superávit Financeiro até o montante de R$ 513.625,00 (quinhentos e treze mil seiscentos e vinte e cinco reais) em favor da unidade Orçamentária da Secretaria Municipal de Saúde - SEMUSA, no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>3658</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3658/pl_no.066-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3658/pl_no.066-2025_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito Adicional Especial Por Superávit Financeiro_x000D_
 até o montante de R$ 400.000,00 (quatrocentos mil reais) em favor da unidade Orçamentaria da Secretaria Municipal de Agricultura  e Desenvolvimento Rural - SEMAGRI, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>3667</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3667/pl_no.067-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3667/pl_no.067-2025_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial Por Anulação Total de Dotação até o montante de R$ 130.738.61 (cento e trinta mil setecentos e trinta e oito reais e sessenta e um centavos), em favor da unidade Orçamento da Secretaria Municipal de Desenvolvimento Social e da Família - Semed, no Orçamento Vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>3668</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3668/pl_no.068-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3668/pl_no.068-2025_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a _x000D_
 Abertura de Crédito Adicional Especial Por Superavit Financeiro até o montante de R$ 332.922,55 (trezentos e trinta e dois mil novecentos e vinte e dois reais e cinquenta e _x000D_
 cinco centavos) em favor da unidade Orçamentaria da Secretaria Municipal de Agricultura e Desenvolvimento Rural -SEMAGRI, no Orçamento Vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>3669</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3669/pl_no.069-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3669/pl_no.069-2025_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a _x000D_
 Abertura de Crédito Adicional Especial Por Superavit Financeiro até o montante de R$ 160.480,64 (cento e sessenta mil quatrocentos e oitenta reais e sessenta e quatro centavos) em favor da unidade Orçamentaria da Secretaria Municipal de Agricultura e Desenvolvimento Rural - SEMAGRI, no Orçamento Vigente, e dá _x000D_
 outras providências.</t>
   </si>
   <si>
     <t>3683</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3683/pl_no.070-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3683/pl_no.070-2025_assinado.pdf</t>
   </si>
   <si>
     <t>"Institui o Programa de Incentivo ao Esporte Amador no âmbito do Município de São Francisco do Guaporé - RO, autoriza o Poder Executivo Municipal a promover a premiação das equipes e atletas participantes das competições esportivas organizadas pelo Município, e dá outras providências."</t>
   </si>
   <si>
     <t>3689</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3689/pl_no.071-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3689/pl_no.071-2025_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito Adicional Especial por Superávit Financeiro até o montante de R$ 463.072,90 (quatrocentos e sessenta e três mil setenta e dois reais e noventa centavos) em favor da unidade orçamentaria da Secretaria Municipal de Educação e Cultura - SEMEC, no Orçamento Vigente, e dá outras providências"</t>
   </si>
   <si>
     <t>3690</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3690/pl_no.072-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3690/pl_no.072-2025_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito Adicional Especial por Superávit Financeiro até o montante de R$ 1.319.571,16 (um milhão trezentos e dezenove mil quinhentos e setenta e um reais e dezesseis centavos) em favor da unidade Orçamentária da Secretaria Municipal de Educação e Cultura - SEMEC, no Orçamento Vigente, e dá outras providências"</t>
   </si>
   <si>
     <t>3692</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3692/pl_no.073-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3692/pl_no.073-2025_assinado.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a conceder subsídio à Associação BASSAI-SHO DE ARTES MARCIAIS para realização de evento de Boxe e dá outras providências";</t>
   </si>
   <si>
     <t>3693</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3693/pl_no.074-2025_-_expovale_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3693/pl_no.074-2025_-_expovale_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a concessão de Subvenção Financeira à Associação dos Produtores Rurais de São Francisco do Guaporé – RO (APRF), para a realização da XIX EXPOVALE, e dá outras providências.”</t>
   </si>
   <si>
     <t>3694</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3694/pl_no.075-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3694/pl_no.075-2025_assinado.pdf</t>
   </si>
   <si>
     <t>"Institui o PROGRAMA REMÉDIO EM CASA no Município de São Francisco do Guaporé/RO, e dá outras providências."</t>
   </si>
   <si>
     <t>3702</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3702/pl_no.076-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3702/pl_no.076-2025_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito Adicional Especial Por Superavit Financeiro até o montante de R$ 1.100.000,00 (um milhão e cem mil reais) em favor da unidade Orçamentária da Secretaria Municipal Infra Estrutura e Serviços Públicos - SEINFRA, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>3703</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3703/pl_no.077-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3703/pl_no.077-2025_assinado.pdf</t>
   </si>
   <si>
     <t>“Autoriza o pagamento de premiação XIX aos participantes do Torneio Leiteiro da EXPOVALE – Exposição Agropecuária de São Francisco do Guaporé – providências.”</t>
   </si>
   <si>
     <t>3705</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3705/pl_no.078-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3705/pl_no.078-2025_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o  Poder Executivo a Abrir Crédito Adicional Especial Por Superavit financeiro de por Previsão até o montante de R$ 2.600.000,00 (dois milhões e seiscentos mil reais) em favor da unidade orçamentário da Secretário Múnicipio de INFRA ESTR. E SERVIDORES PÚBLICOS-SEINFRA, no ORÇAMENTÁRIO. Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>3737</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3737/pl_no.079-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3737/pl_no.079-2025.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito Adicional Especial Por Anulação Total de Dotação até o montante de R$ 49.569,15 (quarenta e nove mil quinhentos e sessenta e nove reais e quinze centavos) em favor da unidade orçamentária da Secretaria Municipal de Meio Ambiente e Turismo- SEMAT, no Orçamento Vigente, e dá outras providências"</t>
   </si>
   <si>
     <t>3738</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3738/pl_no.080-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3738/pl_no.080-2025.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito Adicional Especial Por Anulação Parcial de Dotação até o montante de R$ 1.280.000,00 (um milhão duzentos e oitenta mil reais) em favor da unidade Orçamentaria do Instituto Municipal de Previdência Social dos Servidores - IMPES, no Orçamento Vigente, e dá outras providências"</t>
   </si>
   <si>
     <t>3740</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3740/pl_no.081-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3740/pl_no.081-2025.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito Adicional Especial Por Superávit_x000D_
 Financeiro R$ 150.000,00 (cento e cinquenta mil reais) em favor da unidade Orçamentária da Sec. Munic. de Desenvolvimento Social e da Família -SEMDSF, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>3741</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3741/pl_no.082-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3741/pl_no.082-2025.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito Adicional Especial Por Superávit Financeiro até o montante de R$ 100.000,00 (cento mil reais) em favor da unidade Orçamentaria da Secretaria Municipal de Esporte e Lazer - SECEL, no Orçamento Vigente, e dá outras providências";</t>
   </si>
   <si>
     <t>3747</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3747/pl_no.083-2025_-_folha_-_r_153.00000.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3747/pl_no.083-2025_-_folha_-_r_153.00000.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Anulação Parcial de dotação até o montante de R$ 153.000,00 (Cento e cinquenta e três mil reais) em favor da unidade orçamentária: Secretaria Municipal de Assistência Social e dá outras providências.”</t>
   </si>
   <si>
     <t>3748</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3748/pl_no.084-2025_-_folha_-_r1.400.00000.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3748/pl_no.084-2025_-_folha_-_r1.400.00000.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro até o montante de R$ 1.400.000,00 (Um milhão e quatrocentos mil reais) em favor das unidades orçamentárias: SEINFRA, SECEL, SEGPLAN, e dá outras providências.”</t>
   </si>
   <si>
     <t>3749</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3749/pl_no.085-2025_-_folha_-_r_3.732.00000.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3749/pl_no.085-2025_-_folha_-_r_3.732.00000.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro até o montante de R$ 3.732.000,00 (Três milhões setecentos e trinta e dois mil reais). em favor da unidade orçamentária da Secretaria Municipal de Saúde no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>3750</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3750/pl_no.086-2025_-folha_-_r_710.00000.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3750/pl_no.086-2025_-folha_-_r_710.00000.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro até o montante de R$ 710.000,00 (Setecentos e dez mil reais) em favor da unidade orçamentaria da Secretaria Municipal de Finanças - SEFIN, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>3751</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3751/pl_no.087-2025_-_helen_cristina_-_r_73.19600.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3751/pl_no.087-2025_-_helen_cristina_-_r_73.19600.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito Adicional Especial Por Superávit Financeiro até o montante de R$ 73.196,00 (setenta e três mil cento e noventa e seis reais) em favor da unidade Orçamentária da Secretaria Municipal de Saúde - SEMUSA, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>3754</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3754/projeto_de_lei_no_88_-_2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3754/projeto_de_lei_no_88_-_2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação da Denomina "Rua Denis Cardeliquel Nunes" o trecho de via pública que especifica, no Município de São Francisco do Guaporé/RO, e dá outras providências.</t>
   </si>
   <si>
     <t>3759</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3759/pl_no.089-2025_-_folha_sefin_-_r_48.00000.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3759/pl_no.089-2025_-_folha_sefin_-_r_48.00000.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar Por Anulação Parcial de Dotação até o montante de R$ 58.000,00 (Cinquenta e oito mil reais) em favor da unidade orçamentária da Secretaria Municipal de Assistência Social e Fundo Municipal de Saúde, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>3761</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3761/pl_no.090-2025_-_folha_segplan_r_490.00000.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3761/pl_no.090-2025_-_folha_segplan_r_490.00000.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Anulação Parcial de Dotação até o montante de R$ 490.000,00 (Quatrocentos e noventa mil reais) em favor da unidade orçamentárias: SEGPLAN, e dá outras providências.”</t>
   </si>
   <si>
     <t>3763</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3763/pl_no.091-2025_-folha_fundeb_r_590.00000.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3763/pl_no.091-2025_-folha_fundeb_r_590.00000.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Anulação Parcial de Dotação até o montante de R$ 590.000,00 (Quinhentos e noventa mil reais) em favor da unidade orçamentária da Secretaria Municipal de Educação e Cultura, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>3764</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3764/pl_no.092-2025_-folha_r_1.900.00000.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3764/pl_no.092-2025_-folha_r_1.900.00000.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Previsão de Excesso de Arrecadação até o montante de R$ 1.900.000,00 (Um Milhão e novecentos mil reais) em favor da unidade orçamentária da Secretaria Municipal de Educação e Cultura, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>3785</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3785/pl_no.093-2025_-_estadio_-_r_50.00000_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3785/pl_no.093-2025_-_estadio_-_r_50.00000_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito Adicional Especial Por Superávit Financeiro até o montante de R$ 50.000,00 (cinquenta mil reais) em favor da unidade Orçamentária da Secretaria Municipal de Esporte e Lazer - SECEL, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>3788</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3788/pl_94-2025_-_revoga_doacao_de_terreno.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3788/pl_94-2025_-_revoga_doacao_de_terreno.pdf</t>
   </si>
   <si>
     <t>“Revoga a Lei Municipal nº 2.214, de 03 de julho de 2023, que dispõe sobre a doação ao Estado de Rondônia do imóvel urbano descrito, e dá outras providências”.</t>
   </si>
   <si>
     <t>3808</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3808/pl_no.095-2025_-_impes_folha_-_r_213.00000_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3808/pl_no.095-2025_-_impes_folha_-_r_213.00000_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alteração no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial Suplementar por Superávit Financeiro até o montante de R$ 213.000,00 (duzentos e treze mil reais), em favor da unidade orçamentaria do Instituto Municipal de Previdência dos Servidores, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>3820</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3820/pl_no.096-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3820/pl_no.096-2025_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito Adicional Especial Por Superávit Financeiro até o montante de R$ 680.000,00 (seiscentos e oitenta mil reais) em favor da unidade Orçamentária da Secretaria Municipal de Meio Ambiente e Turismo - SEMAT, no Orçamento Vigente, e dá outras providências”.</t>
   </si>
   <si>
     <t>3821</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3821/pl_no.097-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3821/pl_no.097-2025_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito Adicional Especial Por Excesso de_x000D_
 Arrecadação até o montante de R$ 9.196.855,94 (Nove milhões cento e noventa e seis mil oitocentos e cinquenta e cinco reais e noventa e_x000D_
 quatro centavos) em favor da unidade Orçamentária da Secretaria Municipal de Educação e Cultura - SEMEC, no Orçamento Vigente, e dá outras providências";</t>
   </si>
   <si>
     <t>3822</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3822/pl_no.098-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3822/pl_no.098-2025_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito Adicional Especial Por Anulação Parcial de Dotação até o montante de R$ 158.623,27 (Cento e cinquenta e oito mil seiscentos e vinte e três reais e vinte e sete centavos) em favor da unidade Orçamentária da Secretaria Municipal de Meio Ambiente e Turismo - SEMAT, no Orçamento Vigente, e dá outras providências";</t>
   </si>
   <si>
     <t>3823</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3823/pl_no.099-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3823/pl_no.099-2025_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito Adicional Especial Por Superávit Financeiro até o montante de R$ 2.000.000,00 (dois milhões de reais) em favor da unidade Orçamentária da Secretaria Municipal de Saúde - SEMUSA, no Orçamento Vigente, e dá outras providências";</t>
   </si>
   <si>
     <t>3824</t>
   </si>
   <si>
     <t>Pastor Eber Lopes, Professor Marcio</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3824/pl_no.100-2025_-_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3824/pl_no.100-2025_-_assinado.pdf</t>
   </si>
   <si>
     <t>“Altera o artigo 20, da Lei Municipal nº.1.226/2015, e da outras providências”.</t>
   </si>
   <si>
     <t>3836</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3836/pl_no.101-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3836/pl_no.101-2025_assinado.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a celebrar convênio com a Polícia Civil do Estado de Rondônia, visando à cessão de uso de imóvel público municipal, e dá outras providências.”.</t>
   </si>
   <si>
     <t>3849</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3849/pl_no.102-2025_-_ppa__2026_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3849/pl_no.102-2025_-_ppa__2026_assinado.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o Plano Plurianual para o Quadriênio 2026-2029".</t>
   </si>
   <si>
     <t>3850</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3850/pl_no.103-2025_-_ldo__2026_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3850/pl_no.103-2025_-_ldo__2026_assinado.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Lei de Diretrizes Orçamentária - LDO, para o Exercício de 2026, do Município de São Francisco do Guaporé, e da outras providências".</t>
   </si>
   <si>
     <t>3852</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3852/pl_no.104-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3852/pl_no.104-2025_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito Adicional Especial Por Superávit Financeiro_x000D_
 até o montante de R$ 1.500.000,00 (Um milhão e quinhentos mil reais) em favor da unidade Orçamentária da Secretaria Municipal de Agricultura e Desenvolvimento Rural - SEMAGRI, no Orçamento Vigente, e dá outras providências”</t>
   </si>
   <si>
     <t>3875</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3875/pl_no.105-2025_-_loa_2026_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3875/pl_no.105-2025_-_loa_2026_assinado.pdf</t>
   </si>
   <si>
     <t>"Estima a Receita e Fixa a Despesa do Município de São Francisco do Guaporé, para o exercício Financeiro de 2026".</t>
   </si>
   <si>
     <t>3878</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3878/pl_no.106-2025_-_dia_das_criancas_-_r_258.00000.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3878/pl_no.106-2025_-_dia_das_criancas_-_r_258.00000.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito Adicional Especial Por Superávit Financeiro até o montante de R$ 258.000,00 (Duzentos e cinquenta e oito mil reais) em favor da unidade Orçamentária da Secretaria Municipal de Esporte e Lazer - SECEL, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>3879</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3879/pl_no.107-2025_-_gestao_desentralizada_-_r_350.00000_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3879/pl_no.107-2025_-_gestao_desentralizada_-_r_350.00000_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito Adicional Especial Por Superávit Financeiro R$ 350.000,00 (Trezentos e cinquenta mil reais) em favor da unidade Orçamentária da Secretaria Municipal de Desenvolvimento Social e da Família-SEMDSF, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>3880</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3880/pl_no.108-2025_-_piso_fixo_psb_-_13.74092_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3880/pl_no.108-2025_-_piso_fixo_psb_-_13.74092_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito Adicional Especial Por Superávit_x000D_
 Financeiro R$ 13.740,92 (Treze mil setecentos e quarenta reais e noventa e dois centavos) em favor da unidade Orçamentária da Secretaria Municipal de Desenvolvimento Social e da Família - SEMDSF, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>3881</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3881/pl_no.109-2025_-_piso_fixo_pse-_r_40.69666_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3881/pl_no.109-2025_-_piso_fixo_pse-_r_40.69666_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito Adicional Especial Por Superávit Financeiro R$ 40.696,66 (Quarenta mil seiscentos e noventa e seis reais e sessenta e seis centavos) em favor da unidade Orçamentária da Secretaria Municipal de Desenvolvimento Social e da Família - SEMDSF, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>3882</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3882/pl_no.110-2025_-_crianca_feliz_-_r_11.01217_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3882/pl_no.110-2025_-_crianca_feliz_-_r_11.01217_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito Adicional Especial Por Superávit Financeiro R$ 11.012,17 (Onze mil doze reais e dezessete centavos) em favor da unidade Orçamentária da Secretaria Municipal de Desenvolvimento Social e da Família - SEMDSF, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>3883</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3883/pl_no.111-2025_-_mamae_cheguei_-_r_18.24691_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3883/pl_no.111-2025_-_mamae_cheguei_-_r_18.24691_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito Adicional Especial Por Superávit Financeiro R$ 18.246,91 (Dezoito mil duzentos e quarenta e seis reais e noventa e um centavos) em favor da unidade Orçamentária da Secretaria Municipal de Desenvolvimento Social e da Família - SEMDSF, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>3891</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3891/pl_no.112-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3891/pl_no.112-2025_assinado.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a proibição da pesca artesanal, profissional e científica da espécie Pirarara (Phractocephalus hemiolipterus) no Município de São Francisco do Guaporé/RO, e dá outras providências."</t>
   </si>
   <si>
     <t>3897</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3897/pl_no.113-2025_-_saldo_semec_-_r_63.11600_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3897/pl_no.113-2025_-_saldo_semec_-_r_63.11600_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito Adicional Especial Por Excesso de arrecadação até o montante de R$ 63.116,00 (Sessenta e três mil cento e dezesseis reais) em favor da unidade Orçamentária da Secretaria Municipal de Educação e Cultura - SEMEC, no Orçamento Vigente, e dá outras providências”</t>
   </si>
   <si>
     <t>3908</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3908/pl_no.114-2025_-_obras_-_r_1.370.00000_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3908/pl_no.114-2025_-_obras_-_r_1.370.00000_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito Adicional Especial Por Superávit Financeiro_x000D_
 até o montante de R$ 1.370.000,00 (Um milhão trezentos e setenta mil reais) em favor da Secretaria Municipal de Agricultura e Desenvolvimento Rural -SEMAGRI, e dá outras providências”</t>
   </si>
   <si>
     <t>3909</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3909/pl_no.115-2025_-_campo_society_-_r_1.538.57253_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3909/pl_no.115-2025_-_campo_society_-_r_1.538.57253_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, do exercício vigente, e Autoriza o Poder Executivo a Abertura de Crédito Adicional Especial Por Excesso de Arrecadação e Superávit Financeiro até o montante de R$ 1.538.572,53 (Um milhão quinhentos e trinta e oito mil quinhentos e setenta e_x000D_
 dois reais e cinquenta e três centavos) em favor da Secretaria Municipal de Esporte e Lazer - SECEL, e dá outras providências”</t>
   </si>
   <si>
     <t>3910</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3910/pl_no.116-2025_-_acao_social_vulnerabilidade_-_r_182.15825_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3910/pl_no.116-2025_-_acao_social_vulnerabilidade_-_r_182.15825_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito Adicional Especial Por Superávit Financeiro R$ 182.158,25 (Cento e oitenta e dois mil cento e cinquenta e oito reais e vinte e cinco centavos) em favor da unidade Orçamentária da Secretaria Municipal de Desenvolvimento Social e da Família - SEMDSF, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>3926</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3926/pl_no.117-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3926/pl_no.117-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Acrescenta dispositivos ao Anexo II da Lei Municipal nº 1.930, de 10 de maio de 2021, que “Dispõe sobre a instituição do Programa Hora do Produtor no Município de São Francisco do Guaporé e dá outras providências”, para incluir o serviço de trator de pneu com implementos agrícolas.</t>
   </si>
   <si>
     <t>3927</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3927/pl_no.118-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3927/pl_no.118-2025_assinado.pdf</t>
   </si>
   <si>
     <t>“Altera o §5º do art. 1º, da Lei Municipal nº.2.531/2025, e da outras providências”.</t>
   </si>
   <si>
     <t>3952</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3952/pl_no.119-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3952/pl_no.119-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 1.995, de 20 de junho de 2022, que “dispõe sobre a instituição da Gratificação de Risco de Vida e Gratificação de Interiorização, e dá outras providências”, para incluir o cargo de Técnico em Agropecuária entre os beneficiários da Gratificação de Risco de Vida (GRV).</t>
   </si>
   <si>
     <t>3954</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3954/pl_no.120-2025_-_apae_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3954/pl_no.120-2025_-_apae_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a concessão de subvenção financeira à Associação de Pais e Amigos dos Excepcionais – APAE de São Francisco do Guaporé, por meio de Termo de Fomento, e dá outras providências.”</t>
   </si>
   <si>
     <t>3955</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3955/pl_no.121-2025_-_ecovale_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3955/pl_no.121-2025_-_ecovale_assinado.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a concessão de Subvenção Financeira à ECOVALE – Associação Comunitária e Ecológica do Vale do Guaporé, para apoio às ações de_x000D_
 preservação ambiental e realização de evento ecológico no Município de São Francisco do Guaporé – RO, e dá outras providências."</t>
   </si>
   <si>
     <t>3956</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3956/pl_no.122-2025_-_prova_de_laco_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3956/pl_no.122-2025_-_prova_de_laco_assinado.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a concessão de subvenção financeira à Associação Rancho São Lucas – Clube do Laço, para apoio à realização da 5ª Prova de Laço no Município de São Francisco do Guaporé – RO, e dá outras providências.</t>
   </si>
   <si>
     <t>3957</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3957/pl_no.123-2025_-_familia_agricola_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3957/pl_no.123-2025_-_familia_agricola_assinado.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a concessão de subvenção financeira à Associação Escola Família Agrícola do Vale do Guaporé – AEFAVALE, para garantia da continuidade e fortalecimento das ações educacionais em benefício da comunidade rural de São Francisco do Guaporé – RO, e dá outras providências."</t>
   </si>
   <si>
     <t>3958</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3958/pl_no.124-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3958/pl_no.124-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de manter um caminhão - pipa abastecido e disponível para emergências no Município de São Francisco do Guaporé – RO, e dá outras providências.</t>
   </si>
   <si>
     <t>3960</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3960/pl_no.125-2025_-_calcadas_seinfra_-_r_960.01900_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3960/pl_no.125-2025_-_calcadas_seinfra_-_r_960.01900_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial Por Excesso de arrecadação e por_x000D_
 Superávit financeiro até o montante de R$ 969.619,19 (Novecentos e sessenta e nove mil seiscentos e dezenove reais e dezenove centavos) em favor da Secretaria Municipal de Infra Estrutura e Serviços Públicos - SEINFRA, e dá outras providências.”</t>
   </si>
   <si>
     <t>3961</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3961/pl_no.126-2025_-_mac_cirurgias_mutirao_-_r_1.000.00000_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3961/pl_no.126-2025_-_mac_cirurgias_mutirao_-_r_1.000.00000_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe  sobre  Inclusão  e Alterações  no  PPA,  LDO  e LOA,  e  Autoriza  o  Poder  Executivo  a Abertura  de Crédito Adicional Especial  Por  Excesso  de Arrecadação até  o  montante de  R$ 1.000.000,00 (Um milhão de reais) em favor  da Secretaria  Municipal  de Saúde -SEMUSA, e dá outras providências”</t>
   </si>
   <si>
     <t>3962</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3962/pl_no.127-2025_-_plantoes_medicos_-_r_300.00000_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3962/pl_no.127-2025_-_plantoes_medicos_-_r_300.00000_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito Adicional Especial Por Excesso de Arrecadação até o montante de R$ 300.000,00 (Trezentos mil reais) em favor da Secretaria Municipal de Saúde - SEMUSA, e dá outras providências”</t>
   </si>
   <si>
     <t>3963</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3963/pl_no.128-2025_-_pap_incremento_capacitacao_-_r_200.00000_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3963/pl_no.128-2025_-_pap_incremento_capacitacao_-_r_200.00000_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito Adicional Especial Por Excesso de_x000D_
 Arrecadação até o montante de R$ 200.000,00 (Duzentos mil reais) em favor da Secretaria Municipal de Saúde - SEMUSA, e dá outras providências”</t>
   </si>
   <si>
     <t>3964</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3964/pl_no.129-2025_-_pap_incremento_-_r_600.00000_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3964/pl_no.129-2025_-_pap_incremento_-_r_600.00000_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito Adicional Especial Por Excesso de_x000D_
 Arrecadação até o montante de R$ 600.000,00 (Seiscentos mil reais) em favor da Secretaria Municipal de Saúde - SEMUSA, e dá outras providências”</t>
   </si>
   <si>
     <t>3965</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3965/pl_no.130-2025_-_pap_consumo_-_r_350.00000_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3965/pl_no.130-2025_-_pap_consumo_-_r_350.00000_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito Adicional Especial Por Excesso de Arrecadação até o montante de R$ 350.000,00 (Trezentos e cinquenta mil reais) em favor da Secretaria Municipal de Saúde - SEMUSA, e dá outras providências”</t>
   </si>
   <si>
     <t>3966</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3966/pl_no.131-2025_-_projeto_de_lei_-_pap_consumo_-_r_370.00000_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3966/pl_no.131-2025_-_projeto_de_lei_-_pap_consumo_-_r_370.00000_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito Adicional Especial Por Excesso de_x000D_
 Arrecadação até o montante de R$ 370.000,00 (Trezentos e setenta mil reais) em favor da Secretaria Municipal de Saúde - SEMUSA, e dá outras providências”</t>
   </si>
   <si>
     <t>3967</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3967/pl_no.132-2025_-_pap_insumos_consumo_-_r_140.00000_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3967/pl_no.132-2025_-_pap_insumos_consumo_-_r_140.00000_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito Adicional Especial Por Excesso de_x000D_
 Arrecadação até o montante de R$ 140.000,00 (Cento e quarenta mil reais) em favor da Secretaria Municipal de Saúde - SEMUSA, e dá outras providências”</t>
   </si>
   <si>
     <t>3970</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3970/pl_no.133-2025_-_projeto_de_lei_-_pap_capacitacao_pj_-_r_140.00000_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3970/pl_no.133-2025_-_projeto_de_lei_-_pap_capacitacao_pj_-_r_140.00000_assinado.pdf</t>
   </si>
   <si>
     <t>3971</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3971/pl_no.134-2025_-_refis_2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3971/pl_no.134-2025_-_refis_2025_assinado.pdf</t>
   </si>
   <si>
     <t>“Institui o Programa de Recuperação Fiscal – REFIS MUNICIPAL 2025, autoriza a concessão de perdão de multas e juros relativos a créditos tributários e não tributários vencidos até 31 de dezembro de 2024, e dá outras providências.”</t>
   </si>
   <si>
     <t>3980</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3980/pl_no.135-2025_-dia_das_criancas_-_r_100.00000.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3980/pl_no.135-2025_-dia_das_criancas_-_r_100.00000.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito Adicional Especial Por Superávit Financeiro até o montante de R$ 100.000,00 (Cem mil reais) em favor da unidade Orçamentária da Secretaria Municipal de Esporte e Lazer - SECEL, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>4004</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4004/pl_no.136-2025_-semdsf_-_remanejo_-_r_215.00000_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4004/pl_no.136-2025_-semdsf_-_remanejo_-_r_215.00000_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito Adicional Especial Por Superávit Financeiro R$ 215.000,00 (Duzentos e quinze mil  reais) em favor da unidade Orçamentária da Secretaria Municipal de Desenvolvimento Social e da Família - SEMDSF, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>4031</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4031/pl_no.137-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4031/pl_no.137-2025_assinado.pdf</t>
   </si>
   <si>
     <t>“Institui a obrigatoriedade de elaboração e apresentação de calendário anual de eventos da Secretaria Municipal de Educação de São Francisco do Guaporé, e dá outras providências.</t>
   </si>
   <si>
     <t>4041</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4041/pl_no.138-2025_-_remanejamento_encerramento_ano_fiscal_-_r_275.00000_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4041/pl_no.138-2025_-_remanejamento_encerramento_ano_fiscal_-_r_275.00000_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe  sobre  Inclusão  e Alterações  no  PPA,  LDO  e LOA,  e  Autoriza  o  Poder  Executivo  a Abertura  de Crédito Adicional Especial  por Anulação  Parcial  de Dotação até  o  montante de  R$ 275.000,00 (Duzentos  e setenta e  cinco mil reais) em favor  da Secretaria  Municipal  de Saúde - SEMUSA, e dá outras providências”</t>
   </si>
   <si>
     <t>4042</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4042/pl_no.139-2025_-_cobris_desp._encerramento_ano_fiscal_-_r_592.00000_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4042/pl_no.139-2025_-_cobris_desp._encerramento_ano_fiscal_-_r_592.00000_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza  o  Poder  Executivo  a Abertura  de Crédito Suplementar  por Anulação  Parcial  de Dotação até  o montante de R$ 592.000,00 (Quinhentos e noventa e dois mil reais) em favor da  unidade Orçamentária  da Secretaria  Municipal  de Meio Ambiente  e  Turismo- SEMAT, Secretaria  Municipal de Esporte e Lazer –SECEL e Secretaria  Geral  Governo, Administração,  Planejamento, Ciência Tecnicas -SEGPLAN no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>4043</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4043/pl_no.140-2025_-_mac_oci_ortopedia_-_r_1.200.00000_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4043/pl_no.140-2025_-_mac_oci_ortopedia_-_r_1.200.00000_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe  sobre  Inclusão  e Alterações  no  PPA,  LDO  e LOA,  e  Autoriza  o  Poder  Executivo  a Abertura  de Crédito Adicional Especial  por  Excesso  de Arrecadação até  o  montante de  R$ 1.200.000,00 (Um milhão e  duzentos  mil reais) em favor  da Secretaria  Municipal de Saúde - SEMUSA, e dá outras providências”</t>
   </si>
   <si>
     <t>4049</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4049/pl_no.141-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4049/pl_no.141-2025_assinado.pdf</t>
   </si>
   <si>
     <t>“Altera dispositivos da Lei Municipal nº 1.394, de 14 de dezembro de 2016, que institui o Programa “A Hora do Produtor”, e dá outras providências.”</t>
   </si>
   <si>
     <t>4052</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4052/pl_no.142-2025_-_aniversario_da_cidade_-_r_761.53500_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4052/pl_no.142-2025_-_aniversario_da_cidade_-_r_761.53500_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, do exercício  vigente, e  Autoriza  o  Poder  Executivo  a Abertura de Crédito Adicional Especial por Excesso  de  Arrecadação por Previsão e Anulação Parcial de Dotação até o montante de  R$ 761.535,00 (Setecentos  e  sessenta  e  um  mil quinhentos e trinta e cinco reais) em favor da Secretaria Municipal de Esporte e Lazer - SECEL, e dá outras providências.”</t>
   </si>
   <si>
     <t>4053</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4053/pl_no.143-2025_-_reforma_impes_-_r_183.00000_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4053/pl_no.143-2025_-_reforma_impes_-_r_183.00000_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe  sobre Inclusão  e Alteração no  PPA,  LDO  e  LOA,  e Autoriza  o  Poder  Executivo  a Abrir  Crédito Adicional Especial por Superávit  Financeiro até  o  montante  de  R$ 183.000,00 (Cento  e  oitenta  e  três  mil  reais), em favor  da unidade  orçamentária do  Instituto  Municipal  de  Previdência  dos Servidores, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>4055</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4055/pl_no.144-2025_-_agnielde_-_diarias_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4055/pl_no.144-2025_-_agnielde_-_diarias_assinado.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei _x000D_
 “Altera o §9º do art. 1º, da Lei Municipal nº.2.531/2025, e da outras providências”.</t>
   </si>
   <si>
     <t>4060</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4060/pl_no.145-2025_-_recuperacao_est._vic._alex_redano_att_-_119__-_r_2.940.00000_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4060/pl_no.145-2025_-_recuperacao_est._vic._alex_redano_att_-_119__-_r_2.940.00000_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe  sobre  Inclusão  e Alterações  no  PPA,  LDO  e LOA,  e  Autoriza  o  Poder  Executivo  a Abertura  de Crédito Adicional Especial  por Excesso  de Arrecadação até  o  montante de  R$ 2.940.000,00 (Dois Milhões Novecentos e Quarenta Mil Reais) em favor da Secretaria  Municipal  de Agricultura  e  Desenvolvimento  Rural - SEMAGRI, e  dá outras providências.”</t>
   </si>
   <si>
     <t>4061</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4061/pl_no.146-2025_-_recuperacao_est._vic._att-126_-_laerte_gomes_-_r_1.100.00000_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4061/pl_no.146-2025_-_recuperacao_est._vic._att-126_-_laerte_gomes_-_r_1.100.00000_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe  sobre  Inclusão  e Alterações  no  PPA,  LDO  e LOA,  e  Autoriza  o  Poder  Executivo  a Abertura  de Crédito Adicional Especial  Por Excesso  de Arrecadação até  o  montante de  R$ 1.100.000,00 (Um Milhão  e Cem Mil Reais) em favor  da Secretaria  Municipal  de Agricultura  e  Desenvolvimento  Rural - SEMAGRI, e  dá  outras providências.”</t>
   </si>
   <si>
     <t>4063</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4063/pl_no.147-2025_-_aquisicao_vam_educacao_-_r_504.74976_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4063/pl_no.147-2025_-_aquisicao_vam_educacao_-_r_504.74976_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito Adicional Especial  Por Excesso  de Arrecadação até  o montante de  R$ 504.749,76(Quinhentos  e quatro mil setecentos e  quarenta e nove reais e setenta e seis centavos) em favor da unidade Orçamentária  da Secretaria  Municipal  de Educação  e Cultura - SEMEC, no  Orçamento Vigente,  e  dá  outras providências.”</t>
   </si>
   <si>
     <t>4064</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4064/pl_no.148-2025_-_despesas_secret._sema_-_r_70.00000_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4064/pl_no.148-2025_-_despesas_secret._sema_-_r_70.00000_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito Adicional Especial  por Superávit  Financeiro até  o  montante de  R$ 70.000,00 (Setenta mil reais) em favor da  unidade Orçamentária  da Secretaria  Municipal  de Meio  Ambiente  e  Turismo - SEMAT, no  Orçamento vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>4065</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4065/pl_no.149-2025_-const._de_calc._em_ruas_e_av._conv._n_947518-2023_-_r_486.16774_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4065/pl_no.149-2025_-const._de_calc._em_ruas_e_av._conv._n_947518-2023_-_r_486.16774_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe  sobre  Inclusão  e Alterações  no  PPA,  LDO  e LOA,  e  Autoriza  o  Poder  Executivo  a Abrir  Crédito Adicional Especial  Por Excesso  de  arrecadação até  o montante de  R$ 486.167.74 (Quatrocentos  e  oitenta  e seis  mil  cento e  sessenta  e  sete  reais  e setenta  e quatro  centavos) em  favor da Secretaria Municipal de Infra Estrutura e Serviços Públicos - SEINFRA, e  dá  outras providências.”</t>
   </si>
   <si>
     <t>4066</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4066/pl_no.150-2025_-_ver_marcio_-_forun_permanente_contra_demarcacao_de_terras_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4066/pl_no.150-2025_-_ver_marcio_-_forun_permanente_contra_demarcacao_de_terras_assinado.pdf</t>
   </si>
   <si>
     <t>“Institui o Fórum Permanente Contra as Demarcações de Terras no Município de São Francisco do Guaporé–RO e dá outras providências.”</t>
   </si>
   <si>
     <t>4067</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4067/pl_no.151-2025_-_aquis._veiculo_e_computadores_-_r_198.00000_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4067/pl_no.151-2025_-_aquis._veiculo_e_computadores_-_r_198.00000_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito  Adicional Especial Por  Excesso  de Arrecadação R$ 198.000,00 (Cento  e  noventa e oito mil  reais) em favor da unidade Orçamentária da Secretaria Municipal de Desenvolvimento Social e da Família - SEMDSF, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>4068</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4068/pl_no.152-2025_-_institui_o_conselho_municipal_de_turismo_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4068/pl_no.152-2025_-_institui_o_conselho_municipal_de_turismo_assinado.pdf</t>
   </si>
   <si>
     <t>"Institui o Conselho Municipal de Turismo de São Francisco do Guaporé - COMTURSFG, revoga a Lei Municipal nº. 1.623/2019 e da outras providências."</t>
   </si>
   <si>
     <t>4071</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4071/pl_no.153-2025_-_semagri_supl_obras_-_r_1.270.00000_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4071/pl_no.153-2025_-_semagri_supl_obras_-_r_1.270.00000_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito Adicional Especial Por Superávit Financeiro_x000D_
 até o montante de até R$ 1.270.000,00 (Um milhão duzentos e setenta mil reais) em favor da Secretaria Municipal de Agricultura e Desenvolvimento Rural - SEMAGRI, e dá outras providências”.</t>
   </si>
   <si>
     <t>4078</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4078/pl_no.154-2025_-_geferson_-_cidade_limpa_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4078/pl_no.154-2025_-_geferson_-_cidade_limpa_assinado.pdf</t>
   </si>
   <si>
     <t>“Altera a Lei Municipal nº 1.960, de 29 de março de 2022, para incluir os Setores Chacareiros do Adão Martins e do Jardim Atlântico no perímetro urbano do Município de São Francisco do Guaporé, e dá outras providências”</t>
   </si>
   <si>
     <t>4079</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4079/pl_no.155-2025_-_unidade_movel_odontologica_-_r_163.37500_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4079/pl_no.155-2025_-_unidade_movel_odontologica_-_r_163.37500_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe  sobre  Inclusão  e Alterações  no  PPA,  LDO  e LOA,  e  Autoriza  o  Poder  Executivo  a Abertura  de Crédito Adicional Suplementar por Anulação Parcial de Dotação até o montante de até R$ 163.375,00 (Cento e sessenta  e  três mil trezentos  e  setenta  e  cinco  reais) em favor  da Secretaria  Municipal  de Saúde - SEMUSA, e  dá outras providências.”</t>
   </si>
   <si>
     <t>4080</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4080/pl_no.156-2025_-pick-up_e_termonebulizador_-_r_39.06500_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4080/pl_no.156-2025_-pick-up_e_termonebulizador_-_r_39.06500_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe  sobre  Inclusão  e Alterações  no  PPA,  LDO  e LOA,  e  Autoriza  o  Poder  Executivo  a Abertura  de Crédito Adicional Suplementar Por Anulação Parcial e Total de Dotação até  o  montante de  R$ 39.065,00 (Trinta e nove mil e sessenta e cinco reais) em favor da Secretaria  Municipal  de Saúde - SEMUSA, e  dá  outras providências.”</t>
   </si>
   <si>
     <t>4081</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4081/pl_no.157-2025_-_aquis._furgoneta_-_r_66.64200_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4081/pl_no.157-2025_-_aquis._furgoneta_-_r_66.64200_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe  sobre  Inclusão  e Alterações  no  PPA,  LDO  e LOA,  e  Autoriza  o  Poder  Executivo  a Abertura  de Crédito Adicional Suplementar por Anulação Parcial de Dotação até  o  montante de  R$ 66.642,00 (Sessenta  e seis mil e seiscentos e quarenta e dois reais) em favor da Secretaria Municipal  de Saúde - SEMUSA, e  dá  outras providências.”</t>
   </si>
   <si>
     <t>4082</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4082/pl_no.158-2025_-_aquis._6_ambulancias_-_r_77.42500_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4082/pl_no.158-2025_-_aquis._6_ambulancias_-_r_77.42500_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito Adicional Suplementar Por Anulação Parcial de Dotação até o montante de R$ 77.425,00 (Setenta e sete mil quatrocentos e vinte e cinco reais) em favor da Secretaria Municipal de Saúde - SEMUSA, e dá outras providências”</t>
   </si>
   <si>
     <t>4083</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4083/pl_no.159-2025_-_cobrir_despesas_-_r_100.00000_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4083/pl_no.159-2025_-_cobrir_despesas_-_r_100.00000_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, do exercício vigente, e Autoriza o Poder Executivo a Abertura de Crédito Adicional Especial Por Excesso de Arrecadação até o montante de RS 100.000,00 (Cem mil reais) em favor da Secretaria Municipal de Esporte e Lazer - SECEL, e dá outras providências.”</t>
   </si>
   <si>
     <t>4100</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4100/pl_no.160-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4100/pl_no.160-2025_assinado.pdf</t>
   </si>
   <si>
     <t>“Instituído Concurso Municipal de Decoração Natalina, Natal Encantado de São Francisco do Guaporé – RO, e dá outras providências.”</t>
   </si>
   <si>
     <t>4108</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4108/pl_no.161-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4108/pl_no.161-2025_assinado.pdf</t>
   </si>
   <si>
     <t>"Institui o Programa Prefeito, Vice-prefeito e Vereador Mirim no município de São Francisco do Guaporé - RO e dá outras providências."</t>
   </si>
   <si>
     <t>4109</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4109/projeto_dispoe_sobre_a_proibicao_de_estacionamento.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4109/projeto_dispoe_sobre_a_proibicao_de_estacionamento.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a proibição de estacionamento de veículos automotores nas proximidades das esquinas das vias públicas do município de São Francisco do Guaporé – RO, estabelece normas de sinalização, fiscalização e ações de educação no trânsito, e dá outras providências”.</t>
   </si>
   <si>
     <t>4110</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4110/pl_no.163-2025_-_oci_oftalmologista_-_r_166.06000_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4110/pl_no.163-2025_-_oci_oftalmologista_-_r_166.06000_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe  sobre  Inclusão  e Alterações  no  PPA,  LDO  e LOA,  e  Autoriza  o  Poder  Executivo  a Abertura  de Crédito Adicional Especial  Por  Excesso  de Arrecadação até o montante de R$ 166.060,00 (Cento e sessenta e seis mil e sessenta reais) em favor da Secretaria Municipal de Saúde - SEMUSA, e dá outras providências”</t>
   </si>
   <si>
     <t>4111</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4111/pl_no.164-2025_-_oci_otorrinolaringologista_-_r_166.06000_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4111/pl_no.164-2025_-_oci_otorrinolaringologista_-_r_166.06000_assinado.pdf</t>
   </si>
   <si>
     <t>4112</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4112/pl_no.165-2025_-_aquis._caminhao_toco_-_r_510.23333_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4112/pl_no.165-2025_-_aquis._caminhao_toco_-_r_510.23333_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe  sobre  Inclusão  e Alterações  no  PPA,  LDO  e LOA,  e  Autoriza  o  Poder  Executivo  a Abertura  de Crédito Adicional Especial  Por Excesso  de Arrecadação até  o  montante de R$ 510.233,33 (Quinhentos  e  dez  mil  duzentos  e trinta  e três reais  e trinta  e três centavos) em favor  da Secretaria  Municipal  de Agricultura  e  Desenvolvimento Rural - SEMAGRI, e  dá  outras providências”</t>
   </si>
   <si>
     <t>4116</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4116/pl_no.166-2025_-_natal_de_luz_e_evento_de_ano_novo_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4116/pl_no.166-2025_-_natal_de_luz_e_evento_de_ano_novo_assinado.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal a incluir e alterar dotações no Plano Plurianual – PPA, na Lei de Diretrizes Orçamentárias – LDO e na Lei  Orçamentária Anual – LOA, por meio de abertura de Crédito Adicional Suplementar por Anulação Total e Parcial de Dotação, e dá outras providências.”</t>
   </si>
   <si>
     <t>4119</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4119/pl_no.167-2025_-_despesas_-_r_196.50000_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4119/pl_no.167-2025_-_despesas_-_r_196.50000_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito  Adicional Especial Por  Excesso  de Arrecadação até o valor de R$ 196.500,00 (Cento e noventa e seis mil e quinhentos reais) em favor da unidade Orçamentária da Secretaria  Municipal  de Desenvolvimento  Social e da  Família - SEMDSF, no  Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>4121</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4121/pl_no.168-2025_-_agricultura_-_r_1.166.28863_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4121/pl_no.168-2025_-_agricultura_-_r_1.166.28863_assinado.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal a incluir e alterar dotações no Plano Plurianual – PPA, na Lei de Diretrizes Orçamentárias – LDO e na Lei Orçamentária Anual – LOA, por meio de abertura de Crédito Adicional Suplementar por Anulação Total e Parcial de Dotação, e dá outras providências.”</t>
   </si>
   <si>
     <t>4122</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4122/pl_no.169-2025_-_semagri-_secel_r_1.018.12000_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4122/pl_no.169-2025_-_semagri-_secel_r_1.018.12000_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito Adicional Especial por Excesso de_x000D_
 Arrecadação até o montante de R$ 1.018.120,00 (um milhão, dezoito mil, cento e vinte reais), em favor da Secretaria Municipal de Agricultura_x000D_
 – SEMAGRI e da Secretaria Municipal de Esporte e Lazer – SECEL, e dá outras providências.”</t>
   </si>
   <si>
     <t>4123</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4123/pl_autoriza_a_retirada_de_madeira_derrubada_antes_de_2008.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4123/pl_autoriza_a_retirada_de_madeira_derrubada_antes_de_2008.pdf</t>
   </si>
   <si>
     <t>Autoriza a retirada de madeira derrubada antes de 2008 para uso como lenha em secadores no município de São Francisco do Guaporé – RO, e dá outras providências.</t>
   </si>
   <si>
     <t>4124</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4124/pl_no.171-2025_-_emprestimo_de_maquinas_agricolas_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4124/pl_no.171-2025_-_emprestimo_de_maquinas_agricolas_assinado.pdf</t>
   </si>
   <si>
     <t>"Autoriza a Secretaria Municipal de Agricultura do Município de São Francisco do Guaporé/RO a ceder, gratuitamente, o uso de maquinários, equipamentos e implementos agrícolas às Associações Rurais legalmente constituídas, mediante Termo de Cessão de Uso Gratuito, e dá outras_x000D_
 providências."</t>
   </si>
   <si>
     <t>4125</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4125/pl_no.172-2025_-_doacao_de_cacambas_de_terra_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4125/pl_no.172-2025_-_doacao_de_cacambas_de_terra_assinado.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal a doar cargas de terra às famílias de baixa renda no Município de São Francisco do Guaporé e dá outras providências.”</t>
   </si>
   <si>
     <t>4127</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4127/projeto_van_odontologica_vereador_agnielde.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4127/projeto_van_odontologica_vereador_agnielde.pdf</t>
   </si>
   <si>
     <t>“Institui e organiza o Programa Municipal de Atendimento Odontológico Itinerante – Van Odontológica Móvel – no Município de São Francisco do Guaporé -RO, utilizando a unidade móvel já existente, e dá outras providências.”</t>
   </si>
   <si>
     <t>4133</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4133/pl_no.174-2025_-_reorganiza_as_funcoes_e_atribuicoes_da_controladoria_geral_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4133/pl_no.174-2025_-_reorganiza_as_funcoes_e_atribuicoes_da_controladoria_geral_assinado.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Estrutura Organizacional, do Órgão de Controle Interno, Instituindo a Controladoria Geral como órgão central do Sistema de Controle Interno do Município de São Francisco do Guaporé, determinando e regulamentando o Cargo de Controlador Geral, Controladoria Geral Adjunta, Gerência de Departamento do Órgão de Controle Interno, Gerência de Departamento de Supervisão e Controle, Auditor de Controle Interno, Controlador Interno, Ouvidoria e Criando o Cargo de Assessor Técnico de Análise Processual."</t>
   </si>
   <si>
     <t>4134</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4134/pl_no.175-2025_-_doacao_veiculo_camara_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4134/pl_no.175-2025_-_doacao_veiculo_camara_assinado.pdf</t>
   </si>
   <si>
     <t>“Autoriza a doação de bem móvel à Câmara Municipal de Vereadores de São Francisco do Guaporé, nos termos da Lei Federal nº 14.133/2021, e dá outras providências.”</t>
   </si>
   <si>
     <t>4135</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4135/pl_incluir_o_cargo_de_fiscal_de_vigilancia_sanitaria_entre_os_beneficiarios_da_gratificacao_de_risco_de_vida.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4135/pl_incluir_o_cargo_de_fiscal_de_vigilancia_sanitaria_entre_os_beneficiarios_da_gratificacao_de_risco_de_vida.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 1.995, de 20 de junho de 2022, para incluir o cargo de Fiscal de Vigilância Sanitária entre os beneficiários da Gratificação de Risco de Vida (GRV) e dá outras providências</t>
   </si>
   <si>
     <t>4137</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4137/pl_no.177-2025_-_atualizacao_dos_salarios_dos_tecnicos_em_enfermagem_lotados_na_educacao_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4137/pl_no.177-2025_-_atualizacao_dos_salarios_dos_tecnicos_em_enfermagem_lotados_na_educacao_assinado.pdf</t>
   </si>
   <si>
     <t>"Altera a referência e a classe funcional do cargo efetivo de Técnico em Enfermagem, lotado na Secretaria Municipal de Educação – SEMED, para_x000D_
 fins de adequação ao piso salarial nacional da enfermagem, e dá outras providências."</t>
   </si>
   <si>
     <t>4138</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4138/pl_no.178-2025_-contrapartida_caminhao_melosa_-_r_165.00000_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4138/pl_no.178-2025_-contrapartida_caminhao_melosa_-_r_165.00000_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza  o  Poder  Executivo  a  Abertura  de  Crédito Adicional  Especial  por  Excesso  de  Arrecadação  até  o montante de R$ 165.000,00 (Cento e sessenta e cinco mil reais),  em  favor  da  Secretaria  Municipal  de  Agricultura – SEMAGRI e dá outras providências.”</t>
   </si>
   <si>
     <t>4139</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4139/pl_no.179-2025-_cria_o_fundo_municipal_da_pessoa_idosa_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4139/pl_no.179-2025-_cria_o_fundo_municipal_da_pessoa_idosa_assinado.pdf</t>
   </si>
   <si>
     <t>“Institui o Fundo Municipal da Pessoa Idosa – FMPI no Município de São Francisco do Guaporé – RO, e dá outras providências.”</t>
   </si>
   <si>
     <t>4141</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4141/pl_no.180-2025_-_diu_contraceptivo_-_r_100.00000_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4141/pl_no.180-2025_-_diu_contraceptivo_-_r_100.00000_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito Adicional Especial Por Excesso de_x000D_
 Arrecadação até o montante de R$ 100.000,00 (Cem mil reais) em favor da Sec. Munic. de Saúde - SEMUSA, e dá outras providências”</t>
   </si>
   <si>
     <t>4142</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4142/pl_no.181-2025_-_aquisicao_de_insumos_-_r_315.15000_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4142/pl_no.181-2025_-_aquisicao_de_insumos_-_r_315.15000_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe  sobre  Inclusão  e Alterações  no  PPA,  LDO  e LOA,  e  Autoriza  o  Poder  Executivo  a Abertura  de Crédito Adicional Especial  Por  Excesso  de Arrecadação até  o  montante de  R$ 315.150,00 (Trezentos  e  quinze  mil  cento  e  cinquenta  reais) em favor da Secretaria Municipal de Saúde - SEMUSA, e  dá outras providências”</t>
   </si>
   <si>
     <t>4143</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4143/pl_no.182-2025_-_remanejamento_semusa_-_r_578.75302_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4143/pl_no.182-2025_-_remanejamento_semusa_-_r_578.75302_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe  sobre  Inclusão  e Alterações  no  PPA,  LDO  e LOA,  e  Autoriza  o  Poder  Executivo  a Abertura  de Crédito Adicional Suplementar por Anulação Total de Dotação até  o  montante de até R$ 578.753,02 (Quinhentos  e  setenta  e  oito  mil  setecentos  e cinquenta  e três reais  e  dois  centavos) em favor  da Secretaria  Municipal  de Saúde - SEMUSA, e  dá  outras providências.”</t>
   </si>
   <si>
     <t>4144</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4144/pl_no.183-2025_-_aquis._implemento_agricola_-_r_396.00000_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4144/pl_no.183-2025_-_aquis._implemento_agricola_-_r_396.00000_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza  o  Poder  Executivo  a  Abertura  de  Crédito Adicional  Especial  por  Excesso  de  Arrecadação  até  o montante  de  R$ 396.000,00 (Trezentos  e  noventa  e  seis mil reais), em favor da Secretaria Municipal de Agricultura– SEMAGRI e dá outras providências.”</t>
   </si>
   <si>
     <t>4149</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4149/lei_medicamentos_de_alto_custo.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4149/lei_medicamentos_de_alto_custo.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a adquirir medicamentos de alto custo diretamente das farmácias e drogarias estabelecidas no Município de_x000D_
 São Francisco do Guaporé – RO, e dá outras providências.</t>
   </si>
   <si>
     <t>4150</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4150/projeto_de_lei_para_mulheres_com_vulnerabilidade_social.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4150/projeto_de_lei_para_mulheres_com_vulnerabilidade_social.pdf</t>
   </si>
   <si>
     <t>Institui no âmbito do Município de São Francisco do Guaporé,  O Programa Municipal de Apoio à Mudanças Para Família de Baixa Renda_x000D_
 e Mulheres de Situação de Vulnerabilidade Social do Município de São Francisco do Guaporé – RO, e dá outras providências.</t>
   </si>
   <si>
     <t>4151</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4151/pl_no.186-2025_-_tubos_pead_-_r_172.69200_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4151/pl_no.186-2025_-_tubos_pead_-_r_172.69200_assinado.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito Adicional Especial por Excesso de Arrecadação até o montante de R$ 172.692,00 (Cento e setenta e dois mil seiscentos e noventa e dois reais), em favor da Secretaria Municipal de Agricultura – SEMAGRI e dá outras providências.”</t>
   </si>
   <si>
     <t>4156</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4156/pl_no.187-2025_-_material_pedagogico_2026_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4156/pl_no.187-2025_-_material_pedagogico_2026_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre inclusão e alterações no Plano Plurianual – PPA, na Lei de Diretrizes Orçamentárias – LDO e na Lei Orçamentária Anual – LOA, e autoriza o Poder Executivo a abrir Crédito Adicional Especial por Excesso de Arrecadação, destinado à criação da Ficha Orçamentária com categoria econômica_x000D_
 3.3.90.32.00 – Material de Distribuição Gratuita, para aquisição de livros e materiais pedagógicos para a Rede Municipal de Ensino, e dá outras providências.”</t>
   </si>
   <si>
     <t>4157</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4157/pl_no.188-2025_-_mat_didatico_diversos_pedagogicos_-_r_792.00000_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4157/pl_no.188-2025_-_mat_didatico_diversos_pedagogicos_-_r_792.00000_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre inclusão e alterações no PPA, LDO e LOA, e autoriza o Poder Executivo a abrir Crédito Adicional Especial por Excesso de Arrecadação no valor de R$ 792.000,00 (setecentos e noventa e dois mil reais), provenientes da Emenda Parlamentar e dá outras providências.”</t>
   </si>
   <si>
     <t>4160</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4160/pl_no.189-2025_-_subvencao_financeira_aspruvarsp_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4160/pl_no.189-2025_-_subvencao_financeira_aspruvarsp_assinado.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal a conceder subvenção financeira à Associação dos Produtores Rurais Vale do Rio São Pedro – ASPRUVARSP para custear reforma de trator agrícola, e dá outras providências.”</t>
   </si>
   <si>
     <t>4165</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4165/pl_no.190-2025_-_onibus_escolares_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4165/pl_no.190-2025_-_onibus_escolares_assinado.pdf</t>
   </si>
   <si>
     <t>"Altera o artigo 6º da Lei Municipal nº 810, de 20 de março de 2012, que disciplina o Serviço de Transporte Escolar no Município de São Francisco do Guaporé/RO, e dá outras providências."</t>
   </si>
   <si>
     <t>4166</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4166/pl_no.191-2025_-_folga_aniversario_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4166/pl_no.191-2025_-_folga_aniversario_assinado.pdf</t>
   </si>
   <si>
     <t>"Institui a folga remunerada no dia do aniversário do servidor público municipal de São Francisco do Guaporé – RO, e dá outras providências."</t>
   </si>
   <si>
     <t>4195</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4195/pl_no.192-2025_-_remanejamento_fundb_-_semec_-_r_1.830.00000_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4195/pl_no.192-2025_-_remanejamento_fundb_-_semec_-_r_1.830.00000_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abertura de Crédito Adicional Especial  Por Excesso  de Arrecadação até  o montante de  R$ 1.830.000,00 (Um milhão oitocentos e trinta mil reais) em favor da unidade Orçamentaria  da Secretaria  Municipal  de Educação  e Cultura - SEMEC, no  Orçamento Vigente, e dá  outras providências.”</t>
   </si>
   <si>
     <t>4266</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4266/pl_no.193-2025_-_semusa_-_r_200.00000_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4266/pl_no.193-2025_-_semusa_-_r_200.00000_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe  sobre  Inclusão  e Alterações  no  PPA,  LDO  e LOA,  e  Autoriza  o  Poder  Executivo  a Abertura  de Crédito Adicional Especial  por  Excesso  de Arrecadação  e  por Anulação Parcial de Dotação até  o montante de até R$ 200.000,00 (Duzentos mil reais) em favor da Secretaria Municipal de Saúde - SEMUSA, e  dá outras providências.”</t>
   </si>
   <si>
     <t>4267</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4267/pl_no.194-2025_-aditivo_estadio_-_r_94.30222_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4267/pl_no.194-2025_-aditivo_estadio_-_r_94.30222_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, do exercício  vigente, e  Autoriza  o  Poder  Executivo  a Abertura de Crédito Adicional Especial Por Excesso  de Arrecadação até o  montante de  R$ 94.302,22 (Noventa  e  quatro  mil trezentos  e dois  reais  e  vinte  e  dois  centavos) em  favor da Secretaria  Municipal de Esporte  e  Lazer - SECEL, e  dá  outras providências.”</t>
   </si>
   <si>
     <t>4268</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4268/pl_no.195-2025_-_conselho_municipal_de_saude_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4268/pl_no.195-2025_-_conselho_municipal_de_saude_assinado.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a nova redação da Lei de criação, composição, organização e competência do Conselho Municipal de Saúde de São Francisco do Guaporé/RO, revoga a Lei Municipal nº 007/1997 e dá outras providências.</t>
   </si>
   <si>
     <t>4272</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4272/pl_no.196-2025_-_reserva_de_dominio_-_br_429_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4272/pl_no.196-2025_-_reserva_de_dominio_-_br_429_assinado.pdf</t>
   </si>
   <si>
     <t>"Recepciona, no âmbito do Município de São Francisco do Guaporé/RO, a Lei Federal nº 13.913, de 25 de novembro de 2019, e dispõe sobre a redução da faixa não edificável contígua às faixas de domínio da Rodovia Federal BR-429, e dá outras providências."</t>
   </si>
   <si>
     <t>3139</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Mesa Diretora - MD</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3139/plc_no.01-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3139/plc_no.01-2025.pdf</t>
   </si>
   <si>
     <t>"Altera o Anexo III da Lei Complementar Municipal n. 65/2019, e dá outras providências."</t>
   </si>
   <si>
     <t>3150</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3150/plc_02-2025.pdf.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3150/plc_02-2025.pdf.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a ampliação do número de vagas dos cargos efetivos de professores e pedagogos do ensino fundamental 1, Professores e pedagogos da educação infantil e psicopedagogos. Que descreve a Lei complementar nº 056/2017, autorizando a realização e dá outras providências."</t>
   </si>
   <si>
     <t>3165</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3165/plc_no.03-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3165/plc_no.03-2025_assinado.pdf</t>
   </si>
   <si>
     <t>“Altera a lei complementar 091/2022 dos assessores Parlamentares em suas Competências e atribuições e dá outras providencias."</t>
   </si>
   <si>
     <t>3230</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3230/plc_no.04-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3230/plc_no.04-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a ampliação do numero vagas dos cargos comissionados de assessor técnico e assessor técnico auxiliar, que descreve anexo II, da lei complementar nº 135/2024, e da outras providências."</t>
   </si>
   <si>
     <t>3242</t>
   </si>
   <si>
     <t>Geferson dos Santos, Ozias Santos</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3242/plc_no.05-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3242/plc_no.05-2025.pdf</t>
   </si>
   <si>
     <t>"Altera o art. 76, inciso III e alínea "c", suprime a alínea "d", todos da Lei Complementar Municipal n. 65/2019, e dá outras providências";</t>
   </si>
   <si>
     <t>3379</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3379/plc_no.06-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3379/plc_no.06-2025.pdf</t>
   </si>
   <si>
     <t>"Regulamenta o disposto no Artigo 169, Inciso I, da Lei Orgânica do Município, estabelece prazos para o envio de peças orçamentárias ao Poder Legislativo e da outras providências".</t>
   </si>
   <si>
     <t>3499</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3499/plc_no.07-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3499/plc_no.07-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Altera o Plano de Amortização para equacionamento do déficit atuarial do Regime Próprio de Previdência Social - RPPS do município de São Francisco do Guaporé (RO), conforme diretrizes emanadas pela portaria nº 1.467/2022 e suas alterações, e dá outras providências."</t>
   </si>
   <si>
     <t>3685</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3685/plc_no.08-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3685/plc_no.08-2025_assinado.pdf</t>
   </si>
   <si>
     <t>"Altera a Estrutura Administrativa do Município de São Francisco do Guaporé e dá outras providências".</t>
   </si>
   <si>
     <t>4030</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4030/plc_no.09-2025_-_altera_cobranca_do_itbi_e_da_outras_providencias_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4030/plc_no.09-2025_-_altera_cobranca_do_itbi_e_da_outras_providencias_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a criação de novos dispositivos e alteração de redação no Código Tributário Municipal, bem como a revogação da Lei Municipal nº 830/2012, para fomentar a Regularização Fundiária no Município de São Francisco do Guaporé.”</t>
   </si>
   <si>
     <t>4107</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4107/plc_no.10-2025_-_geferson_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4107/plc_no.10-2025_-_geferson_assinado.pdf</t>
   </si>
   <si>
     <t>“Altera o caput do art. 62 da Lei Complementar nº 144, de 2025, para assegurar ao servidor efetivo designado para cargo em comissão a percepção integral da remuneração correspondente.”</t>
   </si>
   <si>
     <t>4161</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4161/plc_no.11-2025_-_geferson_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4161/plc_no.11-2025_-_geferson_assinado.pdf</t>
   </si>
   <si>
     <t>“Altera a Lei Complementar nº 45, de 3 de dezembro de 2015, para atualizar o critério de cálculo do adicional de insalubridade devido aos servidores da Secretaria Municipal de Saúde.”</t>
   </si>
   <si>
     <t>4167</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4167/plc_no.12-2025_-_altera_a_lei_complementar_144_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4167/plc_no.12-2025_-_altera_a_lei_complementar_144_assinado.pdf</t>
   </si>
   <si>
     <t>"Altera dispositivos da Lei Complementar nº 144, de 2025, para atualizar remunerações, criar cargos comissionados e instituir funções gratificadas no âmbito da Administração Pública Municipal de São Francisco do Guaporé – RO."</t>
   </si>
   <si>
     <t>4269</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4269/plc_no.13-2025_-_altera_a_taxa_administrativa_instituto_de_previdencia_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4269/plc_no.13-2025_-_altera_a_taxa_administrativa_instituto_de_previdencia_assinado.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a alteração da taxa de administração, e dá outras providências."</t>
   </si>
   <si>
     <t>4270</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4270/plc_no.14-2025_-_altera_o_plano_de_amortizacao_do_instituto_de_previdencia_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4270/plc_no.14-2025_-_altera_o_plano_de_amortizacao_do_instituto_de_previdencia_assinado.pdf</t>
   </si>
   <si>
     <t>"Altera o Plano de Amortização do Instituto de Previdência Social dos Servidores Públicos Municipais de São Francisco do Guaporé/RO, conforme diretrizes da Portaria MTP nº 1.467/2022 e suas alterações, e dá outras providências."</t>
   </si>
   <si>
     <t>3148</t>
   </si>
   <si>
     <t>PRL</t>
   </si>
   <si>
     <t>Projeto de Resolução Legislativa</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3148/prl_01-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3148/prl_01-2025.pdf</t>
   </si>
   <si>
     <t>"Que regulamenta no âmbito da Câmara Municipal de São Francisco do Guaporé procedimentos dos processos administrativos e dá outras providencia.“</t>
   </si>
   <si>
     <t>3243</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3243/prl_no.02-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3243/prl_no.02-2025.pdf</t>
   </si>
   <si>
     <t>"Institui o Auxílio Funeral para os Vereadores da Câmara Municipal de São Francisco do Guaporé/RO, na forma que especifica e dá outras providências."</t>
   </si>
   <si>
     <t>3297</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3297/prl_no.003-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3297/prl_no.003-2025.pdf</t>
   </si>
   <si>
     <t>“Altera o Inciso I do Art. 161, da Resolução Legislativa nº.03/2024 – Regimento Interno”.</t>
   </si>
   <si>
     <t>3477</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3477/prl_no.04-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3477/prl_no.04-2025.pdf</t>
   </si>
   <si>
     <t>"Regulamenta a aplicação da Lei Federal nº.13.709, de 14 de agosto de 2018 - Lei de Proteção de Dados Pessoais (LGPD) no âmbito do Poder Legislativo Municipal de São Francisco do Guaporé/RO, e dá outras providências".</t>
   </si>
   <si>
     <t>3478</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3478/prl_no.05-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3478/prl_no.05-2025.pdf</t>
   </si>
   <si>
     <t>"Regulamenta Lei nº.452/2008, no âmbito da Câmara Municipal de Vereadores de São Francisco do Guaporé e dá outras providências".</t>
   </si>
   <si>
     <t>3592</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3592/prl_no.06-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3592/prl_no.06-2025_assinado.pdf</t>
   </si>
   <si>
     <t>"Inclui o Parágrafo Único ao artigo 36, da Resolução Legislativa n. 007/2023, na forma que especifica".</t>
   </si>
   <si>
     <t>3664</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3664/projeto_de_resolucao_legislativa_n.007-2025_-_implantacao_do_pix_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3664/projeto_de_resolucao_legislativa_n.007-2025_-_implantacao_do_pix_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a regulamentação do uso do sistema de pagamentos instantâneos – Pix – no âmbito da Câmara Municipal de São Francisco do Guaporé – RO e dá outras providências”.</t>
   </si>
   <si>
     <t>3778</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3778/prl_no.08-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3778/prl_no.08-2025_assinado.pdf</t>
   </si>
   <si>
     <t>"Inclui o art. 42-A, incisos I, II e III, §§1º, 2º e 3º, art. 42-B, incisos I e II, art. 42-C e Parágrafo Único à Resolução Legislativa n. 007/2023, e dá outras providências."</t>
   </si>
   <si>
     <t>3920</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3920/projeto_resolucao_legislativa_n.009-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3920/projeto_resolucao_legislativa_n.009-2025.pdf</t>
   </si>
   <si>
     <t>"Altera o caput do art. 152 do Regimento Interno da Câmara Municipal de São Francisco do Guaporé/RO"</t>
   </si>
   <si>
     <t>3941</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3941/prl_no.10-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3941/prl_no.10-2025_assinado.pdf</t>
   </si>
   <si>
     <t>“Inclui o § 4º e §5º no Art. 36 na Resolução Legislativa nº03/2024 - Regimento Interno da Câmara Municipal de São Francisco do Guaporé/RO”.</t>
   </si>
   <si>
     <t>3948</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3948/prl_no.11-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3948/prl_no.11-2025.pdf</t>
   </si>
   <si>
     <t>“Inclui o Parágrafo Único no Art. 34 e cria o Art. 43-A na Resolução Legislativa nº03/2024 - Regimento Interno da Câmara Municipal de São Francisco do Guaporé/RO”.</t>
   </si>
   <si>
     <t>4193</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4193/prl_no.12-2025_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4193/prl_no.12-2025_assinado.pdf</t>
   </si>
   <si>
     <t>“Altera a redação do caput do art. 9º, acrescenta o art.11-A e incisos I, II, e III, altera a redação do caput do art. 91 e inclui os incisos I, II e III, todos da Resolução Legislativa n. 07/2023 (Regulamenta a aplicação da Lei federal n. 14.133/2021 no âmbito da Câmara Municipal de São Francisco do Guaporé, dispõe sobre Licitações e Contratos Administrativos, e dá outras providências).</t>
   </si>
   <si>
     <t>3283</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Proposta de Emenda à lei Orgânica Municipal</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3283/proposta_de_emenda_a_lei_organica__n.001-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3283/proposta_de_emenda_a_lei_organica__n.001-2025.pdf</t>
   </si>
   <si>
     <t>"Acrescenta o Parágrafo Único ao art. 136, da Lei Orgânica do Município de São Francisco do Guaporé/RO".</t>
   </si>
   <si>
     <t>4271</t>
   </si>
   <si>
     <t>VET</t>
   </si>
   <si>
     <t>Veto Municipal</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4271/veto_n.01-2025_-_ao_projeto_de_lei_complementar_no_011-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4271/veto_n.01-2025_-_ao_projeto_de_lei_complementar_no_011-2025.pdf</t>
   </si>
   <si>
     <t>"VETO INTEGRAL ao Projeto de Lei Complementar nº 011/2025"</t>
   </si>
   <si>
     <t>3492</t>
   </si>
   <si>
     <t>EAPL</t>
   </si>
   <si>
     <t>Emenda Aditiva</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3492/emenda_aditiva_de_lei_no_01_-_2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3492/emenda_aditiva_de_lei_no_01_-_2025.pdf</t>
   </si>
   <si>
     <t>Aditiva ao Art. 1º do Projeto de Lei nº 37/2025 o acrescido do seguinte artigo:_x000D_
 _x000D_
 "Art. 1º Fica instituída a obrigatoriedade da tradução simultânea em Língua Brasileira Justificativa: a de Sinais (LIBRAS) nas sessões plenárias, audiências públicas, solenidades e demais eventos oficiais promovidos pela Câmara Municipal de São Francisco do Guaporé/RO."_x000D_
 _x000D_
 § 1º Deverá disponibilizar também um intérprete de LIBRAS no âmbito municipal no poder executivo para garantir a acessibilidade das pessoas com deficiência auditiva nos programas sociais da Prefeitura a todas as informações veiculadas em seus canais oficiais de comunicação._x000D_
 _x000D_
 § 2º A presente obrigatoriedade aplica-se às transmissões ao vivo e gravadas, materiais institucionais em vídeo, programas de Lives na TV e redes sociais pública municipal e demais veiculações oficiais."</t>
   </si>
   <si>
     <t>3603</t>
   </si>
   <si>
     <t>EMPL</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3603/emenda_do_projeto_51_05_de_junho_modificada_2_assinada.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3603/emenda_do_projeto_51_05_de_junho_modificada_2_assinada.pdf</t>
   </si>
   <si>
     <t>O Vereador presente subscreve uma emenda modificada para município de São Francisco do Guaporé/RO, e propõe a aprovação da emenda modificada a seguir:_x000D_
 _x000D_
 Estabelece a Concessão de diária de viagem, indenização por deslocamento ao campo e indenização por atividade externa urbana aos servidores públicos do Município, de sua autarquia  e de servidores de outros órgãos colocados a disposição deste Município, e dá outras provicência</t>
   </si>
   <si>
     <t>3613</t>
   </si>
   <si>
     <t>Jorge Honorato, Márcio da Agricultura, Pastor Eber Lopes, Professor Marcio</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3613/emenda_modificativa_02-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3613/emenda_modificativa_02-2025.pdf</t>
   </si>
   <si>
     <t>O Vereador infra-assinado, com fundamento no § 5° do artigo 122 do Regimento Interno e Lei Orgânica Municipal, e com assento nesta Casa Legislativa, submete à apreciação da Câmara Municipal a presente Emenda Modificativa ao: Projeto de Lei 51/2025 que "Estabelece a concessão de diárias de viagem, indenização por deslocamento ao campo e indenização por atividade externa urbana aos servidores públicos do Município, de sua autarquia e de servidores de outros órgãos colocados à disposição deste Município, e dá outras providências."</t>
   </si>
   <si>
     <t>3614</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3614/emenda_modificativa_03-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3614/emenda_modificativa_03-2025.pdf</t>
   </si>
   <si>
     <t>O Vereador infra-assinado, com fundamento no § 5° do artigo 122 do Regimento Interno e Lei Orgânica Municipal, e com assento nesta Casa Legislativa, submete à apreciação da Câmara Municipal a presente Emenda Modificativa ao: Projeto de Lei 1.226/2015 que "Dispõe sobre a reorganização da gratificação de produtividade e incentivo e dá outras providências."</t>
   </si>
   <si>
     <t>3616</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3616/emenda_modificativa_04-2025_1.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3616/emenda_modificativa_04-2025_1.pdf</t>
   </si>
   <si>
     <t>4243</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4243/em_n.05-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4243/em_n.05-2025.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa no Projeto de Lei nº.105 - LOA, remanejando o valor de R$ 1.351.459,73 para Manutenção de Estradas - FITHA, que está na Secretaria de Infra Estrutura e Serviços Públicos - SEINFRA, para a Secretaria Municipal de Agricultura e Desenvolvimento Rural - SEMAGRI.</t>
   </si>
   <si>
     <t>3518</t>
   </si>
   <si>
     <t>EI</t>
   </si>
   <si>
     <t>Emenda Impositiva</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3518/emenda_impositiva_no_01-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3518/emenda_impositiva_no_01-2025.pdf</t>
   </si>
   <si>
     <t>Aditivo a Emenda Impositiva nº.002/010/2024, os anexos da lei Orçamentaria nos termos do art. 4º § 1º do projeto de lei n. 140/2024, combinado com a Lei Orgânica art. 30-B § 1º passa a vigorar com a seguinte Emenda.</t>
   </si>
   <si>
     <t>3686</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3686/emenda_impositiva_n02-2025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3686/emenda_impositiva_n02-2025.pdf</t>
   </si>
   <si>
     <t>Aditivo a Emenda Impositiva nº.002/010/2024, os anexos da lei Orçamentaria nos termos do art. 4º § 1º do projeto de lei n. 140/2024, combinado com a Lei Orgânica art. 30-B § 1º passa a vigorar com a seguinte Emenda._x000D_
 Beneficiados:_x000D_
 Associação Escola Família Agrícola Vale do Guaporé_x000D_
 Aquisição de Material Permanente _x000D_
 Total: R$ 16.841,09</t>
   </si>
   <si>
     <t>3700</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3700/emenda_impositiva_03-2025_braz_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3700/emenda_impositiva_03-2025_braz_assinado.pdf</t>
   </si>
   <si>
     <t>Aditivo a Emenda Impositiva nº.003/011/2024, os anexos da lei Orçamentaria nos termos do art. 4º § 1º do projeto de lei n. 140/2024, combinado com a Lei Orgânica art. 30-B § 1º passa a vigorar com a seguinte Emenda. POR MOTIVOS DE DOCUMENTAÇÃO NÃO APTA FAÇO A SUBSTITUIÇÃO DO EMPENHO DA ASSOCIAÇÃO (ASPRUBOM CNPJ 06996140001-92) NO VALOR DE 33.841,09 PARA ASSOCIAÇÃO DOS PEQUENOS PRODUTORES RURAIS TERRA ROXA (ASPRUTER CNPJ 637873450001-57) PARA AQUISIÇÃO DE MATERIAL DE CONSUMO.</t>
   </si>
   <si>
     <t>3706</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3706/emenda_impositiva_04-2025_geferson_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3706/emenda_impositiva_04-2025_geferson_assinado.pdf</t>
   </si>
   <si>
     <t>Aditivo a Emenda Impositiva nº. 006 e 007/2024, os anexos da lei Orçamentaria nos termos do art. 4º § 1º do projeto de lei n. 140/2024, combinado com a Lei Orgânica art. 30-B § 1º passa a vigorar com a seguinte Emenda. Aonde beneficia as associações: ASSOCIAÇÃO – ASPRUT 50.000,00 Material Permanente, ASSOCIAÇÃO – ASPRUVUM 30.000,00 Material Permanente e ASSOCIAÇÃO – ASPRUVAM 11.841,09 Material de Consumo."</t>
   </si>
   <si>
     <t>3707</t>
   </si>
   <si>
     <t>Hermes Bordignon</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3707/emenda_impositiva_05-2025_hermes_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3707/emenda_impositiva_05-2025_hermes_assinado.pdf</t>
   </si>
   <si>
     <t>Aditivo a Emenda Impositiva nº 027/2024, os anexos da lei Orçamentaria nos termos do art. 4º § 1º do projeto de lei n. 140/2024, combinado com a Lei Orgânica art. 30-B § 1º passa a vigorar com a seguinte Emenda. Associações beneficiadas: ASSOCIAÇÃO – ASPRUTEFER 20.000,00 Material de Consumo, ASSOCIAÇÃO – ASPRU 5.000,00 Material de Consumo, ASSOCIAÇÃO – APRF 20.000,00 Material de Consumo, ASSOCIAÇÃO – ASPRUBOF 11.000,00 Material Permanente 5.085,00 Material de Consumo, ASSOCIAÇÃO – ASPRUSB 14.000,00 Material Permanente e ASSOCIAÇÃO – ASPRUSC 16.756,09 Material Permanente.</t>
   </si>
   <si>
     <t>3752</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3752/emenda_impositiva_06-2025_braz.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3752/emenda_impositiva_06-2025_braz.pdf</t>
   </si>
   <si>
     <t>Aditivo a Emenda Impositiva nº. 11 / 2024, os anexos da lei Orçamentaria nos termos do art. 4º § 1º do projeto de lei n. 140/2024, combinado com a Lei Orgânica art. 30-B § 1º passa a vigorar com a seguinte Emenda: R$ 10.000,00 para atender a Associação APRF.</t>
   </si>
   <si>
     <t>3753</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3753/emenda_impositiva_07-2025_geferson.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3753/emenda_impositiva_07-2025_geferson.pdf</t>
   </si>
   <si>
     <t>Errata a Emenda Impositiva nº.02/2024, alterando a distribuição dos valores da Emenda.</t>
   </si>
   <si>
     <t>3874</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3874/emenda_impositiva_08-2025_geferson_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3874/emenda_impositiva_08-2025_geferson_assinado.pdf</t>
   </si>
   <si>
     <t>Errata a Emenda Impositiva nº.25/2024, alterando a distribuição dos valores da Emenda para a: AMMA - Associação Meu Mundo Azul no Vale do Guaporé.</t>
   </si>
   <si>
     <t>4168</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4168/emenda_impositiva_n.09-2025_profmarcio.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4168/emenda_impositiva_n.09-2025_profmarcio.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de R$ 10.000,00 (dez mil reais) para a Associação Quilombolas de Pedras Negras do Guaporé - AQPNEG, para construção de uma escadaria de acesso à Igreja Católica da comunidade.</t>
   </si>
   <si>
     <t>4169</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4169/emenda_impositiva_n.10-2025_profmarcio.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4169/emenda_impositiva_n.10-2025_profmarcio.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de R$ 20.000,00 (vinte mil reais) para a APAE de São Francisco do Guaporé para ampliação e cobertura do pátio.</t>
   </si>
   <si>
     <t>4170</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4170/emenda_impositiva_n.11-2025_profmarcio.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4170/emenda_impositiva_n.11-2025_profmarcio.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de R$ 40.000,00 (quarenta mil reais) para a Associação ASPROVILA, para a construção de um barracão.</t>
   </si>
   <si>
     <t>4171</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4171/emenda_impositiva_n.12-2025_profmarcio.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4171/emenda_impositiva_n.12-2025_profmarcio.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de R$ 10.000,00 (dez mil reais) para a Associação Remanescente de Quilombos de Santo Antônio do Guaporé, para a construção e ampliação do Centro Comunitário.</t>
   </si>
   <si>
     <t>4172</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4172/emenda_impositiva_n.13-2025_profmarcio.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4172/emenda_impositiva_n.13-2025_profmarcio.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de R$ 10.000,00 (dez mil reais) para a Associação Comunitária Ecológica do Vale do Guaporé - ECOVALE para aquisição de combustível, visando atender necessidades operacionais da comunidade.</t>
   </si>
   <si>
     <t>4173</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4173/emenda_impositiva_n.14-2025_profmarcio.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4173/emenda_impositiva_n.14-2025_profmarcio.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de R$ 10.000,00 (dez mil reais) para a Liga Esportiva e Cultural de São Francisco do Guaporé, para o fortalecimento do esporte, apoio a atletas e promoção de eventos esportivos e culturais.</t>
   </si>
   <si>
     <t>4216</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4216/emenda_impositiva_n.15-2025_ozias.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4216/emenda_impositiva_n.15-2025_ozias.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de R$ 30.000,00 (trinta mil reais) destinado para Secretaria Municipal de Saúde, para a realização de exames de BERA (BRAINSTEM EVOKED RESPONSE AUDIOMETRY) com e sem sedação.</t>
   </si>
   <si>
     <t>4177</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4177/emenda_impositiva_n.16-2025_marcio.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4177/emenda_impositiva_n.16-2025_marcio.pdf</t>
   </si>
   <si>
     <t>A presente justificativa tem por finalidade respaldar a destinação de recursos financeiros no valor de R$ 20.000,00 (vinte mil reais) à Secretaria Municipal de Esporte, Cultura e Lazer – SECEL, destinados ao custeio da contratação de serviço de transporte coletivo (locação de ônibus) para o deslocamento de integrantes do Clube de Desbravadores Guardiões do Guaporé.</t>
   </si>
   <si>
     <t>4178</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4178/emenda_impositiva_n.17-2025_marcio.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4178/emenda_impositiva_n.17-2025_marcio.pdf</t>
   </si>
   <si>
     <t>A emenda parlamentar individual destina o valor de R$ 50.446,54 (cinquenta mil quatrocentos e quarenta e seis reais e cinquenta e quatro centavos) à Secretaria Municipal de Agricultura e Desenvolvimento Rural – SEMAGRI, para a aquisição de sementes de milho, com o objetivo de fortalecer a produção rural no município.</t>
   </si>
   <si>
     <t>4179</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4179/emenda_impositiva_n.18-2025_marcio.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4179/emenda_impositiva_n.18-2025_marcio.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de R$ 8.605,45 (oito mil, seiscentos e cinco reais e quarenta e cinco centavos) à Secretaria Municipal de Saúde, destinados à aquisição de passagens e ao custeio de locomoção de pacientes que necessitam de deslocamento para atendimentos médicos fora do município.</t>
   </si>
   <si>
     <t>4180</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4180/emenda_impositiva_n.19-2025_marcio.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4180/emenda_impositiva_n.19-2025_marcio.pdf</t>
   </si>
   <si>
     <t>A presente justificativa tem por finalidade respaldar a destinação de recursos financeiros no valor de R$ 91.841,09 (noventa e um mil, oitocentos e quarenta e um reais e nove centavos) à Secretaria Municipal de Saúde, destinados à contratação de um fisioterapeuta com especialização em atendimento neuro pediátrico e neuro funcional, para atender a Associação Meu Mundo Azul no projeto intitulado “Fisioterapia Especializada Para Crianças com Neuro divergências”.</t>
   </si>
   <si>
     <t>4181</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4181/emenda_impositiva_n.20-2025_agnielde.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4181/emenda_impositiva_n.20-2025_agnielde.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva NO R$ 60.000,00 será destinado por meio da Emenda Parlamentar Individual para a Secretaria de Secretária de Agricultura e Desenvolvimento tem  como finalidade repassar ao recurso para a Associação dos Pequenos Produtores Rurais Terra Firme (ASTEF) no qual  será utilizado para atender às necessidades da entidade, para a construção do barracão destinado a guardar os implementos agrícolas, como trator, grade aradora, bem como a beneficiadora de café.</t>
   </si>
   <si>
     <t>4182</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4182/emenda_impositiva_n.21-2025_agnielde.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4182/emenda_impositiva_n.21-2025_agnielde.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no  valor de R$ 15.000,00 destinado por meio da Emenda Parlamentar Individual à Associação dos Produtores Rurais (APRF) tem como finalidade apoiar a realização da tradicional Festa Agropecuária, evento que impulsiona o agronegócio, a cultura, o lazer e a economia local.</t>
   </si>
   <si>
     <t>4183</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4183/emenda_impositiva_n.22-2025_agnielde.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4183/emenda_impositiva_n.22-2025_agnielde.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de R$ 15.000,00 destinado por meio de emenda parlamentar individual à Secretaria Municipal de Agricultura tem como objetivo fortalecer as ações voltadas ao desenvolvimento rural e ao apoio direto aos produtores locais.</t>
   </si>
   <si>
     <t>4184</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4184/emenda_impositiva_n.23-2025_agnielde.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4184/emenda_impositiva_n.23-2025_agnielde.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva O valor destinado por meio da Emenda Parlamentar Individual tem como finalidade repassar ao recurso no valor de  para R$ 10.446,54  atender a Secretaria Municipal de Esporte, Cultura e Lazer será aplicado em iniciativas que visam incentivar a prática esportiva, apoiar projetos culturais, promover atividades de lazer.</t>
   </si>
   <si>
     <t>4185</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4185/emenda_impositiva_n.24-2025_agnielde.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4185/emenda_impositiva_n.24-2025_agnielde.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de R$ 15.000,00 (quinze mil reais) destinada para a Secretaria Municipal de Desenvolvimento Social e da Família - SEMDSF, para aquisição de brindes a serem distribuídos durante a festa de comemoração ao Dia das Mães.</t>
   </si>
   <si>
     <t>4186</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4186/emenda_impositiva_n.25-2025_agnielde.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4186/emenda_impositiva_n.25-2025_agnielde.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de R$ 60.446,54 (sessenta mil, quatrocentos e quarenta e seis reais e cinquenta e quatro centavos) destinada para a Associação dos Pequenos Produtores Rurais Terra Firme - ASTEF, para aquisição de subestação de energia elétrica.</t>
   </si>
   <si>
     <t>4187</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4187/emenda_impositiva_n.26-2025_ozias.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4187/emenda_impositiva_n.26-2025_ozias.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de R$ 10.000,00 (dez mil reais) destinada para a Associação de Pais e Amigos dos Excepcionais de São Francisco do Guaporé - APAE, para pagamento de profissional de Fisioterapia.</t>
   </si>
   <si>
     <t>4188</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4188/emenda_impositiva_n.27-2025_ozias.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4188/emenda_impositiva_n.27-2025_ozias.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de R$ 5.000,00 (cinco mil reais) destinada para a Secretaria Municipal de Esporte e Lazer - SECEL, para aquisição de materiais esportivos, destinados a manutenção e ao fortalecimento das atividades esportivas e de lazer desenvolvidas no âmbito municipal, tais como Escolinhas, Treinamentos, Campeonatos e práticas recreativas.</t>
   </si>
   <si>
     <t>4189</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4189/emenda_impositiva_n.28-2025_ozias.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4189/emenda_impositiva_n.28-2025_ozias.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de R$ 10.000,00 (dez mil reais) destinada para a Secretaria Municipal de Meio Ambiente e Turismo - SEMA, para aquisição de brindes a serem utilizados como premiação e incentivo no Campeonato de Pesca promovido no âmbito municipal.</t>
   </si>
   <si>
     <t>4190</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4190/emenda_impositiva_n.29-2025_ozias.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4190/emenda_impositiva_n.29-2025_ozias.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de R$ 30.446,54 (Trinta mil, quatrocentos e quarenta e seis reais e cinquenta e quatro centavos) destinada para a Secretaria Municipal de Saúde - SEMUSA, para aquisição de passagens terrestres.</t>
   </si>
   <si>
     <t>4218</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4218/emenda_impositiva_n.30-2025_ozias.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4218/emenda_impositiva_n.30-2025_ozias.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de R$ 40.000,00 (quarenta mil reais) destinado para Secretaria Municipal de Saúde, para pagamento do profissional Neuropediatra.</t>
   </si>
   <si>
     <t>4196</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4196/emenda_impositiva_n.31-2025_braz.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4196/emenda_impositiva_n.31-2025_braz.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no  no  valor  de R$ 5.000,00 (cinco mil reais) à Secretaria Municipal de Esporte e Lazer, destinados à aquisição de  materiais  esportivos.</t>
   </si>
   <si>
     <t>4197</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4197/emenda_impositiva_n.32-2025_braz.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4197/emenda_impositiva_n.32-2025_braz.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva  no  valor  de R$ 20.446,54 (vinte mil, quatrocentos e quarenta e seis reais e cinquenta e quatro centavos) à Secretaria  Municipal  de  Esporte  e  Lazer,  destinados  à  aquisição  de materiais  de  consumo necessários para a implantação e melhoria do sistema de iluminação de campo esportivo.</t>
   </si>
   <si>
     <t>4198</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4198/emenda_impositiva_n.33-2025_braz.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4198/emenda_impositiva_n.33-2025_braz.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no  valor  de R$ 40.000,00  (quarenta mil  reais) à Secretaria  Municipal  de  Saúde,  destinados  ao custeio  de exames  de  ressonância  magnética para  pacientes  da  rede  pública  de  saúde.</t>
   </si>
   <si>
     <t>4199</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4199/emenda_impositiva_n.34-2025_braz.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4199/emenda_impositiva_n.34-2025_braz.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de R$ 15.000,00 (quinze mil reais) à Secretaria Municipal de Desenvolvimento Social e da Família, para a aquisição de brindes a serem distribuídos durante a programação do Dia das Mães.</t>
   </si>
   <si>
     <t>4200</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4200/emenda_impositiva_n.35-2025_braz.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4200/emenda_impositiva_n.35-2025_braz.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no  valor  de R$ 50.000,00  (cinquenta  mil  reais) à Secretaria  Municipal  de  Agricultura  e  Desenvolvimento Rural, com o objetivo de repassar tais recursos à Associação dos Pequenos Produtores Rurais Próximo ao Rio Bonito – ASPRURBON, destinados à construção de um barracão comunitário.</t>
   </si>
   <si>
     <t>4201</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4201/emenda_impositiva_n.36-2025_braz.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4201/emenda_impositiva_n.36-2025_braz.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de R$ 10.000,00 (dez mil reais) à Associação dos Proprietários Rurais de São Francisco do  Guaporé – APRF,  a  título  de subvenção  social,  conforme  previsão  legal  e  alinhada  às políticas públicas de apoio às entidades que promovem o desenvolvimento social, econômico e comunitário do Município.</t>
   </si>
   <si>
     <t>4202</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4202/emenda_impositiva_n.37-2025_braz.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4202/emenda_impositiva_n.37-2025_braz.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de R$ 20.446,54 (vinte mil, quatrocentos e quarenta e seis reais e cinquenta e quatro centavos) à Secretaria Municipal de Saúde, destinados à aquisição de passagens e ao custeio de  locomoção  de  pacientes que  necessitam  de  deslocamento  para  atendimentos  médicos fora  do  município.</t>
   </si>
   <si>
     <t>4204</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4204/emenda_impositiva_n.38-2025_jorge.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4204/emenda_impositiva_n.38-2025_jorge.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de R$ 15.000,00 (quinze mil reais) à Secretaria Municipal de Esporte, Cultura e Lazer – SECEL, destinados ao custeio da contratação de serviço de transporte coletivo (locação de ônibus) para o deslocamento de integrantes do Clube de Desbravadores Guardiões do Guaporé</t>
   </si>
   <si>
     <t>4205</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4205/emenda_impositiva_n.39-2025_jorge.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4205/emenda_impositiva_n.39-2025_jorge.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de R$ 10.000,00 (dez mil reais) à Secretaria Municipal de Esporte, Cultura e Lazer – SECEL, destinados ao custeio de taxas de inscrição e despesas relacionadas à participação em campeonato esportivo de atletas vinculados ao Instituto Associação Fênix de Karatê</t>
   </si>
   <si>
     <t>4206</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4206/emenda_impositiva_n.40-2025_jorge.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4206/emenda_impositiva_n.40-2025_jorge.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de R$ 10.000,00 (Dez mil reais) por meio da Emenda Parlamentar Individual tem como finalidade destinar recurso á Secretaria de Esporte Cultura e Lazer (SECEL) no qual recurso será destinada   à Associação dos Produtores Rurais (APRF)</t>
   </si>
   <si>
     <t>4207</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4207/emenda_impositiva_n.41-2025_jorge.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4207/emenda_impositiva_n.41-2025_jorge.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva R$ 15.000,00 (quinze mil reais), para a Secretaria Municipal de Agricultura e Desenvolvimento Rural tem como finalidade repassar recursos à Associação dos Chacareiros do Projeto de Assentamento São Francisco – APASFRAN</t>
   </si>
   <si>
     <t>4208</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4208/emenda_impositiva_n.42-2025_jorge.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4208/emenda_impositiva_n.42-2025_jorge.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de R$ 50.000,00 (cinquenta mil reais), para a Secretaria Municipal de Agricultura e Desenvolvimento Rural tem como finalidade repassar recursos à Associação dos Pequenos Produtores Rurais Boa Esperança – ASPRUBE,</t>
   </si>
   <si>
     <t>4209</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4209/emenda_impositiva_n.43-2025_agnielde.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4209/emenda_impositiva_n.43-2025_agnielde.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva  no valor R$ 15.000,00 destinada por meio da Emenda Parlamentar Individual tem como finalidade repassar ao recurso no qual será aplicado na aquisição de avaliações neuropsicológicas para   ASSOCIAÇÃO AMMA – Associação Meu Mundo Azul no Vale do Guaporé.</t>
   </si>
   <si>
     <t>4210</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4210/emenda_impositiva_n.44-2025_agnielde.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4210/emenda_impositiva_n.44-2025_agnielde.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no R$ 85.446.55 o valor destinado por meio de emenda parlamentar individual tem como finalidade repassar à Secretaria Municipal de Saúde, para a contratação de serviços de ressonância magnética, com e sem sedação, visando atender a demanda crescente de exames especializados no município.</t>
   </si>
   <si>
     <t>4211</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4211/emenda_impositiva_n.45-2025_jorge.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4211/emenda_impositiva_n.45-2025_jorge.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de R$ 15.000,00 (quinze mil reais) à Secretaria Municipal de Saúde, destinados à aquisição de um equipamento de eletrocardiograma (eletrocardiógrafo) para atendimento da Unidade Básica de Saúde Romana Izabel.</t>
   </si>
   <si>
     <t>4212</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4212/emenda_impositiva_n.46-2025_jorge.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4212/emenda_impositiva_n.46-2025_jorge.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de R$ 85.000,00 (oitenta e cinco mil reais) à Secretaria Municipal de Saúde, para aplicação em ações gerais da área da saúde, conforme as necessidades identificadas pela gestão municipal</t>
   </si>
   <si>
     <t>4213</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4213/emenda_impositiva_n.47-2025_braz.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4213/emenda_impositiva_n.47-2025_braz.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva  no  valor  de R$ 40.000,00 (quarenta mil reais) à ASSOCIAÇÃO AMMA – Associação Meu Mundo Azul no Vale do  Guaporé,  a  título  de  apoio  institucional,  com  o  objetivo  de  fortalecer  as  ações  sociais desenvolvidas  pela  entidade  no  município.</t>
   </si>
   <si>
     <t>4253</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4253/emenda_impositiva_n.48-2025_eber.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4253/emenda_impositiva_n.48-2025_eber.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de R$ 15.000,00 (quinze mil reais) para à Associação dos Produtores Rurais tem como finalidade apoiar a realização da tradicional Festa Agropecuária, evento que impulsiona o agronegócio, a cultura, o lazer e a economia regional.</t>
   </si>
   <si>
     <t>4217</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4217/emenda_impositiva_n.49-2025_elias.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4217/emenda_impositiva_n.49-2025_elias.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de R$ 7.200 (sete mil e duzentos reais) à Secretaria Municipal de Esporte e Lazer par aquisição de cadeiras padronizadas.</t>
   </si>
   <si>
     <t>4219</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4219/emenda_impositiva_n.50-2025_marcio.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4219/emenda_impositiva_n.50-2025_marcio.pdf</t>
   </si>
   <si>
     <t>A presente emenda impositiva individual destina o valor de R$ 30.000,00 (trinta mil reais) à Secretaria Municipal de Desenvolvimento Social e Família, por meio do Fundo Municipal de Assistência Social, com a finalidade de viabilizar a aquisição de brindes a serem entregues às mulheres do município em comemoração ao Dia das Mães.</t>
   </si>
   <si>
     <t>4220</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4220/emenda_impositiva_n.51-2025_elias.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4220/emenda_impositiva_n.51-2025_elias.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de R$ 10.000,00 ( dez mil reais) `a Secretaria  Municipal do Desenvolvimento Social e da Família com o objetivo de repassar tais recursos a APAE-ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE SÃO FRANCISCO DO GUAPORÉ -RO destinados a compra de materiais para ampliação do patío coberto.</t>
   </si>
   <si>
     <t>4221</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4221/emenda_impositiva_n.52-2025_elias.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4221/emenda_impositiva_n.52-2025_elias.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de R$ 10.000,00 ( dez mil reais) `a Secretaria Municipal de Eporte e Lazer com  finalidade de atender as premiações destinadas ao dia do Evangélico.</t>
   </si>
   <si>
     <t>4222</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4222/emenda_impositiva_n.53-2025_elias.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4222/emenda_impositiva_n.53-2025_elias.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de R$ 3.246,54 ( três mil duzentos e quarenta e seis reais e cinquenta e quatro centavos) `a Secretaria Municipal de Esporte e Lazer para aquisição de materiais esportivos.</t>
   </si>
   <si>
     <t>4223</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4223/emenda_impositiva_n.54-2025_elias.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4223/emenda_impositiva_n.54-2025_elias.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva, no valor de R$ 50.000,00 ( cinquenta  mil reais) `a Secretário Municipal de Agricultura com o objetivo de repassar tais recursos  à Associação dos Pequenos Produtores Rurais Serra Bonita – ASPRUSB, recursos que será destinado à aquisição de implementos agrícolas.</t>
   </si>
   <si>
     <t>4224</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4224/emenda_impositiva_n.55-2025_elias.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4224/emenda_impositiva_n.55-2025_elias.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de R$ 10.000,00 ( dez mil reais) `a Secretaria Municipal do Desenvolvimento Social e da Família para aquisição de brindes a serem entregues às mulheres durante a celebração do dia das mães.</t>
   </si>
   <si>
     <t>4225</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4225/emenda_impositiva_n.56-2025_elias.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4225/emenda_impositiva_n.56-2025_elias.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de R$ 10.000,00 ( dez mil reais) à Secretária Municipal de Agricultura com o objetivo de repassar tais recursos à Associação dos Proprietários Rurais de São Francisco do Guaporé -RO - APRF, recursos que será destinado as premiações da expoagro 2026.</t>
   </si>
   <si>
     <t>4226</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4226/emenda_impositiva_n.57-2025_alessandra.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4226/emenda_impositiva_n.57-2025_alessandra.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de R$ 5.000,00 (cinco mil reais), tem por finalidade destinar para Secretaria de Esporte Cultura e Lazer (SECEL) no qual recurso será destinada para a LIGA DESPORTIVA E CULTURAL DE SÃO FRANCISCO DO GUAPORE (LIDESFRAN), objetivo assegurar o transporte do Clube dos Desbravadores para participação em atividades realizadas em outro Estado, promovendo o intercâmbio educacional, cultural e social de crianças e adolescentes.</t>
   </si>
   <si>
     <t>4227</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4227/emenda_impositiva_n.58-2025_alessandra.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4227/emenda_impositiva_n.58-2025_alessandra.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de R$ 5.446,54 (cinco mil, quatrocentos e quarenta e seis reais e cinquenta e quatro centavos), tem por finalidade destinar para Secretaria Municipal do Desenvolvimento Social e da Família, tem como finalidade viabilizar a realização da Festa do Dia das Mães, promovendo reconhecimento, valorização e integração social das mães do município.</t>
   </si>
   <si>
     <t>4228</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4228/emenda_impositiva_n.59-2025_elias.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4228/emenda_impositiva_n.59-2025_elias.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de R$ 20.000,00 (vinte mil reais) à ASSOCIAÇÃO AMMA – Associação Meu Mundo Azul no Vale do Guaporé, recurso que tem por finalidade  a contratação de profissionais especializados.</t>
   </si>
   <si>
     <t>4229</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4229/emenda_impositiva_n.60-2025_alessandra.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4229/emenda_impositiva_n.60-2025_alessandra.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de R$ 15.000,00 (quinze mil reais), tem por finalidade destinar para Secretaria de Esporte Cultura e Lazer (SECEL), tem como finalidade fortalecer as ações da Secretaria Municipal de Esporte e Lazer, promovendo o acesso da população às práticas esportivas e atividades de lazer, fundamentais para a saúde, a inclusão social e a qualidade de vida.</t>
   </si>
   <si>
     <t>4230</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4230/emenda_impositiva_n.61-2025_alessandra.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4230/emenda_impositiva_n.61-2025_alessandra.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de R$ 80.446,54 (oitenta, quatrocentos e quarenta e seis e cinquenta e quatro), tem por finalidade destinar recursos à Secretaria Municipal De Saúde tem como objetivo ampliar o acesso da população aos exames de endoscopia e colonoscopia, procedimentos fundamentais para o diagnóstico precoce de doenças do aparelho digestivo, incluindo câncer gástrico e colorretal.</t>
   </si>
   <si>
     <t>4231</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4231/emenda_impositiva_n.62-2025_alessandra.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4231/emenda_impositiva_n.62-2025_alessandra.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de R$ 15.000,00 (quinze mil reais), tem por finalidade destinar para Secretaria Municipal De Agricultura no qual recurso será destinada para à Associação dos Associação Dos Pequenos Produtores Rurais Do Vale Do Rio São Miguel - ASPRUVAM, Viabilizar a construção de um barracão para atender às atividades desenvolvidas pela Associação, proporcionando espaço adequado para reuniões, eventos comunitários, armazenamento de equipamentos e desenvolvimento de ações sociais, culturais e produtivas.</t>
   </si>
   <si>
     <t>4232</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4232/emenda_impositiva_n.63-2025_alessandra.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4232/emenda_impositiva_n.63-2025_alessandra.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de R$ 5.000,00 (cinco mil reais), tem por finalidade destinar para Secretaria de Esporte Cultura e Lazer (SECEL) no qual recurso será destinada para INSTITUTO ASSSOCIAÇÃO FÊNIX DE KARATE, objetivo garantir a participação dos atletas de Karatê nos exames de graduação, etapa fundamental para o desenvolvimento técnico, disciplinar e esportivo dos praticantes.</t>
   </si>
   <si>
     <t>4233</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4233/emenda_impositiva_n.64-2025_alessandra.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4233/emenda_impositiva_n.64-2025_alessandra.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de de R$ 25.000,00 (vinte e cinco mil reais), tem por finalidade destinar para Secretaria de Esporte Cultura e Lazer (SECEL) no qual recurso será destinada para a ASSOCIAÇÃO BASSAI-SHO DE ARTES MARCIAS tem como objetivo garantir condições de deslocamento aos atletas de Karatê, possibilitando sua participação em campeonatos fora do município, representando dignamente a cidade em eventos esportivos regionais, estaduais e nacionais.</t>
   </si>
   <si>
     <t>4234</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4234/emenda_impositiva_n.65-2025_alessandra.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4234/emenda_impositiva_n.65-2025_alessandra.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de R$ 10.000,00 (10 mil reais), tem por finalidade destinar para Secretaria Municipal De Agricultura no qual recurso será destinada para à Associação Quilombolas De Pedras Negras - AQPNEG, com objetivo viabilizar a construção de um barracão comunitário destinado à realização de festejos, eventos culturais, religiosos e sociais da comunidade, promovendo integração social, valorização das tradições locais e fortalecimento da identidade comunitária</t>
   </si>
   <si>
     <t>4235</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4235/emenda_impositiva_n.66-2025_alessandra.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4235/emenda_impositiva_n.66-2025_alessandra.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de R$ 10.000,00 (10 mil reais), tem por finalidade destinar para Secretária Municipal Do Desenvolvimento Social e Da Família no qual recurso será destinada para à Associação Dos Idosos De São Francisco- AISF, tem como finalidade melhorar a estrutura física e funcional da Associação dos Idosos, proporcionando mais conforto, segurança e dignidade aos idosos atendidos.</t>
   </si>
   <si>
     <t>4236</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4236/emenda_impositiva_n.67-2025_elias.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4236/emenda_impositiva_n.67-2025_elias.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de R$ 25.000,00 (vinte e cinco mil reais) `a Secretária Municipal de Saúde,  com o objetivo de repassar tais recursos a Associação Beneficente Evangélica Ministério de Madureira - ASBEM.,  Recurso destinado à aquisição de uma cadeira odontológica.</t>
   </si>
   <si>
     <t>4237</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4237/emenda_impositiva_n.68-2025_alessandra.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4237/emenda_impositiva_n.68-2025_alessandra.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de de R$ 20.000,00 (vinte mil reais), tem por finalidade destinar recursos à secretaria municipal de saúde, no qual será destinada para A ASSOCIAÇÃO MEU MUNDO AZUL (AMA), tem como objetivo para ampliar o acesso a consultas de neuropediatria, entidade que desenvolve relevante trabalho de apoio a crianças e famílias, especialmente aquelas que necessitam de acompanhamento neurológico especializado.</t>
   </si>
   <si>
     <t>4238</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4238/emenda_impositiva_n.69-2025_alessandra.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4238/emenda_impositiva_n.69-2025_alessandra.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de R$ 10.000,00 (10 mil reais), tem por finalidade destinar para Secretaria de Esporte Cultura e Lazer (SECEL) no qual recurso será destinada para à Associação dos Produtores Rurais (APRF), finalidade apoiar a realização de eventos no Parque de Exposições, como rodeios, shows, exposições e a Feira de Agronegócios, os quais impulsionam o agronegócio, fortalecem a cultura local, promovem lazer à população e estimulam a economia regional.</t>
   </si>
   <si>
     <t>4239</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4239/emenda_impositiva_n.70-2025_elias.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4239/emenda_impositiva_n.70-2025_elias.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de R$ 20.000,00 (vinte mil reais) à Secretária Municipal de Saúde para a realização de exames de audiometria.</t>
   </si>
   <si>
     <t>4240</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4240/emenda_impositiva_n.71-2025_elias.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4240/emenda_impositiva_n.71-2025_elias.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de R$ 15.446,54 (quinze  mil quatrocentos e quarenta e seis reais e cinquenta e quatro centavos) à Secretária Municipal de Saúde para a realização de  exames de BERA .</t>
   </si>
   <si>
     <t>4241</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4241/emenda_impositiva_n.72-2025_elias.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4241/emenda_impositiva_n.72-2025_elias.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de R$ 10.000,00 (dez mil reais) à Secretária Municipal de Saúde  a para a aquisição de cadeiras de banho.</t>
   </si>
   <si>
     <t>4242</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4242/emenda_impositiva_n.73-2025_elias.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4242/emenda_impositiva_n.73-2025_elias.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de R$ 10.000,00 (dez mil reais) à Secretária Municipal de Saúde Saúde para a aquisição de cadeiras de rodas.</t>
   </si>
   <si>
     <t>4244</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4244/emenda_impositiva_n.74-2025_geferson.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4244/emenda_impositiva_n.74-2025_geferson.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de R$ 10.000,00 (dez mil reais), tem por finalidade destinar para Secretaria de Esporte Cultura e Lazer (SECEL) no qual recurso será destinada para a LIGA DESPORTIVA E CULTURAL DE SÃO FRANCISCO DO GUAPORE (LIDESFRAN), objetivo assegurar o transporte do Clube dos Desbravadores para participação em atividades realizadas em outro Estado, promovendo o intercâmbio educacional, cultural e social de crianças e adolescentes.</t>
   </si>
   <si>
     <t>4245</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4245/emenda_impositiva_n.75-2025_geferson.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4245/emenda_impositiva_n.75-2025_geferson.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de R$ 10.000,00 (dez mil reais), tem por finalidade destinar para Secretaria de Esporte Cultura e Lazer (SECEL) para a realização de uma Festa de Rodeio na Linha 04.</t>
   </si>
   <si>
     <t>4246</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4246/emenda_impositiva_n.76-2025_geferson.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4246/emenda_impositiva_n.76-2025_geferson.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de R$ 40.000,00 (quarenta mil reais), tem por finalidade destinar para Secretaria de Esporte Cultura e Lazer (SECEL) no qual destinará para a ASSOCIAÇÃO BASSAI-SHO DE ARTES MARCIAS tem como objetivo garantir condições de deslocamento aos atletas de Karatê, possibilitando sua participação em campeonatos fora do município, representando dignamente a cidade em eventos esportivos regionais, estaduais e nacionais.</t>
   </si>
   <si>
     <t>4247</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4247/emenda_impositiva_n.77-2025_geferson.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4247/emenda_impositiva_n.77-2025_geferson.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de R$ 15.000,00 (quinze mil reais), tem por finalidade destinar para Secretaria Municipal de Desenvolvimento Social e da Família (SEMDSF) no qual destinará para a Associação de Pais e Amigos dos Excepcionais de São Francisco do Guaporé – APAE, para aquisição de materiais para ampliação do Pátio Coberto.</t>
   </si>
   <si>
     <t>4248</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4248/emenda_impositiva_n.78-2025_geferson.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4248/emenda_impositiva_n.78-2025_geferson.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de R$ 20.000,00 (vinte mil reais), tem por finalidade destinar para Secretaria Municipal de Agricultura e Desenvolvimento Rural (SEMAGRI) no qual destinará para a Associação DOS Proprietários de Casas de Veraneio Ecoville – VARANDAS DO GUAPORÉ, para aquisição de materiais de construção.</t>
   </si>
   <si>
     <t>4249</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4249/emenda_impositiva_n.79-2025_geferson.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4249/emenda_impositiva_n.79-2025_geferson.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de R$ 5.446,00 (cinco mil, quatrocentos e quarenta e seis reais), tem por finalidade destinar para Secretaria Municipal de Desenvolvimento Social e da Família (SEMDSF) no qual destinará para a Associação Beneficente Evangélica Ministério de Madureira – ASBEM.</t>
   </si>
   <si>
     <t>4250</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4250/emenda_impositiva_n.80-2025_geferson.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4250/emenda_impositiva_n.80-2025_geferson.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de R$ 100.446,00 (cem mil reais, quatrocentos e quarenta e seis reais), tem por finalidade destinar para Secretaria de Saúde para aquisição de um veículo para a Fisioterapia.</t>
   </si>
   <si>
     <t>4251</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4251/emenda_impositiva_n.81-2025_profmarcio.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4251/emenda_impositiva_n.81-2025_profmarcio.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de R$ 100.446,00 (cem mil reais, quatrocentos e quarenta e seis reais), tem por finalidade destinar para Secretaria de Saúde para Exames especializados com laudo, como ressonância, BERA, radiometria entre outros.</t>
   </si>
   <si>
     <t>4252</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4252/emenda_impositiva_n.82-2025_eber.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4252/emenda_impositiva_n.82-2025_eber.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de R$ 15.840,00 (quinze mil, oitocentos e quarenta reais) para atender ao Clube de Desbravadores Guardiões do Guaporé, com ajuda de custo para alimentação, aonde os Guardiões irão participar do VI CAMPORI da Divisão Sul Americano 2027, em Barretes - SP, nos dias 05 a 10 de Janeiro de 2027.</t>
   </si>
   <si>
     <t>4254</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4254/emenda_impositiva_n.83-2025_eber.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4254/emenda_impositiva_n.83-2025_eber.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de R$ 50.446,54 (cinquenta mil, quatrocentos e quarenta e seis reais e cinquenta e quatro centavos) para ser aplicado na Contratação de um psicólogo com formação em BA (analise do Comportamento aplicada), este profissional será responsável por desenvolver planos terapêuticos individualizados, aplicar intervenções baseadas em evidências e capacitar familiares educadores para lidar com os desafios comportamentais e de comunicações das crianças neurodivergentes atendidas pela AMMA.</t>
   </si>
   <si>
     <t>4255</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4255/emenda_impositiva_n.84-2025_eber.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4255/emenda_impositiva_n.84-2025_eber.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de R$ 8.000,00 (oito mil reais) para realização do Evento dos Dias das Mães com compras de brindes.</t>
   </si>
   <si>
     <t>4256</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4256/emenda_impositiva_n.85-2025_eber.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4256/emenda_impositiva_n.85-2025_eber.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de R$ 20.000,00 (vinte mil reais) para atender a APAE - Associação de Pais e Amigos dos Excepcionais de São Francisco do Guaporé / RO, para desenvolvimento de políticas sociais e investimento na estrutura da associação para melhor desenvolvimento de suas ações educacionais.</t>
   </si>
   <si>
     <t>4257</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4257/emenda_impositiva_n.86-2025_eber.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4257/emenda_impositiva_n.86-2025_eber.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de R$ 25.000,00 (vinte e cinco mil reais) para a Associação Caminho Santo de São Francisco do Guaporé, para investimento na estrutura da Sede da Associação com Placas de Energia Solar.</t>
   </si>
   <si>
     <t>4258</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4258/emenda_impositiva_n.87-2025_eber.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4258/emenda_impositiva_n.87-2025_eber.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de R$ 50.000,00 (cinquenta mil reais) para a realização e investimento em politicas públicas em saúde com exames de imagens para nossa população.</t>
   </si>
   <si>
     <t>4259</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4259/emenda_impositiva_n.88-2025_eber.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4259/emenda_impositiva_n.88-2025_eber.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de R$ 16.606,55 (Dezesseis mil, seiscentos e seis reais e cinquenta e cinco centavos) para a OPESFG - Ordem de Pastores Evangélicos de São Francisco do Guaporé, para ajuda em subvenção para realização do Decimo Festival de Musicas Gospel de São Francisco do Guaporé, evento tradicional que traz entretenimento e cultura para nossa população.</t>
   </si>
   <si>
     <t>4260</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4260/emenda_impositiva_n.89-2025_hermes.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4260/emenda_impositiva_n.89-2025_hermes.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de R$ 30.000,00 (trinta mil reais), tem por finalidade destinar para Secretaria Municipal de Agricultura e Desenvolvimento Rural (SEMAGRI) no qual destinará para a Associação dos Pequenos Produtores Rurais Ouro Verde – ASPROV.</t>
   </si>
   <si>
     <t>4261</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4261/emenda_impositiva_n.90-2025_hermes.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4261/emenda_impositiva_n.90-2025_hermes.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de R$ 20.000,00 (vinte mil reais), tem por finalidade destinar para Secretaria Municipal de Agricultura e Desenvolvimento Rural (SEMAGRI) no qual destinará para a Associação dos Pequenos Produtores Rurais Serra Bonita.</t>
   </si>
   <si>
     <t>4262</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4262/emenda_impositiva_n.91-2025_hermes.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4262/emenda_impositiva_n.91-2025_hermes.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de R$ 20.000,00 (vinte mil reais), tem por finalidade destinar para Secretaria Municipal de Agricultura e Desenvolvimento Rural (SEMAGRI) no qual destinará para a Associação dos Pequenos Produtores Rurais Terra Fértil - ASPRUTEFER.</t>
   </si>
   <si>
     <t>4263</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4263/emenda_impositiva_n.92-2025_hermes.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4263/emenda_impositiva_n.92-2025_hermes.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de R$ 15.446,00 (quinze mil quatrocentos e quarenta e seis reais), tem por finalidade destinar para Secretaria Municipal de Agricultura e Desenvolvimento Rural (SEMAGRI) no qual destinará para a Associação dos Pequenos Produtores Rurais União - ASPRU.</t>
   </si>
   <si>
     <t>4264</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4264/emenda_impositiva_n.93-2025_hermes.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4264/emenda_impositiva_n.93-2025_hermes.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de R$ 15.000,00 (quinze mil reais), tem por finalidade destinar para Secretaria de Esporte Cultura e Lazer (SECEL) no qual recurso será destinada para a LIGA DESPORTIVA E CULTURAL DE SÃO FRANCISCO DO GUAPORE (LIDESFRAN), objetivo assegurar o transporte do Clube dos Desbravadores para participação em atividades realizadas em outro Estado, promovendo o intercâmbio educacional, cultural e social de crianças e adolescentes.</t>
   </si>
   <si>
     <t>4265</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4265/emenda_impositiva_n.94-2025_hermes.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4265/emenda_impositiva_n.94-2025_hermes.pdf</t>
   </si>
   <si>
     <t>Emenda Impositiva no valor de R$ 100.446,00 (cem mil reais, quatrocentos e quarenta e seis reais), tem por finalidade destinar para Secretaria de Saúde para aquisição de exames de vista e pagamento de Oftalmologista.</t>
   </si>
   <si>
     <t>3259</t>
   </si>
   <si>
     <t>CHAPA</t>
   </si>
   <si>
     <t>Chapa de Eleição das Comissões</t>
   </si>
   <si>
     <t>Alessandra Brito, Jorge Honorato, Ozias Santos, Pastor Eber Lopes</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3259/chapa_ccjrf_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3259/chapa_ccjrf_assinado.pdf</t>
   </si>
   <si>
     <t>Eleição dos membros da Comissão de Constituição, Justiça e Redação Final, para o Biênio 2025/2026, composta por:_x000D_
 _x000D_
 _x000D_
 Presidente: Ozias Alves dos Santos	_x000D_
 _x000D_
 Secretário: Jorge Antônio Honorato de Souza_x000D_
 	_x000D_
 Relator: Eber Lopes Reis	_x000D_
 _x000D_
 Suplente:  Alessandra Varelo de Brito</t>
   </si>
   <si>
     <t>3260</t>
   </si>
   <si>
     <t>Hermes Bordignon, Márcio da Agricultura, Pastor Eber Lopes, Professor Marcio</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3260/chapa_coef_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3260/chapa_coef_assinado.pdf</t>
   </si>
   <si>
     <t>Eleição dos membros da Comissão de Orçamento, Estatística e Finanças, para o Biênio 2025/2026, composta por:_x000D_
 _x000D_
 _x000D_
 Presidente:  Márcio Domingos dos Santos	_x000D_
 _x000D_
 Secretário:  Eber Lopes Reis_x000D_
 	_x000D_
 Relator:  Marcio Souza Magalhães	_x000D_
 _x000D_
 Suplente: Hermes Bordignon</t>
   </si>
   <si>
     <t>3261</t>
   </si>
   <si>
     <t>Alessandra Brito, Elias do Tininho, Jorge Honorato, Márcio da Agricultura</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3261/chapa_cosama_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3261/chapa_cosama_assinado.pdf</t>
   </si>
   <si>
     <t>Eleição dos membros da Comissão de Obras, Serviços Públicos, Agricultura e Meio Ambiente, para o Biênio 2025/2026, composta por:_x000D_
 _x000D_
 _x000D_
 Presidente:  Elias Andrade de Lima_x000D_
 	_x000D_
 Secretário:  Alessandra Varelo de Brito_x000D_
 _x000D_
 Relator:  Márcio Domingos dos Santos	_x000D_
 	_x000D_
 Suplente:  Jorge Antônio Honorato de Souza</t>
   </si>
   <si>
     <t>3262</t>
   </si>
   <si>
     <t>Agnielde Fotógrafo, Ozias Santos, Pastor Eber Lopes, Professor Marcio</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3262/chapa_cedltstas_assinado.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3262/chapa_cedltstas_assinado.pdf</t>
   </si>
   <si>
     <t>Eleição dos membros da Comissão de Educação, Desporto, Lazer, Turismo, Saúde, Trabalho e Ação Social, para o Biênio 2025/2026, composta por:_x000D_
 _x000D_
 _x000D_
 Presidente:  Marcio Souza Magalhães_x000D_
 	_x000D_
 Secretário:  Ozias Alves dos Santos	_x000D_
 _x000D_
 Relator:  Eber Lopes Reis 	_x000D_
 _x000D_
 Suplente: Agnielde Benici Adorno</t>
   </si>
   <si>
     <t>4027</t>
   </si>
   <si>
     <t>MOR</t>
   </si>
   <si>
     <t>Moção de Repúdio</t>
   </si>
   <si>
     <t>Manifesta Repúdio ao Comando Geral do Corpo de Bombeiros Militar de Rondônia pela priorização da instalação de unidade em município adjacente(São Miguel do Guaporé) antes de garantir a fiscalização orientativa e a estrutura mínima para adequação de estabelecimentos em São Francisco do Guaporé, e solicita revisão na metodologia de exigência de Alvarás.</t>
   </si>
   <si>
     <t>3356</t>
   </si>
   <si>
     <t>EDT</t>
   </si>
   <si>
     <t>EDITAL</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3356/edital_de_conv._n001-2025-cmsfg.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3356/edital_de_conv._n001-2025-cmsfg.pdf</t>
   </si>
   <si>
     <t>Edital de Convocação para Eleição da Mesa Diretora da Câmara Municipal de São Francisco do Guaporé para o Biênio 2027/2028.</t>
   </si>
   <si>
     <t>3370</t>
   </si>
   <si>
     <t>CHAPM</t>
   </si>
   <si>
     <t>Chapa de Eleição de Mesa Diretora</t>
   </si>
   <si>
     <t>Braz Carlos Correia, Geferson dos Santos, Jorge Honorato, Pastor Eber Lopes</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3370/chapa_respeito_e_compromisso_-_eber.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3370/chapa_respeito_e_compromisso_-_eber.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Secretário Legislativo dessa Casa de Lei a inscrição da Chapa “Respeito e Compromisso” para concorrer aos cargos na Mesa Diretora para o Biênio 2027/2028, sendo os nomes dos concorrentes a seguir:	_x000D_
 _x000D_
 Presidente: Eber Lopes Reis (UNIÃO)_x000D_
 Vice-Presidente: Geferson dos Santos (PDT)_x000D_
 1º Secretário: Jorge A. Honorato (PODE)_x000D_
 2º Secretário: Agnielde Benici Adorno (AGIR)</t>
   </si>
   <si>
     <t>3371</t>
   </si>
   <si>
     <t>Elias do Tininho, Hermes Bordignon, Márcio da Agricultura, Ozias Santos</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3371/chapa_respeito_e_compromisso_-_ozias.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3371/chapa_respeito_e_compromisso_-_ozias.pdf</t>
   </si>
   <si>
     <t>Os vereadores que o presente subscreve, vem cordialmente requerer que seja registrada a chapa da Mesa Diretora, nos moldes e termos da Lei Orgânica e Regimento Interno do Poder Legislativo Municipal de São Francisco do Guaporé, para concorrer a eleição da Mesa Diretora para o biênio 2027/2028 com a seguinte composição e nomenclatura:_x000D_
 _x000D_
 Presidente: Ozias Alves dos Santos (MDB)_x000D_
 Vice-Presidente: Marcio Domingos dos Santos (AGIR)_x000D_
 1º Secretário: Elias Andrade de Lima (PL)_x000D_
 2º Secretário: Hermes Bordignon (PDT)</t>
   </si>
   <si>
     <t>3929</t>
   </si>
   <si>
     <t>Recurso</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3929/recurso_legislativa_no_01_-_2025-20250929082637.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3929/recurso_legislativa_no_01_-_2025-20250929082637.pdf</t>
   </si>
   <si>
     <t>Apresenta RECURSO para decisão de Vossa Excelência, para retirada do vereador Hermes Bordignon - PDT das comissões, e indicar o vereador Braz Carlos Correia - PL para compor as Comissões no lugar.</t>
   </si>
   <si>
     <t>3930</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3930/recurso_legislativa_no_02_-_2025-20250929092856.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3930/recurso_legislativa_no_02_-_2025-20250929092856.pdf</t>
   </si>
   <si>
     <t>"Solicitar sua substituição do cargo de Secretário da Comissão Permanente de Orçamento, Estatística e Finanças, com a consequente indicação do Vereador Braz Carlos Correia – PL para ocupar a referida função."</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -12590,51 +12590,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3294/indicacao_no.001-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3342/indicacao_no.02-2025-eber.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3408/indicacao_no.03-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3436/indicacao_no.04-2025-agnielde.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3522/indicacao_no.05-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3543/indicacao_no.06-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3573/indicacao_no.07-2025-jorge_assinado.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3608/indicacao_no.08-2025-elias_assinado.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3635/indicacao_no.12-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3647/indicacao_no.13-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3665/mocao_no_006-25_-_ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3679/indicacao_no.15-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3728/indicacao_no.16-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3729/indicacao_no.17-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3730/indicacao_no.18-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3757/indicacao_no.19-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3792/indicacao_no.20-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3793/indicacao_no.21-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3801/indicacao_no.22-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3803/indicacao_no.23-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3804/indicacao_no.24-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3805/indicacao_no.25-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3807/indicacao_no.26-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3853/indicacao_no.27-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3869/indicacao_no.028-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3877/indicacao_no.29-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3907/indicacao_no.030-2025-jorge_assinado.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3912/indicacao_no.031-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3928/indicacao_no.032-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3950/indicacao_no33_exmo._sr._prefeitoexmo._sr._prefeito_abertura_no_canteiro_da_avenida_brasil_com_a_rua_maringa_e_ainda_que_seja_feita_a_abertura_da_rua_maringa_no_mesmo_trecho..pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3959/indicacao_no.34-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3969/indicacao_no.35-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3976/indicacao_no.36-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3977/indicacao_no.37-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3979/indicacao_no.38-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3981/indicacao_no.39-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3982/indicacao_no.40-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3983/indicacao_no.41-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4013/indicacao_no.42-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4032/indicacao_no.43-2025-todos_assinado.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4048/indicacao_no.44-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4050/indicacao_no.45-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4056/indicacao_no.46-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4057/indicacao_no.47-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4058/indicacao_no.48-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4059/indicacao_no.49-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4062/indicacao_no.50-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4070/indicacao_no.51-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4073/indicacao_no.52-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4074/indicacao_no.53-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4075/indicacao_no.54-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4076/indicacao_no.55-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4077/indicacao_no.56-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4087/indicacao_no.57-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4096/indicacao_no.58-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4101/indicacao_no.59-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4102/indicacao_no.60-2025-agnielde_alessandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4103/indicacao_no.61-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4104/indicacao_no.62-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4105/indicacao_no.63-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4106/indicacao__saude.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4113/indicacao_no.65-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4126/indicacao_no.66-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4128/indicacao_no.67-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4129/indicacao_no.68-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4130/indicacao_no.69-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4140/indicacao_no.70-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4145/indicacao_no.71-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4146/indicacao_no.72-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4147/indicacao_no.73-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4148/indicacao_no.74-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4155/indicacao_no.75-2025-alessandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4192/ind_programa_mounjaro.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3154/requerimento_01-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3155/requerimento_02-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3156/requerimento_03-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3158/requerimento_04-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3159/requerimento_05-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3162/requerimento_06-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3164/requerimento_07-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3166/requerimento_08-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3167/requerimento_09-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3168/requerimento_10-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3169/requerimento_11-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3170/requerimento_12-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3171/requerimento_13-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3172/requerimento_14-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3173/requerimento_15-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3174/requerimento_16-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3175/requerimento_17-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3176/requerimento_18-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3177/requerimento_19-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3178/requerimento_20-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3179/requerimento_21-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3180/requerimento_22-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3181/requerimento_23-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3182/requerimento_24-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3183/requerimento_25-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3184/requerimento_26-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3185/requerimento_27-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3186/requerimento_28-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3190/requerimento_29-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3191/requerimento_30-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3192/requerimento_31-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3193/requerimento_32-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3196/requerimento_33-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3198/requerimento_34-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3199/requerimento_35-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3200/requerimento_36-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3201/requerimento_37-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3202/requerimento_38-2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3203/requerimento_39-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3204/requerimento_40-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3205/requerimento_41-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3206/requerimento_42-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3207/requerimento_43-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3208/requerimento_44-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3209/requerimento_45-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3210/requerimento_46-2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3211/requerimento_47-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3212/requerimento_48-2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3213/requerimento_49-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3214/requerimento_50-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3215/requerimento_51-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3216/requerimento_52-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3217/requerimento_53-2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3218/requerimento_54-2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3219/requerimento_55-2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3220/requerimento_56-2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3221/requerimento_57-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3222/requerimento_58-2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3223/requerimento_59-2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3224/requerimento_60-2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3225/requerimento_61-2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3226/requerimento_62-2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3229/requerimento_63-2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3231/requerimento_64-2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3232/requerimento_65-2025_assinado_assinado_assinado_assinado_assinado_assinado_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3233/requerimento_66-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3234/requerimento_67-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3235/requerimento_68-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3236/requerimento_69-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3237/requerimento_70-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3238/requerimento_71-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3239/requerimento_72-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3240/requerimento_73-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3241/requerimento_74-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3244/requerimento_75-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3247/requerimento_76-2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3250/requerimento_no.077-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3251/requerimento_no.078-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3252/requerimento_no.079-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3253/requerimento_no.080-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3254/requerimento_no.081-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3255/requerimento_no.082-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3256/requerimento_no.083-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3258/requerimento_no.084-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3264/requerimento_no.085-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3265/requerimento_no.086-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3266/requerimento_no.087-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3267/requerimento_no.088-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3268/requerimento_no.089-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3269/requerimento_no.090-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3270/requerimento_no.091-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3271/requerimento_no.092-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3272/requerimento_no.093-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3273/requerimento_no.094-2025-geferson_assinado.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3274/requerimento_no.095-2025-braz_assinado.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3275/requerimento_no.096-2025-geferson_assinado.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3276/requerimento_no.097-2025-braz_assinado.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3277/requerimento_no.098-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3278/requerimento_no.099-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3279/requerimento_no.100-2025-eber_jorge_assinado.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3280/requerimento_no.101-2025-eber_jorge_assinado.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3281/requerimento_no.102-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3286/requerimento_no.103-2025-prof_marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3287/requerimento_no.104-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3288/requerimento_no.105-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3289/requerimento_no.106-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3290/requerimento_no.107-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3291/requerimento_no.108-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3292/requerimento_no.109-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3293/requerimento_no.110-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3295/requerimento_no.111-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3296/requerimento_no.112-2025-alessandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3298/requerimento_no.113-2025-jorge_assinado.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3299/requerimento_no.114-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3300/requerimento_no.115-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3301/requerimento_no.116-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3302/requerimento_no.117-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3303/requerimento_no.118-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3304/requerimento_no.119-2025-jorge_assinado.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3305/requerimento_no.120-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3306/requerimento_no.121-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3307/requerimento_no.122-2025-jorge_assinado.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3308/requerimento_no.123-2025-jorge_assinado.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3309/requerimento_no.124-2025-jorge_assinado.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3312/requerimento_no.125-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3313/requerimento_no.126-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3314/requerimento_no.127-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3315/requerimento_no.128-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3316/requerimento_no.129-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3317/requerimento_no.130-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3318/requerimento_no.131-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3319/requerimento_no.132-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3320/requerimento_no.133-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3321/requerimento_no.134-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3322/requerimento_no.135-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3323/requerimento_no.136-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3324/requerimento_no.137-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3325/requerimento_no.138-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3326/requerimento_no.139-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3327/requerimento_no.140-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3328/requerimento_no.141-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3329/requerimento_no.142-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3330/requerimento_no.143-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3331/requerimento_no.144-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3332/requerimento_no.145-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3333/requerimento_no.146-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3334/requerimento_no.147-2025-geferson_assinado.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3335/requerimento_no.148-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3336/requerimento_no.149-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3337/requerimento_no.150-2025-ozias_marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3339/requerimento_no.151-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3340/requerimento_no.152-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3341/requerimento_no.153-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3343/requerimento_no.154-2025-eber.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3344/requerimento_no.155-2025-eber.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3345/requerimento_no.156-2025-eber.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3346/requerimento_no.157-2025-eber.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3347/requerimento_no.158-2025-eber.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3348/requerimento_no.159-2025-jorge.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3349/requerimento_no.160-2025-jorge.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3351/requerimento_no.161-2025-profmarcio.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3352/requerimento_no.162-2025-jorge.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3353/requerimento_no.163-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3354/requerimento_no.164-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3357/requerimento_no.165-2025-profmarcio.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3358/requerimento_no.166-2025-profmarcio.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3359/requerimento_no.167-2025-braz.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3360/requerimento_no.168-2025-agnielde_alessandra.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3361/requerimento_no.169-2025-agnielde.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3362/requerimento_no.170-2025-agnielde.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3363/requerimento_no.171-2025-agnielde.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3364/requerimento_no.172-2025-agnielde.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3365/requerimento_no.173-2025-agnielde.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3366/requerimento_no.174-2025-agnielde.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3367/requerimento_no.175-2025-agnielde.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3368/requerimento_no.176-2025-agnielde.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3369/requerimento_no.177-2025-agnielde.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3372/requerimento_no.178-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3373/requerimento_no.179-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3374/requerimento_no.180-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3375/requerimento_no.181-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3376/requerimento_no.182-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3377/requerimento_no.183-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3380/requerimento_no.184-2025-ozias.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3381/requerimento_no.185-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3385/requerimento_no.186-2025-profmarcio.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3386/requerimento_no.187-2025-agnielde.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3387/requerimento_no.188-2025-agnielde.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3388/requerimento_no.189-2025-agnielde.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3389/requerimento_no.190-2025-braz.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3391/requerimento_no.191-2025-agnielde.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3392/requerimento_no.192-2025-geferson.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3393/requerimento_no.193-2025-agnielde.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3394/requerimento_no.194-2025-geferson.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3395/requerimento_no.195-2025-geferson_braz.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3396/requerimento_no.196-2025-ozias.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3398/requerimento_no.197-2025-geferson.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3399/requerimento_no.198-2025-alessandra.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3400/requerimento_no.199-2025-alessandra.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3402/requerimento_no.200-2025-ozias.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3403/requerimento_no.201-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3406/requerimento_no.202-2025-geferson.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3407/requerimento_no.203-2025-ozias.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3409/requerimento_no.204-2025-agnielde.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3410/requerimento_no.205-2025-agnielde.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3411/requerimento_no.206-2025-braz.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3412/requerimento_no.207-2025-braz.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3413/requerimento_no.208-2025-braz.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3414/requerimento_no.209-2025-braz.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3415/requerimento_no.210-2025-braz.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3416/requerimento_no.211-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3418/requerimento_no.212-2025-geferson.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3419/requerimento_no.213-2025-alessandra.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3420/requerimento_no.214-2025-geferson.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3421/requerimento_no.215-2025-braz.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3422/requerimento_no.216-2025-alessandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3424/requerimento_no.217-2025-alessandra.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3426/requerimento_no.218-2025-ozias.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3427/requerimento_no.219-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3428/requerimento_no.220-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3429/requerimento_no.221-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3430/requerimento_no.222-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3431/requerimento_no.223-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3432/requerimento_no.224-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3433/requerimento_no.225-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3435/requerimento_no.226-2025-alessandra.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3437/requerimento_no.227-2025-agnielde.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3438/requerimento_no.228-2025-agnielde.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3439/requerimento_no.229-2025-agnielde.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3441/requerimento_no.230-2025-geferson.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3442/requerimento_no.231-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3444/requerimento_no.232-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3445/requerimento_no.233-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3450/requerimento_no.234-2025-agnielde.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3452/requerimento_no.235-2025-agnielde.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3453/requerimento_no.236-2025-alessandra.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3454/requerimento_no.237-2025-alessandra.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3455/requerimento_no.238-2025-alessandra.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3458/requerimento_no.239-2025-jorge.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3459/requerimento_no.240-2025-jorge.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3460/requerimento_no.241-2025-jorge.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3462/requerimento_no.242-2025-elias.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3463/requerimento_no.243-2025-agnielde.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3464/requerimento_no.244-2025-agnielde.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3465/requerimento_no.245-2025-eber.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3466/requerimento_no.246-2025-eber.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3467/requerimento_no.247-2025-eber.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3468/requerimento_no.248-2025-eber.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3469/requerimento_no.249-2025-eber.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3470/requerimento_no.250-2025-elias.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3472/requerimento_no.251-2025-profmarcio.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3473/requerimento_no.252-2025-profmarcio.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3474/requerimento_no.253-2025-braz.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3475/requerimento_no.254-2025-braz.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3476/requerimento_no.255-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3481/requerimento_no.256-2025-jorge_assinado.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3482/requerimento_no.257-2025-jorge_assinado.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3483/requerimento_no.258-2025-jorge_assinado.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3484/requerimento_no.259-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3485/requerimento_no.260-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3487/requerimento_no.261-2025-geferson_braz_assinado.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3489/requerimento_no.262-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3493/requerimento_no.263-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3494/requerimento_no.264-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3496/requerimento_no.265-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3500/requerimento_no.266-2025-jorge_assinado.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3501/requerimento_no.267-2025-jorge_assinado.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3502/requerimento_no.268-2025-jorge_assinado.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3503/requerimento_no.269-2025-elias_assinado.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3504/requerimento_no.270-2025-geferson_assinado.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3505/requerimento_no.271-2025-geferson_assinado.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3506/requerimento_no.272-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3507/requerimento_no.273-2025-geferson_assinado.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3508/requerimento_no.274-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3509/requerimento_no.275-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3510/requerimento_no.276-2025-geferson_braz_assinado.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3511/requerimento_no.277-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3512/requerimento_no.278-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3513/requerimento_no.279-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3514/requerimento_no.280-2025-jorge_assinado.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3515/requerimento_no.281-2025-jorge_assinado.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3516/requerimento_no.282-2025-jorge_assinado.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3523/requerimento_no.283-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3524/requerimento_no.284-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3525/requerimento_no.285-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3526/requerimento_no.286-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3527/requerimento_no.287-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3528/requerimento_no.288-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3529/requerimento_no.289-2025-agnielde_jorge_profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3530/requerimento_no.290-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3532/requerimento_no.291-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3533/requerimento_no.292-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3534/requerimento_no.293-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3537/requerimento_no.296-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3538/requerimento_no.297-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3539/requerimento_no.298-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3540/requerimento_no.299-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3541/requerimento_no.300-2025-braz_assinado.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3542/requerimento_no.301-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3544/requerimento_no.302-2025-alessandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3545/requerimento_no.303-2025-alessandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3548/requerimento_no.304-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3549/requerimento_no.305-2025-elias_assinado.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3550/requerimento_no.306-2025-elias_assinado.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3551/requerimento_no.307-2025-jorge_assinado.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3552/requerimento_no.308-2025-jorge_assinado.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3553/requerimento_no.309-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3554/requerimento_no.310-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3555/requerimento_no.311-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3556/requerimento_no.312-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3557/requerimento_no.313-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3558/requerimento_no.314-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3559/requerimento_no.315-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3561/requerimento_no.317-2025-braz_assinado.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3562/requerimento_no.318-2025-braz_assinado.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3563/requerimento_no.319-2025-braz_assinado.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3564/requerimento_no.320-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3565/requerimento_no.321-2025-braz_assinado.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3567/requerimento_no.322-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3568/requerimento_no.323-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3569/requerimento_no.324-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3570/requerimento_no.325-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3571/requerimento_no.326-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3572/requerimento_no.327-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3575/requerimento_no.328-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3576/requerimento_no.329-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3577/requerimento_no.330-2025-alessandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3578/requerimento_no.331-2025-alessandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3579/requerimento_no.332-2025-alessandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3580/requerimento_no.333-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3583/requerimento_no.335-2025-geferson_assinado.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3584/requerimento_no.336-2025-braz_assinado.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3585/requerimento_no.337-2025-braz_assinado.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3586/requerimento_no.338-2025-braz_assinado.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3587/requerimento_no.339-2025-geferson_assinado.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3594/requerimento_no.340-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3595/requerimento_no.341-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3599/requerimento_no.342-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3602/requerimento_no.343-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3604/requerimento_no.344-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3605/requerimento_no.345-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3606/requerimento_no.346-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3607/requerimento_no.347-2025-elias_assinado.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3610/requerimento_no.348-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3611/requerimento_no.349-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3612/requerimento_no.350-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3617/requerimento_no.351-2025-alessandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3618/requerimento_no.352-2025-alessandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3619/requerimento_no.353-2025-alessandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3620/requerimento_no.354-2025-braz_assinado.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3621/requerimento_no.355-2025-braz_assinado.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3622/requerimento_no.356-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3623/requerimento_no.357-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3624/requerimento_no.358-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3625/requerimento_no.359-2025-elias_assinado.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3629/requerimento_no.360-2025-jorge_assinado.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3630/requerimento_no.361-2025-jorge_assinado.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3631/requerimento_no.362-2025-elias_assinado.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3633/requerimento_no.363-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3634/requerimento_no.364-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3636/requerimento_no.365-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3638/requerimento_no.366-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3639/requerimento_no.367-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3640/requerimento_no.368-2025-alessandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3641/requerimento_no.369-2025-alessandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3642/requerimento_no.370-2025-alessandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3644/requerimento_no.371-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3645/requerimento_no.372-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3646/requerimento_no.373-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3648/requerimento_no.374-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3649/requerimento_no.375-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3650/requerimento_no.376-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3653/requerimento_no.377-2025-alessandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3654/requerimento_no.378-2025-alessandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3656/requerimento_no.379-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3657/requerimento_no.380-2025-braz_assinado.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3659/requerimento_no.381-2025-geferson_assinado.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3660/requerimento_no.382-2025-jorge_assinado.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3661/requerimento_no.383-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3662/requerimento_no.384-2025-jorge_assinado.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3663/requerimento_no.385-2025-jorge_assinado.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3666/requerimento_no.386-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3672/requerimento_no.387-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3673/requerimento_no.388-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3676/requerimento_no.389-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3677/requerimento_no.390-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3678/requerimento_no.391-2025-alessandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3680/requerimento_no.392-2025-alessandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3681/requerimento_no.393-2025-alessandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3682/requerimento_no.394-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3687/requerimento_no.395-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3688/requerimento_no.396-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3695/requerimento_no.397-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3696/requerimento_no.398-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3697/requerimento_no.399-2025-geferson_assinado.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3698/requerimento_no.400-2025-geferson_assinado.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3701/requerimento_no.401-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3704/requerimento_no.402-2025-geferson_assinado.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3708/requerimento_no.403-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3709/requerimento_no.404-2025-jorge_assinado.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3711/requerimento_no.405-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3713/requerimento_no.406-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3714/requerimento_no.407-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3715/requerimento_no.408-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3716/requerimento_no.409-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3717/requerimento_no.410-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3718/requerimento_no.411-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3719/requerimento_no.412-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3720/requerimento_no.413-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3721/requerimento_no.414-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3722/requerimento_no.415-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3723/requerimento_no.416-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3724/requerimento_no.417-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3725/requerimento_no.418-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3726/requerimento_no.419-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3727/requerimento_no.420-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3732/requerimento_no.421-2025-braz_assinado.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3735/requerimento_422-2025_marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3736/requerimento_423-2025_marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3742/requerimento_424-2025_ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3743/requerimento_425-2025_ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3744/requerimento_426-2025_ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3745/requerimento_427-2025_ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3746/requerimento_428-2025_elias_assinado.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3758/requerimento_429-2025_profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3760/requerimento_430-2025_profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3762/requerimento_431-2025_profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3765/requerimento_432-2025_eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3766/requerimento_433-2025_profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3767/requerimento_434-2025_profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3768/requerimento_435-2025_eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3769/requerimento_436-2025_profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3770/requerimento_437-2025_eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3771/requerimento_438-2025_eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3772/requerimento_439-2025_eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3773/requerimento_440-2025_eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3774/requerimento_441-2025_agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3775/requerimento_no_informativo_sobre_a_quantidade_de_pessoas_que_estao_na_fila_para_a_regulacao_e_na_fila_de_espera_para_cirurgia_de_catarata..pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3776/requerimento_443-2025_eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3777/requerimento_444-2025_eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3779/requerimento_445-2025_geferson_assinado.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3780/requerimento_446-2025_geferson_assinado.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3781/requerimento_447-2025_braz_assinado.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3782/requerimento_no.448-2025-jorge_assinado.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3783/requerimento_no.449-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3784/requerimento_no.450-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3786/requerimento_no.451-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3787/requerimento_no.452-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3789/requerimento_no.453-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3790/requerimento_no.454-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3791/requerimento_no.455-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3795/requerimento_no.456-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3796/requerimento_no.457-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3817/requerimento_no.458-2025-geferson_assinado.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3798/requerimento_no.459-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3799/requerimento_no.460-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3800/requerimento_no.461-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3809/requerimento_no.462-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3810/requerimento_no.463-2025-alessandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3811/requerimento_no.464-2025-alessandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3812/requerimento_no.465-2025-alessandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3813/requerimento_no.466-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3814/requerimento_no.467-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3815/requerimento_no.468-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3816/requerimento_no.469-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3818/requerimento_no.470-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3825/requerimento_no.471-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3826/requerimento_no.472-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3827/requerimento_no.473-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3828/requerimento_no.474-2025-alessandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3829/requerimento_no.475-2025-alessandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3830/requerimento__pedido_de_quebra_molas_na_rua_amapa_cidade_alta.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3831/requerimento_no.477-2025-alessandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3832/requerimento_no.478-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3833/requerimento_no.479-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3834/requerimento_no.480-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3835/requerimento_no.481-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3839/requerimento_no.482-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3840/requerimento_no.483-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3842/requerimento_no.484-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3843/requerimento_no.485-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3844/requerimento_no.486-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3845/requerimento_no.487-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3846/requerimento_no.488-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3847/requerimento_no.489-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3848/requerimento_no.490-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3851/requerimento_no.491-2025-geferson_assinado.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3854/requerimento_no.492-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3855/requerimento_no.493-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3856/requerimento_no.494-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3857/requerimento_no.495-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3858/requerimento_no.496-2025-alessandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3859/requerimento_no.497-2025-alessandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3860/requerimento_no.498-2025-geferson_assinado.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3861/requerimento_no.499-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3862/requerimento_no.500-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3863/requerimento_no.501-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3864/requerimento_no.502-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3865/requerimento_no.503-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3866/requerimento_no.504-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3867/requerimento_no.505-2025-elias_assinado.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3868/requerimento_no.506-2025-elias_assinado.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3870/requerimento_no.507-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3871/requerimento_no.508-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3872/requerimento_no.509-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3873/requerimento_no.510-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3876/requerimento_no.511-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3885/requerimento_no.512-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3886/requerimento_no.513-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3887/requerimento_no.514-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3888/requerimento_no.515-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3889/requerimento_no.516-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3890/requerimento_no.517-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3892/requerimento_no.518-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3893/requerimento_no.519-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3894/requerimento_no.520-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3895/requerimento_no.521-2025-alessandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3896/requerimento_no.522-2025-alessandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3898/requerimento_523-2025_ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3899/requerimento_524-2025_agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3900/requerimento_525-2025_agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3901/requerimento_526-2025_agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3902/requerimento_527-2025_agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3903/requerimento_528-2025_agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3904/requerimento_529-2025_agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3905/requerimento_530-2025_agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3906/requerimento_531-2025_marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3911/requerimento_532-2025_agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3913/requerimento_533-2025_braz_assinado.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3915/requerimento_534-2025_marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3916/requerimento_535-2025_marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3917/requerimento_536-2025_profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3918/requerimento_537-2025_profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3919/requerimento_538-2025_profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3921/requerimento_539-2025_eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3922/requerimento_540-2025_eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3923/requerimento_541-2025_eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3924/requerimento_542-2025_eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3925/requerimento_543-2025_eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3931/requerimento_cascalhamento_sao_pedro.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3932/requerimento_reforma_da_praca.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3934/requerimento_cascalhamento_porto_rio_sao_miguel.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3935/requerimento_limpeza_em_volta_da_antena_setor_porto_murtinho.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3936/requerimento_estacionamento_anestino.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3937/req_limpeza_e_pintura_do_piso_de_bloquetes_da_feira_municipal.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3938/req_construcao_de_um_redutor_de_velocidade_quebra-molas_na_rua_das_comunicacoes_em_frente_ao_imovel_no_2655.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3939/req_confeccao_de_um_bolo_comemorativo_de_29_metros_em_homenagem_ao_aniversario_de_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3940/req_providencias_para_que_a_empresa_energisa_faca_a_elevacao_da_rede_de_energia_eletrica_que_atravessa_a_br-429_em_direcao_a_linha_28_gogo_da_onca.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3942/requerimento_de_caminhao_muck_iluminacao_dos_campos.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3943/requerimento_instalacao_de_cameras_de_seguranca_nas_salas.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3944/escola_neuza_e_creche_olaiza.doc" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3945/reiteracao_tipologia_das_escolas.doc" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3946/requerimento_-_subsidio_-coordenador_e_orientador.doc" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3947/requerimento_pecunia.doc" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3949/requerimento_placas_para_a_indicacao_da_feira_municipal.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3951/requerimento_wi-fi.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3953/requerimento_no.561-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3968/requerimento_no.562-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3972/requerimento_no.563-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3973/requerimento_no.564-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3974/requerimento_no.565-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3975/requerimento_no.566-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3985/requerimento_no.567-2025-alessandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3986/requerimento_no.568-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3987/requerimento_no.569-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3988/requerimento_no.570-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3989/requerimento_no.571-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3990/requerimento_no.572-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3991/requerimento_no.573-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3992/requerimento_no.574-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3993/requerimento_no.575-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3994/requerimento_no.576-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3995/requerimento_no.577-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3996/requerimento_no.578-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3997/requerimento_no.579-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3998/requerimento_no.580-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3999/requerimento_no.581-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4000/requerimento_no.582-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4001/requerimento_no.583-2025-braz_assinado.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4002/requerimento_no.584-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4003/requerimento_no.585-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4005/requerimento_no.586-2025-jorge_assinado.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4006/requerimento_no.587-2025-jorge_assinado.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4007/requerimento_no.588-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4009/requerimento_no.589-2025-elias_assinado.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4010/requerimento_no.590-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4011/requerimento_no.591-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4012/requerimento_no.592-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4014/requerimento_no.593-2025-elias_assinado.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4015/requerimento_no.594-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4017/requerimento_no.595-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4018/requerimento_no.596-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4019/requerimento_no.597-2025-geferson_assinado.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4020/requerimento_no.598-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4021/requerimento_no.599-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4022/requerimento_no.600-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4023/requerimento_no.601-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4024/requerimento_no.602-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4025/requerimento_no.603-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4026/requerimento_no.604-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4028/requerimento_no.605-2025-alessandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4029/requerimento_no.606-2025-alessandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4033/requerimento_no.607-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4035/requerimento_no.608-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4036/requerimento_no.609-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4037/requerimento_no.610-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4038/requerimento_no.611-2025-elias_assinado.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4039/requerimento_no.612-2025-geferson_assinado.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4040/requerimento_no.613-2025-geferson_assinado.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4044/requerimento_no.614-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4045/requerimento_no.615-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4046/requerimento_no.616-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4051/requerimento_no.617-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4069/requerimento_no.618-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4072/requerimento_no.619-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4084/requerimento_no.620-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4085/requerimento_no.621-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4088/requerimento_no.622-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4089/requerimento_no.623-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4090/requerimento_no.624-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4091/requerimento_no.625-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4092/requerimento_no.626-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4093/requerimento_no.627-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4094/requerimento_no.628-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4095/requerimento_no.629-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4097/requerimento_no.630-2025-elias_assinado.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4098/requerimento_no.631-2025-elias_assinado.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4099/requerimento_no.632-2025-braz_assinado.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4114/requerimento_no.633-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4115/requerimento_no.634-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4117/requerimento_no.635-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4118/requerimento_no.636-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4120/requerimento_no.637-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4131/requerimento_no.638-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4132/requerimento_no.639-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4136/requerimento_no.640-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4152/requerimento_no.641-2025-elias_assinado.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4153/requerimento_no.642-2025-elias_assinado.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4154/requerimento_no.643-2025-elias_assinado.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4158/requerimento_no.644-2025-braz_assinado.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4159/requerimento_no.645-2025-braz_assinado.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4162/requerimento_no.646-2025-braz_assinado.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4163/secretario_everton_veronezzi_tubo_enfrente__casa_do_antonio_linha_06.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4164/secretario_da_agricultura__buiero_enfrente_a_casa_do_mateus_lh_06.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4175/requerimento_arris.doc" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4176/requerimento_dedetizacao.doc" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3566/mocao_no_001-25_dep._silvia_laerte_e_sen_marcos_rogerio.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3588/mocao_no_002-25_ex-vereadores_e_ex-prefeitos_assinado.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3589/mocao_no_003-25_dr._eder_da_cruz_assinado.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3590/mocao_no_004-25_dep._ismael_assinado.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3637/mo_n.05-2025_-_marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3674/mocao_no_007-25_-_oziaseberelias_assinado.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3675/mocao_no_007-25_-_oziaseberelias_assinado.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3739/mocao_no_008-25_-_marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3756/mocao_no_009-25_-_eber_profmarcio_jorge_agnielde_marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3794/mocao_no_010-25_-_eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3819/mocao_no_011-25_-_marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3188/apl_n.01-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3189/apl_n.02-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3397/apl_no.03-2025.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3451/apl_no.04-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3471/apl_no.05-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3486/apl_no.06-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3531/apl_no.07-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3547/apl_no.08-2025.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3574/apl_no.09-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3600/apl_no.10-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3601/apl_no.11-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3655/apl_no.12-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3670/apl_no.13-2025.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3671/apl_no.14-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3710/apl_no.15-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3712/apl_no.16-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3733/apl_no.17-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3734/apl_no.18-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3755/apl_para_equiparacao_dos_direitos_e_beneficios_dos_motoristas_de_ambulancia_aos_profissionais_da_saude_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3837/apl_no.20-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3838/apl_no.21-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3841/apl_no.22-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3884/apl_no.23-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3914/apl_no.24-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3978/apl_no.25-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3984/apl_no.26-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4034/apl_no.27-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4047/apl_no.28-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4054/apl_no.29-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4086/apl_no.30-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4194/apl_incentivo_e_promocao_a_pratica_do_xadrez_nas_escolas_da_rede_municipal_de_ensino.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3137/pl_01_2025_-_sessao_extraordinaria_15.01.2025.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3138/pl_02_2025_-_sessao_extraordinaria_15.01.2025.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3140/pl_no.003-2025.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3141/pl_no.004-2025.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3142/pl_05_-_2025.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3145/pl_06_-_2025.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3147/pl_07_-_2025.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3143/pl_08_-_2025.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3144/pl_09_-_2025.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3146/pl_10_-_2025.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3149/pl_011-2025.pdf.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3151/pl_012-2025.pdf.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3187/plc_no.03-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3227/pl_no.014-2025.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3228/pl_no.015-2025.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3245/pl_no.016-2025.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3246/projeto_de_lei_no_17_-_2025.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3282/pl_no.018-2025.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3285/pl_no.019-2025.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3310/pl_no.020-2025.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3355/pl_no.021-2025.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3378/pl_no.022-2025.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3383/pl_no.023-2025.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3384/pl_no.024-2025.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3390/pl_no.025-2025.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3404/pl_no.026-2025_-_geferson_prof_marcio.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3405/pl_no.027-2025.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3417/pl_no.028-2025.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3434/pl_no.030-2025.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3440/projeto_de_leidispoe_sobre_a_obrigatoriedade_da_realizacao_de_exame_toxicologico_periodico_para_todos_os_parlamentares_do_municipio_de_sao_francisco_do_guapore_-_ro_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3443/pl_no.032-2025.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3446/dispoe_sobre_a_distribuicao_de_cestas_basicas_as_familias_em_situacao_de_vulnerabilidade_social_no_periodo_do_natal_nos_anos_de_2025_a_2028_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3447/dispoe_sobre_a_garantia_de_transporte_gratuito_para_familiares_de_pacientes_vitimas_de_acidentes_graves_ate_unidades_de_saude_do_municipio_ou_de_referencia_regional..pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3449/pl_no.035-2025.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3457/pl_no.036-2025.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3461/pl_no.037-2025.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3479/pl_no.038-2025.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3480/pl_no.039-2025.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3488/pl_no.040-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3490/pl_no.041-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3491/pl_no.042-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3495/projeto_de_lei_proibicao_de_plantar_arvores.docx" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3497/pl_no.044-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3498/pl_no.045-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3517/pl_no.046-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3519/pl_no.047-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3520/pl_no.048-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3521/pl_no.049-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3546/pl_no.050-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3581/projeto_de_lei_51-2025.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3591/pl_no.052-2025.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3593/pl_no.053-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3596/pl_no.054-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3597/pl_no.055-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3598/pl_no.056-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3609/pl_institui_o_seminario_anual_de_capacitacao_e_inovacao_no_agronegocio_no_municipio_de_sao_francisco_do_guapore__ro__pdf.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3615/pl_no.058-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3626/pl_no.059-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3627/pl_no.060-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3628/pl_no.061-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3632/pl_dispoe_sobre_a_alteracao_e_inclusao_da_lei_municipal_no_1.394_de_29_de_junho_de_2016_pdf.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3643/pl_no.063-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3651/pl_no.064-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3652/pl_no.065-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3658/pl_no.066-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3667/pl_no.067-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3668/pl_no.068-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3669/pl_no.069-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3683/pl_no.070-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3689/pl_no.071-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3690/pl_no.072-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3692/pl_no.073-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3693/pl_no.074-2025_-_expovale_assinado.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3694/pl_no.075-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3702/pl_no.076-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3703/pl_no.077-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3705/pl_no.078-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3737/pl_no.079-2025.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3738/pl_no.080-2025.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3740/pl_no.081-2025.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3741/pl_no.082-2025.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3747/pl_no.083-2025_-_folha_-_r_153.00000.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3748/pl_no.084-2025_-_folha_-_r1.400.00000.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3749/pl_no.085-2025_-_folha_-_r_3.732.00000.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3750/pl_no.086-2025_-folha_-_r_710.00000.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3751/pl_no.087-2025_-_helen_cristina_-_r_73.19600.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3754/projeto_de_lei_no_88_-_2025.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3759/pl_no.089-2025_-_folha_sefin_-_r_48.00000.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3761/pl_no.090-2025_-_folha_segplan_r_490.00000.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3763/pl_no.091-2025_-folha_fundeb_r_590.00000.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3764/pl_no.092-2025_-folha_r_1.900.00000.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3785/pl_no.093-2025_-_estadio_-_r_50.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3788/pl_94-2025_-_revoga_doacao_de_terreno.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3808/pl_no.095-2025_-_impes_folha_-_r_213.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3820/pl_no.096-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3821/pl_no.097-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3822/pl_no.098-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3823/pl_no.099-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3824/pl_no.100-2025_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3836/pl_no.101-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3849/pl_no.102-2025_-_ppa__2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3850/pl_no.103-2025_-_ldo__2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3852/pl_no.104-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3875/pl_no.105-2025_-_loa_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3878/pl_no.106-2025_-_dia_das_criancas_-_r_258.00000.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3879/pl_no.107-2025_-_gestao_desentralizada_-_r_350.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3880/pl_no.108-2025_-_piso_fixo_psb_-_13.74092_assinado.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3881/pl_no.109-2025_-_piso_fixo_pse-_r_40.69666_assinado.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3882/pl_no.110-2025_-_crianca_feliz_-_r_11.01217_assinado.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3883/pl_no.111-2025_-_mamae_cheguei_-_r_18.24691_assinado.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3891/pl_no.112-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3897/pl_no.113-2025_-_saldo_semec_-_r_63.11600_assinado.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3908/pl_no.114-2025_-_obras_-_r_1.370.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3909/pl_no.115-2025_-_campo_society_-_r_1.538.57253_assinado.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3910/pl_no.116-2025_-_acao_social_vulnerabilidade_-_r_182.15825_assinado.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3926/pl_no.117-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3927/pl_no.118-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3952/pl_no.119-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3954/pl_no.120-2025_-_apae_assinado.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3955/pl_no.121-2025_-_ecovale_assinado.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3956/pl_no.122-2025_-_prova_de_laco_assinado.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3957/pl_no.123-2025_-_familia_agricola_assinado.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3958/pl_no.124-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3960/pl_no.125-2025_-_calcadas_seinfra_-_r_960.01900_assinado.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3961/pl_no.126-2025_-_mac_cirurgias_mutirao_-_r_1.000.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3962/pl_no.127-2025_-_plantoes_medicos_-_r_300.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3963/pl_no.128-2025_-_pap_incremento_capacitacao_-_r_200.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3964/pl_no.129-2025_-_pap_incremento_-_r_600.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3965/pl_no.130-2025_-_pap_consumo_-_r_350.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3966/pl_no.131-2025_-_projeto_de_lei_-_pap_consumo_-_r_370.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3967/pl_no.132-2025_-_pap_insumos_consumo_-_r_140.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3970/pl_no.133-2025_-_projeto_de_lei_-_pap_capacitacao_pj_-_r_140.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3971/pl_no.134-2025_-_refis_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3980/pl_no.135-2025_-dia_das_criancas_-_r_100.00000.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4004/pl_no.136-2025_-semdsf_-_remanejo_-_r_215.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4031/pl_no.137-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4041/pl_no.138-2025_-_remanejamento_encerramento_ano_fiscal_-_r_275.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4042/pl_no.139-2025_-_cobris_desp._encerramento_ano_fiscal_-_r_592.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4043/pl_no.140-2025_-_mac_oci_ortopedia_-_r_1.200.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4049/pl_no.141-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4052/pl_no.142-2025_-_aniversario_da_cidade_-_r_761.53500_assinado.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4053/pl_no.143-2025_-_reforma_impes_-_r_183.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4055/pl_no.144-2025_-_agnielde_-_diarias_assinado.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4060/pl_no.145-2025_-_recuperacao_est._vic._alex_redano_att_-_119__-_r_2.940.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4061/pl_no.146-2025_-_recuperacao_est._vic._att-126_-_laerte_gomes_-_r_1.100.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4063/pl_no.147-2025_-_aquisicao_vam_educacao_-_r_504.74976_assinado.pdf" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4064/pl_no.148-2025_-_despesas_secret._sema_-_r_70.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4065/pl_no.149-2025_-const._de_calc._em_ruas_e_av._conv._n_947518-2023_-_r_486.16774_assinado.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4066/pl_no.150-2025_-_ver_marcio_-_forun_permanente_contra_demarcacao_de_terras_assinado.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4067/pl_no.151-2025_-_aquis._veiculo_e_computadores_-_r_198.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4068/pl_no.152-2025_-_institui_o_conselho_municipal_de_turismo_assinado.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4071/pl_no.153-2025_-_semagri_supl_obras_-_r_1.270.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4078/pl_no.154-2025_-_geferson_-_cidade_limpa_assinado.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4079/pl_no.155-2025_-_unidade_movel_odontologica_-_r_163.37500_assinado.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4080/pl_no.156-2025_-pick-up_e_termonebulizador_-_r_39.06500_assinado.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4081/pl_no.157-2025_-_aquis._furgoneta_-_r_66.64200_assinado.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4082/pl_no.158-2025_-_aquis._6_ambulancias_-_r_77.42500_assinado.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4083/pl_no.159-2025_-_cobrir_despesas_-_r_100.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4100/pl_no.160-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4108/pl_no.161-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4109/projeto_dispoe_sobre_a_proibicao_de_estacionamento.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4110/pl_no.163-2025_-_oci_oftalmologista_-_r_166.06000_assinado.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4111/pl_no.164-2025_-_oci_otorrinolaringologista_-_r_166.06000_assinado.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4112/pl_no.165-2025_-_aquis._caminhao_toco_-_r_510.23333_assinado.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4116/pl_no.166-2025_-_natal_de_luz_e_evento_de_ano_novo_assinado.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4119/pl_no.167-2025_-_despesas_-_r_196.50000_assinado.pdf" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4121/pl_no.168-2025_-_agricultura_-_r_1.166.28863_assinado.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4122/pl_no.169-2025_-_semagri-_secel_r_1.018.12000_assinado.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4123/pl_autoriza_a_retirada_de_madeira_derrubada_antes_de_2008.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4124/pl_no.171-2025_-_emprestimo_de_maquinas_agricolas_assinado.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4125/pl_no.172-2025_-_doacao_de_cacambas_de_terra_assinado.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4127/projeto_van_odontologica_vereador_agnielde.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4133/pl_no.174-2025_-_reorganiza_as_funcoes_e_atribuicoes_da_controladoria_geral_assinado.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4134/pl_no.175-2025_-_doacao_veiculo_camara_assinado.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4135/pl_incluir_o_cargo_de_fiscal_de_vigilancia_sanitaria_entre_os_beneficiarios_da_gratificacao_de_risco_de_vida.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4137/pl_no.177-2025_-_atualizacao_dos_salarios_dos_tecnicos_em_enfermagem_lotados_na_educacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4138/pl_no.178-2025_-contrapartida_caminhao_melosa_-_r_165.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4139/pl_no.179-2025-_cria_o_fundo_municipal_da_pessoa_idosa_assinado.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4141/pl_no.180-2025_-_diu_contraceptivo_-_r_100.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4142/pl_no.181-2025_-_aquisicao_de_insumos_-_r_315.15000_assinado.pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4143/pl_no.182-2025_-_remanejamento_semusa_-_r_578.75302_assinado.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4144/pl_no.183-2025_-_aquis._implemento_agricola_-_r_396.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4149/lei_medicamentos_de_alto_custo.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4150/projeto_de_lei_para_mulheres_com_vulnerabilidade_social.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4151/pl_no.186-2025_-_tubos_pead_-_r_172.69200_assinado.pdf" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4156/pl_no.187-2025_-_material_pedagogico_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4157/pl_no.188-2025_-_mat_didatico_diversos_pedagogicos_-_r_792.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4160/pl_no.189-2025_-_subvencao_financeira_aspruvarsp_assinado.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4165/pl_no.190-2025_-_onibus_escolares_assinado.pdf" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4166/pl_no.191-2025_-_folga_aniversario_assinado.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4195/pl_no.192-2025_-_remanejamento_fundb_-_semec_-_r_1.830.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4266/pl_no.193-2025_-_semusa_-_r_200.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4267/pl_no.194-2025_-aditivo_estadio_-_r_94.30222_assinado.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4268/pl_no.195-2025_-_conselho_municipal_de_saude_assinado.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4272/pl_no.196-2025_-_reserva_de_dominio_-_br_429_assinado.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3139/plc_no.01-2025.pdf" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3150/plc_02-2025.pdf.pdf" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3165/plc_no.03-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3230/plc_no.04-2025.pdf" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3242/plc_no.05-2025.pdf" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3379/plc_no.06-2025.pdf" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3499/plc_no.07-2025.pdf" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3685/plc_no.08-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4030/plc_no.09-2025_-_altera_cobranca_do_itbi_e_da_outras_providencias_assinado.pdf" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4107/plc_no.10-2025_-_geferson_assinado.pdf" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4161/plc_no.11-2025_-_geferson_assinado.pdf" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4167/plc_no.12-2025_-_altera_a_lei_complementar_144_assinado.pdf" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4269/plc_no.13-2025_-_altera_a_taxa_administrativa_instituto_de_previdencia_assinado.pdf" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4270/plc_no.14-2025_-_altera_o_plano_de_amortizacao_do_instituto_de_previdencia_assinado.pdf" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3148/prl_01-2025.pdf" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3243/prl_no.02-2025.pdf" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3297/prl_no.003-2025.pdf" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3477/prl_no.04-2025.pdf" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3478/prl_no.05-2025.pdf" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3592/prl_no.06-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3664/projeto_de_resolucao_legislativa_n.007-2025_-_implantacao_do_pix_assinado.pdf" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3778/prl_no.08-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3920/projeto_resolucao_legislativa_n.009-2025.pdf" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3941/prl_no.10-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3948/prl_no.11-2025.pdf" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4193/prl_no.12-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3283/proposta_de_emenda_a_lei_organica__n.001-2025.pdf" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4271/veto_n.01-2025_-_ao_projeto_de_lei_complementar_no_011-2025.pdf" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3492/emenda_aditiva_de_lei_no_01_-_2025.pdf" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3603/emenda_do_projeto_51_05_de_junho_modificada_2_assinada.pdf" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3613/emenda_modificativa_02-2025.pdf" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3614/emenda_modificativa_03-2025.pdf" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3616/emenda_modificativa_04-2025_1.pdf" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4243/em_n.05-2025.pdf" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3518/emenda_impositiva_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3686/emenda_impositiva_n02-2025.pdf" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3700/emenda_impositiva_03-2025_braz_assinado.pdf" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3706/emenda_impositiva_04-2025_geferson_assinado.pdf" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3707/emenda_impositiva_05-2025_hermes_assinado.pdf" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3752/emenda_impositiva_06-2025_braz.pdf" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3753/emenda_impositiva_07-2025_geferson.pdf" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3874/emenda_impositiva_08-2025_geferson_assinado.pdf" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4168/emenda_impositiva_n.09-2025_profmarcio.pdf" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4169/emenda_impositiva_n.10-2025_profmarcio.pdf" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4170/emenda_impositiva_n.11-2025_profmarcio.pdf" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4171/emenda_impositiva_n.12-2025_profmarcio.pdf" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4172/emenda_impositiva_n.13-2025_profmarcio.pdf" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4173/emenda_impositiva_n.14-2025_profmarcio.pdf" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4216/emenda_impositiva_n.15-2025_ozias.pdf" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4177/emenda_impositiva_n.16-2025_marcio.pdf" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4178/emenda_impositiva_n.17-2025_marcio.pdf" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4179/emenda_impositiva_n.18-2025_marcio.pdf" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4180/emenda_impositiva_n.19-2025_marcio.pdf" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4181/emenda_impositiva_n.20-2025_agnielde.pdf" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4182/emenda_impositiva_n.21-2025_agnielde.pdf" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4183/emenda_impositiva_n.22-2025_agnielde.pdf" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4184/emenda_impositiva_n.23-2025_agnielde.pdf" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4185/emenda_impositiva_n.24-2025_agnielde.pdf" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4186/emenda_impositiva_n.25-2025_agnielde.pdf" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4187/emenda_impositiva_n.26-2025_ozias.pdf" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4188/emenda_impositiva_n.27-2025_ozias.pdf" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4189/emenda_impositiva_n.28-2025_ozias.pdf" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4190/emenda_impositiva_n.29-2025_ozias.pdf" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4218/emenda_impositiva_n.30-2025_ozias.pdf" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4196/emenda_impositiva_n.31-2025_braz.pdf" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4197/emenda_impositiva_n.32-2025_braz.pdf" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4198/emenda_impositiva_n.33-2025_braz.pdf" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4199/emenda_impositiva_n.34-2025_braz.pdf" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4200/emenda_impositiva_n.35-2025_braz.pdf" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4201/emenda_impositiva_n.36-2025_braz.pdf" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4202/emenda_impositiva_n.37-2025_braz.pdf" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4204/emenda_impositiva_n.38-2025_jorge.pdf" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4205/emenda_impositiva_n.39-2025_jorge.pdf" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4206/emenda_impositiva_n.40-2025_jorge.pdf" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4207/emenda_impositiva_n.41-2025_jorge.pdf" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4208/emenda_impositiva_n.42-2025_jorge.pdf" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4209/emenda_impositiva_n.43-2025_agnielde.pdf" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4210/emenda_impositiva_n.44-2025_agnielde.pdf" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4211/emenda_impositiva_n.45-2025_jorge.pdf" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4212/emenda_impositiva_n.46-2025_jorge.pdf" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4213/emenda_impositiva_n.47-2025_braz.pdf" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4253/emenda_impositiva_n.48-2025_eber.pdf" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4217/emenda_impositiva_n.49-2025_elias.pdf" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4219/emenda_impositiva_n.50-2025_marcio.pdf" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4220/emenda_impositiva_n.51-2025_elias.pdf" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4221/emenda_impositiva_n.52-2025_elias.pdf" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4222/emenda_impositiva_n.53-2025_elias.pdf" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4223/emenda_impositiva_n.54-2025_elias.pdf" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4224/emenda_impositiva_n.55-2025_elias.pdf" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4225/emenda_impositiva_n.56-2025_elias.pdf" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4226/emenda_impositiva_n.57-2025_alessandra.pdf" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4227/emenda_impositiva_n.58-2025_alessandra.pdf" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4228/emenda_impositiva_n.59-2025_elias.pdf" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4229/emenda_impositiva_n.60-2025_alessandra.pdf" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4230/emenda_impositiva_n.61-2025_alessandra.pdf" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4231/emenda_impositiva_n.62-2025_alessandra.pdf" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4232/emenda_impositiva_n.63-2025_alessandra.pdf" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4233/emenda_impositiva_n.64-2025_alessandra.pdf" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4234/emenda_impositiva_n.65-2025_alessandra.pdf" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4235/emenda_impositiva_n.66-2025_alessandra.pdf" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4236/emenda_impositiva_n.67-2025_elias.pdf" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4237/emenda_impositiva_n.68-2025_alessandra.pdf" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4238/emenda_impositiva_n.69-2025_alessandra.pdf" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4239/emenda_impositiva_n.70-2025_elias.pdf" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4240/emenda_impositiva_n.71-2025_elias.pdf" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4241/emenda_impositiva_n.72-2025_elias.pdf" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4242/emenda_impositiva_n.73-2025_elias.pdf" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4244/emenda_impositiva_n.74-2025_geferson.pdf" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4245/emenda_impositiva_n.75-2025_geferson.pdf" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4246/emenda_impositiva_n.76-2025_geferson.pdf" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4247/emenda_impositiva_n.77-2025_geferson.pdf" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4248/emenda_impositiva_n.78-2025_geferson.pdf" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4249/emenda_impositiva_n.79-2025_geferson.pdf" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4250/emenda_impositiva_n.80-2025_geferson.pdf" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4251/emenda_impositiva_n.81-2025_profmarcio.pdf" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4252/emenda_impositiva_n.82-2025_eber.pdf" TargetMode="External"/><Relationship Id="rId1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4254/emenda_impositiva_n.83-2025_eber.pdf" TargetMode="External"/><Relationship Id="rId1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4255/emenda_impositiva_n.84-2025_eber.pdf" TargetMode="External"/><Relationship Id="rId1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4256/emenda_impositiva_n.85-2025_eber.pdf" TargetMode="External"/><Relationship Id="rId1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4257/emenda_impositiva_n.86-2025_eber.pdf" TargetMode="External"/><Relationship Id="rId1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4258/emenda_impositiva_n.87-2025_eber.pdf" TargetMode="External"/><Relationship Id="rId1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4259/emenda_impositiva_n.88-2025_eber.pdf" TargetMode="External"/><Relationship Id="rId1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4260/emenda_impositiva_n.89-2025_hermes.pdf" TargetMode="External"/><Relationship Id="rId1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4261/emenda_impositiva_n.90-2025_hermes.pdf" TargetMode="External"/><Relationship Id="rId1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4262/emenda_impositiva_n.91-2025_hermes.pdf" TargetMode="External"/><Relationship Id="rId1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4263/emenda_impositiva_n.92-2025_hermes.pdf" TargetMode="External"/><Relationship Id="rId1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4264/emenda_impositiva_n.93-2025_hermes.pdf" TargetMode="External"/><Relationship Id="rId1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4265/emenda_impositiva_n.94-2025_hermes.pdf" TargetMode="External"/><Relationship Id="rId1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3259/chapa_ccjrf_assinado.pdf" TargetMode="External"/><Relationship Id="rId1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3260/chapa_coef_assinado.pdf" TargetMode="External"/><Relationship Id="rId1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3261/chapa_cosama_assinado.pdf" TargetMode="External"/><Relationship Id="rId1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3262/chapa_cedltstas_assinado.pdf" TargetMode="External"/><Relationship Id="rId1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3356/edital_de_conv._n001-2025-cmsfg.pdf" TargetMode="External"/><Relationship Id="rId1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3370/chapa_respeito_e_compromisso_-_eber.pdf" TargetMode="External"/><Relationship Id="rId1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3371/chapa_respeito_e_compromisso_-_ozias.pdf" TargetMode="External"/><Relationship Id="rId1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3929/recurso_legislativa_no_01_-_2025-20250929082637.pdf" TargetMode="External"/><Relationship Id="rId1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3930/recurso_legislativa_no_02_-_2025-20250929092856.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3294/indicacao_no.001-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3342/indicacao_no.02-2025-eber.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3408/indicacao_no.03-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3436/indicacao_no.04-2025-agnielde.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3522/indicacao_no.05-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3543/indicacao_no.06-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3573/indicacao_no.07-2025-jorge_assinado.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3608/indicacao_no.08-2025-elias_assinado.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3635/indicacao_no.12-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3647/indicacao_no.13-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3665/mocao_no_006-25_-_ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3679/indicacao_no.15-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3728/indicacao_no.16-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3729/indicacao_no.17-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3730/indicacao_no.18-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3757/indicacao_no.19-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3792/indicacao_no.20-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3793/indicacao_no.21-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3801/indicacao_no.22-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3803/indicacao_no.23-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3804/indicacao_no.24-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3805/indicacao_no.25-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3807/indicacao_no.26-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3853/indicacao_no.27-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3869/indicacao_no.028-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3877/indicacao_no.29-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3907/indicacao_no.030-2025-jorge_assinado.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3912/indicacao_no.031-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3928/indicacao_no.032-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3950/indicacao_no33_exmo._sr._prefeitoexmo._sr._prefeito_abertura_no_canteiro_da_avenida_brasil_com_a_rua_maringa_e_ainda_que_seja_feita_a_abertura_da_rua_maringa_no_mesmo_trecho..pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3959/indicacao_no.34-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3969/indicacao_no.35-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3976/indicacao_no.36-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3977/indicacao_no.37-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3979/indicacao_no.38-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3981/indicacao_no.39-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3982/indicacao_no.40-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3983/indicacao_no.41-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4013/indicacao_no.42-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4032/indicacao_no.43-2025-todos_assinado.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4048/indicacao_no.44-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4050/indicacao_no.45-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4056/indicacao_no.46-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4057/indicacao_no.47-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4058/indicacao_no.48-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4059/indicacao_no.49-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4062/indicacao_no.50-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4070/indicacao_no.51-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4073/indicacao_no.52-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4074/indicacao_no.53-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4075/indicacao_no.54-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4076/indicacao_no.55-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4077/indicacao_no.56-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4087/indicacao_no.57-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4096/indicacao_no.58-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4101/indicacao_no.59-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4102/indicacao_no.60-2025-agnielde_alessandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4103/indicacao_no.61-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4104/indicacao_no.62-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4105/indicacao_no.63-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4106/indicacao__saude.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4113/indicacao_no.65-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4126/indicacao_no.66-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4128/indicacao_no.67-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4129/indicacao_no.68-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4130/indicacao_no.69-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4140/indicacao_no.70-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4145/indicacao_no.71-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4146/indicacao_no.72-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4147/indicacao_no.73-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4148/indicacao_no.74-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4155/indicacao_no.75-2025-alessandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4192/ind_programa_mounjaro.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3154/requerimento_01-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3155/requerimento_02-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3156/requerimento_03-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3158/requerimento_04-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3159/requerimento_05-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3162/requerimento_06-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3164/requerimento_07-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3166/requerimento_08-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3167/requerimento_09-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3168/requerimento_10-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3169/requerimento_11-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3170/requerimento_12-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3171/requerimento_13-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3172/requerimento_14-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3173/requerimento_15-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3174/requerimento_16-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3175/requerimento_17-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3176/requerimento_18-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3177/requerimento_19-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3178/requerimento_20-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3179/requerimento_21-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3180/requerimento_22-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3181/requerimento_23-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3182/requerimento_24-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3183/requerimento_25-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3184/requerimento_26-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3185/requerimento_27-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3186/requerimento_28-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3190/requerimento_29-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3191/requerimento_30-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3192/requerimento_31-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3193/requerimento_32-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3196/requerimento_33-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3198/requerimento_34-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3199/requerimento_35-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3200/requerimento_36-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3201/requerimento_37-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3202/requerimento_38-2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3203/requerimento_39-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3204/requerimento_40-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3205/requerimento_41-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3206/requerimento_42-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3207/requerimento_43-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3208/requerimento_44-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3209/requerimento_45-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3210/requerimento_46-2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3211/requerimento_47-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3212/requerimento_48-2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3213/requerimento_49-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3214/requerimento_50-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3215/requerimento_51-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3216/requerimento_52-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3217/requerimento_53-2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3218/requerimento_54-2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3219/requerimento_55-2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3220/requerimento_56-2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3221/requerimento_57-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3222/requerimento_58-2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3223/requerimento_59-2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3224/requerimento_60-2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3225/requerimento_61-2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3226/requerimento_62-2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3229/requerimento_63-2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3231/requerimento_64-2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3232/requerimento_65-2025_assinado_assinado_assinado_assinado_assinado_assinado_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3233/requerimento_66-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3234/requerimento_67-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3235/requerimento_68-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3236/requerimento_69-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3237/requerimento_70-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3238/requerimento_71-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3239/requerimento_72-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3240/requerimento_73-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3241/requerimento_74-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3244/requerimento_75-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3247/requerimento_76-2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3250/requerimento_no.077-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3251/requerimento_no.078-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3252/requerimento_no.079-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3253/requerimento_no.080-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3254/requerimento_no.081-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3255/requerimento_no.082-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3256/requerimento_no.083-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3258/requerimento_no.084-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3264/requerimento_no.085-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3265/requerimento_no.086-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3266/requerimento_no.087-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3267/requerimento_no.088-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3268/requerimento_no.089-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3269/requerimento_no.090-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3270/requerimento_no.091-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3271/requerimento_no.092-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3272/requerimento_no.093-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3273/requerimento_no.094-2025-geferson_assinado.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3274/requerimento_no.095-2025-braz_assinado.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3275/requerimento_no.096-2025-geferson_assinado.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3276/requerimento_no.097-2025-braz_assinado.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3277/requerimento_no.098-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3278/requerimento_no.099-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3279/requerimento_no.100-2025-eber_jorge_assinado.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3280/requerimento_no.101-2025-eber_jorge_assinado.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3281/requerimento_no.102-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3286/requerimento_no.103-2025-prof_marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3287/requerimento_no.104-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3288/requerimento_no.105-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3289/requerimento_no.106-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3290/requerimento_no.107-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3291/requerimento_no.108-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3292/requerimento_no.109-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3293/requerimento_no.110-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3295/requerimento_no.111-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3296/requerimento_no.112-2025-alessandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3298/requerimento_no.113-2025-jorge_assinado.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3299/requerimento_no.114-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3300/requerimento_no.115-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3301/requerimento_no.116-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3302/requerimento_no.117-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3303/requerimento_no.118-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3304/requerimento_no.119-2025-jorge_assinado.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3305/requerimento_no.120-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3306/requerimento_no.121-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3307/requerimento_no.122-2025-jorge_assinado.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3308/requerimento_no.123-2025-jorge_assinado.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3309/requerimento_no.124-2025-jorge_assinado.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3312/requerimento_no.125-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3313/requerimento_no.126-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3314/requerimento_no.127-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3315/requerimento_no.128-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3316/requerimento_no.129-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3317/requerimento_no.130-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3318/requerimento_no.131-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3319/requerimento_no.132-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3320/requerimento_no.133-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3321/requerimento_no.134-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3322/requerimento_no.135-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3323/requerimento_no.136-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3324/requerimento_no.137-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3325/requerimento_no.138-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3326/requerimento_no.139-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3327/requerimento_no.140-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3328/requerimento_no.141-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3329/requerimento_no.142-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3330/requerimento_no.143-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3331/requerimento_no.144-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3332/requerimento_no.145-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3333/requerimento_no.146-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3334/requerimento_no.147-2025-geferson_assinado.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3335/requerimento_no.148-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3336/requerimento_no.149-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3337/requerimento_no.150-2025-ozias_marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3339/requerimento_no.151-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3340/requerimento_no.152-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3341/requerimento_no.153-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3343/requerimento_no.154-2025-eber.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3344/requerimento_no.155-2025-eber.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3345/requerimento_no.156-2025-eber.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3346/requerimento_no.157-2025-eber.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3347/requerimento_no.158-2025-eber.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3348/requerimento_no.159-2025-jorge.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3349/requerimento_no.160-2025-jorge.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3351/requerimento_no.161-2025-profmarcio.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3352/requerimento_no.162-2025-jorge.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3353/requerimento_no.163-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3354/requerimento_no.164-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3357/requerimento_no.165-2025-profmarcio.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3358/requerimento_no.166-2025-profmarcio.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3359/requerimento_no.167-2025-braz.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3360/requerimento_no.168-2025-agnielde_alessandra.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3361/requerimento_no.169-2025-agnielde.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3362/requerimento_no.170-2025-agnielde.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3363/requerimento_no.171-2025-agnielde.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3364/requerimento_no.172-2025-agnielde.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3365/requerimento_no.173-2025-agnielde.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3366/requerimento_no.174-2025-agnielde.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3367/requerimento_no.175-2025-agnielde.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3368/requerimento_no.176-2025-agnielde.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3369/requerimento_no.177-2025-agnielde.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3372/requerimento_no.178-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3373/requerimento_no.179-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3374/requerimento_no.180-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3375/requerimento_no.181-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3376/requerimento_no.182-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3377/requerimento_no.183-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3380/requerimento_no.184-2025-ozias.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3381/requerimento_no.185-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3385/requerimento_no.186-2025-profmarcio.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3386/requerimento_no.187-2025-agnielde.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3387/requerimento_no.188-2025-agnielde.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3388/requerimento_no.189-2025-agnielde.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3389/requerimento_no.190-2025-braz.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3391/requerimento_no.191-2025-agnielde.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3392/requerimento_no.192-2025-geferson.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3393/requerimento_no.193-2025-agnielde.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3394/requerimento_no.194-2025-geferson.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3395/requerimento_no.195-2025-geferson_braz.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3396/requerimento_no.196-2025-ozias.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3398/requerimento_no.197-2025-geferson.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3399/requerimento_no.198-2025-alessandra.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3400/requerimento_no.199-2025-alessandra.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3402/requerimento_no.200-2025-ozias.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3403/requerimento_no.201-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3406/requerimento_no.202-2025-geferson.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3407/requerimento_no.203-2025-ozias.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3409/requerimento_no.204-2025-agnielde.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3410/requerimento_no.205-2025-agnielde.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3411/requerimento_no.206-2025-braz.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3412/requerimento_no.207-2025-braz.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3413/requerimento_no.208-2025-braz.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3414/requerimento_no.209-2025-braz.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3415/requerimento_no.210-2025-braz.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3416/requerimento_no.211-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3418/requerimento_no.212-2025-geferson.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3419/requerimento_no.213-2025-alessandra.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3420/requerimento_no.214-2025-geferson.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3421/requerimento_no.215-2025-braz.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3422/requerimento_no.216-2025-alessandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3424/requerimento_no.217-2025-alessandra.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3426/requerimento_no.218-2025-ozias.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3427/requerimento_no.219-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3428/requerimento_no.220-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3429/requerimento_no.221-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3430/requerimento_no.222-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3431/requerimento_no.223-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3432/requerimento_no.224-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3433/requerimento_no.225-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3435/requerimento_no.226-2025-alessandra.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3437/requerimento_no.227-2025-agnielde.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3438/requerimento_no.228-2025-agnielde.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3439/requerimento_no.229-2025-agnielde.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3441/requerimento_no.230-2025-geferson.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3442/requerimento_no.231-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3444/requerimento_no.232-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3445/requerimento_no.233-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3450/requerimento_no.234-2025-agnielde.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3452/requerimento_no.235-2025-agnielde.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3453/requerimento_no.236-2025-alessandra.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3454/requerimento_no.237-2025-alessandra.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3455/requerimento_no.238-2025-alessandra.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3458/requerimento_no.239-2025-jorge.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3459/requerimento_no.240-2025-jorge.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3460/requerimento_no.241-2025-jorge.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3462/requerimento_no.242-2025-elias.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3463/requerimento_no.243-2025-agnielde.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3464/requerimento_no.244-2025-agnielde.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3465/requerimento_no.245-2025-eber.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3466/requerimento_no.246-2025-eber.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3467/requerimento_no.247-2025-eber.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3468/requerimento_no.248-2025-eber.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3469/requerimento_no.249-2025-eber.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3470/requerimento_no.250-2025-elias.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3472/requerimento_no.251-2025-profmarcio.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3473/requerimento_no.252-2025-profmarcio.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3474/requerimento_no.253-2025-braz.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3475/requerimento_no.254-2025-braz.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3476/requerimento_no.255-2025-marcio.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3481/requerimento_no.256-2025-jorge_assinado.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3482/requerimento_no.257-2025-jorge_assinado.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3483/requerimento_no.258-2025-jorge_assinado.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3484/requerimento_no.259-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3485/requerimento_no.260-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3487/requerimento_no.261-2025-geferson_braz_assinado.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3489/requerimento_no.262-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3493/requerimento_no.263-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3494/requerimento_no.264-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3496/requerimento_no.265-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3500/requerimento_no.266-2025-jorge_assinado.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3501/requerimento_no.267-2025-jorge_assinado.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3502/requerimento_no.268-2025-jorge_assinado.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3503/requerimento_no.269-2025-elias_assinado.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3504/requerimento_no.270-2025-geferson_assinado.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3505/requerimento_no.271-2025-geferson_assinado.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3506/requerimento_no.272-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3507/requerimento_no.273-2025-geferson_assinado.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3508/requerimento_no.274-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3509/requerimento_no.275-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3510/requerimento_no.276-2025-geferson_braz_assinado.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3511/requerimento_no.277-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3512/requerimento_no.278-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3513/requerimento_no.279-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3514/requerimento_no.280-2025-jorge_assinado.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3515/requerimento_no.281-2025-jorge_assinado.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3516/requerimento_no.282-2025-jorge_assinado.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3523/requerimento_no.283-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3524/requerimento_no.284-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3525/requerimento_no.285-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3526/requerimento_no.286-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3527/requerimento_no.287-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3528/requerimento_no.288-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3529/requerimento_no.289-2025-agnielde_jorge_profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3530/requerimento_no.290-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3532/requerimento_no.291-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3533/requerimento_no.292-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3534/requerimento_no.293-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3537/requerimento_no.296-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3538/requerimento_no.297-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3539/requerimento_no.298-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3540/requerimento_no.299-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3541/requerimento_no.300-2025-braz_assinado.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3542/requerimento_no.301-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3544/requerimento_no.302-2025-alessandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3545/requerimento_no.303-2025-alessandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3548/requerimento_no.304-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3549/requerimento_no.305-2025-elias_assinado.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3550/requerimento_no.306-2025-elias_assinado.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3551/requerimento_no.307-2025-jorge_assinado.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3552/requerimento_no.308-2025-jorge_assinado.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3553/requerimento_no.309-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3554/requerimento_no.310-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3555/requerimento_no.311-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3556/requerimento_no.312-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3557/requerimento_no.313-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3558/requerimento_no.314-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3559/requerimento_no.315-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3561/requerimento_no.317-2025-braz_assinado.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3562/requerimento_no.318-2025-braz_assinado.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3563/requerimento_no.319-2025-braz_assinado.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3564/requerimento_no.320-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3565/requerimento_no.321-2025-braz_assinado.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3567/requerimento_no.322-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3568/requerimento_no.323-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3569/requerimento_no.324-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3570/requerimento_no.325-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3571/requerimento_no.326-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3572/requerimento_no.327-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3575/requerimento_no.328-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3576/requerimento_no.329-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3577/requerimento_no.330-2025-alessandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3578/requerimento_no.331-2025-alessandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3579/requerimento_no.332-2025-alessandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3580/requerimento_no.333-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3583/requerimento_no.335-2025-geferson_assinado.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3584/requerimento_no.336-2025-braz_assinado.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3585/requerimento_no.337-2025-braz_assinado.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3586/requerimento_no.338-2025-braz_assinado.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3587/requerimento_no.339-2025-geferson_assinado.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3594/requerimento_no.340-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3595/requerimento_no.341-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3599/requerimento_no.342-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3602/requerimento_no.343-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3604/requerimento_no.344-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3605/requerimento_no.345-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3606/requerimento_no.346-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3607/requerimento_no.347-2025-elias_assinado.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3610/requerimento_no.348-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3611/requerimento_no.349-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3612/requerimento_no.350-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3617/requerimento_no.351-2025-alessandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3618/requerimento_no.352-2025-alessandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3619/requerimento_no.353-2025-alessandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3620/requerimento_no.354-2025-braz_assinado.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3621/requerimento_no.355-2025-braz_assinado.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3622/requerimento_no.356-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3623/requerimento_no.357-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3624/requerimento_no.358-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3625/requerimento_no.359-2025-elias_assinado.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3629/requerimento_no.360-2025-jorge_assinado.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3630/requerimento_no.361-2025-jorge_assinado.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3631/requerimento_no.362-2025-elias_assinado.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3633/requerimento_no.363-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3634/requerimento_no.364-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3636/requerimento_no.365-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3638/requerimento_no.366-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3639/requerimento_no.367-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3640/requerimento_no.368-2025-alessandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3641/requerimento_no.369-2025-alessandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3642/requerimento_no.370-2025-alessandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3644/requerimento_no.371-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3645/requerimento_no.372-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3646/requerimento_no.373-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3648/requerimento_no.374-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3649/requerimento_no.375-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3650/requerimento_no.376-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3653/requerimento_no.377-2025-alessandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3654/requerimento_no.378-2025-alessandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3656/requerimento_no.379-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3657/requerimento_no.380-2025-braz_assinado.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3659/requerimento_no.381-2025-geferson_assinado.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3660/requerimento_no.382-2025-jorge_assinado.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3661/requerimento_no.383-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3662/requerimento_no.384-2025-jorge_assinado.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3663/requerimento_no.385-2025-jorge_assinado.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3666/requerimento_no.386-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3672/requerimento_no.387-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3673/requerimento_no.388-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3676/requerimento_no.389-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3677/requerimento_no.390-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3678/requerimento_no.391-2025-alessandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3680/requerimento_no.392-2025-alessandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3681/requerimento_no.393-2025-alessandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3682/requerimento_no.394-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3687/requerimento_no.395-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3688/requerimento_no.396-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3695/requerimento_no.397-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3696/requerimento_no.398-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3697/requerimento_no.399-2025-geferson_assinado.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3698/requerimento_no.400-2025-geferson_assinado.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3701/requerimento_no.401-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3704/requerimento_no.402-2025-geferson_assinado.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3708/requerimento_no.403-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3709/requerimento_no.404-2025-jorge_assinado.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3711/requerimento_no.405-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3713/requerimento_no.406-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3714/requerimento_no.407-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3715/requerimento_no.408-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3716/requerimento_no.409-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3717/requerimento_no.410-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3718/requerimento_no.411-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3719/requerimento_no.412-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3720/requerimento_no.413-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3721/requerimento_no.414-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3722/requerimento_no.415-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3723/requerimento_no.416-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3724/requerimento_no.417-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3725/requerimento_no.418-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3726/requerimento_no.419-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3727/requerimento_no.420-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3732/requerimento_no.421-2025-braz_assinado.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3735/requerimento_422-2025_marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3736/requerimento_423-2025_marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3742/requerimento_424-2025_ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3743/requerimento_425-2025_ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3744/requerimento_426-2025_ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3745/requerimento_427-2025_ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3746/requerimento_428-2025_elias_assinado.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3758/requerimento_429-2025_profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3760/requerimento_430-2025_profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3762/requerimento_431-2025_profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3765/requerimento_432-2025_eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3766/requerimento_433-2025_profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3767/requerimento_434-2025_profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3768/requerimento_435-2025_eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3769/requerimento_436-2025_profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3770/requerimento_437-2025_eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3771/requerimento_438-2025_eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3772/requerimento_439-2025_eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3773/requerimento_440-2025_eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3774/requerimento_441-2025_agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3775/requerimento_no_informativo_sobre_a_quantidade_de_pessoas_que_estao_na_fila_para_a_regulacao_e_na_fila_de_espera_para_cirurgia_de_catarata..pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3776/requerimento_443-2025_eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3777/requerimento_444-2025_eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3779/requerimento_445-2025_geferson_assinado.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3780/requerimento_446-2025_geferson_assinado.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3781/requerimento_447-2025_braz_assinado.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3782/requerimento_no.448-2025-jorge_assinado.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3783/requerimento_no.449-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3784/requerimento_no.450-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3786/requerimento_no.451-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3787/requerimento_no.452-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3789/requerimento_no.453-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3790/requerimento_no.454-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3791/requerimento_no.455-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3795/requerimento_no.456-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3796/requerimento_no.457-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3817/requerimento_no.458-2025-geferson_assinado.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3798/requerimento_no.459-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3799/requerimento_no.460-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3800/requerimento_no.461-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3809/requerimento_no.462-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3810/requerimento_no.463-2025-alessandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3811/requerimento_no.464-2025-alessandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3812/requerimento_no.465-2025-alessandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3813/requerimento_no.466-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3814/requerimento_no.467-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3815/requerimento_no.468-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3816/requerimento_no.469-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3818/requerimento_no.470-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3825/requerimento_no.471-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3826/requerimento_no.472-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3827/requerimento_no.473-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3828/requerimento_no.474-2025-alessandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3829/requerimento_no.475-2025-alessandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3830/requerimento__pedido_de_quebra_molas_na_rua_amapa_cidade_alta.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3831/requerimento_no.477-2025-alessandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3832/requerimento_no.478-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3833/requerimento_no.479-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3834/requerimento_no.480-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3835/requerimento_no.481-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3839/requerimento_no.482-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3840/requerimento_no.483-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3842/requerimento_no.484-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3843/requerimento_no.485-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3844/requerimento_no.486-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3845/requerimento_no.487-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3846/requerimento_no.488-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3847/requerimento_no.489-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3848/requerimento_no.490-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3851/requerimento_no.491-2025-geferson_assinado.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3854/requerimento_no.492-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3855/requerimento_no.493-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3856/requerimento_no.494-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3857/requerimento_no.495-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3858/requerimento_no.496-2025-alessandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3859/requerimento_no.497-2025-alessandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3860/requerimento_no.498-2025-geferson_assinado.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3861/requerimento_no.499-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3862/requerimento_no.500-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3863/requerimento_no.501-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3864/requerimento_no.502-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3865/requerimento_no.503-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3866/requerimento_no.504-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3867/requerimento_no.505-2025-elias_assinado.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3868/requerimento_no.506-2025-elias_assinado.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3870/requerimento_no.507-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3871/requerimento_no.508-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3872/requerimento_no.509-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3873/requerimento_no.510-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3876/requerimento_no.511-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3885/requerimento_no.512-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3886/requerimento_no.513-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3887/requerimento_no.514-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3888/requerimento_no.515-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3889/requerimento_no.516-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3890/requerimento_no.517-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3892/requerimento_no.518-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3893/requerimento_no.519-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3894/requerimento_no.520-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3895/requerimento_no.521-2025-alessandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3896/requerimento_no.522-2025-alessandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3898/requerimento_523-2025_ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3899/requerimento_524-2025_agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3900/requerimento_525-2025_agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3901/requerimento_526-2025_agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3902/requerimento_527-2025_agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3903/requerimento_528-2025_agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3904/requerimento_529-2025_agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3905/requerimento_530-2025_agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3906/requerimento_531-2025_marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3911/requerimento_532-2025_agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3913/requerimento_533-2025_braz_assinado.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3915/requerimento_534-2025_marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3916/requerimento_535-2025_marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3917/requerimento_536-2025_profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3918/requerimento_537-2025_profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3919/requerimento_538-2025_profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3921/requerimento_539-2025_eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3922/requerimento_540-2025_eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3923/requerimento_541-2025_eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3924/requerimento_542-2025_eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3925/requerimento_543-2025_eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3931/requerimento_cascalhamento_sao_pedro.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3932/requerimento_reforma_da_praca.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3934/requerimento_cascalhamento_porto_rio_sao_miguel.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3935/requerimento_limpeza_em_volta_da_antena_setor_porto_murtinho.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3936/requerimento_estacionamento_anestino.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3937/req_limpeza_e_pintura_do_piso_de_bloquetes_da_feira_municipal.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3938/req_construcao_de_um_redutor_de_velocidade_quebra-molas_na_rua_das_comunicacoes_em_frente_ao_imovel_no_2655.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3939/req_confeccao_de_um_bolo_comemorativo_de_29_metros_em_homenagem_ao_aniversario_de_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3940/req_providencias_para_que_a_empresa_energisa_faca_a_elevacao_da_rede_de_energia_eletrica_que_atravessa_a_br-429_em_direcao_a_linha_28_gogo_da_onca.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3942/requerimento_de_caminhao_muck_iluminacao_dos_campos.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3943/requerimento_instalacao_de_cameras_de_seguranca_nas_salas.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3944/escola_neuza_e_creche_olaiza.doc" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3945/reiteracao_tipologia_das_escolas.doc" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3946/requerimento_-_subsidio_-coordenador_e_orientador.doc" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3947/requerimento_pecunia.doc" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3949/requerimento_placas_para_a_indicacao_da_feira_municipal.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3951/requerimento_wi-fi.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3953/requerimento_no.561-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3968/requerimento_no.562-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3972/requerimento_no.563-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3973/requerimento_no.564-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3974/requerimento_no.565-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3975/requerimento_no.566-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3985/requerimento_no.567-2025-alessandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3986/requerimento_no.568-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3987/requerimento_no.569-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3988/requerimento_no.570-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3989/requerimento_no.571-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3990/requerimento_no.572-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3991/requerimento_no.573-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3992/requerimento_no.574-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3993/requerimento_no.575-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3994/requerimento_no.576-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3995/requerimento_no.577-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3996/requerimento_no.578-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3997/requerimento_no.579-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3998/requerimento_no.580-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3999/requerimento_no.581-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4000/requerimento_no.582-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4001/requerimento_no.583-2025-braz_assinado.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4002/requerimento_no.584-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4003/requerimento_no.585-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4005/requerimento_no.586-2025-jorge_assinado.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4006/requerimento_no.587-2025-jorge_assinado.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4007/requerimento_no.588-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4009/requerimento_no.589-2025-elias_assinado.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4010/requerimento_no.590-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4011/requerimento_no.591-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4012/requerimento_no.592-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4014/requerimento_no.593-2025-elias_assinado.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4015/requerimento_no.594-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4017/requerimento_no.595-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4018/requerimento_no.596-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4019/requerimento_no.597-2025-geferson_assinado.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4020/requerimento_no.598-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4021/requerimento_no.599-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4022/requerimento_no.600-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4023/requerimento_no.601-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4024/requerimento_no.602-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4025/requerimento_no.603-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4026/requerimento_no.604-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4028/requerimento_no.605-2025-alessandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4029/requerimento_no.606-2025-alessandra_assinado.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4033/requerimento_no.607-2025-eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4035/requerimento_no.608-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4036/requerimento_no.609-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4037/requerimento_no.610-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4038/requerimento_no.611-2025-elias_assinado.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4039/requerimento_no.612-2025-geferson_assinado.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4040/requerimento_no.613-2025-geferson_assinado.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4044/requerimento_no.614-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4045/requerimento_no.615-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4046/requerimento_no.616-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4051/requerimento_no.617-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4069/requerimento_no.618-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4072/requerimento_no.619-2025-agnielde_assinado.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4084/requerimento_no.620-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4085/requerimento_no.621-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4088/requerimento_no.622-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4089/requerimento_no.623-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4090/requerimento_no.624-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4091/requerimento_no.625-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4092/requerimento_no.626-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4093/requerimento_no.627-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4094/requerimento_no.628-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4095/requerimento_no.629-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4097/requerimento_no.630-2025-elias_assinado.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4098/requerimento_no.631-2025-elias_assinado.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4099/requerimento_no.632-2025-braz_assinado.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4114/requerimento_no.633-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4115/requerimento_no.634-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4117/requerimento_no.635-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4118/requerimento_no.636-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4120/requerimento_no.637-2025-marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4131/requerimento_no.638-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4132/requerimento_no.639-2025-profmarcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4136/requerimento_no.640-2025-ozias_assinado.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4152/requerimento_no.641-2025-elias_assinado.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4153/requerimento_no.642-2025-elias_assinado.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4154/requerimento_no.643-2025-elias_assinado.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4158/requerimento_no.644-2025-braz_assinado.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4159/requerimento_no.645-2025-braz_assinado.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4162/requerimento_no.646-2025-braz_assinado.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4163/secretario_everton_veronezzi_tubo_enfrente__casa_do_antonio_linha_06.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4164/secretario_da_agricultura__buiero_enfrente_a_casa_do_mateus_lh_06.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4175/requerimento_arris.doc" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4176/requerimento_dedetizacao.doc" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3566/mocao_no_001-25_dep._silvia_laerte_e_sen_marcos_rogerio.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3588/mocao_no_002-25_ex-vereadores_e_ex-prefeitos_assinado.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3589/mocao_no_003-25_dr._eder_da_cruz_assinado.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3590/mocao_no_004-25_dep._ismael_assinado.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3637/mo_n.05-2025_-_marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3674/mocao_no_007-25_-_oziaseberelias_assinado.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3675/mocao_no_007-25_-_oziaseberelias_assinado.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3739/mocao_no_008-25_-_marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3756/mocao_no_009-25_-_eber_profmarcio_jorge_agnielde_marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3794/mocao_no_010-25_-_eber_assinado.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3819/mocao_no_011-25_-_marcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3188/apl_n.01-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3189/apl_n.02-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3397/apl_no.03-2025.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3451/apl_no.04-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3471/apl_no.05-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3486/apl_no.06-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3531/apl_no.07-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3547/apl_no.08-2025.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3574/apl_no.09-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3600/apl_no.10-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3601/apl_no.11-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3655/apl_no.12-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3670/apl_no.13-2025.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3671/apl_no.14-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3710/apl_no.15-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3712/apl_no.16-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3733/apl_no.17-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3734/apl_no.18-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3755/apl_para_equiparacao_dos_direitos_e_beneficios_dos_motoristas_de_ambulancia_aos_profissionais_da_saude_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3837/apl_no.20-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3838/apl_no.21-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3841/apl_no.22-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3884/apl_no.23-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3914/apl_no.24-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3978/apl_no.25-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3984/apl_no.26-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4034/apl_no.27-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4047/apl_no.28-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4054/apl_no.29-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4086/apl_no.30-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4194/apl_incentivo_e_promocao_a_pratica_do_xadrez_nas_escolas_da_rede_municipal_de_ensino.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3137/pl_01_2025_-_sessao_extraordinaria_15.01.2025.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3138/pl_02_2025_-_sessao_extraordinaria_15.01.2025.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3140/pl_no.003-2025.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3141/pl_no.004-2025.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3142/pl_05_-_2025.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3145/pl_06_-_2025.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3147/pl_07_-_2025.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3143/pl_08_-_2025.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3144/pl_09_-_2025.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3146/pl_10_-_2025.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3149/pl_011-2025.pdf.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3151/pl_012-2025.pdf.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3187/plc_no.03-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3227/pl_no.014-2025.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3228/pl_no.015-2025.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3245/pl_no.016-2025.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3246/projeto_de_lei_no_17_-_2025.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3282/pl_no.018-2025.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3285/pl_no.019-2025.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3310/pl_no.020-2025.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3355/pl_no.021-2025.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3378/pl_no.022-2025.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3383/pl_no.023-2025.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3384/pl_no.024-2025.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3390/pl_no.025-2025.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3404/pl_no.026-2025_-_geferson_prof_marcio.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3405/pl_no.027-2025.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3417/pl_no.028-2025.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3434/pl_no.030-2025.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3440/projeto_de_leidispoe_sobre_a_obrigatoriedade_da_realizacao_de_exame_toxicologico_periodico_para_todos_os_parlamentares_do_municipio_de_sao_francisco_do_guapore_-_ro_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3443/pl_no.032-2025.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3446/dispoe_sobre_a_distribuicao_de_cestas_basicas_as_familias_em_situacao_de_vulnerabilidade_social_no_periodo_do_natal_nos_anos_de_2025_a_2028_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3447/dispoe_sobre_a_garantia_de_transporte_gratuito_para_familiares_de_pacientes_vitimas_de_acidentes_graves_ate_unidades_de_saude_do_municipio_ou_de_referencia_regional..pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3449/pl_no.035-2025.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3457/pl_no.036-2025.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3461/pl_no.037-2025.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3479/pl_no.038-2025.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3480/pl_no.039-2025.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3488/pl_no.040-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3490/pl_no.041-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3491/pl_no.042-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3495/projeto_de_lei_proibicao_de_plantar_arvores.docx" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3497/pl_no.044-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3498/pl_no.045-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3517/pl_no.046-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3519/pl_no.047-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3520/pl_no.048-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3521/pl_no.049-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3546/pl_no.050-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3581/projeto_de_lei_51-2025.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3591/pl_no.052-2025.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3593/pl_no.053-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3596/pl_no.054-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3597/pl_no.055-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3598/pl_no.056-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3609/pl_institui_o_seminario_anual_de_capacitacao_e_inovacao_no_agronegocio_no_municipio_de_sao_francisco_do_guapore__ro__pdf.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3615/pl_no.058-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3626/pl_no.059-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3627/pl_no.060-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3628/pl_no.061-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3632/pl_dispoe_sobre_a_alteracao_e_inclusao_da_lei_municipal_no_1.394_de_29_de_junho_de_2016_pdf.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3643/pl_no.063-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3651/pl_no.064-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3652/pl_no.065-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3658/pl_no.066-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3667/pl_no.067-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3668/pl_no.068-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3669/pl_no.069-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3683/pl_no.070-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3689/pl_no.071-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3690/pl_no.072-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3692/pl_no.073-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3693/pl_no.074-2025_-_expovale_assinado.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3694/pl_no.075-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3702/pl_no.076-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3703/pl_no.077-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3705/pl_no.078-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3737/pl_no.079-2025.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3738/pl_no.080-2025.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3740/pl_no.081-2025.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3741/pl_no.082-2025.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3747/pl_no.083-2025_-_folha_-_r_153.00000.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3748/pl_no.084-2025_-_folha_-_r1.400.00000.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3749/pl_no.085-2025_-_folha_-_r_3.732.00000.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3750/pl_no.086-2025_-folha_-_r_710.00000.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3751/pl_no.087-2025_-_helen_cristina_-_r_73.19600.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3754/projeto_de_lei_no_88_-_2025.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3759/pl_no.089-2025_-_folha_sefin_-_r_48.00000.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3761/pl_no.090-2025_-_folha_segplan_r_490.00000.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3763/pl_no.091-2025_-folha_fundeb_r_590.00000.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3764/pl_no.092-2025_-folha_r_1.900.00000.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3785/pl_no.093-2025_-_estadio_-_r_50.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3788/pl_94-2025_-_revoga_doacao_de_terreno.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3808/pl_no.095-2025_-_impes_folha_-_r_213.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3820/pl_no.096-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3821/pl_no.097-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3822/pl_no.098-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3823/pl_no.099-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3824/pl_no.100-2025_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3836/pl_no.101-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3849/pl_no.102-2025_-_ppa__2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3850/pl_no.103-2025_-_ldo__2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3852/pl_no.104-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3875/pl_no.105-2025_-_loa_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3878/pl_no.106-2025_-_dia_das_criancas_-_r_258.00000.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3879/pl_no.107-2025_-_gestao_desentralizada_-_r_350.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3880/pl_no.108-2025_-_piso_fixo_psb_-_13.74092_assinado.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3881/pl_no.109-2025_-_piso_fixo_pse-_r_40.69666_assinado.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3882/pl_no.110-2025_-_crianca_feliz_-_r_11.01217_assinado.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3883/pl_no.111-2025_-_mamae_cheguei_-_r_18.24691_assinado.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3891/pl_no.112-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3897/pl_no.113-2025_-_saldo_semec_-_r_63.11600_assinado.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3908/pl_no.114-2025_-_obras_-_r_1.370.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3909/pl_no.115-2025_-_campo_society_-_r_1.538.57253_assinado.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3910/pl_no.116-2025_-_acao_social_vulnerabilidade_-_r_182.15825_assinado.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3926/pl_no.117-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3927/pl_no.118-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3952/pl_no.119-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3954/pl_no.120-2025_-_apae_assinado.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3955/pl_no.121-2025_-_ecovale_assinado.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3956/pl_no.122-2025_-_prova_de_laco_assinado.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3957/pl_no.123-2025_-_familia_agricola_assinado.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3958/pl_no.124-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3960/pl_no.125-2025_-_calcadas_seinfra_-_r_960.01900_assinado.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3961/pl_no.126-2025_-_mac_cirurgias_mutirao_-_r_1.000.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3962/pl_no.127-2025_-_plantoes_medicos_-_r_300.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3963/pl_no.128-2025_-_pap_incremento_capacitacao_-_r_200.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3964/pl_no.129-2025_-_pap_incremento_-_r_600.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3965/pl_no.130-2025_-_pap_consumo_-_r_350.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3966/pl_no.131-2025_-_projeto_de_lei_-_pap_consumo_-_r_370.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3967/pl_no.132-2025_-_pap_insumos_consumo_-_r_140.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3970/pl_no.133-2025_-_projeto_de_lei_-_pap_capacitacao_pj_-_r_140.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3971/pl_no.134-2025_-_refis_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3980/pl_no.135-2025_-dia_das_criancas_-_r_100.00000.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4004/pl_no.136-2025_-semdsf_-_remanejo_-_r_215.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4031/pl_no.137-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4041/pl_no.138-2025_-_remanejamento_encerramento_ano_fiscal_-_r_275.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4042/pl_no.139-2025_-_cobris_desp._encerramento_ano_fiscal_-_r_592.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4043/pl_no.140-2025_-_mac_oci_ortopedia_-_r_1.200.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4049/pl_no.141-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4052/pl_no.142-2025_-_aniversario_da_cidade_-_r_761.53500_assinado.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4053/pl_no.143-2025_-_reforma_impes_-_r_183.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4055/pl_no.144-2025_-_agnielde_-_diarias_assinado.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4060/pl_no.145-2025_-_recuperacao_est._vic._alex_redano_att_-_119__-_r_2.940.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4061/pl_no.146-2025_-_recuperacao_est._vic._att-126_-_laerte_gomes_-_r_1.100.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4063/pl_no.147-2025_-_aquisicao_vam_educacao_-_r_504.74976_assinado.pdf" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4064/pl_no.148-2025_-_despesas_secret._sema_-_r_70.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4065/pl_no.149-2025_-const._de_calc._em_ruas_e_av._conv._n_947518-2023_-_r_486.16774_assinado.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4066/pl_no.150-2025_-_ver_marcio_-_forun_permanente_contra_demarcacao_de_terras_assinado.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4067/pl_no.151-2025_-_aquis._veiculo_e_computadores_-_r_198.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4068/pl_no.152-2025_-_institui_o_conselho_municipal_de_turismo_assinado.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4071/pl_no.153-2025_-_semagri_supl_obras_-_r_1.270.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4078/pl_no.154-2025_-_geferson_-_cidade_limpa_assinado.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4079/pl_no.155-2025_-_unidade_movel_odontologica_-_r_163.37500_assinado.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4080/pl_no.156-2025_-pick-up_e_termonebulizador_-_r_39.06500_assinado.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4081/pl_no.157-2025_-_aquis._furgoneta_-_r_66.64200_assinado.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4082/pl_no.158-2025_-_aquis._6_ambulancias_-_r_77.42500_assinado.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4083/pl_no.159-2025_-_cobrir_despesas_-_r_100.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4100/pl_no.160-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4108/pl_no.161-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4109/projeto_dispoe_sobre_a_proibicao_de_estacionamento.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4110/pl_no.163-2025_-_oci_oftalmologista_-_r_166.06000_assinado.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4111/pl_no.164-2025_-_oci_otorrinolaringologista_-_r_166.06000_assinado.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4112/pl_no.165-2025_-_aquis._caminhao_toco_-_r_510.23333_assinado.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4116/pl_no.166-2025_-_natal_de_luz_e_evento_de_ano_novo_assinado.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4119/pl_no.167-2025_-_despesas_-_r_196.50000_assinado.pdf" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4121/pl_no.168-2025_-_agricultura_-_r_1.166.28863_assinado.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4122/pl_no.169-2025_-_semagri-_secel_r_1.018.12000_assinado.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4123/pl_autoriza_a_retirada_de_madeira_derrubada_antes_de_2008.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4124/pl_no.171-2025_-_emprestimo_de_maquinas_agricolas_assinado.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4125/pl_no.172-2025_-_doacao_de_cacambas_de_terra_assinado.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4127/projeto_van_odontologica_vereador_agnielde.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4133/pl_no.174-2025_-_reorganiza_as_funcoes_e_atribuicoes_da_controladoria_geral_assinado.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4134/pl_no.175-2025_-_doacao_veiculo_camara_assinado.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4135/pl_incluir_o_cargo_de_fiscal_de_vigilancia_sanitaria_entre_os_beneficiarios_da_gratificacao_de_risco_de_vida.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4137/pl_no.177-2025_-_atualizacao_dos_salarios_dos_tecnicos_em_enfermagem_lotados_na_educacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4138/pl_no.178-2025_-contrapartida_caminhao_melosa_-_r_165.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4139/pl_no.179-2025-_cria_o_fundo_municipal_da_pessoa_idosa_assinado.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4141/pl_no.180-2025_-_diu_contraceptivo_-_r_100.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4142/pl_no.181-2025_-_aquisicao_de_insumos_-_r_315.15000_assinado.pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4143/pl_no.182-2025_-_remanejamento_semusa_-_r_578.75302_assinado.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4144/pl_no.183-2025_-_aquis._implemento_agricola_-_r_396.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4149/lei_medicamentos_de_alto_custo.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4150/projeto_de_lei_para_mulheres_com_vulnerabilidade_social.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4151/pl_no.186-2025_-_tubos_pead_-_r_172.69200_assinado.pdf" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4156/pl_no.187-2025_-_material_pedagogico_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4157/pl_no.188-2025_-_mat_didatico_diversos_pedagogicos_-_r_792.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4160/pl_no.189-2025_-_subvencao_financeira_aspruvarsp_assinado.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4165/pl_no.190-2025_-_onibus_escolares_assinado.pdf" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4166/pl_no.191-2025_-_folga_aniversario_assinado.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4195/pl_no.192-2025_-_remanejamento_fundb_-_semec_-_r_1.830.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4266/pl_no.193-2025_-_semusa_-_r_200.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4267/pl_no.194-2025_-aditivo_estadio_-_r_94.30222_assinado.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4268/pl_no.195-2025_-_conselho_municipal_de_saude_assinado.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4272/pl_no.196-2025_-_reserva_de_dominio_-_br_429_assinado.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3139/plc_no.01-2025.pdf" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3150/plc_02-2025.pdf.pdf" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3165/plc_no.03-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3230/plc_no.04-2025.pdf" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3242/plc_no.05-2025.pdf" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3379/plc_no.06-2025.pdf" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3499/plc_no.07-2025.pdf" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3685/plc_no.08-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4030/plc_no.09-2025_-_altera_cobranca_do_itbi_e_da_outras_providencias_assinado.pdf" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4107/plc_no.10-2025_-_geferson_assinado.pdf" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4161/plc_no.11-2025_-_geferson_assinado.pdf" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4167/plc_no.12-2025_-_altera_a_lei_complementar_144_assinado.pdf" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4269/plc_no.13-2025_-_altera_a_taxa_administrativa_instituto_de_previdencia_assinado.pdf" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4270/plc_no.14-2025_-_altera_o_plano_de_amortizacao_do_instituto_de_previdencia_assinado.pdf" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3148/prl_01-2025.pdf" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3243/prl_no.02-2025.pdf" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3297/prl_no.003-2025.pdf" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3477/prl_no.04-2025.pdf" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3478/prl_no.05-2025.pdf" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3592/prl_no.06-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3664/projeto_de_resolucao_legislativa_n.007-2025_-_implantacao_do_pix_assinado.pdf" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3778/prl_no.08-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3920/projeto_resolucao_legislativa_n.009-2025.pdf" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3941/prl_no.10-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3948/prl_no.11-2025.pdf" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4193/prl_no.12-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3283/proposta_de_emenda_a_lei_organica__n.001-2025.pdf" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4271/veto_n.01-2025_-_ao_projeto_de_lei_complementar_no_011-2025.pdf" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3492/emenda_aditiva_de_lei_no_01_-_2025.pdf" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3603/emenda_do_projeto_51_05_de_junho_modificada_2_assinada.pdf" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3613/emenda_modificativa_02-2025.pdf" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3614/emenda_modificativa_03-2025.pdf" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3616/emenda_modificativa_04-2025_1.pdf" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4243/em_n.05-2025.pdf" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3518/emenda_impositiva_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3686/emenda_impositiva_n02-2025.pdf" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3700/emenda_impositiva_03-2025_braz_assinado.pdf" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3706/emenda_impositiva_04-2025_geferson_assinado.pdf" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3707/emenda_impositiva_05-2025_hermes_assinado.pdf" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3752/emenda_impositiva_06-2025_braz.pdf" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3753/emenda_impositiva_07-2025_geferson.pdf" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3874/emenda_impositiva_08-2025_geferson_assinado.pdf" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4168/emenda_impositiva_n.09-2025_profmarcio.pdf" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4169/emenda_impositiva_n.10-2025_profmarcio.pdf" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4170/emenda_impositiva_n.11-2025_profmarcio.pdf" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4171/emenda_impositiva_n.12-2025_profmarcio.pdf" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4172/emenda_impositiva_n.13-2025_profmarcio.pdf" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4173/emenda_impositiva_n.14-2025_profmarcio.pdf" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4216/emenda_impositiva_n.15-2025_ozias.pdf" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4177/emenda_impositiva_n.16-2025_marcio.pdf" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4178/emenda_impositiva_n.17-2025_marcio.pdf" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4179/emenda_impositiva_n.18-2025_marcio.pdf" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4180/emenda_impositiva_n.19-2025_marcio.pdf" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4181/emenda_impositiva_n.20-2025_agnielde.pdf" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4182/emenda_impositiva_n.21-2025_agnielde.pdf" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4183/emenda_impositiva_n.22-2025_agnielde.pdf" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4184/emenda_impositiva_n.23-2025_agnielde.pdf" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4185/emenda_impositiva_n.24-2025_agnielde.pdf" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4186/emenda_impositiva_n.25-2025_agnielde.pdf" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4187/emenda_impositiva_n.26-2025_ozias.pdf" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4188/emenda_impositiva_n.27-2025_ozias.pdf" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4189/emenda_impositiva_n.28-2025_ozias.pdf" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4190/emenda_impositiva_n.29-2025_ozias.pdf" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4218/emenda_impositiva_n.30-2025_ozias.pdf" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4196/emenda_impositiva_n.31-2025_braz.pdf" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4197/emenda_impositiva_n.32-2025_braz.pdf" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4198/emenda_impositiva_n.33-2025_braz.pdf" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4199/emenda_impositiva_n.34-2025_braz.pdf" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4200/emenda_impositiva_n.35-2025_braz.pdf" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4201/emenda_impositiva_n.36-2025_braz.pdf" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4202/emenda_impositiva_n.37-2025_braz.pdf" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4204/emenda_impositiva_n.38-2025_jorge.pdf" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4205/emenda_impositiva_n.39-2025_jorge.pdf" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4206/emenda_impositiva_n.40-2025_jorge.pdf" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4207/emenda_impositiva_n.41-2025_jorge.pdf" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4208/emenda_impositiva_n.42-2025_jorge.pdf" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4209/emenda_impositiva_n.43-2025_agnielde.pdf" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4210/emenda_impositiva_n.44-2025_agnielde.pdf" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4211/emenda_impositiva_n.45-2025_jorge.pdf" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4212/emenda_impositiva_n.46-2025_jorge.pdf" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4213/emenda_impositiva_n.47-2025_braz.pdf" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4253/emenda_impositiva_n.48-2025_eber.pdf" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4217/emenda_impositiva_n.49-2025_elias.pdf" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4219/emenda_impositiva_n.50-2025_marcio.pdf" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4220/emenda_impositiva_n.51-2025_elias.pdf" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4221/emenda_impositiva_n.52-2025_elias.pdf" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4222/emenda_impositiva_n.53-2025_elias.pdf" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4223/emenda_impositiva_n.54-2025_elias.pdf" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4224/emenda_impositiva_n.55-2025_elias.pdf" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4225/emenda_impositiva_n.56-2025_elias.pdf" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4226/emenda_impositiva_n.57-2025_alessandra.pdf" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4227/emenda_impositiva_n.58-2025_alessandra.pdf" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4228/emenda_impositiva_n.59-2025_elias.pdf" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4229/emenda_impositiva_n.60-2025_alessandra.pdf" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4230/emenda_impositiva_n.61-2025_alessandra.pdf" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4231/emenda_impositiva_n.62-2025_alessandra.pdf" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4232/emenda_impositiva_n.63-2025_alessandra.pdf" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4233/emenda_impositiva_n.64-2025_alessandra.pdf" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4234/emenda_impositiva_n.65-2025_alessandra.pdf" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4235/emenda_impositiva_n.66-2025_alessandra.pdf" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4236/emenda_impositiva_n.67-2025_elias.pdf" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4237/emenda_impositiva_n.68-2025_alessandra.pdf" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4238/emenda_impositiva_n.69-2025_alessandra.pdf" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4239/emenda_impositiva_n.70-2025_elias.pdf" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4240/emenda_impositiva_n.71-2025_elias.pdf" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4241/emenda_impositiva_n.72-2025_elias.pdf" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4242/emenda_impositiva_n.73-2025_elias.pdf" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4244/emenda_impositiva_n.74-2025_geferson.pdf" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4245/emenda_impositiva_n.75-2025_geferson.pdf" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4246/emenda_impositiva_n.76-2025_geferson.pdf" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4247/emenda_impositiva_n.77-2025_geferson.pdf" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4248/emenda_impositiva_n.78-2025_geferson.pdf" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4249/emenda_impositiva_n.79-2025_geferson.pdf" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4250/emenda_impositiva_n.80-2025_geferson.pdf" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4251/emenda_impositiva_n.81-2025_profmarcio.pdf" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4252/emenda_impositiva_n.82-2025_eber.pdf" TargetMode="External"/><Relationship Id="rId1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4254/emenda_impositiva_n.83-2025_eber.pdf" TargetMode="External"/><Relationship Id="rId1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4255/emenda_impositiva_n.84-2025_eber.pdf" TargetMode="External"/><Relationship Id="rId1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4256/emenda_impositiva_n.85-2025_eber.pdf" TargetMode="External"/><Relationship Id="rId1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4257/emenda_impositiva_n.86-2025_eber.pdf" TargetMode="External"/><Relationship Id="rId1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4258/emenda_impositiva_n.87-2025_eber.pdf" TargetMode="External"/><Relationship Id="rId1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4259/emenda_impositiva_n.88-2025_eber.pdf" TargetMode="External"/><Relationship Id="rId1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4260/emenda_impositiva_n.89-2025_hermes.pdf" TargetMode="External"/><Relationship Id="rId1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4261/emenda_impositiva_n.90-2025_hermes.pdf" TargetMode="External"/><Relationship Id="rId1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4262/emenda_impositiva_n.91-2025_hermes.pdf" TargetMode="External"/><Relationship Id="rId1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4263/emenda_impositiva_n.92-2025_hermes.pdf" TargetMode="External"/><Relationship Id="rId1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4264/emenda_impositiva_n.93-2025_hermes.pdf" TargetMode="External"/><Relationship Id="rId1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/4265/emenda_impositiva_n.94-2025_hermes.pdf" TargetMode="External"/><Relationship Id="rId1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3259/chapa_ccjrf_assinado.pdf" TargetMode="External"/><Relationship Id="rId1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3260/chapa_coef_assinado.pdf" TargetMode="External"/><Relationship Id="rId1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3261/chapa_cosama_assinado.pdf" TargetMode="External"/><Relationship Id="rId1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3262/chapa_cedltstas_assinado.pdf" TargetMode="External"/><Relationship Id="rId1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3356/edital_de_conv._n001-2025-cmsfg.pdf" TargetMode="External"/><Relationship Id="rId1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3370/chapa_respeito_e_compromisso_-_eber.pdf" TargetMode="External"/><Relationship Id="rId1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3371/chapa_respeito_e_compromisso_-_ozias.pdf" TargetMode="External"/><Relationship Id="rId1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3929/recurso_legislativa_no_01_-_2025-20250929082637.pdf" TargetMode="External"/><Relationship Id="rId1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2025/3930/recurso_legislativa_no_02_-_2025-20250929092856.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H1100"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="40.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="180.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>