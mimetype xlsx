--- v0 (2026-01-30)
+++ v1 (2026-03-17)
@@ -54,3976 +54,3976 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2866</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IN</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Pastor Eber Lopes</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2866/indicacao_n.01-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2866/indicacao_n.01-2024.pdf</t>
   </si>
   <si>
     <t>Indica que seja feito um estudo Técnico Orçamentário e Financeiro para fazer o reajuste no valor das diárias do Amigo Voluntário.</t>
   </si>
   <si>
     <t>2869</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Braz Carlos Correia, Edison Crispin</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2869/indicacao_n.02-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2869/indicacao_n.02-2024.pdf</t>
   </si>
   <si>
     <t>Indica que o Sr.Prefeito Municipal, para que seja realizado a suspensão do cartão de abastecimento e controle de frota.</t>
   </si>
   <si>
     <t>2871</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2871/indicacao_n.03-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2871/indicacao_n.03-2024.pdf</t>
   </si>
   <si>
     <t>Indica que seja feito a manutenção do clube da PM (CRAPOM), limpeza, corte do campo e manutenção dos refletores.</t>
   </si>
   <si>
     <t>2872</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2872/indicacao_n.04-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2872/indicacao_n.04-2024.pdf</t>
   </si>
   <si>
     <t>Indica que seja feito a reforma dos vestiários e instalação do Departamento de Esporte no Campo Municipal.</t>
   </si>
   <si>
     <t>2888</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/</t>
   </si>
   <si>
     <t>Indica um estudo Técnico orçamentário e financeiro para a atualização e solicito que seja ampliado o teto de produção de valor para 2.000 cotas, bem como seja restabelecido a forma de atribuição de valor aos pontos, voltando a ser de 10% da UFM.</t>
   </si>
   <si>
     <t>2912</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Indica que seja feito estudo técnico orçamentário e financeiro para a aquisição de uma caminhonete phd cestas areias agr passini com buque para a equipe de iluminação publica.</t>
   </si>
   <si>
     <t>2960</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Cidão Venâncio</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2960/indicacao_n.07-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2960/indicacao_n.07-2024.pdf</t>
   </si>
   <si>
     <t>Indica que seja feito Aquisição de um Ar condicionado 24.000 BTUs para a capela mortuária.</t>
   </si>
   <si>
     <t>2961</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2961/indicacao_n.08-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2961/indicacao_n.08-2024.pdf</t>
   </si>
   <si>
     <t>Indica seja feito Aquisição de um Bebedouro Industrial na Escola Pereira e Cáceres visando atender à necessidade Crescente de Hidratação dos alunos e promover um ambiente escolar mais saudável e eficiente.</t>
   </si>
   <si>
     <t>3028</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Indicação ao Poder Executivo que seja feito poços artesianos nos conjuntos habitacionais, que estão localizados no bairro paraíso (próximo a escola maria marta) e bairro cidade baixa (próximo a garagem municipal) e que seja feito a instalação nas casas.</t>
   </si>
   <si>
     <t>2734</t>
   </si>
   <si>
     <t>RE</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2734/requerimento_01-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2734/requerimento_01-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que possa ser feito o cascalhamento  e limpeza do local onde é o manobrador do ônibus, no travessão da linha 04 para linha 06.</t>
   </si>
   <si>
     <t>2735</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2735/requerimento_02-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2735/requerimento_02-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, um isolamento adequado onde cedeu o piso do caçdão na Orla provocando um enorme buraco no local.</t>
   </si>
   <si>
     <t>2736</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2736/requerimento_03-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2736/requerimento_03-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, a instalação de manilhas no travessão da linha 04 para linha 06 no setor do Porto Murtinho.</t>
   </si>
   <si>
     <t>2737</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2737/requerimento_04-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2737/requerimento_04-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que possa disponibilizar a retroescavadeira para que faça a limpeza e abertura de um dreno na linha 02_x000D_
 do setor do Porto Murtinho.</t>
   </si>
   <si>
     <t>2738</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2738/requerimento_05-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2738/requerimento_05-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras para fazer o reparo necessário da Ponte na linha 08 setor do Porto Murtinho; pois a mesma já  encontra-se interditada.</t>
   </si>
   <si>
     <t>2739</t>
   </si>
   <si>
     <t>Edison Crispin</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2739/requerimento_06-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2739/requerimento_06-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Saúde a contratação de serviço de fisioterapia para o município de São Francisco do Guaporé – RO.</t>
   </si>
   <si>
     <t>2740</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2740/requerimento_07-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2740/requerimento_07-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a secretaria de Saúde para providenciar academia de Saúde para praça da cidade alta para o município de São Francisco do Guaporé – RO.</t>
   </si>
   <si>
     <t>2741</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2741/requerimento_08-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2741/requerimento_08-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Governo e Administração, para contratação de um plano de internet para atender o conselho tutelar no município de São Francisco do Guaporé – RO.</t>
   </si>
   <si>
     <t>2742</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2742/requerimento_09-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2742/requerimento_09-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras e Serviços Públicos, para aquisição de maquinas e equipamentos para construção de bloquetes no município de São Francisco do Guaporé – RO.</t>
   </si>
   <si>
     <t>2743</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2743/requerimento_10-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2743/requerimento_10-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a secretaria de Saúde a contratação de serviço de plantões Médicos para o município de São Francisco do Guaporé – RO.</t>
   </si>
   <si>
     <t>2744</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2744/requerimento_11-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2744/requerimento_11-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras e Serviços Públicos,  para aquisição de um terreno medindo 30x1600 anexo ao terreno disponibilizado para o aeroporto no município de São Francisco do Guaporé – RO.</t>
   </si>
   <si>
     <t>2745</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2745/requerimento_12-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2745/requerimento_12-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a secretaria um municipal de Educação que faça contratação de inspetor de pátio para as Escolas Municipais.</t>
   </si>
   <si>
     <t>2746</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2746/requerimento_13-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2746/requerimento_13-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Planejamento  que seja atendido a lei 2.070/2022.</t>
   </si>
   <si>
     <t>2747</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2747/pl_no.14-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2747/pl_no.14-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras para a extensão de rede elétrica no Cemitério do município de São Francisco do Guaporé – RO.</t>
   </si>
   <si>
     <t>2763</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Ozias Santos</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2763/pl_no.15-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2763/pl_no.15-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Planejamento que faça uma revisão, realinhamento e a readequação salarial dos servidores Público.</t>
   </si>
   <si>
     <t>2764</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2764/requerimento_16-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2764/requerimento_16-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja feito o cascalhamento da linha 4 em frente a fazenda da Milena próxima a Igreja Assembleia uns 1.000 metros;</t>
   </si>
   <si>
     <t>2765</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2765/requerimento_17-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2765/requerimento_17-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de saúde, que seja realizado o procedimento odontológico protético, Confecção de próteses dentaria.</t>
   </si>
   <si>
     <t>2766</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2766/requerimento_18-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2766/requerimento_18-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja feito o cascalhamento e patrolamento da linha eixo até sair na linha 04, em alguns pontos críticos;</t>
   </si>
   <si>
     <t>2768</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Geferson dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2768/requerimento_19-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2768/requerimento_19-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Saúde, que coloque com urgência um telefone fixo no pronto socorro do Posto de Saúde Ellen Cavagna, e também coloque um aparelho com chip na sala de vacina.</t>
   </si>
   <si>
     <t>2769</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2769/requerimento_20-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2769/requerimento_20-2024.pdf</t>
   </si>
   <si>
     <t>Requer que seja concedido isenção para o imposto de ITBI, para os imóveis que forem fazer o cadastramento a primeira vez, e que o Título estiver em seu nome.</t>
   </si>
   <si>
     <t>2776</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2776/requerimento_n.21-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2776/requerimento_n.21-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto  Instituto de Previdência Municipal dos Servidores  que seja feito a realização de audiência pública com todos os servidores do município de São Francisco do Guaporé.</t>
   </si>
   <si>
     <t>2790</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Agricultura e Meio Ambiente, em parceria com o Idaron, faça o recolhimento de Embalagens de Agrotóxicos em nosso município.</t>
   </si>
   <si>
     <t>2791</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2791/requerimento_no.023-2024-geferson.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2791/requerimento_no.023-2024-geferson.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Educação, que providencie junto a Direção da Escola Clodoaldo Splícigo, para voltar os horários normal de aulas, e não por tempo integral.</t>
   </si>
   <si>
     <t>2803</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Edison Crispin, Ozias Santos</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2803/requerimento_n.24-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2803/requerimento_n.24-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras que seja feito uma faixa elevada em frente  o Banco do Bradesco.</t>
   </si>
   <si>
     <t>2804</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2804/requerimento_n.25-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2804/requerimento_n.25-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Educação e ao Departamento de Esporte, que seja feito a troca das lâmpadas da Quadra Poliesportiva da Comunidade da Linha 06.</t>
   </si>
   <si>
     <t>2807</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2807/requerimento_n.26-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2807/requerimento_n.26-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja feito o patrolamento e o escoamento nos locais que precisam, da linha Mavélzinha.</t>
   </si>
   <si>
     <t>2808</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2808/requerimento_n.27-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2808/requerimento_n.27-2024.pdf</t>
   </si>
   <si>
     <t>Requer a contratação de uma Empresa para fazer um levantamento das propriedades do município, descriminando as áreas produtivas, quais as produção, quantidade de produção por hectare, áreas de criação de gado. Em resumo um levantamento geoeconômico dos agronegócios de nosso município.</t>
   </si>
   <si>
     <t>2809</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Braz Carlos Correia</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2809/requerimento_n.28-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2809/requerimento_n.28-2024.pdf</t>
   </si>
   <si>
     <t>Requer com urgência a cerca em volta do Colégio de Ensino Fundamental Euclides da Cunha, no Distrito de Pedras Negras.</t>
   </si>
   <si>
     <t>2810</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2810/requerimento_29-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2810/requerimento_29-2024.pdf</t>
   </si>
   <si>
     <t>Requer a apresentação do Plano de contingência do período de estiagem para o município de São Francisco do Guaporé - RO.</t>
   </si>
   <si>
     <t>2813</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2813/requerimento_n.30-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2813/requerimento_n.30-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja feito o patrolamento da linha gogó da onça.</t>
   </si>
   <si>
     <t>2814</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2814/requerimento_n.31-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2814/requerimento_n.31-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja feito reparo da Ponte da linha 2b em frente a propriedade do Baiano.</t>
   </si>
   <si>
     <t>2815</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2815/requerimento_n.32-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2815/requerimento_n.32-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de competência, que seja feito reajuste no valor das Diárias do Amigo Voluntario.</t>
   </si>
   <si>
     <t>2816</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2816/requerimento_n.33-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2816/requerimento_n.33-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria  Municipal de Obras, que seja feito o patrolamento da linha 90.</t>
   </si>
   <si>
     <t>2817</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2817/requerimento_n.34-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2817/requerimento_n.34-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras que seja feito o Patrolamento e (Limpeza) nas laterais da Linha, 29 com extrema urgência.</t>
   </si>
   <si>
     <t>2819</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2819/requerimento_n.35-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2819/requerimento_n.35-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento de Esporte da Secretaria Municipal de Educação,  a aquisição de duas traves para o Campo Society da Linha 08 no setor do Porto Murtinho.</t>
   </si>
   <si>
     <t>2825</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Cidão Venâncio, Marluci Gabriel</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2825/requerimento_n.36-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2825/requerimento_n.36-2024.pdf</t>
   </si>
   <si>
     <t>Requer um Termo de Concessão com a Comunidade da Vila Rica do Guaporé, para iluminação do Campo de Futebol.</t>
   </si>
   <si>
     <t>2826</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2826/requerimento_n.37-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2826/requerimento_n.37-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que faça o patrolamento das Linhas 27, Linha dos Goianos, Linha 75 e Linha 04.</t>
   </si>
   <si>
     <t>2831</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>Cidão Venâncio, Edison Crispin, Marluci Gabriel</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2831/requerimento_n.38-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2831/requerimento_n.38-2024.pdf</t>
   </si>
   <si>
     <t>Requer a criação da Coordenadoria Municipal de Proteção Civil - COMPDEC e a mesma depois de formada e composta pelos servidores que irão trabalhar na mitigação dos problemas, por dentro da metodologia de abordagem dos eventos climáticos.</t>
   </si>
   <si>
     <t>2832</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2832/requerimento_n.39-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2832/requerimento_n.39-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Saúde, que disponibilize um profissional da enfermagem por três vezes na semana, das 08hs até as 13hs, para atender aos custodiados da Casa de Detenção.</t>
   </si>
   <si>
     <t>2833</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2833/requerimento_n.40-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2833/requerimento_n.40-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja feito a contratação de dois Caminhão Caçamba e um Caminhão Pipa, para manutenção das estradas vicinais</t>
   </si>
   <si>
     <t>2834</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2834/requerimento_n.41-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2834/requerimento_n.41-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja feito o patrolamento da linha 5C.</t>
   </si>
   <si>
     <t>2835</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2835/requerimento_n.42-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2835/requerimento_n.42-2024.pdf</t>
   </si>
   <si>
     <t>Requer  junto a Secretaria Municipal de Obras, que seja feito o patrolamento da linha 4 reta.</t>
   </si>
   <si>
     <t>2836</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2836/requerimento_n.43-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2836/requerimento_n.43-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja feito o patrolamento da linha Boiadeira</t>
   </si>
   <si>
     <t>2837</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2837/requerimento_n.44-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2837/requerimento_n.44-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja feito o patrolamento da linha 33.</t>
   </si>
   <si>
     <t>2838</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2838/requerimento_n.45-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2838/requerimento_n.45-2024.pdf</t>
   </si>
   <si>
     <t>Requer que seja disponibilizado o espaço da Escola Municipal Maria Marta, para a Associação dos Autistas, no município de São Francisco do Guaporé-RO.</t>
   </si>
   <si>
     <t>2840</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2840/requerimento_n.46-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2840/requerimento_n.46-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras que faça Construção de Casinha de Espera de Ônibus na BR 429, km 66, na entrada da Linha 21.</t>
   </si>
   <si>
     <t>2844</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2844/pl_no.47-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2844/pl_no.47-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras que faça o aterramento e a limpeza em volta da quadra no distrito do Setor do Porto Murtinho</t>
   </si>
   <si>
     <t>2845</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2845/pl_no.48-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2845/pl_no.48-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras que seja feito a substituição do bueiro de madeira por manilha, na linha do Srº Urbano setor Porto Murtinho.</t>
   </si>
   <si>
     <t>2846</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2846/pl_no.49-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2846/pl_no.49-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras para que seja feito com urgência a limpeza das vias urbanas no distrito do Setor do Porto Murtinho.</t>
   </si>
   <si>
     <t>2847</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2847/pl_no.50-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2847/pl_no.50-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde o envio do fumacê no distrito do Porto Murtinho.</t>
   </si>
   <si>
     <t>2848</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2848/requerimento_n.51-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2848/requerimento_n.51-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras para que seja feito o aterro da linha do setor chacareiro no Porto Murtinho.</t>
   </si>
   <si>
     <t>2855</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2855/requerimento_n.52-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2855/requerimento_n.52-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde que seja  disponibilizado médicos 24 horas no ponto de atendimento do municipio de São Francisco do Guaporé/RO.</t>
   </si>
   <si>
     <t>2856</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2856/requerimento_n.53-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2856/requerimento_n.53-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Saúde, disponibilize um médico no Pronto Socorro em forma de plantão 24 horas, para fazer os atendimentos básico, e esse paciente não precise ir para o Hospital Regional.</t>
   </si>
   <si>
     <t>2857</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2857/requerimento_n.54-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2857/requerimento_n.54-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Ação Social, que disponibilize a equipe que está fazendo a nova identidade, e realize os atendimentos nas Escolas Polos do município.</t>
   </si>
   <si>
     <t>2859</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>Marluci Gabriel</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2859/requerimento_n.55-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2859/requerimento_n.55-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que esclareça quais foram as providências tomadas a respeito da reforma do Portal da entrada da nossa cidade.</t>
   </si>
   <si>
     <t>2860</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2860/requerimento_n.56-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2860/requerimento_n.56-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento de Esporte, a limpeza do campo da linha 29, e que mande uma equipe técnica de eletricistas, para que verifiquem os refletores que não estão funcionando, com extrema urgência.</t>
   </si>
   <si>
     <t>2861</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2861/requerimento_n.57-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2861/requerimento_n.57-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, contratar um professor(a) para dar aula de Educação Física nas academias de Saúde de nosso Município, na zona rural.</t>
   </si>
   <si>
     <t>2862</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2862/requerimento_n.58-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2862/requerimento_n.58-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde a Aquisição de um Ar Condicionado para a Sala de Triagem da UBS Clóvis dos Santos do Porto Murtinho.</t>
   </si>
   <si>
     <t>2863</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2863/requerimento_n.59-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2863/requerimento_n.59-2024.pdf</t>
   </si>
   <si>
     <t>Requer através da Secretaria Municipal de Saúde, Informações sobre os reagentes para Teste pra COVID.</t>
   </si>
   <si>
     <t>2864</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2864/requerimento_n.60-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2864/requerimento_n.60-2024.pdf</t>
   </si>
   <si>
     <t>Requer através da Secretaria Municipal de obras e serviços públicos, que seja feitor a pintura das faixas de pedestres de nossa cidade e pintar os meios fios das avenidas.</t>
   </si>
   <si>
     <t>2865</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2865/requerimento_n.61-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2865/requerimento_n.61-2024.pdf</t>
   </si>
   <si>
     <t>Requer através da Secretaria municipal de obras e serviços públicos, que seja feito a Limpeza da Avenida Tancredo Neves e as ruas aos entornos do centro da cidade.</t>
   </si>
   <si>
     <t>2867</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2867/requerimento_n.62-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2867/requerimento_n.62-2024.pdf</t>
   </si>
   <si>
     <t>Requer a realização de uma Sessão Solene nesta Casa Legislativa, no mês de junho de 2024, em comemoração aos 113 anos da Assembleia de Deus no Brasil.</t>
   </si>
   <si>
     <t>2876</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2876/requerimento_n.63-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2876/requerimento_n.63-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, solicito com extrema urgência a contratação ou aluguel de duas caçambas e duas motoniveladoras para serem utilizadas nos trabalhos de manutenção e conservação das vias públicas de nossa cidade.</t>
   </si>
   <si>
     <t>2884</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2884/requerimento_n.64-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2884/requerimento_n.64-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras que possa fazer o cascalhamento dos dois travessões que ligam a linha 95 para a linha 100.</t>
   </si>
   <si>
     <t>2885</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2885/requerimento_n.65-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2885/requerimento_n.65-2024.pdf</t>
   </si>
   <si>
     <t>Reque junto a Secretaria Municipal de Obras que seja feito o cascalhamento do travessão da estrada Boiadeira para a linha 69 em frente a propriedade do Sr. Claudio filho do Sr. Adão.</t>
   </si>
   <si>
     <t>2886</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2886/requerimento_n.66-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2886/requerimento_n.66-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Agricultura, a cedência do trator patrimônio nº.14392, para a Associação dos Protetores Ambiental Baia de Belém – ASPROECOB, localizada na Linha 95B km 45, na beira do rio.</t>
   </si>
   <si>
     <t>2887</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2887/requerimento_n.67-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2887/requerimento_n.67-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja feito a limpeza urgente das ruas da cidade, principalmente aonde foram acumulados morros de terra.</t>
   </si>
   <si>
     <t>2892</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2892/requerimento_n.68-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2892/requerimento_n.68-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Educação, que cumpra o acordo feito em reunião com os pais dos alunos da Escola Clodoaldo Splícigo, de colocar mais três veículos, ônibus ou van nos trechos cumprido da Linha 04, para diminuir o tempo de transporte das crianças até a Escola.</t>
   </si>
   <si>
     <t>2893</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2893/requerimento_n.69-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2893/requerimento_n.69-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Agricultura, que seja retirado da “Programação para o ano de 2024”, o pedido para os proprietários apresentarem as Certidões de Dispensa ou Licenciamento Ambiental, solicitados nas páginas 2, item 9, página 3 Obs. 4 e página 5 Obs. 3, visto que na Lei Municipal do Programa “A Hora do Produtor”, não existe esses pedidos de Certidões ou Licenciamento Ambiental.</t>
   </si>
   <si>
     <t>2894</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Agricultura, que faça a contratação de um técnico agrícola para prestar assistência e orientação aos agricultores de café e melancia entre outros, que desejam investir em suas plantações.</t>
   </si>
   <si>
     <t>2895</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2895/requerimento_n.71-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2895/requerimento_n.71-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que coloque bueiro na linha 21 km 66, dois blocos de bueiro 1 (um) em frente a propriedade do Seu Luiz e outro em frente o Seu Valdivino.</t>
   </si>
   <si>
     <t>2897</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2897/requerimento_n.72-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2897/requerimento_n.72-2024.pdf</t>
   </si>
   <si>
     <t>Requer providências imediatas da Prefeitura Municipal de São Francisco do Guaporé em relação às queimadas que têm ocorrido na área urbana.</t>
   </si>
   <si>
     <t>2898</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>Hermes Bordignon, Zé da Máquina</t>
   </si>
   <si>
     <t>Requer junto a Energisa, para que seja   solicitado a correção da rede elétrica na Avenida Tancredo Neves (entre o Semáforo até os prédios do Vanderlei Grando) devido a uma sobrecarga na rede.</t>
   </si>
   <si>
     <t>2902</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>Flavio Carequinha, Ozias Santos</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2902/requerimento_n.74-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2902/requerimento_n.74-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Agricultura, providencie a aquisição das cem mil mudas de café, para atender às necessidades dos produtores locais.</t>
   </si>
   <si>
     <t>2903</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2903/requerimento_n.75-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2903/requerimento_n.75-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja feito dois quebra molas na rua Princesa Isabel, sendo um antes e outro depois da Igreja Wesleyana, no bairro cidade alta.</t>
   </si>
   <si>
     <t>2904</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2904/requerimento_n.76-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2904/requerimento_n.76-2024.pdf</t>
   </si>
   <si>
     <t>Requer o pagamento do retroativo dos Vigilantes de nosso município do “adicional de periculosidade”, desde a suspensão.</t>
   </si>
   <si>
     <t>2905</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2905/requerimento_n.77-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2905/requerimento_n.77-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras com urgência o patrolamento da estrada que dá acesso ao Guaporé no lado que vai pro Zaqueu e no pezão.</t>
   </si>
   <si>
     <t>2906</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2906/requerimento_n.78-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2906/requerimento_n.78-2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Departamento Jurídico Municipal, que seja alterado o valor da cota de produtividade dos servidores fiscal tributário municipal para que seja pago 10% da UFM.</t>
   </si>
   <si>
     <t>2907</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>Braz Carlos Correia, Geferson dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2907/requerimento_n.79-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2907/requerimento_n.79-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras para que possa abrir a extensão do trecho da linha 03 que passa dentro da Fazenda Casa Aparecida até na Fazenda Parrão.</t>
   </si>
   <si>
     <t>2910</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2910/requerimento_80_2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2910/requerimento_80_2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Presidente da Câmara Municipal de São Francisco do Guaporé- Rondônia que encaminhe ao Presidente da Câmara de Deputados do Congresso Nacional, ao Excelentíssimo Sr. Arthur Lira, bem como as Lideranças e Bancadas Partidárias, em especial aos Deputados Federais por Rondônia, Srs. Dep. Fernando Máximo; Dep.' Silvia Cristina; Dep. Lúcio Mosquini; Dep. Mauricio Carvalho, Dep. Coronel Chrisóstomo; Dep. Thiago Flores; Dep." Cristiane Lopes e Dep. Lebrão, o pedido desta Câmara Municipal de Porto Velho de celeridade procedimental no âmbito do Congresso Nacional. bem como: apoiem, defendam e votem favorável à proposta de Emenda à Constituição n° 47. de 2023 que altera o art. 31 da Emenda Constitucional n 19. de 4 de junho de 1998, para prever a inclusão, em quadro em extinção da Administração Pública Federal, do Servidor Público, de integrante da carreira de policial.</t>
   </si>
   <si>
     <t>2911</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2911/requerimento_n.81-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2911/requerimento_n.81-2024.pdf</t>
   </si>
   <si>
     <t>Requer através da Secretaria municipal de obras e serviços públicos, que seja feito a manutenção de tapa buracos nas Ruas Marechal Candido Rondon entre a Avenida Brasil e Rua Tiradentes, Rua Ayrton Senna entre a Rua Ronaldo Aragão e Avenida Tancredo Neves e Rua Ronaldo Aragão entre a Rua Ayrton Senna e a Rua Tiradentes.</t>
   </si>
   <si>
     <t>2916</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2916/requerimento_n.82-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2916/requerimento_n.82-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja feito o patrolamento do Setor Chacareiro da linha 01 á linha 11, e o cascalhamento em alguns pontos críticos.</t>
   </si>
   <si>
     <t>2917</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2917/requerimento_n.83-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2917/requerimento_n.83-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja feito o patrolamento da linha 2B.</t>
   </si>
   <si>
     <t>2918</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2918/requerimento_n.84-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2918/requerimento_n.84-2024.pdf</t>
   </si>
   <si>
     <t>Requer providências urgentes para tampar as valas abertas para o escoamento de água durante a época de chuvas em diversos pontos do município.</t>
   </si>
   <si>
     <t>2923</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2923/requerimento_n_85-2024_2.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2923/requerimento_n_85-2024_2.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras para disponibilizar um caminhão pipa para jogar água na parte da manhã, meio dia e na parte da tarde na rua atrás da Escola Regina Almeida de Araujo.</t>
   </si>
   <si>
     <t>2924</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2924/requerimento_n.86-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2924/requerimento_n.86-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja feito a contratação de dois caminhões-pipa para molhar a cidade devido à estiagem e à consequente quantidade de poeira.</t>
   </si>
   <si>
     <t>2925</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2925/requerimento_n_87-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2925/requerimento_n_87-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de obras, que seja feito uma lombada entre a Rua Rio Madeira e a Maringá.</t>
   </si>
   <si>
     <t>2926</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2926/requerimento_n.88-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2926/requerimento_n.88-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja feito a instalação de Pontos de Coleta de Lixo nas entradas da linha zona rural;</t>
   </si>
   <si>
     <t>2930</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>Zé da Máquina</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2930/requerimento_n.89-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2930/requerimento_n.89-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretária Municipal de Obras, que seja aterrado o terreno da paróquia São Francisco de Assis onde será construída a casa das irmãs.</t>
   </si>
   <si>
     <t>2931</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2931/requerimento_n.90-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2931/requerimento_n.90-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento Jurídico com máxima urgência a instauração do procedimento de REURB ou, em não havendo pessoal para este trabalho, avaliadas as condições orçamentárias, licite empresa privada para a realização destes trabalhos, concedendo isenção para o primeiro registro.</t>
   </si>
   <si>
     <t>2932</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2932/requerimento_n.91-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2932/requerimento_n.91-2024.pdf</t>
   </si>
   <si>
     <t>Requer a dedetização e a limpeza dos forros de todas as Escolas Municipal, aproveitando o período das férias escolares.</t>
   </si>
   <si>
     <t>2933</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2933/requerimento_n.92-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2933/requerimento_n.92-2024.pdf</t>
   </si>
   <si>
     <t>Requer que seja feito a limpeza do mato do aeroporto, que ainda pertence ao município.</t>
   </si>
   <si>
     <t>2934</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2934/requerimento_n.93-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2934/requerimento_n.93-2024.pdf</t>
   </si>
   <si>
     <t>Requer que o município negocie com o vizinho do aeroporto e pecuarista Celso da Moto Manaus, o aeroporto com outro terreno que possa ser construído nova pista de avião regularizada pela Agência Nacional de Aviação Civil - ANAC.</t>
   </si>
   <si>
     <t>2935</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2935/requerimento_n.94-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2935/requerimento_n.94-2024.pdf</t>
   </si>
   <si>
     <t>Requer a Secretaria Municipal de Obras para fazer a reposição dos postes de iluminação da Avenida Tancredo Neves, onde foram arrancados ou derrubados por acidentes.</t>
   </si>
   <si>
     <t>2936</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2936/requerimento_n.95-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2936/requerimento_n.95-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras para contratação de mais  dois caminhões pipa por 60 dias para molhar as ruas da Zona Urbana</t>
   </si>
   <si>
     <t>2937</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2937/requerimento_n.96-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2937/requerimento_n.96-2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal informações sobre   como está o projeto e licitação do recurso que está na conta do município no valor de 500 mil pra fazer o muro e a arquibancada do estádio municipal.</t>
   </si>
   <si>
     <t>2939</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2939/requerimento_n.97-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2939/requerimento_n.97-2024.pdf</t>
   </si>
   <si>
     <t>Requer da Secretaria Municipal de Obras quando chega a lama asfáltica para reparar e fazer o tapa buraco das ruas da cidade</t>
   </si>
   <si>
     <t>2943</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2943/requerimento_n.98-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2943/requerimento_n.98-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, a substituição do ar-condicionado da recepção do Posto de Saúde Ellen Cavagna.</t>
   </si>
   <si>
     <t>2945</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>Edison Crispin, Braz Carlos Correia, Flavio Carequinha, Geferson dos Santos, Ozias Santos</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2945/requerimento_n.99-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2945/requerimento_n.99-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Câmara Municipal que seja aberto uma  CPI, para investigação do processo administrativo nº 190/2024.</t>
   </si>
   <si>
     <t>2947</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2947/requerimento_n.100-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2947/requerimento_n.100-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja incluído como prioridade na rota do Caminhão Pipa, molhar a Rua Manaus, entre as Rua Rondônia e a Rua Rio Grande do Sul.</t>
   </si>
   <si>
     <t>2948</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2948/requerimento_n.101-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2948/requerimento_n.101-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, o patrolamento e cascalhamento da Linha 11 do Setor Chacareiro da Eixo, que está em péssimas condições de trafego.</t>
   </si>
   <si>
     <t>2949</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2949/requerimento_n.102-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2949/requerimento_n.102-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, o reparo da Iluminação da Praça do Peninha, no bairro Alto Alegre, pois teremos a realização do Evento “Noite Cultural nos dias 27 a 29 de Junho.</t>
   </si>
   <si>
     <t>2955</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2955/requerimento_n.103-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2955/requerimento_n.103-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Câmara Municipal que seja aberto uma CPI para investigação do processo administrativo nº.072/2014.</t>
   </si>
   <si>
     <t>2956</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>Requer a construção de um quebra-molas na Rua Juscelino Kubitschek, entre a Avenida Paraná e a Rua Airton Senna.</t>
   </si>
   <si>
     <t>2965</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>Hermes Bordignon</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2965/requerimento_n.105-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2965/requerimento_n.105-2024.pdf</t>
   </si>
   <si>
     <t>Requer que seja colocado Placa de Identificação na Quadra Poliesportiva localizada na Linha 06, km 25, mencionando o nome dela de "Raul José Santana", de acordo com a Lei Municipal nº.868/2012.</t>
   </si>
   <si>
     <t>2993</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2993/requerimento_n.106-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2993/requerimento_n.106-2024.pdf</t>
   </si>
   <si>
     <t>Requer que sejam tomadas as devidas providências quanto ao acúmulo de lixo que vem sendo depositado nas ruas por parte dos munícipes.</t>
   </si>
   <si>
     <t>2996</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2996/requerimento_n.107-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2996/requerimento_n.107-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja realizado o aterro no final da linha 08, localizada no km 07, devido aos alagamentos recorrentes que ocorre no local todos os anos.</t>
   </si>
   <si>
     <t>2997</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2997/requerimento_n.108-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2997/requerimento_n.108-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de obras, que seja feito um poço artesiano com urgência nas dependências da Associação do Setor Chacareiro na eixo, a fim de garantir o fornecimento de água potável para todos os moradores da região.</t>
   </si>
   <si>
     <t>2998</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2998/requerimento_n.109-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2998/requerimento_n.109-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de obras, que seja feito uma lombada na Rua Maria Julia com a esquina Sete de Setembro cidade Alta.</t>
   </si>
   <si>
     <t>2999</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2999/requerimento_n.110-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2999/requerimento_n.110-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Agricultura, que seja alugado um caminhão pipa para o reabastecimento de águas nas propriedades Rurais, devido as estiagens prolongadas.</t>
   </si>
   <si>
     <t>3001</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3001/requerimento_n.111-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3001/requerimento_n.111-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de obras, que seja providenciado dois caminhões pipa para molhar a zona urbana de nossa cidade.</t>
   </si>
   <si>
     <t>3002</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3002/requerimento_n.112-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3002/requerimento_n.112-2024.pdf</t>
   </si>
   <si>
     <t>Requer que faça a extensão da regulação em cada unidade de Saúde para que os pacientes não precisem está vindo aqui na cidade fazer as suas regulação.</t>
   </si>
   <si>
     <t>3003</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3003/requerimento_n.113-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3003/requerimento_n.113-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, o patrolamento das linhas e travessões do setor Chacareiro do Porto Murtinho.</t>
   </si>
   <si>
     <t>3004</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3004/requerimento_no.114-2024-geferson.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3004/requerimento_no.114-2024-geferson.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Educação, que seja feito a aquisição e instalado Star Link em todos os veículos do transporte escolar, sendo do município ou prestação de serviço.</t>
   </si>
   <si>
     <t>3005</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3005/requerimento_n.115-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3005/requerimento_n.115-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Agricultura, que deixe o trator que chegou para atender somente as pequenas propriedades abaixo de 5 alqueires.</t>
   </si>
   <si>
     <t>3008</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3008/requerimento_n.116-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3008/requerimento_n.116-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, a reabertura e cascalhamento da Linha 06 (lado direito e esquerdo) e da Linha 06 o cascalhamento do lado direito, ambas do Setor Porto Murtinho.</t>
   </si>
   <si>
     <t>3009</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3009/requerimento_n.117-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3009/requerimento_n.117-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de obras, que seja feito a pintura das faixas de pedestres e das lombadas.</t>
   </si>
   <si>
     <t>3010</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>Edison Crispin, Flavio Carequinha</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3010/requerimento_n.118-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3010/requerimento_n.118-2024.pdf</t>
   </si>
   <si>
     <t>Requer um ponto de internet gratuito para a Feira Livre.</t>
   </si>
   <si>
     <t>3011</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3011/requerimento_n.119-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3011/requerimento_n.119-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja dois quebra molas na Rua Dom João VI, um antes e outro após a Rua Presidente Costa e Silva.</t>
   </si>
   <si>
     <t>3012</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3012/requerimento_n.120-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3012/requerimento_n.120-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, o atendimento de um Farmacêutico nas UBS da Zona Rural, mesmo que seja pago por plantões extras, para que os pacientes sejam consultados pelo Farmacêutico, e já recebam seus medicamentos, sem que seja preciso vir na cidade.</t>
   </si>
   <si>
     <t>3013</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3013/requerimento_n.121-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3013/requerimento_n.121-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, que seja feito a aquisição de uma geladeira nova para a UBS Romana Isabel Silva de Paula, da Linha 06 do Setor Porto Murtinho.</t>
   </si>
   <si>
     <t>3019</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3019/requerimento_n.122-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3019/requerimento_n.122-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, para molhar na parte da tarde em frente à igreja Assembleia de Deus na linha 95 km 06 nos dias sexta e sábado (30 e 31/08) onde nos dias informados terá encontros e reuniões.</t>
   </si>
   <si>
     <t>3024</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>Requer junto a  Secretaria municipal de obras e serviços públicos, que seja feito uma drenagem a margem da br 429 em frente ao comércio Atlanta Auto Center.</t>
   </si>
   <si>
     <t>3025</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>Requer junto à Secretaria Municipal de Obras e Serviços Públicos, a construção dos quebra-molas onde já existe placas de sinalização.</t>
   </si>
   <si>
     <t>3026</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>Requer junto ao Executivo Municipal, sobre o andamento do pagamento do retroativo dos Vigilantes de nosso município do “adicional de periculosidade”, desde a suspensão.</t>
   </si>
   <si>
     <t>3027</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>Requer junto ao Secretaria Municipal de Educação, sobre o andamento do recurso de R$ 50.000,00 (cinquenta mil reais) destinado ao ginásio, repassado pelo Deputado Federal Luci Mosquini. O valor é destinado à instalação de iluminação LED no ginásio e à aquisição de equipamentos para a escolinha municipal.</t>
   </si>
   <si>
     <t>3033</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3033/requerimento_n.127-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3033/requerimento_n.127-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja feito um quebra mola na Rua Airton Senna, com a Rua Maringá em frente a Igreja.</t>
   </si>
   <si>
     <t>3038</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3038/requerimento_n.128-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3038/requerimento_n.128-2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal para que seja feito o esclarecimento sobre o andamento recurso de R$ 6.546.000,00 (seis milhões, quinhentos e quarenta e seis mil reais), encaminhado pelo Deputado Federal Lebrão. Porém para que o recuso entre na conta do município necessita do projeto e que o sistema seja alimentado. O referido valor tem como destinação específica a saúde municipal, sendo voltado para a realização de reformas de postos de saúde e construção do centro de reabilitação especializada.</t>
   </si>
   <si>
     <t>3039</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3039/requerimento_n.129-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3039/requerimento_n.129-2024.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal,  que seja feito um esclarecimento sobre o andamento do recurso encaminhado pela Deputada Estadual Gislaine Lebrinha para a reforma e cobertura da Creche Municipal. O recurso já está na conta do município, e é necessário detalhar as etapas realizadas e os próximos passos planejados para garantir a correta utilização e acompanhamento da obra.</t>
   </si>
   <si>
     <t>3049</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3049/requerimento_n.130-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3049/requerimento_n.130-2024.pdf</t>
   </si>
   <si>
     <t>Requer que junto a Secretaria de Obras e Serviços Publicos que seja feito a substituição das lâmpadas de iluminação pública em determinadas ruas do bairro Cidade Baixa, sendo elas, Av. Paraná entre a Rua Rio Madeira e a Rua Dom João VI; Entre a Rua Curitiba e a Rua Maringá até a Rua Manaus;  Entre Rua Ayrton Sena e a Rua Rondônia;  Entre a Av. Panará e a Rua Ayrton Sena.</t>
   </si>
   <si>
     <t>3050</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3050/requerimento_n.131-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3050/requerimento_n.131-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, a limpeza das margens do igarapé que corta a cidade baixa, entre as Ruas Chico Mendes até a Avenida São Francisco.</t>
   </si>
   <si>
     <t>3058</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3058/requerimento_n.132-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3058/requerimento_n.132-2024.pdf</t>
   </si>
   <si>
     <t>Requer a cedência do veículo Fiat Strada, placa NCD 8719, para a Colônia de Pescadores  Artesanais Z-10 de São Francisco do Guaporé, Cnpj nº. 09.019.507/0001-61, ficando a Colônia responsável de arrumar o veículo.</t>
   </si>
   <si>
     <t>3059</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3059/requerimento_n.133-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3059/requerimento_n.133-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, para pintar as faixas de pedestres e lombadas (quebra molas) do nosso município.</t>
   </si>
   <si>
     <t>3060</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3060/requerimento_n.134-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3060/requerimento_n.134-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, para que possa o cascalhamento da Linha 10 do Porto Murtinho depois do travessão da Linha 8 do morador Pedrão em diante.</t>
   </si>
   <si>
     <t>3061</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3061/requerimento_n.135-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3061/requerimento_n.135-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que possa fazer um levantamento e cascalhamento da entrada da linha 29 onde está tento foco de alagamento.</t>
   </si>
   <si>
     <t>3064</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3064/requerimento_n.136-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3064/requerimento_n.136-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Educação, Esporte Turismo e Meio ambiente, pede que seja feito a Manutenção urgente da Cobertura e dos vestiários do Ginásio de Esporte Municipal.</t>
   </si>
   <si>
     <t>3065</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3065/requerimento_n.137-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3065/requerimento_n.137-2024.pdf</t>
   </si>
   <si>
     <t>Requer através da Secretaria Municipal de Assistência Social, Pede Informações sobre o Andamento de construção das casinhas popular do Governo federal para as famílias que não tem casa em nosso município.</t>
   </si>
   <si>
     <t>3066</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3066/requerimento_n.138-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3066/requerimento_n.138-2024.pdf</t>
   </si>
   <si>
     <t>Requer através da Secretaria municipal de Assistência Social, Pede Informações sobre como esta o andamento de compras das sextas básicas para distribuição da nossa população mais carente passar um natal e um final de ano digno.</t>
   </si>
   <si>
     <t>3067</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3067/requerimento_n.139-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3067/requerimento_n.139-2024.pdf</t>
   </si>
   <si>
     <t>Requer através da Secretaria Municipal de Educação, Esporte Turismo e Meio ambiente, Pede que seja realizado o campeonato dos servidores públicos municipal em Novembro.</t>
   </si>
   <si>
     <t>3068</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>Flavio Carequinha, Pastor Eber Lopes</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3068/requerimento_n.140-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3068/requerimento_n.140-2024.pdf</t>
   </si>
   <si>
     <t>Requer que seja mudado  o Portão de entrada da Secretaria Municipal de Serviços públicos e Obras para a rua Samuel Lourenço rua esta asfaltada.</t>
   </si>
   <si>
     <t>3071</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3071/requerimento_n.141-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3071/requerimento_n.141-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Saúde, que seja feito o abastecimento e manutenção nas motos dos Agentes Comunitários de Saúde - ACS.</t>
   </si>
   <si>
     <t>3072</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3072/requerimento_n.142-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3072/requerimento_n.142-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que vá lá no Rio Guaporé, e faça o cascalhamento do porto da Gisa, visto que o acesso do município para atender as população ribeirinha é feito pelo porto dela.</t>
   </si>
   <si>
     <t>3077</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3077/requerimento_n.143-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3077/requerimento_n.143-2024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Educação, para que possam manter limpo e organizado o pátio da Creche Municipal.</t>
   </si>
   <si>
     <t>3079</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Administração para que possam enfeitar a nossa cidade com as decorações de natal.</t>
   </si>
   <si>
     <t>3080</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras,  que seja feito a construção de uma ponte na Linha 29, próximo à comunidade.</t>
   </si>
   <si>
     <t>3081</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja feito o cascalhamento da linha noventinha até a linha Boiadeira próximo a propriedade do Antônio do Idaron;</t>
   </si>
   <si>
     <t>3085</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3085/requerimento_no_147-2024_ozias.doc</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3085/requerimento_no_147-2024_ozias.doc</t>
   </si>
   <si>
     <t>Requer juntamente com a secretaria de obras e serviços  que providencie a instalação  de no mínimo dois postes com tomadas elétricas no interior do cemitério municipal.</t>
   </si>
   <si>
     <t>3092</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3092/requerimento_no._148-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3092/requerimento_no._148-2024.pdf</t>
   </si>
   <si>
     <t>Requer para que o poder executivo juntamente com a secretaria de educação para fazer a instalação de câmeras de segurança na nova creche municipal.</t>
   </si>
   <si>
     <t>3106</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, Solicito, com urgência, a realização da limpeza de um terreno localizado na Rua Princesa Izabel, ao lado da casa rosa de número 3519, no bairro Cidade Baixa.</t>
   </si>
   <si>
     <t>2915</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Moção de Aplausos</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2915/mocao_n.001-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2915/mocao_n.001-2024.pdf</t>
   </si>
   <si>
     <t>Conceder Moção de Aplausos ao Ilmos. Senhor Marcos Fernandes, Assistente da Defensoria Pública, por seus relevantes serviços prestados a nossa população, sendo muito atencioso nos atendimentos, sempre que solicitado tem acompanhado os pacientes no Hospital, sempre trabalhando incansavelmente para ajudar a resolver os problemas de saúde pública, vindo a ter um reconhecimento a nível de município.</t>
   </si>
   <si>
     <t>2812</t>
   </si>
   <si>
     <t>APL</t>
   </si>
   <si>
     <t>Anteprojeto de Lei</t>
   </si>
   <si>
     <t>Cirção, Ozias Santos</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2812/anteprojeto_de_lei_n.001-2024_-_ozias_e_circao.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2812/anteprojeto_de_lei_n.001-2024_-_ozias_e_circao.pdf</t>
   </si>
   <si>
     <t>“Inclui o §1º e §2º, no artigo 17 da Lei Municipal nº.1.394/2016 que Dispõe sobre a instituição no Programa A HORA DO PRODUTOR, na forma que especifica e dá outras providências”.</t>
   </si>
   <si>
     <t>2873</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2873/apl_n.002-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2873/apl_n.002-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição do SIM HORTIFRUTIGRANJEIROS  da agricultura familiar no município de São Francisco do Guaporé, e dá outras providências.</t>
   </si>
   <si>
     <t>2890</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2890/apl_n.002-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2890/apl_n.002-2024.pdf</t>
   </si>
   <si>
     <t>Institui instalação de câmeras de monitoramento nas salas de aula das escolas e creche, no âmbito do município de São Francisco do Guaporé-ro e dá outras providências.</t>
   </si>
   <si>
     <t>2913</t>
   </si>
   <si>
     <t>Flavio Carequinha</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2913/apl_n.004-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2913/apl_n.004-2024.pdf</t>
   </si>
   <si>
     <t>"Autoriza o município a conceder aos pacientes com diabetes tipo 1 o fornecimento de sensores ou aparelho de monitoramento glicêmico contínuo".</t>
   </si>
   <si>
     <t>3095</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3095/apl_no.05-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3095/apl_no.05-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a doação de uniforme e material escolar para todos os alunos da rede municipal de educação do Município."</t>
   </si>
   <si>
     <t>2732</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Alcino Bilac Machado</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2732/projeto_de_lei_01-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2732/projeto_de_lei_01-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o executivo Municipal a  Contratar Servidores por prazo determinado para atender as  necessidades da Secretaria Municipal de Saúde, Secretaria Geral do Governo e Administração e Secretaria Municipal de Educação, em Caráter Execpcional e Temporário e dá outras providências.</t>
   </si>
   <si>
     <t>2750</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2750/pl_no.02-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2750/pl_no.02-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alteração no PPA,LDO e LOA, e Autoriza o Poder Executivo a Abrir  Crédito Adicional Especial por Superavit Financeiro  até o montante de R$288.046,00 (Duzentos e Oitenta e Oito Mil e Quarenta e Seis Reais), em favor da unidade orç. da Sec. Munic. de Obras e Serv.Publicos,  no Orçam Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2753</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2753/pl_no.03-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2753/pl_no.03-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alteração no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Adicional  Especial Suplementar  por Superávit Financeiro até o montante  de R$105.000,00 ( Cento e Cinco Mil Reais), em favor da unidade orç. do Instituto Municipal de Previdência dos Servidores, no Orçam Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2758</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2758/pl_no.04-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2758/pl_no.04-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alteração no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro até o montante de R$ 16.9350,61 (Dezesseis Mil, Novecentos e Trinta e Cinco Reais e Sesenta e Um Centavos), em favor da unidade orç. de Sec. Munic. de Agricultura e Meio Ambiente e Urbanismo, no Orçam Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2761</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2761/pl_no.05-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2761/pl_no.05-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alteração no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro até montante de R$500.000,00 (Quinhetos Mil Reais), em favor da unidade orç. de Sec. Munic. de Agricultura e Meio Ambiente e Urbanismo, Orçam Vigente, e dá  outras providências."</t>
   </si>
   <si>
     <t>2767</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2767/pl_no.06-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2767/pl_no.06-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Inclusão e Alterações no PPA, LDO e LOA e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro até montante de R$ 621.500,00 (Seiscentos e Vinte e Um Mil e Cinquenta Reais), em favor da unidade orçamentária da Secretaria Municipal de Agricultura e Meio Ambiente e Urbanismo, no orçamento vigente , e dá outras providências."</t>
   </si>
   <si>
     <t>2748</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2748/pl_no.07-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2748/pl_no.07-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Inclusão e Alterações no PPA, LDO e LOA e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro até montante de R$ 50.000,00 (Cinquenta Mil Reais), em favor da unidade orçamentária da Secretaria Municipal de Educação, Cultura, Esporte, Lazer e Turismo, no orçamento vigente , e dá outras providências."</t>
   </si>
   <si>
     <t>2749</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2749/pl_no.08-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2749/pl_no.08-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Inclusão e Alterações no PPA, LDO e LOA e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro até montante de R$ 500.000,00 (Quinhentos Mil Reais), em favor da unidade orçamentária da Secretaria Municipal de Educação, Cultura, Esporte, Lazer e Turismo, no orçamento vigente , e dá outras providências."</t>
   </si>
   <si>
     <t>2751</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2751/pl_no.09-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2751/pl_no.09-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Inclusão e Alterações no PPA, LDO e LOA e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro no valor de R$ 668.594,46 (Seiscentos e Sessenta e Oito Mil, Quinhentos e Noventa e Quatro Reais e Quarenta e Seis Centavos), em favor da unidade orçamentária da Secretaria Municipal de Saúde, no orçamento vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2752</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2752/pl_no.10-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2752/pl_no.10-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Inclusão e Alterações no PPA, LDO e LOA e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro no valor de R$ 250.000,00 (Duzentos e Cinquenta Mil Reais), em favor da unidade orçamentária da Secretaria Municipal de Saúde, no orçamento vigente , e dá outras providências."</t>
   </si>
   <si>
     <t>2754</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2754/pl_no.11-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2754/pl_no.11-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Inclusão e Alterações no PPA, LDO e LOA e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro no valor de R$ 350.000,00 (Trezentos e Cinquenta Mil Reais), em favor da unidade orçamentária da Secretaria Municipal de Saúde, no orçamento vigente , e dá outras providências."</t>
   </si>
   <si>
     <t>2755</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2755/pl_no.12-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2755/pl_no.12-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Inclusão e Alterações no PPA, LDO e LOA e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro no valor de R$ 100.000,00 (Cem Mil Reais), em favor da unidade orçamentária da Secretaria Municipal de Saúde, no orçamento vigente , e dá outras providências."</t>
   </si>
   <si>
     <t>2756</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2756/pl_no.13-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2756/pl_no.13-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Inclusão e Alterações no PPA, LDO e LOA e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro no valor de R$ 513.625,00 (Quinhentos e Treze Mil, Seiscentos e Vinte e Cinco Reais), em favor da unidade orçamentária da Secretaria Municipal de Saúde, no orçamento vigente , e dá outras providências."</t>
   </si>
   <si>
     <t>2757</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2757/pl_no.14-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2757/pl_no.14-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Inclusão e Alterações no PPA, LDO e LOA e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro no valor de R$ 794.576,00 (Setecentos e Noventa e Quatro Mil, Quinhentos e Setenta e Seis Reais), em favor da unidade orçamentária da Secretaria Municipal de Saúde, no orçamento vigente , e dá outras providências."</t>
   </si>
   <si>
     <t>2759</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2759/pl_no.15-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2759/pl_no.15-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Inclusão e Alterações no PPA, LDO e LOA e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro até montante de R$ 288.046,00 (Duzentos e Oitenta e Oito Mil, Quarenta e Seis Reais), em favor da unidade orçamentária da Secretaria Municipal de Obras e Serviços Públicos, no orçamento vigente , e dá outras providências."</t>
   </si>
   <si>
     <t>2760</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2760/pl_no.16-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2760/pl_no.16-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a readequação e o realinhamento salarial dos cargos da Estrutura Administrativa, e Funcional do Instituto Municipal de Previdência dos Servidores de São Francisco do Guaporé, bem como reestrutura a ouvidoria do referido Instituto de Previdência e dá outras providências".</t>
   </si>
   <si>
     <t>2770</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2770/pl_no.17-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2770/pl_no.17-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Inclusão e Alterações no PPA, LDO e LOA e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro no valor de R$ 255.998,23 (Duzentos e Cinquenta e Cinco Mil, Novecentos e Noventa e Oito Reais e Vinte e Três Centavos), em favor da unidade orçamentária da Secretaria Municipal de Saúde, no orçamento vigente , e dá outras providências."</t>
   </si>
   <si>
     <t>2771</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2771/pl_no.18-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2771/pl_no.18-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Inclusão e Alterações no PPA, LDO e LOA e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por Anulação Parcial de Dotação no valor de R$ 511.486,69 (Quinhentos e Onze Mil, Quatrocentos e Oitenta e Seis Reais e Sessenta e Nove Centavos), em favor da unidade orçamentária da Secretaria Municipal de Saúde, no orçamento vigente , e dá outras providências."</t>
   </si>
   <si>
     <t>2772</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2772/pl_no.19-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2772/pl_no.19-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Inclusão e Alterações no PPA, LDO e LOA e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro no valor de R$ 60.000,00 (Sessenta Mil Reais), em favor da unidade orçamentária da Secretaria Municipal de Saúde, no orçamento vigente , e dá outras providências."</t>
   </si>
   <si>
     <t>2773</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2773/pl_no.20-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2773/pl_no.20-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Inclusão e Alterações no PPA, LDO e LOA e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro no valor de R$ 41.091,00 (Quarenta e Um Mil e Noventa e Um Reais), em favor da unidade orçamentária da Secretaria Municipal de Saúde, no orçamento vigente , e dá outras providências."</t>
   </si>
   <si>
     <t>2774</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2774/pl_no.21-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2774/pl_no.21-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Inclusão e Alterações no PPA, LDO e LOA e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro no valor de R$ 5.783,76 (Cinco Mil, Setecentos e Oitenta e Três Reais e Setenta e Seis Centavos), em favor da unidade orçamentária da Secretaria Municipal de Saúde, no orçamento vigente , e dá outras providências."</t>
   </si>
   <si>
     <t>2775</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2775/pl_no.22-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2775/pl_no.22-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Inclusão e Alterações no PPA, LDO e LOA e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro no valor de R$ 2.444,61 (Dois Mil, Quatrocentos e Quarenta e Quatro Reais e Sessenta e Um Centavos), em favor da unidade orçamentária da Secretaria Municipal de Saúde, no orçamento vigente , e dá outras providências."</t>
   </si>
   <si>
     <t>2777</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2777/pl_no.23-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2777/pl_no.23-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Inclusão e Alterações no PPA, LDO e LOA e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro no valor de R$ 121.698,89 (Cento e Vinte e Um Mil, Seiscentos e Noventa e Oito Reais e Oitenta e Nove Centavos), em favor da unidade orçamentária da Secretaria Municipal de Saúde, no orçamento vigente , e dá outras providências."</t>
   </si>
   <si>
     <t>2778</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2778/pl_no.24-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2778/pl_no.24-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Inclusão e Alterações no PPA, LDO e LOA e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro no valor de R$ 39.345,13 (Trinta e Nove Reais, Trezentos e Quarenta e Cinco Reais e Treze Centavos), em favor da unidade orçamentária da Secretaria Municipal de Saúde, no orçamento vigente , e dá outras providências."</t>
   </si>
   <si>
     <t>2779</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2779/pl_no.25-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2779/pl_no.25-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Inclusão e Alterações no PPA, LDO e LOA e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro no valor de R$ 50.000,00 (Cinquenta Mil Reais), em favor da unidade orçamentária da Secretaria Municipal de Saúde, no orçamento vigente , e dá outras providências."</t>
   </si>
   <si>
     <t>2780</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2780/pl_no.26-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2780/pl_no.26-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Inclusão e Alterações no PPA, LDO e LOA e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro no valor de R$ 1.438,20 (Um Mil e Quatrocentos e Trinta e Oito Reais e Vinte Centavos), em favor da unidade orçamentária da Secretaria Municipal de Saúde, no orçamento vigente , e dá outras providências."</t>
   </si>
   <si>
     <t>2783</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2783/pl_no.27-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2783/pl_no.27-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alteração no PPA,LDO e LDO, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro no valor de R$ 17.202,12 (Dezessete Mil, Duzentos e Dois Reais e Doze Centavos), em favor da unidade orç.da Secretaria Municipal de Saúde, no Orçam Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2784</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2784/pl_no.28-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2784/pl_no.28-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Inclusão e Alteração no PPA,LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro no valor de R$ 7.073,39 (Sete Mil, Setenta e Três Reais e Trinta e Nove Centavos), em favor da unidade orçamentaria da Secretaria Municipal de Saúde, no Orçam Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2785</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2785/pl_no.29-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2785/pl_no.29-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Inclusão e Alteração no PPA,LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro no valor de R$ 9.366,01 (Nove Mil, Trezentos e Sessenta e Seis Reais e Um Centavos), em favor da unidade orçamentaria da Secretaria Municipal de Saúde, no Orçam Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2786</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2786/pl_no.30-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2786/pl_no.30-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Inclusão e Alteração no PPA,LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro no valor de R$32.029,19 (Trinta e Dois Mil, Vinte e Nove Reais e Dezenove Centavos), em favor da unidade orçamentaria da Secretaria Municipal de Saúde, no Orçam Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2787</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2787/pl_no.31-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2787/pl_no.31-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Inclusão e Alteração no PPA,LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro no valor de R$1.558,30 (Um Mil, Quinhentos e Cinquenta e Oito Reais e Trinta Centavos),em favor da unidade orçamentaria da Secretaria Municipal de Saúde, no Orçam Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2788</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2788/pl_no.32-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2788/pl_no.32-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Inclusão e Alteração no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro no valor de R$ 13.146,04 ( Treze Mil, Cento e Quarenta e Seis Reais e Quatro Centavos), em favor da unidade orçamentaria da Secretaria Municipal de Saúde, no Orçam Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2789</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2789/pl_no.33-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2789/pl_no.33-2024.pdf</t>
   </si>
   <si>
     <t>"Altera dispositivos na Lei de Diárias do Município de São Francisco do Guaporé e sua autarquia e de servidores de outros órgãos colocados a Disposição deste Município e dá outras providências."</t>
   </si>
   <si>
     <t>2793</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2793/pl_no.34-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2793/pl_no.34-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Inclusão e Alteração no PPA, LDO e LOA, e  Autoriza o Poder Executivo a Abrir Crédito Adicional Especial Por Excesso de Arracadação até o montante de R$397.835,22(Trezentos e Noventa e Sete Mil, Oitocentos e Trinta e Cinco Reais e Vinte e Dois Centavos) em favor da unidade orçamentaria da Secretaria Municipal de Educação Cultura, Esporte, Lazer e Turismo, no Orçam Vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>2794</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2794/pl_no.35-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2794/pl_no.35-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe Inclusão e Alteração no PPA,LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial Superávit Financeiro até o montante de R$ 217.544,43(Duzentos e Dezessete Mil, Quinhentos e Quarenta e Quatro Reais e Quareta e Três Centavos),em favor da unidade orçamentaria da Secretaria Municipal de Obras e Serviços Públicos, no Orçam Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2795</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2795/pl_no.36-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2795/pl_no.36-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alteração no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit  Financeiro no valor de R$101.889,46( Cento e Um Mil , Oitocentos e Oitenta e Nove Reais e Quarenta e Seis Centavos), em favor da unidade orçamentaria da Secretaria Municipal de Saúde, no Orçam Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2796</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2796/pl_no.37-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2796/pl_no.37-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Inclusão e Alteração no PPA,LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro no valor de R$ 14.010,00(Quatorze Mil e Dez reais), em favor da unidade orçamentaria da Secretaria Municipal de Saúde, no Orçam Vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>2797</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2797/pl_no.38-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2797/pl_no.38-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre  Inclusão e Alteração no PPA , LDO e LOA, e Autoriza o POder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro no valor de R$13.585,69 (Treze Mil, Quinhentos e Oitenta e Cinco Reais e Sessenta e Nove Centavos), em favor da unidade orçamentaria da Secretaria Municipal de Saúde , no Orçam Vigente, e dá outras providêcias."</t>
   </si>
   <si>
     <t>2798</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2798/pl_no.39-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2798/pl_no.39-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro no valor de R$6.000,00 (Seis Mil Reais), em favor da unidade orçamentaria da Secretaria Municipal de Saúde, no Orçam Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2799</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2799/pl_no.40-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2799/pl_no.40-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro no valor de R$5.216,91 (Cinco Mil, Duzentos e Dezesseis Reais e Noventa e Um Centavos), em favor da unidade orçamentaria da Secretaria Municipal de Saúde, no Orçam Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2800</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2800/pl_no.41-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2800/pl_no.41-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro no valor de R$72.450,95 (Setenta e Dois Mil, Quatrocentos Cinquenta Reais e Noventa e Cinco Centavos) , em favor da unidade orçamentaria da Secretaria Municipal de Saúde, no Orçam Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2801</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2801/pl_no.42-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2801/pl_no.42-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro no valor de R$3.181,12 (Três Mil, Cento e Oitenta e Um Reais e Doze Centavos), em favor da unidade orçamentaria da Secretaria Municipal de Saúde, no Orçam Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2802</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2802/pl_no.43-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2802/pl_no.43-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro no valor de R$1.418,40 (Um Mil, Quatrocentos e Dezoito Reais e Quarnta Centavos), em favor da unidade orçamentaria da Secretaria Municipal de Saúde, no Orçam Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2811</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2811/pl_no.44-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2811/pl_no.44-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro até o montante de R$ 675.000,00 (Seiscentos e Setenta e Cinco Mil Reais), em favor da unidade orçamentaria da Secretaria Municipal de Educação, Cultura, Esporte, Lazer e Turismo, no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2818</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2818/pl_no.45-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2818/pl_no.45-2024.pdf</t>
   </si>
   <si>
     <t>2827</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2827/pl_no.46-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2827/pl_no.46-2024.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a firmar convênio e conceder ajuda financeira a Título de Subvenção ao Instituto Associação Fênix de Karatê de São Francisco do Guaporé - RO e da outras disposições."</t>
   </si>
   <si>
     <t>2828</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2828/pl_no.47-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2828/pl_no.47-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a recomposição dos subsídios do Prefeito e do Vice-Prefeito."</t>
   </si>
   <si>
     <t>2829</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2829/pl_no.48-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2829/pl_no.48-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a recomposição do subsídio dos Secretários, dos Secretários Adjuntos e do Controlador Geral do Órgão de Controle Interno."</t>
   </si>
   <si>
     <t>2830</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2830/pl_no.49-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2830/pl_no.49-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a recomposição salarial do subsídio do Chefe de Gabinete."</t>
   </si>
   <si>
     <t>2842</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2842/pl_no.50-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2842/pl_no.50-2024.pdf</t>
   </si>
   <si>
     <t>"Cria a Coordenadoria Municipal de Defesa Civil (COMDEC) do Município de São Francisco do Guaporé e dá outras providências."</t>
   </si>
   <si>
     <t>2850</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2850/pl_no.51-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2850/pl_no.51-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a doação à Ordem dos Advogados do Brasil - Seccional de Rondônia, com a afetação para subseção de São Francisco do Guaporé e Costa Marques, o imóvel urbano denominado Lote 001.11; Setor 01; Quadra 82, com área total de 600m², localizado entre a Avenida Brasil, Bairro Alto Alegre."</t>
   </si>
   <si>
     <t>2852</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2852/pl_no.52-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2852/pl_no.52-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro até o montante de R$ 84.337,00 (Oitenta e Quatro Mil, Trezentos e Trinta e Sete Reais), em favor da unidade orçamentaria da Secretaria Municipal de Educação, Cultura, Esporte, Lazer e Turismo, no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2853</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2853/pl_no.53-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2853/pl_no.53-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro até o montante de R$ 467.017,50 (Quatrocentos e Sessenta e Sete Mil, Dezessete Reais e Cinquenta Centavos), em favor da unidade orçamentaria da Câmara Municipal, no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2854</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2854/pl_no.54-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2854/pl_no.54-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro até o montante de R$ 1.707.602,78 (Um Milhão, Setecentos e Sete Mil, Seiscentos e Dois Reais e Setenta e Oito Centavos), em favor da unidade orçamentaria da Secretaria Municipal de Educação, Cultura, Esporte, Lazer e Turismo, no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2858</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2858/pl_no.055-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2858/pl_no.055-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Lei de Diretrizes Orçamentárias - LDO, para o Exercício de 2025, do Município de São Francisco do Guaporé, e dá outras providências".</t>
   </si>
   <si>
     <t>2874</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2874/pl_no.56-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2874/pl_no.56-2024.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a firmar convênio e conceder ajuda financeira a título de subvenção - Fomento a Liga de Desporto de São Francisco do Guaporé - RO e da outras disposições".</t>
   </si>
   <si>
     <t>2875</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2875/pl_no.57-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2875/pl_no.57-2024.pdf</t>
   </si>
   <si>
     <t>"Ratifica o Protocolo de Intenções do Consórcio Interfederativo de Desenvolvimento de Rondônia - CINDERONDONIA e dá outras providências."</t>
   </si>
   <si>
     <t>2877</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2877/pl_no.58-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2877/pl_no.58-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro no valor de R$ 1.165.000,00 (Um Milhão, Cento e Sessenta e Cinco Mil Reais), em favor da unidade orçamentaria da Secretaria Municipal de Saúde, no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2878</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2878/pl_no.59-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2878/pl_no.59-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Excesso de Arrecadação e Anulação Parcial de Dotação até o montante de R$ 722.975,23 (Setecentos e Vinte e Dois Mil, Novecentos e Setenta e Cinco Reais e Vinte e Três Centavos), em favor da unidade orçamentaria da Secretaria Municipal de Educação, Cultura, Esporte, Lazer e Turismo, no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2879</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2879/pl_no.60-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2879/pl_no.60-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Excesso de Arrecadação no valor de R$ 2.827.088,00 (Dois Milhões, Oitocentos e Vinte e Sete Mil e Oitenta e Oito Reais), em favor da unidade orçamento da Secretaria Municipal de Saúde, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>2880</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2880/pl_no.61-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2880/pl_no.61-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Excesso de Arrecadação e por Superávit Financeiro até o montante de R$ 111.508,14 (Cento e Onze Mil, Quinhentos e Oito Reais e Quatorze Centavos), em favor da unidade orçamento da Secretaria Municipal de Obras e Serviços Públicos, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>2881</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2881/pl_no.62-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2881/pl_no.62-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro no valor de R$ 20.000,00 (Vinte Mil Reais), em favor da unidade orçamento da Secretaria Municipal de Educação, Cultura, Esporte, Lazer e Turismo, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>2882</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2882/pl_no.63-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2882/pl_no.63-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro até o montante de R$ 37.239,99 (Trinta e Sete Mil, Duzentos e Trinta e Nove Reais e Noventa e Nove Centavos), em favor da unidade orçamento da Secretaria Municipal de Educação, Cultura, Esporte, Lazer e Turismo, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>2883</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2883/pl_no.64-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2883/pl_no.64-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município a cancelar e extinguir débitos alcançados pela prescrição quinquenária.</t>
   </si>
   <si>
     <t>2889</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2889/pl_no.65-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2889/pl_no.65-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alteração no PPA, LDO e LOA, e Autoriza o poder Executivo a Abrir Crédito Adicional Especial por Superavit até o montante de R$180.000,00 (Cento e Oitenta Mil Reais)  em favor da unidade orçamento da Secretaria Geral de Governo e administração (SEGEAD), no Orçam Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2896</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2896/pl_no.66-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2896/pl_no.66-2024.pdf</t>
   </si>
   <si>
     <t>“Institui a Proibição de Utilização de Celulares em Salas de Aula nas escolas e creche, no âmbito do município de São Francisco do Guaporé-RO e dá outras providências.”</t>
   </si>
   <si>
     <t>2899</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2899/pl_no.67-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2899/pl_no.67-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alteração no PPA, LDO e LOA, e Autoriza o poder Executivo a Abrir Crédito Adicional Especial por Superávit até o montante de R$15.000,00 (Quinze Mil Reais) em favor da unidade orçamento da Secretaria Geral de Governo e administração (SEGEAD), no orçamento vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2900</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2900/pl_no.68-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2900/pl_no.68-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Excesso de Arrecadação e Superávit Financeiro até o montante de R$ 517.977,59 (Quinhentos e Dezessete Mil, Novecentos e Setenta e Sete Reais e Cinquenta e Nove Centavos), em favor da unidade orçamento da Secretaria Municipal de Educação, Cultura, Esporte, Lazer e Turismo, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>2901</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2901/pl_no.69-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2901/pl_no.69-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o Programa Alfabetiza São Francisco / RO, e dá outras providências".</t>
   </si>
   <si>
     <t>2909</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2909/pl_no.70-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2909/pl_no.70-2024.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Executivo Municipal a Contratar Servidores por prazo determinado para atender as necessidades da Secretaria Municipal de Educação, em Caráter Excepcional e Temporário e dá outras providências".</t>
   </si>
   <si>
     <t>2914</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2914/projeto_de_lei_071-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2914/projeto_de_lei_071-2024.pdf</t>
   </si>
   <si>
     <t>“Institui a Política Municipal de Apoio e Incentivo à Mulher no Esporte e dá outras providências”.</t>
   </si>
   <si>
     <t>2919</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2919/pl_no.72-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2919/pl_no.72-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alteração no PPA,LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superavit Financeiro até o montante de R$ 770.374,00 (Setecentos e Setenta Mil, Trezentos e Setenta e Quatro Reais), em favor da unidade orç. da Secretaria Municipal de Obras e Serviço Público, no Orçam Vigente, e dá outras providencias."</t>
   </si>
   <si>
     <t>2920</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2920/pl_no.73-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2920/pl_no.73-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA,LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro no valor de R$ 78.275,00 (Setenta e Oito Mil, Duzentos e Setenta e Cinco Reais), em favor da unidade  orçamentaria da Secretaria Municipal de Saúde , no Orçam Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2921</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2921/pl_no.74-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2921/pl_no.74-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA,LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por  Excesso de Arrecadação no valor de R$ 200.000,00( Duzentos Mil Reais), em favor da unidade  orçamentaria da Secretaria Municipal de Saúde , no Orçam Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2922</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2922/pl_no.75-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2922/pl_no.75-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA,LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Excesso de Arrecadação e Superavit financeiro até o montante  de R$ 300.049,99 (Trezentos Mil, Quarenta e Nove Reais e Noventa e Nove Centavos), em favor da unidade  orçamentaria da Secretaria Municipal de Educação Cultura, Esporte, Lazer e Turismo , no Orçam Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2927</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2927/pl_no.76-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2927/pl_no.76-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA,LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit financeiro no valor de R$ 576.980,00 (Quinhentos e Setenta e Seis Mil, Novecentos e Oitenta Reais), em favor da unidade orçamentaria da Secretaria Municipal de Saúde, no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2928</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2928/pl_no.77-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2928/pl_no.77-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA,LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro até o montante de R$ 1.125.400,00 (Um Milhão, Cento e Vinte e Cinco Mil, Quatrocentos Reais), em favor da unidade orçamentaria da Secretaria Municipal de Obras e Serviço Público, no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2929</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2929/pl_no.78-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2929/pl_no.78-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA,LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro no valor de R$ 18.500,00 (Dezoito Mil e Quinhentos Reais), em favor da unidade orçamentaria da Secretaria Municipal de Educação Cultura, Esporte, Lazer e Turismo, no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2938</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2938/pl_no.79-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2938/pl_no.79-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a transferência de recursos financeiras a Associação Beneficente São Camilo através de Termo de Fomento e dá outras providências.</t>
   </si>
   <si>
     <t>2940</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2940/pl_no.80-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2940/pl_no.80-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Inclusão e Alteração no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por Anulação Parcial de Dotação no valor de R$ 280.000,00 (Duzentos e Oitenta Mil Reais), em favor da unidade orç.da Secretaria Municipal de Saúde, no Orçam Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2941</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2941/pl_no.81-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2941/pl_no.81-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Inclusão e Alteração no PPA,LDO e LOA, e Autoriza o poder Executivo a Abrir Crédito Adicional Suplementar por Anulação Parcial de Dotação no valor de R$ 125.968,72 (Cento e Vinte e Cinco MIl, Novecentos e Sessenta e Oito Reais  e Setenta e Dois Centavos), em favor da unidade orçamentaria da Secretaria Municipal de Saúde, no Orçam Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2942</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2942/pl_no.82-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2942/pl_no.82-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Inclusão e Alteração no PPA,LDO e LOA, e Autoriza o poder Executivo a Abrir Crédito Adicional Especial por Anulação Total de Dotação no valor de R$ 100.000,00 (Cem Mil Reais), em favor da unidade Orçamentaria da Secretaria Municipal de Saúde, no Orçam Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2944</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2944/projeto_de_lei_083-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2944/projeto_de_lei_083-2024.pdf</t>
   </si>
   <si>
     <t>“Institui a Criação da Fanfarra Municipal Guardiões do Vale, em São Francisco do Guaporé, e dá outras providências”.</t>
   </si>
   <si>
     <t>2946</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2946/pl_no.84-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2946/pl_no.84-2024.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a firmar convênio e conceder ajuda financeira a Título de Subvenção - Fomento a Liga de Desporto de São Francisco do Guaporé - RO e da outras providências".</t>
   </si>
   <si>
     <t>2950</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2950/pl_no.85-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2950/pl_no.85-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA,LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Excesso de Arrecadação no valor de R$ 71.689,00 (Setenta e Um Mil, Seiscentos e Oitenta e Seis Reais), em favor da unidade orçamentaria da Secretaria Municipal de Saúde, no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2951</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2951/pl_no.86-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2951/pl_no.86-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA,LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Excesso de Arrecadação no valor de R$ 611.000,00 (Seiscentos e Onze Mil Reais), em favor da unidade orçamentaria da Secretaria Municipal de Saúde, no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2952</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2952/pl_no.87-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2952/pl_no.87-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA,LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Excesso de Arrecadação no valor de R$ 1.210.000,00 (Um Milhão, Duzentos e Dez Mil Reais), em favor da unidade orçamentaria da Secretaria Municipal de Saúde, no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2953</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2953/pl_no.88-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2953/pl_no.88-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA,LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Excesso de Arrecadação no valor de R$ 718.000,00 (Setecentos e Dezoito Mil Reais), em favor da unidade orçamentaria da Secretaria Municipal de Saúde, no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2954</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2954/pl_no.89-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2954/pl_no.89-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por Anulação Parcial e Total de Dotação e Superávit Financeiro até o montante de R$ 5.730.959,09 (Cinco Milhões, Setecentos e Trinta Mil, Novecentos e Cinquenta e Nove Reais e Nove Centavos), em favor da unidade orçamento da Secretaria Municipal de Obras e Serviços Públicos, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>2957</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2957/pl_no.90-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2957/pl_no.90-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão no PPA, LDO e LOA, e  Fica Autorizado  o Poder Executivo a Abrir Crédito Especial por Superávit Financeiro, até o montante de R$31.614,82 (Trinta e Um Mil, Seiscentos e Quatorze Reais e Oitenta e Dois Centavos), em Favor da unidade orçamentaria da Secretaria Municipal de Obras  e Serviços Públicos, no Orçam Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2958</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2958/pl_no.91-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2958/pl_no.91-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por Anulação Parcial de Dotação da Reserva de Contingencia no valor de R$ 100.00,00 (Cem Mil Reais), em favor da unidade Orçamentaria da Secretaria Municipal de Desenvolvimento Social e da Família, no Orçam Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2959</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2959/pl_no.92-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2959/pl_no.92-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abris Crédito Adicional Suplementar por Anulação Parcial de Dotação da Reserva de Contingencia no valor de R$110.000,00 ( Cento e Dez Mil Reais), em favor da unidade Orçamentaria da Secretaria Municipal de Desenvolvimento Social e da Familia, no Orçam Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2962</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2962/pl_no.93-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2962/pl_no.93-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO E LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superavit Financeiro até o montante de R$ 613.403,50 (Seiscentos e Treze Mil, Quatrocentos e Três Reais e Cinquenta Centavos), em favor da unidade orçamento da Secretaria Municipal de Obras e Serviço Público, no Orçam Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2963</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2963/pl_no.94-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2963/pl_no.94-2024.pdf</t>
   </si>
   <si>
     <t>“Inclui o VII, §1º e §2º no artigo 2º da Lei Municipal nº.1.394/2016 que Dispõe sobre a instituição no Programa A HORA DO PRODUTOR, na forma que especifica e dá outras providências”.</t>
   </si>
   <si>
     <t>2964</t>
   </si>
   <si>
     <t>Braz Carlos Correia, Ozias Santos</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2964/pl_no.95-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2964/pl_no.95-2024.pdf</t>
   </si>
   <si>
     <t>“Inclui o §1º, §2º e §3º, no artigo 17 da Lei Municipal nº.1.394/2016 que Dispõe sobre a instituição no Programa A HORA DO PRODUTOR, na forma que especifica e dá outras providências”.</t>
   </si>
   <si>
     <t>2966</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2966/pl_no.96-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2966/pl_no.96-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por Anulação Parcial da Reserva de Contingencia até o montante de R$100.000,00 (Cento Mil Reais), em favor da unidade Orçamentaria da Secretaria Municipal de Educação, Cultura, Esporte e Lazer e Turismo, no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2968</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2968/pl_no.97-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2968/pl_no.97-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Subvenção Financeira a Associação dos Produtores Rurais de São Francisco do Guaporé - RO - APRF e dá outras providências."</t>
   </si>
   <si>
     <t>2969</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2969/pl_no.098-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2969/pl_no.098-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Permuta de Imóveis entre o Município de São Francisco do Guaporé e a Ordem dos Advogados do Brasil - Seccional de Rondônia."</t>
   </si>
   <si>
     <t>2970</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2970/pl_no.99-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2970/pl_no.99-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por Anulação Parcial de Dotação no valor de R$105.500,00 (Cento e Cinco Mil e Quinhentos Reais), em favor da unidade Orçamentaria da Secretaria Municipal de Saúde, no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2971</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2971/pl_no.100-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2971/pl_no.100-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por Anulação Total de Dotação e Excesso de Arrecadação no valor de R$600.000,00 (Seiscentos Mil Reais), em favor da unidade Orçamentaria da Secretaria Municipal de Saúde, no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2972</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2972/pl_no.101-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2972/pl_no.101-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro até o montante de R$502.376,23 (Quinhentos e Dois Mil, Trezentos e Setenta e Seis Mil e Vinte e Três Centavos), em favor da unidade Orçamentaria da Secretaria Municipal de Obras e Serviços Públicos, no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2973</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2973/pl_no.102-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2973/pl_no.102-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional por Excesso de Arrecadação e por Superávit Financeiro até o montante de R$ 287.560,94 (Duzentos e Oitenta e Sete Mil, Quinhentos e Sessenta Reais e Noventa e Quatro Centavos), em favor da unidade Orçamentaria da Secretaria Municipal de Obras e Serviços Públicos, no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2974</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2974/pl_no.103-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2974/pl_no.103-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por Anulação Parcial de Dotação até o montante de R$ 35.000,00 (Trinta e Cinco Mil Reais), em favor da unidade Orçamentaria da Secretaria Municipal de Agricultura e Meio Ambiente, no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2975</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2975/pl_no.104-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2975/pl_no.104-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro até o montante de R$ 300.000,00 (Trezentos Mil Reais), em favor da unidade Orçamentaria da Secretaria Municipal de Agricultura e Meio Ambiente e Urbanismo, no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2976</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2976/pl_no.105-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2976/pl_no.105-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro até o montante de R$ 775.000,00 (Setecentos e Setenta e Cinco Mil Reais), em favor da unidade Orçamentaria da Secretaria Municipal de Agricultura e Meio Ambiente e Urbanismo, no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2977</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2977/pl_no.106-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2977/pl_no.106-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro até o montante de R$ 500.000,00 (Quinhentos Mil Reais), em favor da unidade Orçamentaria da Secretaria Municipal de Obras e Serviços Públicos, no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2978</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2978/pl_no.107-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2978/pl_no.107-2024.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a firmar Convênio e Conceder Ajuda Financeira a Título de Subvenção - fomento a Liga de Desporto de São Francisco do Guaporé - RO e da outras disposições".</t>
   </si>
   <si>
     <t>2979</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2979/pl_no.108-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2979/pl_no.108-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro no valor de R$ 500.000,00 (Quinhentos Mil Reais), em favor da unidade orçamentária da Secretaria Municipal de Saúde, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>2980</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2980/pl_no.109-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2980/pl_no.109-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Excesso de Arrecadação no valor de R$ 103.000,00 (Cento e Três Mil Reais), em favor da unidade orçamentária da Secretaria Municipal de Desenvolvimento Social e da Família, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>2981</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2981/pl_no.110-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2981/pl_no.110-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Excesso de Arrecadação no valor de R$ 5.400,00 (Cinco Mil e Quatrocentos Reais), em favor da unidade orçamentária da Secretaria Municipal de Desenvolvimento Social e da Família, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>2982</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2982/pl_no.111-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2982/pl_no.111-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Excesso de Arrecadação no valor de R$ 13.000,00 (Treze Mil Reais), em favor da unidade orçamentária da Secretaria Municipal de Desenvolvimento Social e da Família, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>2983</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2983/pl_no.112-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2983/pl_no.112-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Excesso de Arrecadação no valor de R$ 20.000,00 (Vinte Mil Reais), em favor da unidade orçamentária da Secretaria Municipal de Desenvolvimento Social e da Família, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>2984</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2984/pl_no.113-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2984/pl_no.113-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro até o montante de R$ 86.065,74 (Oitenta e Seis Mil, Sessenta e Cinco Reais e Setenta e Quatro Centavos), em favor da unidade orçamentária da Secretaria Municipal de Obras e Serviço Públicos, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>2985</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2985/pl_no.114-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2985/pl_no.114-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por Anulação Parcial de Dotação até o montante de R$ 357.500,00 (Trezentos e Cinquenta e Sete Mil e Quinhentos Reais), em favor da unidade orçamentária da Secretaria Municipal de Agricultura e Meio Ambiente e Urbanismo, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>2986</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2986/pl_no.115-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2986/pl_no.115-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Excesso de Arrecadação no valor de R$ 10.500,00 (Dez Mil e Quinhentos Reais), em favor da unidade orçamentária da Secretaria Municipal de Desenvolvimento Social e da Família, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>2987</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2987/pl_no.116-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2987/pl_no.116-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Excesso de Arrecadação no valor de R$ 100.000,00 (Cem Mil Reais), em favor da unidade orçamentária da Secretaria Municipal de Saúde, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>2988</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2988/pl_no.117-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2988/pl_no.117-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial Suplementar por Superávit Financeiro até o montante de R$ 20.980,79 (Vinte Mil, Novecentos e Oitenta Reais e Setenta e Nove Centavos), em favor da unidade orçamentária da Secretaria Municipal de Educação, Cultura, Esporte, Lazer e Turismo, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>2989</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2989/pl_no.118-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2989/pl_no.118-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Excesso de Arrecadação no valor de R$ 7.500,00 (Sete Mil e Quinhentos Reais), em favor da unidade orçamentária da Secretaria Municipal de Desenvolvimento Social e da Família, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>2990</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2990/pl_no.119-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2990/pl_no.119-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Contratação de Prestação de Serviço Autônomo para servidor efetivo ou não, através de Regime de Plantão, nas Unidades de Saúde do Município de São Francisco do Guaporé, e dá outras providências".</t>
   </si>
   <si>
     <t>2991</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2991/pl_no.120-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2991/pl_no.120-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por Anulação Parcial de Dotação até o montante de R$ 30.000,00 (Trinta Mil Reais), em favor da unidade orçamentária da Secretaria Municipal de Educação, Cultura, Esporte, Lazer, e Turismo, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>2992</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2992/pl_no.121-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2992/pl_no.121-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro até o montante de R$ 33.642,72 (Trinta e Três Mil, Seiscentos e Quarenta e Dois Reais e Setenta e Dois Centavos), em favor da unidade orçamentária da Secretaria Municipal de Obras e Serviços Públicos, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>2994</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2994/pl_no.122-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2994/pl_no.122-2024.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a firmar convênio e conceder ajuda financeira a Título de Subvenção - Fomento a Liga de Desporto de São Francisco do Guaporé - RO e dá outras disposições".</t>
   </si>
   <si>
     <t>2995</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2995/pl_no.123-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2995/pl_no.123-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a alteração do art. 2º, inciso I, da Lei Municipal nº.2.386, de 12 de junho de 2024".</t>
   </si>
   <si>
     <t>3000</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3000/pl_no.124-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3000/pl_no.124-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por Anulação Total de Dotação até o montante de R$ 32.779,74 (Trinta e Dois Mil Reais, Setecentos e Setenta e Nove Reais e Setenta e Quatro Centavos), em favor da unidade orçamentária da Câmara Municipal, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>3014</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3014/pl_no.125-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3014/pl_no.125-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro até o montante de R$ 52.132,12 (Cinquenta e Dois Mil, Cento e Trinta e Dois Reais e Doze Centavos), em favor da unidade orçamentária da Secretaria Municipal de Obras e Serviços Públicos, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>3015</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3015/pl_no.126-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3015/pl_no.126-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por Superávit Financeiro até o montante de R$ 299.980,61 (Duzentos e Noventa e Nove Mil, Novecentos e Oitenta Reais e Sessenta e Um Centavos), , em favor da unidade orçamentária da Secretaria Municipal de Agricultura e Meio Ambiente e Urbanismo, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>3016</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3016/pl_no.127-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3016/pl_no.127-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro até o montante de R$ 500.000,00 (Quinhentos Mil Reais), em favor da unidade orçamentária da Secretaria Municipal de Finanças e Planejamento, Ciência e Tecnologia (SENFINPLAN), no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>3017</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3017/pl_no.128-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3017/pl_no.128-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro até o montante de R$ 800.000,00 (Oitocentos Mil Reais), em favor da unidade orçamentária da Secretaria Municipal de Obras e Serviços Públicos, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>3020</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3020/pl_no.129-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3020/pl_no.129-2024.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Executivo Municipal a Contratar Servidores por prazo determinado, em caráter excepcional e temporário, através de Processo Seletivo Simplificado, para atender as necessidades da Secretaria Municipal de Educação, e da outras providências".</t>
   </si>
   <si>
     <t>3021</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3021/pl_no.130-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3021/pl_no.130-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Excesso de Arrecadação no valor de R$ 80.493,00 (Oitenta Mil, Quatrocentos e Noventa e Três Reais), em favor da unidade orçamentária da Secretaria Municipal de Saúde, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>3022</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3022/pl_no.131-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3022/pl_no.131-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro no valor de R$ 81.000,00 (Oitenta e Um Mil Reais), em favor da unidade orçamentária da Secretaria Municipal de Saúde, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>3023</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3023/projeto_de_lei_-_plantoes_2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3023/projeto_de_lei_-_plantoes_2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Alteração do Art. 1º da Lei Municipal nº.2.406/2024 e dá outras providências".</t>
   </si>
   <si>
     <t>3029</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3029/pl_no.133-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3029/pl_no.133-2024.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo conceder ajuda financeira a Título de Subvenção a ECOVALE de São Francisco do Guaporé - RO, e dá outras providências"</t>
   </si>
   <si>
     <t>3030</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3030/pl_no.134-2024_e_anexo.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3030/pl_no.134-2024_e_anexo.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro até o montante de R$ 350.000,00 (Trezentos e Cinquenta Mil Reais), em favor da unidade orçamentária da Secretaria Municipal de Educação, Cultura, Esporte, Lazer e Turismo, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>3031</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3031/pl_no.135-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3031/pl_no.135-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por Anulação Parcial de Dotação até o montante de R$ 85.000,00 (Oitenta e Cinco Mil Reais), em favor da unidade orçamentária da Secretaria Geral de Governo e Administração (SEGEAD), no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>3032</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3032/pl_no.136-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3032/pl_no.136-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro até o montante de R$ 50.000,00 (Cinquenta Mil Reais), em favor da unidade orçamentária da Secretaria Municipal de Desenvolvimento Social e da  Família, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>3034</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3034/pl_no.137-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3034/pl_no.137-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial Suplementar por Superávit Financeiro até o montante de R$ 99.300,00 (Noventa e Nove Mil e Trezentos Reais), em favor da unidade orçamentária do Instituto Municipal de Previdência dos Servidores, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>3035</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3035/pl_no.138-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3035/pl_no.138-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro até o montante de R$ 168.188,98 (Cento e Sessenta e Oito Mil, Cento e Oitenta e Oito Reais e Noventa e Oito Centavos), em favor da unidade orçamentária da Secretaria Municipal de Educação, Cultura, Esporte, Lazer e Turismo, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>3036</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3036/pl_no.139-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3036/pl_no.139-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro até o montante de R$ 168.000,00 (Cento e Sessenta e Oito Mil Reais), em favor da unidade orçamentária da Secretaria Municipal de Agricultura e Meio Ambiente e Urbanismo, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>3040</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3040/pl_no.140-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3040/pl_no.140-2024.pdf</t>
   </si>
   <si>
     <t>"Estima a Receita e Fixa a Despesa do Município de São Francisco do Guaporé, para o exercício Financeiro de 2025."</t>
   </si>
   <si>
     <t>3041</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3041/pl_no.141-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3041/pl_no.141-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por Superávit Financeiro até o montante de R$ 650.000,00 (Seiscentos e Cinquenta Mil Reais), em favor da unidade orçamentária da Secretaria Municipal de Agricultura e Meio Ambiente e Urbanismo, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>3042</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3042/pl_no.142-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3042/pl_no.142-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a cessão de uso de imovel onde funcionou a Escola Municipal João Melo Zeferino.</t>
   </si>
   <si>
     <t>3043</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3043/pl_no.143-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3043/pl_no.143-2024.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a Celebrar Parcelamento de débitos para com a Receita Federal do Brasil e a Procuradoria-Geral da Fazenda Nacional (PGFN) e dá outras providências"</t>
   </si>
   <si>
     <t>3044</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3044/pl_no.144-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3044/pl_no.144-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro e R$ 3.914.000,00 (Três Milhões, Novecentos e Quatorze Mil Reais), em favor da unidade orçamento da Secretaria Municipal de Saúde, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>3045</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3045/pl_no.145-2024_-_prova_de_laco.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3045/pl_no.145-2024_-_prova_de_laco.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a Subvenção Financeira a Liga Desportiva e Cultural de São Francisco do Guaporé-RO., e dá outras providências.”</t>
   </si>
   <si>
     <t>3046</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3046/pl_no.146-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3046/pl_no.146-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial Suplementar por Superávit Financeiro e Excesso de Arrecadação até o montante de R$ 152.330,82 (Cento e Cinquenta e Dois Mil, Trezentos e Trinta Reais e Oitenta e Dois Centavos) em favor da unidade orçamenta da Secretaria Municipal de Educação, Cultura, Esporte, Lazer e Turismo, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>3047</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3047/pl_no.147-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3047/pl_no.147-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial Por Superávit Financeiro até o montante de R$ 356.000,00 (Trezentos e Cinquenta e Seis Mil Reais), em favor da unidade orçamento da Secretaria Municipal de Desenvolvimento Social e da Família, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>3048</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3048/pl_no.148-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3048/pl_no.148-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial Por Superávit Financeiro até o montante de R$ 1.599.000,00 (Um Milhão, Quinhentos e Noventa e Nove Mil Reais) em favor da unidade orçamento da Secretaria Municipal de Finanças e Planejamento Ciência e Tecnologia (SEGEAD, SEMOSP, SENFINPLAM E SEMAGRIAM), no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>3051</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3051/pl_no.149-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3051/pl_no.149-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por Anulação Parcial de Dotação até o montante de R$ 264.000,00 (Duzentos e Sessenta e Quatro Mil Reais) em favor da unidade orçamento (FMS, SENFINPLAM e FMAS), no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>3052</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3052/pl_no.150-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3052/pl_no.150-2024.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a Firmar Convênio e Conceder ajuda financeira a Título de Subvenção ao Instituto Associação Fênix de Karatê de São Francisco do Guaporé - RO e dá outras disposições".</t>
   </si>
   <si>
     <t>3053</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3053/pl_no.151-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3053/pl_no.151-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por Anulação Parcial de Dotação até o montante de R$ 33.000,00 (Trinta e Três Mil Reais) em favor da unidade orçamento da Secretaria Municipal de Agricultura, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>3054</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3054/pl_no.152-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3054/pl_no.152-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial Por Superávit Financeiro até o montante de R$ 1.214.000,00 (Um Milhão, Duzentos e Quatorze Mil Reais) em favor da unidade orçamento da Secretaria Municipal de Educação, Cultura, Esporte, Lazer e Turismo, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>3055</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3055/pl_no.153-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3055/pl_no.153-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por Anulação Parcial de Dotação até o montante de R$ 141.000,00 (Cento e Quarenta e Um Mil Reais) em favor da unidade orçamento da Secretaria Municipal de Obras e Serviços Públicos, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>3056</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3056/pl_no.154-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3056/pl_no.154-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial Por Superávit Financeiro até o montante de R$ 603.000,00 (Seiscentos e Três Mil Reais) em favor da unidade orçamento da Secretaria Municipal de Obras e Serviços Públicos, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>3057</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3057/pl_no.155-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3057/pl_no.155-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial Por Superávit Financeiro até o montante de R$ 174.000,00 (Cento e Setenta e Quatro Mil Reais) em favor da unidade orçamento da Secretaria Municipal de Educação, Cultura, Esporte, Lazer e Turismo,, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>3069</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3069/pl_no.156-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3069/pl_no.156-2024.pdf</t>
   </si>
   <si>
     <t>“Altera o artigo 31, inciso VI da Lei Municipal nº 1555/2018 que dispõe sobre a Gestão Democrática na Rede Pública Municipal de Ensino de São Francisco do Guaporé/RO”.</t>
   </si>
   <si>
     <t>3070</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3070/pl_no.157-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3070/pl_no.157-2024.pdf</t>
   </si>
   <si>
     <t>“Altera o item 8.6 EIXO VI – VALORIZAÇÃO PARA AS UNIDADE ESCOLARES e 8.6.1 A bonificação Anual para as Unidades Escolares e profissional da Lei Ordinária nº 2.424/2024 que dispõe sobre o Programa Alfabetiza São Francisco e dá outras providências”.</t>
   </si>
   <si>
     <t>3073</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3073/pl_no.158-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3073/pl_no.158-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão no PPA, LDO e LOA, e Fica Autorizado o Poder Executivo Municipal Abrir Crédito Adicional Especial por Superávit Financeiro, até o montante de R$ 8.500,00 (Oito Mil e Quinhentos Reais), em favor da unidade orçamento da Secretaria Municipal de Obras e Serviços Públicos, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>3074</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3074/pl_no.159-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3074/pl_no.159-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro e Excesso de Arrecadação até o montante de R$ 398.500,00(Trezentos e Noventa e Oito Mil e Quinhentos Reais) em favor da unidade orçamento da Secretaria Municipal de Educação, Cultura, Esporte, Lazer e Turismo, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>3075</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3075/pl_no.160-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3075/pl_no.160-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Excesso de Arrecadação até o montante de R$ 700.000,00 (Setecentos Mil Reais) em favor da unidade orçamento da Secretaria Municipal de Educação Cultura, Esporte, Lazer e Turismo, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>3078</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3078/pl_no.161-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3078/pl_no.161-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Subvenção Financeira a Colônia de Pescadores e Aquicultores Z-10 de São Francisco do Guaporé e dá outras providências."</t>
   </si>
   <si>
     <t>3086</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3086/pl_no._162-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3086/pl_no._162-2024.pdf</t>
   </si>
   <si>
     <t>'' Dispoe sobre inclusão e alteração no PPA, LDO E LOA e autoriza o poder executivo a abrir credito adicional especial por superávit financeiro ate o montante de R$327,000,00 (trezentos e vinte sete mil reais) em favor da unidade orç. da sec. Munic. de Obras e Serv. Públicos, no orçamento vigente e dá outras providencias''</t>
   </si>
   <si>
     <t>3087</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3087/pl_no.163-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3087/pl_no.163-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão no PPA, LDO e LOA, e  Autorizado o Poder Executivo Municipal Abrir Crédito Adicional Especial por excesso de arrecadação por anulação parcial de reserva de contingencia ate o montante de  R$529.000,00 (Quinhentos e vinte e nove mil reais) em favor da unidade orç. da sec. munic. de Educação cult, esport lazer e turismo, no orçamento vigente e dá outras providencias''</t>
   </si>
   <si>
     <t>3088</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3088/pl_no._164-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3088/pl_no._164-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão no PPA, LDO e LOA, e  Autorizado o Poder Executivo Municipal Abrir Crédito Adicional Especial por excesso de arrecadação no valor de R$ 86.400,00 (Oitenta e seis mil e quatrocentos Reais), em favor da unidade orç. da sec. munic. de saúde, no orçam vigente e dá outras providencias''</t>
   </si>
   <si>
     <t>3089</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3089/pl_no._165-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3089/pl_no._165-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão no PPA, LDO e LOA, e  Autorizado o Poder Executivo Municipal Abrir Crédito Adicional Especial por excesso de arrecadação no valor de R$ 24.901,00 (Vinte quatro mil novecentos e um reais), em favor da unidade orç. da sec. munic. de saúde, no orçam vigente e dá outras providencias''</t>
   </si>
   <si>
     <t>3090</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3090/pl_no._166-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3090/pl_no._166-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e alteração  no PPA, LDO e LOA, e  Autorizado o Poder Executivo Municipal Abrir Crédito Adicional Especial por excesso de arrecadação no valor de R$ 1.000.000,00 (Um Milhão de reais), em favor da unidade orç. da sec. munic. de saúde, no orçam vigente e dá outras providencias''</t>
   </si>
   <si>
     <t>3091</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3091/pl_no._167-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3091/pl_no._167-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e alteração no PPA, LDO e LOA, e  Autorizado o Poder Executivo Municipal Abrir Crédito Adicional suplementar por anulação total de dotação até o montante de R$ 89.428,01 ( Oitenta e nove mil quatrocentos e vinte e oito reais e um centavo) em favor da unidade orç. da sec. munic. de agricultura e meio ambiente e urbanismo, no orçamento vigente e dá outras providencias''.</t>
   </si>
   <si>
     <t>3096</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>Mesa Diretora - MD</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3096/pl_no.168-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3096/pl_no.168-2024.pdf</t>
   </si>
   <si>
     <t>“Autoriza a baixa dos bens móveis antieconômicos do patrimônio da Câmara Municipal de São Francisco do Guaporé/RO e da outras providências”.</t>
   </si>
   <si>
     <t>3097</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3097/pl_no.169-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3097/pl_no.169-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por Superávit Financeiro até o montante de R$ 11.000,00 (Onze Mil Reais), em favor da unidade orçamento da Secretaria Municipal de Agricultura e Meio Ambiente e Urbanismo, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>3098</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3098/pl_no.170-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3098/pl_no.170-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por Anulação Parcial de Dotação até o montante de R$ 20.000,00 (Vinte Mil Reais), em favor da unidade orçamento da Secretaria Municipal de Agricultura e Meio Ambiente e Urbanismo, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>3099</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3099/pl_no.171-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3099/pl_no.171-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro até o montante de R$ 290.291,49 (Duzentos e Noventa Mil, Duzentos e Noventa e Um Reais e Quarenta e Nove Centavos), em favor da unidade orçamento da Secretaria Municipal de Obras e Serviços Públicos, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>3100</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3100/pl_no.172-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3100/pl_no.172-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro até o montante de R$ 225.693,55 (Duzentos e Vinte e Cinco Mil, Seiscentos e Noventa e Três Reais e Cinquenta e Cinco Centavos), em favor da unidade orçamento da Secretaria Municipal de Obras e Serviços Públicos, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>3101</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3101/pl_no.173-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3101/pl_no.173-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Subvenção Financeira a ASSOCIAÇÃO DOS PROTETORES ECOLÓGICOS DA BAÍA DE BELEM - ASPROECOB e dá outras providências".</t>
   </si>
   <si>
     <t>3102</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3102/pl_no.174-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3102/pl_no.174-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Excesso de Arrecadação até o montante de R$ 1.462.000,00 (Um Milhão, Quatrocentos e Sessenta e Dois Mil Reais) em favor da unidade orçamento da Secretaria Municipal de Educação Cultura, Esporte, Lazer e Turismo, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>3103</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3103/pl_no.175-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3103/pl_no.175-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e  Autoriza o Poder Executivo a Abrir Crédito Adicional Especial  por Excesso de Arrecadação até o montante de R$ 1.701.142,00 (Um Milhão, Setecentos e Um Mil, Cento e Quarenta e Dois Reais) em favor da unidade orçamento da Secretaria Municipal de Educação, Cultura, Esporte, Lazer e Turismo, no Orçamento Vigente, e dá outras providências.”</t>
   </si>
   <si>
     <t>3107</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3107/pl_no.176-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3107/pl_no.176-2024.pdf</t>
   </si>
   <si>
     <t>"Autoriza a baixa do patrimônio e de bem móvel pertencente à Câmara Municipal de São Francisco do Guaporé/RO e dá outras providências".</t>
   </si>
   <si>
     <t>2733</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2733/plc_no.01-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2733/plc_no.01-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da alínea "b" do 2º do art.13 da Leia Complementar Municipal nº 113, de 07 de abril de 2023.</t>
   </si>
   <si>
     <t>2781</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2781/plc_no.02-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2781/plc_no.02-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre as alterações na Estrutura Administrativa, e Funcional do Instituto Municipal de Previdência dos Servidores de São Francisco do Guaporé e dá outras providências".</t>
   </si>
   <si>
     <t>2782</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2782/plc_no.03-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2782/plc_no.03-2024.pdf</t>
   </si>
   <si>
     <t>2820</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2820/plc_no.04-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2820/plc_no.04-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o realinhamento e readequação salarial dos Servidores Públicos da Secretaria Municipal de Saúde e dá outras providências."</t>
   </si>
   <si>
     <t>2821</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2821/plc_no.05-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2821/plc_no.05-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o realinhamento e readequação salarial dos Servidores Públicos da Administração Geral do Município de São Francisco do Guaporé, RO."</t>
   </si>
   <si>
     <t>2822</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2822/plc_no.06-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2822/plc_no.06-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o realinhamento e readequação salarial dos Servidores Público da Estrutura Administrativa, alterando os anexos II, III e IV da Lei Complementar nº 052/2016."</t>
   </si>
   <si>
     <t>2823</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2823/plc_no.07-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2823/plc_no.07-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o realinhamento e readequação salarial dos Servidores do Magistério Público e Auxiliares da Educação Básica do Município de São Francisco do Guaporé, RO."</t>
   </si>
   <si>
     <t>2824</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2824/plc_no.08-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2824/plc_no.08-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a alteração da referência salarial do cargo de contador, controlador interno, auditor de controle interno e auditor de fiscal tributos, todos dos quadros da Prefeitura Municipal, bem como sobre a criação da referência do cargo de fiscal tributário e de obras e posturas."</t>
   </si>
   <si>
     <t>2839</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2839/plc_no.09-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2839/plc_no.09-2024.pdf</t>
   </si>
   <si>
     <t>“Institui o Auxilio-Saúde aos servidores e agente políticos da Câmara Municipal de São Francisco do Guaporé-RO”</t>
   </si>
   <si>
     <t>2841</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2841/plc_no.10-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2841/plc_no.10-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a alteração da referência salarial dos cargos de auxiliar de serviço de saúde e agente de saúde."</t>
   </si>
   <si>
     <t>2849</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2849/plc_no.11-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2849/plc_no.11-2024.pdf</t>
   </si>
   <si>
     <t>"Altera o Plano de Amortização para equacionamento do déficit atuarial do Regime Próprio de Previdência Social - RPPS do Município de São Francisco do Guaporé/RO, conforme diretrizes emanadas pela Portaria nº.1467/2022 e suas alterações, e dá outras providências."</t>
   </si>
   <si>
     <t>2908</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2908/plc_no.12-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2908/plc_no.12-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Ampliação de Cargo Efetivo a que se descreve a Lei Complementar nº.056/2017"</t>
   </si>
   <si>
     <t>2967</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2967/plc_no.13-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2967/plc_no.13-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação do cargo comissionado de Gerente de Convênios e Subvenções, vinculado à Secretaria Geral de Governo e Administração e do Cargo Comissionado de Gerente de Planejamento, Arquitetura e Engenharia Civil, vinculado à Secretaria Municipal de Finanças, Planejamento, Ciência e Tecnologia, a que descreve a Lei Complementar nº.052/2016 e dá outras providências".</t>
   </si>
   <si>
     <t>3006</t>
   </si>
   <si>
     <t>"Dispõe sobre as condições de ingresso do cargo de Coordenadoria de Inclusão e Acessibilidade de Pacientes Especializados".</t>
   </si>
   <si>
     <t>3007</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3007/plc_no.15-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3007/plc_no.15-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a alteração de taxa de administração, e dá outras providências" (IMPES)</t>
   </si>
   <si>
     <t>3063</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3063/plc_no14-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3063/plc_no14-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação do §5º à Lei Complementar 053/2016, que estabelece a base de cálculo do Imposto de Transmissão de Bens Imóveis - ITBI em casos de aquisição originária de propriedade, e dá outras providências."</t>
   </si>
   <si>
     <t>3104</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3104/plc_no17-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3104/plc_no17-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Reforma Administrativa, Estrutural e Funcional da Prefeitura Municipal de São Francisco do Guaporé, RO, e dá outras providências".</t>
   </si>
   <si>
     <t>3105</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3105/plc_no18-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3105/plc_no18-2024.pdf</t>
   </si>
   <si>
     <t>“Altera o Anexo I, Anexo III e IV da Lei Complementar Municipal nº.65/2019, e dá outras providências”.</t>
   </si>
   <si>
     <t>2868</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2868/pdl_no.01-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2868/pdl_no.01-2024.pdf</t>
   </si>
   <si>
     <t>Aprova as contas do Município de São Francisco do Guaporé-RO, exercício financeira de 2022.</t>
   </si>
   <si>
     <t>3094</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3094/pdl_n.02-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3094/pdl_n.02-2024.pdf</t>
   </si>
   <si>
     <t>"Altera a data da realização da Sessão Solene de Instalação para a posse do Prefeito, Vice-Prefeito e Vereadores, bem como autoriza, excepcionalmente, a sua realização fora da Sede do Poder Legislativo Municipal."</t>
   </si>
   <si>
     <t>3108</t>
   </si>
   <si>
     <t>Gabinete da Presidência - GABPRE</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3108/pdl_n.03-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3108/pdl_n.03-2024.pdf</t>
   </si>
   <si>
     <t>"Aprova as Contas de Governo do Município de São Francisco do Guaporé/RO, exercício financeiro de 2023."</t>
   </si>
   <si>
     <t>2843</t>
   </si>
   <si>
     <t>PRL</t>
   </si>
   <si>
     <t>Projeto de Resolução Legislativa</t>
   </si>
   <si>
     <t>“Regulamenta no âmbito da Câmara Municipal de São Francisco do Guaporé, Procedimentos Administrativos referente a Folha de Pagamento e da outras providências”.</t>
   </si>
   <si>
     <t>3018</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3018/prl_no.02-2024_2.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3018/prl_no.02-2024_2.pdf</t>
   </si>
   <si>
     <t>"Altera o horário das Sessões Ordinárias da Câmara Municipal de São Francisco do Guaporé/RO".</t>
   </si>
   <si>
     <t>3037</t>
   </si>
   <si>
     <t>“Dispõe sobre o Regimento Interno da Câmara Municipal de São Francisco do Guaporé, em sua reformulação”.</t>
   </si>
   <si>
     <t>3062</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3062/resolucao_legislativa_004-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3062/resolucao_legislativa_004-2024.pdf</t>
   </si>
   <si>
     <t>“Altera o Inciso V do Art. 2º, da Resolução Legislativa nº.02/2019”.</t>
   </si>
   <si>
     <t>3093</t>
   </si>
   <si>
     <t>"Altera o Art. 7º do Regimento Interno da Câmara Municipal de São Francisco do Guaporé/RO."</t>
   </si>
   <si>
     <t>3110</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3110/prl_no.06-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3110/prl_no.06-2024.pdf</t>
   </si>
   <si>
     <t>“Altera o § 1º do Art. 190, da Resolução Legislativa nº.03/2024 – Regimento Interno”.</t>
   </si>
   <si>
     <t>3076</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Proposta de Emenda à lei Orgânica Municipal</t>
   </si>
   <si>
     <t>Edison Crispin, Marluci Gabriel, Pastor Eber Lopes, Zé da Máquina</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3076/proposta_de_emenda_a_lei_organica__n.001-2024_-_reformulacao.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3076/proposta_de_emenda_a_lei_organica__n.001-2024_-_reformulacao.pdf</t>
   </si>
   <si>
     <t>“Reformulação da Lei Orgânica do Município de São Francisco do Guaporé/RO, e dá outras providências”.</t>
   </si>
   <si>
     <t>3109</t>
   </si>
   <si>
     <t>VET</t>
   </si>
   <si>
     <t>Veto Municipal</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3109/veto_municipal_n01-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3109/veto_municipal_n01-2024.pdf</t>
   </si>
   <si>
     <t>Veto total ao Projeto de Lei Complementar nº.018/2024, de autoria da Câmara Municipal  de Vereadores, que altera a remuneração dos cargos comissionados.</t>
   </si>
   <si>
     <t>2805</t>
   </si>
   <si>
     <t>EAPL</t>
   </si>
   <si>
     <t>Emenda Aditiva</t>
   </si>
   <si>
     <t>Cidão Venâncio, Cirção, Geferson dos Santos, Marluci Gabriel</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2805/emenda_aditiva_no.001-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2805/emenda_aditiva_no.001-2024.pdf</t>
   </si>
   <si>
     <t>Aditiva ao Anexo I, do Projeto de Lei nº.033/2024, inclui os cargos de Auditor, Controle Interno e Contador Geral.</t>
   </si>
   <si>
     <t>2851</t>
   </si>
   <si>
     <t>EMPL</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
     <t>Pastor Eber Lopes, Braz Carlos Correia, Edison Crispin, Flavio Carequinha, Marluci Gabriel, Zé da Máquina</t>
   </si>
   <si>
     <t>Modifica o Art. 2º do Projeto de Lei nº.51/2024:“Art. 2º Terá a SUBSEÇÃO  da OAB/RO de São Francisco do Guaporé e Costa Marques prazo de 5(cinco) anos para edificação de sua sede, podendo por conveniência interesse do Poder Executivo este prazo ser prorrogado”.</t>
   </si>
   <si>
     <t>3082</t>
   </si>
   <si>
     <t>Braz Carlos Correia, Edison Crispin, Flavio Carequinha, Ozias Santos</t>
   </si>
@@ -4044,329 +4044,329 @@
   <si>
     <t>3083</t>
   </si>
   <si>
     <t>ESPL</t>
   </si>
   <si>
     <t>Emenda Substitutiva</t>
   </si>
   <si>
     <t>“Altera o artigo 31 inciso VI e artigo 35 parágrafo único da Lei Municipal nº 1555/2018 que dispõe sobre a Gestão Democrática na Rede Pública Municipal de Ensino de São Francisco do Guaporé/RO”.</t>
   </si>
   <si>
     <t>2806</t>
   </si>
   <si>
     <t>ESUPL</t>
   </si>
   <si>
     <t>Emenda Supressiva</t>
   </si>
   <si>
     <t>Braz Carlos Correia, Edison Crispin, Flavio Carequinha, Hermes Bordignon, Ozias Santos</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2806/emenda_supressiva_no.001-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2806/emenda_supressiva_no.001-2024.pdf</t>
   </si>
   <si>
     <t>Suprime Art. 3º, que está acrescentando o §15 ao art. 1º da Lei Municipal nº.1.996, de 20 de junho de 2022, aonde está incluindo:_x000D_
 _x000D_
 		“§15 – Quando os conselheiros estiverem em deslocamento fora do Município e dentro das regras desta lei e dos anexos a esta lei, um dos conselheiros perceberá indenização de diárias em dobro, sendo esta que parcela a maior servirá para custear as despesas para manutenção da dignidade do menor(es) sob os seus cuidados, devendo tudo isso ser reduzido a termo e encartado em autos.”</t>
   </si>
   <si>
     <t>3084</t>
   </si>
   <si>
     <t>Suprime o inciso §3 que está no Art. 31º, está incluindo:“§3 – O processo de seleção será conduzido pela competente Comissão de Avaliação das unidades escolares que ao final formulário lista tríplice contendo os nomes dos 03(três) candidatos  melhor avaliados, em ato seguinte serão submetidos ao Prefeito Municipal para escolha e designação, por fim submetidos a eleições pela comunidade escolar.</t>
   </si>
   <si>
     <t>3112</t>
   </si>
   <si>
     <t>EI</t>
   </si>
   <si>
     <t>Emenda Impositiva</t>
   </si>
   <si>
     <t>Alan Siqueira, Braz Carlos Correia, Cidão Venâncio, Edison Crispin, Marluci Gabriel, Ozias Santos, Pastor Eber Lopes</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3112/emenda_impositiva_01-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3112/emenda_impositiva_01-2024.pdf</t>
   </si>
   <si>
     <t>Emenda Aglutinada em favor da Associação Meu Mundo Azul no Vale do Guaporé - AMMA, Cnpj: 13.764.682/0001-50, no valor de R$ 437.364,36.</t>
   </si>
   <si>
     <t>3113</t>
   </si>
   <si>
     <t>Alan Siqueira</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3113/emenda_impositiva_02-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3113/emenda_impositiva_02-2024.pdf</t>
   </si>
   <si>
     <t>Emenda em favor da Associação dos Pequenos Produtores Rurais União e Trabalho Assentamento Sagrada Família, Cnpj: 02.254.673/0001-01, no valor de R$ 84.941,09.</t>
   </si>
   <si>
     <t>3114</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3114/emenda_impositiva_03-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3114/emenda_impositiva_03-2024.pdf</t>
   </si>
   <si>
     <t>Emenda em favor da Associação dos Pequenos Produtores Rurais Terra Firme - ASTEF, Cnpj: 07.469.441/0001-86, no valor de R$ 40.000,00.</t>
   </si>
   <si>
     <t>3115</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3115/emenda_impositiva_04-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3115/emenda_impositiva_04-2024.pdf</t>
   </si>
   <si>
     <t>Emenda em favor da Secretaria Municipal de Esporte e Lazer, no valor de R$ 60.000,00.</t>
   </si>
   <si>
     <t>3116</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3116/emenda_impositiva_05-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3116/emenda_impositiva_05-2024.pdf</t>
   </si>
   <si>
     <t>Emenda em favor da Secretaria Municipal de Meio Ambiente e Turismo, no valor de R$  31.841,09.</t>
   </si>
   <si>
     <t>3117</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3117/emenda_impositiva_06-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3117/emenda_impositiva_06-2024.pdf</t>
   </si>
   <si>
     <t>Emenda em favor da Associação dos Pequenos Produtores Rurais do Vale do Rio São Miguel, Cnpj: 30.534.658/0001-44, no valor de R$ 6.900,00.</t>
   </si>
   <si>
     <t>3118</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3118/emenda_impositiva_07-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3118/emenda_impositiva_07-2024.pdf</t>
   </si>
   <si>
     <t>Emenda em favor da Secretaria Municipal de Saúde, no valor de R$ 40.000,00.</t>
   </si>
   <si>
     <t>3119</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3119/emenda_impositiva_08-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3119/emenda_impositiva_08-2024.pdf</t>
   </si>
   <si>
     <t>Emenda em favor da Secretaria Municipal de Saúde, no valor de R$ 25.000,00.</t>
   </si>
   <si>
     <t>3120</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3120/emenda_impositiva_09-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3120/emenda_impositiva_09-2024.pdf</t>
   </si>
   <si>
     <t>Emenda em favor da Secretaria Municipal de Saúde, no valor de R$ 16.841,09.</t>
   </si>
   <si>
     <t>3121</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3121/emenda_impositiva_10-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3121/emenda_impositiva_10-2024.pdf</t>
   </si>
   <si>
     <t>Emenda em favor da Secretaria Municipal de Agricultura, Meio Ambiente e Urbanismo, no valor de R$ 91.841,09.</t>
   </si>
   <si>
     <t>3122</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3122/emenda_impositiva_11-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3122/emenda_impositiva_11-2024.pdf</t>
   </si>
   <si>
     <t>3123</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3123/emenda_impositiva_12-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3123/emenda_impositiva_12-2024.pdf</t>
   </si>
   <si>
     <t>Emenda em favor da Associação Beneficente Evangélica Ministério Madureira, Cnpj: 08.175.913/0001-50, no valor de R$ 101.841.,09</t>
   </si>
   <si>
     <t>3124</t>
   </si>
   <si>
     <t>Alan Siqueira, Cidão Venâncio, Flavio Carequinha</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3124/emenda_impositiva_013-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3124/emenda_impositiva_013-2024.pdf</t>
   </si>
   <si>
     <t>Emenda em favor da Secretaria Municipal de Meio Ambiente e Turismo, no valor de R$ 158.523,27.</t>
   </si>
   <si>
     <t>3125</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3125/emenda_impositiva_014-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3125/emenda_impositiva_014-2024.pdf</t>
   </si>
   <si>
     <t>Emenda em favor da Secretaria Municipal de Meio Ambiente e Turismo, no valor de R$ 31.841,09.</t>
   </si>
   <si>
     <t>3126</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3126/emenda_impositiva_015-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3126/emenda_impositiva_015-2024.pdf</t>
   </si>
   <si>
     <t>Emenda em favor da Secretaria Municipal de Saúde, no valor de R$ 91.841,09.</t>
   </si>
   <si>
     <t>3127</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3127/emenda_impositiva_016-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3127/emenda_impositiva_016-2024.pdf</t>
   </si>
   <si>
     <t>3128</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3128/emenda_impositiva_017-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3128/emenda_impositiva_017-2024.pdf</t>
   </si>
   <si>
     <t>Emenda em favor da Secretaria Municipal de Esporte e Lazer, no valor de R$ 91.841,09.</t>
   </si>
   <si>
     <t>3129</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3129/emenda_impositiva_018-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3129/emenda_impositiva_018-2024.pdf</t>
   </si>
   <si>
     <t>Emenda em favor da Associação dos Pequenos Produtores Rurais do Vale do Rio São Miguel, Cnpj: 30.534.658/0001-44, no valor de R$ 10.000,00.</t>
   </si>
   <si>
     <t>3130</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3130/emenda_impositiva_019-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3130/emenda_impositiva_019-2024.pdf</t>
   </si>
   <si>
     <t>Emenda em favor da Associação dos Pequenos Produtores Rurais Terra Firme - ASTEF, Cnpj: 07.469.441/0001-86, no valor de R$ 10.000,00.</t>
   </si>
   <si>
     <t>3131</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3131/emenda_impositiva_020-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3131/emenda_impositiva_020-2024.pdf</t>
   </si>
   <si>
     <t>Emenda em favor da Secretaria Municipal de Saúde, no valor de R$ 71.841,09.</t>
   </si>
   <si>
     <t>3132</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3132/emenda_impositiva_021-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3132/emenda_impositiva_021-2024.pdf</t>
   </si>
   <si>
     <t>Emenda em favor da Secretaria Municipal de Meio Ambiente e Turismo, no valor de R$ 36.841,09.</t>
   </si>
   <si>
     <t>3133</t>
   </si>
   <si>
     <t>Marluci Gabriel, Pastor Eber Lopes</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3133/emenda_impositiva_022-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3133/emenda_impositiva_022-2024.pdf</t>
   </si>
   <si>
     <t>Emenda em favor da Liga de Desporto de São Francisco do Guaporé, no valor de R$ 76.841,09.</t>
   </si>
   <si>
     <t>3134</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3134/emenda_impositiva_023-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3134/emenda_impositiva_023-2024.pdf</t>
   </si>
   <si>
     <t>Emenda em favor da Associação Comunitária Quilombola e Ecológica do Vale do Guaporé - ECOVALE, Cnpj: 08.987.818/0001-51, no valor de R$ 10.000,00.</t>
   </si>
   <si>
     <t>3135</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3135/emenda_impositiva_024-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3135/emenda_impositiva_024-2024.pdf</t>
   </si>
   <si>
     <t>Emenda em favor Instituto Associação Fênix de Karatê, Cnpj: 22.276.556/0001-48, no valor de R$ 10.000,00.</t>
   </si>
   <si>
     <t>3136</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3136/emenda_impositiva_025-2024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3136/emenda_impositiva_025-2024.pdf</t>
   </si>
   <si>
     <t>Emenda em favor da Associação de Remanescente de Quilombos de Santo Antônio do Guaporé, Cnpj: 11.408.576/0001-09, no valor de R$ 10.000,00.</t>
   </si>
   <si>
     <t>2792</t>
   </si>
   <si>
     <t>PRES</t>
   </si>
   <si>
-    <t>PRESTAÇÃO DE CONTAS</t>
-[...2 lines deleted...]
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2792/prestacao_de_contas_2022.pdf</t>
+    <t>Prestação de Contas</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2792/prestacao_de_contas_2022.pdf</t>
   </si>
   <si>
     <t>Prestação de Contas do exercício de 2022, do Poder Executivo do Município de São Francisco do Guaporé/RO, de responsabilidade do Prefeito Municipal Alcino Bilac Machado.</t>
   </si>
   <si>
     <t>2870</t>
   </si>
   <si>
     <t>PAD</t>
   </si>
   <si>
     <t>Processo de Apuração de Denúncia</t>
   </si>
   <si>
     <t>Gabinete do Vereador - GBV</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2870/denuncia_-_pr_eber_lopes.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2870/denuncia_-_pr_eber_lopes.pdf</t>
   </si>
   <si>
     <t>Denuncia formulada contra o Vereador Pastor Eber Lopes Reis, pelo Senhor Tiago Neves Caranhato que alega que foi vítima de homofobia e intolerância religiosa durante o processo de candidatura para o cargo de Conselheiro Tutelar.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -4673,67 +4673,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2866/indicacao_n.01-2024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2869/indicacao_n.02-2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2871/indicacao_n.03-2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2872/indicacao_n.04-2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2960/indicacao_n.07-2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2961/indicacao_n.08-2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2734/requerimento_01-2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2735/requerimento_02-2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2736/requerimento_03-2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2737/requerimento_04-2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2738/requerimento_05-2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2739/requerimento_06-2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2740/requerimento_07-2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2741/requerimento_08-2024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2742/requerimento_09-2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2743/requerimento_10-2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2744/requerimento_11-2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2745/requerimento_12-2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2746/requerimento_13-2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2747/pl_no.14-2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2763/pl_no.15-2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2764/requerimento_16-2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2765/requerimento_17-2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2766/requerimento_18-2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2768/requerimento_19-2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2769/requerimento_20-2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2776/requerimento_n.21-2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2791/requerimento_no.023-2024-geferson.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2803/requerimento_n.24-2024.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2804/requerimento_n.25-2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2807/requerimento_n.26-2024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2808/requerimento_n.27-2024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2809/requerimento_n.28-2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2810/requerimento_29-2024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2813/requerimento_n.30-2024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2814/requerimento_n.31-2024.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2815/requerimento_n.32-2024.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2816/requerimento_n.33-2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2817/requerimento_n.34-2024.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2819/requerimento_n.35-2024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2825/requerimento_n.36-2024.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2826/requerimento_n.37-2024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2831/requerimento_n.38-2024.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2832/requerimento_n.39-2024.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2833/requerimento_n.40-2024.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2834/requerimento_n.41-2024.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2835/requerimento_n.42-2024.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2836/requerimento_n.43-2024.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2837/requerimento_n.44-2024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2838/requerimento_n.45-2024.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2840/requerimento_n.46-2024.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2844/pl_no.47-2024.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2845/pl_no.48-2024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2846/pl_no.49-2024.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2847/pl_no.50-2024.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2848/requerimento_n.51-2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2855/requerimento_n.52-2024.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2856/requerimento_n.53-2024.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2857/requerimento_n.54-2024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2859/requerimento_n.55-2024.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2860/requerimento_n.56-2024.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2861/requerimento_n.57-2024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2862/requerimento_n.58-2024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2863/requerimento_n.59-2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2864/requerimento_n.60-2024.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2865/requerimento_n.61-2024.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2867/requerimento_n.62-2024.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2876/requerimento_n.63-2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2884/requerimento_n.64-2024.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2885/requerimento_n.65-2024.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2886/requerimento_n.66-2024.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2887/requerimento_n.67-2024.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2892/requerimento_n.68-2024.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2893/requerimento_n.69-2024.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2895/requerimento_n.71-2024.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2897/requerimento_n.72-2024.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2902/requerimento_n.74-2024.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2903/requerimento_n.75-2024.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2904/requerimento_n.76-2024.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2905/requerimento_n.77-2024.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2906/requerimento_n.78-2024.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2907/requerimento_n.79-2024.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2910/requerimento_80_2024.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2911/requerimento_n.81-2024.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2916/requerimento_n.82-2024.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2917/requerimento_n.83-2024.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2918/requerimento_n.84-2024.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2923/requerimento_n_85-2024_2.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2924/requerimento_n.86-2024.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2925/requerimento_n_87-2024.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2926/requerimento_n.88-2024.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2930/requerimento_n.89-2024.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2931/requerimento_n.90-2024.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2932/requerimento_n.91-2024.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2933/requerimento_n.92-2024.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2934/requerimento_n.93-2024.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2935/requerimento_n.94-2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2936/requerimento_n.95-2024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2937/requerimento_n.96-2024.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2939/requerimento_n.97-2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2943/requerimento_n.98-2024.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2945/requerimento_n.99-2024.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2947/requerimento_n.100-2024.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2948/requerimento_n.101-2024.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2949/requerimento_n.102-2024.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2955/requerimento_n.103-2024.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2965/requerimento_n.105-2024.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2993/requerimento_n.106-2024.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2996/requerimento_n.107-2024.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2997/requerimento_n.108-2024.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2998/requerimento_n.109-2024.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2999/requerimento_n.110-2024.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3001/requerimento_n.111-2024.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3002/requerimento_n.112-2024.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3003/requerimento_n.113-2024.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3004/requerimento_no.114-2024-geferson.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3005/requerimento_n.115-2024.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3008/requerimento_n.116-2024.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3009/requerimento_n.117-2024.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3010/requerimento_n.118-2024.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3011/requerimento_n.119-2024.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3012/requerimento_n.120-2024.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3013/requerimento_n.121-2024.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3019/requerimento_n.122-2024.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3033/requerimento_n.127-2024.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3038/requerimento_n.128-2024.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3039/requerimento_n.129-2024.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3049/requerimento_n.130-2024.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3050/requerimento_n.131-2024.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3058/requerimento_n.132-2024.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3059/requerimento_n.133-2024.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3060/requerimento_n.134-2024.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3061/requerimento_n.135-2024.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3064/requerimento_n.136-2024.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3065/requerimento_n.137-2024.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3066/requerimento_n.138-2024.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3067/requerimento_n.139-2024.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3068/requerimento_n.140-2024.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3071/requerimento_n.141-2024.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3072/requerimento_n.142-2024.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3077/requerimento_n.143-2024.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3085/requerimento_no_147-2024_ozias.doc" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3092/requerimento_no._148-2024.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2915/mocao_n.001-2024.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2812/anteprojeto_de_lei_n.001-2024_-_ozias_e_circao.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2873/apl_n.002-2024.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2890/apl_n.002-2024.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2913/apl_n.004-2024.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3095/apl_no.05-2024.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2732/projeto_de_lei_01-2024.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2750/pl_no.02-2024.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2753/pl_no.03-2024.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2758/pl_no.04-2024.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2761/pl_no.05-2024.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2767/pl_no.06-2024.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2748/pl_no.07-2024.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2749/pl_no.08-2024.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2751/pl_no.09-2024.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2752/pl_no.10-2024.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2754/pl_no.11-2024.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2755/pl_no.12-2024.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2756/pl_no.13-2024.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2757/pl_no.14-2024.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2759/pl_no.15-2024.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2760/pl_no.16-2024.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2770/pl_no.17-2024.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2771/pl_no.18-2024.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2772/pl_no.19-2024.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2773/pl_no.20-2024.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2774/pl_no.21-2024.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2775/pl_no.22-2024.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2777/pl_no.23-2024.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2778/pl_no.24-2024.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2779/pl_no.25-2024.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2780/pl_no.26-2024.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2783/pl_no.27-2024.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2784/pl_no.28-2024.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2785/pl_no.29-2024.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2786/pl_no.30-2024.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2787/pl_no.31-2024.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2788/pl_no.32-2024.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2789/pl_no.33-2024.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2793/pl_no.34-2024.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2794/pl_no.35-2024.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2795/pl_no.36-2024.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2796/pl_no.37-2024.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2797/pl_no.38-2024.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2798/pl_no.39-2024.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2799/pl_no.40-2024.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2800/pl_no.41-2024.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2801/pl_no.42-2024.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2802/pl_no.43-2024.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2811/pl_no.44-2024.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2818/pl_no.45-2024.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2827/pl_no.46-2024.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2828/pl_no.47-2024.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2829/pl_no.48-2024.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2830/pl_no.49-2024.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2842/pl_no.50-2024.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2850/pl_no.51-2024.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2852/pl_no.52-2024.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2853/pl_no.53-2024.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2854/pl_no.54-2024.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2858/pl_no.055-2024.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2874/pl_no.56-2024.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2875/pl_no.57-2024.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2877/pl_no.58-2024.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2878/pl_no.59-2024.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2879/pl_no.60-2024.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2880/pl_no.61-2024.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2881/pl_no.62-2024.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2882/pl_no.63-2024.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2883/pl_no.64-2024.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2889/pl_no.65-2024.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2896/pl_no.66-2024.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2899/pl_no.67-2024.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2900/pl_no.68-2024.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2901/pl_no.69-2024.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2909/pl_no.70-2024.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2914/projeto_de_lei_071-2024.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2919/pl_no.72-2024.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2920/pl_no.73-2024.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2921/pl_no.74-2024.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2922/pl_no.75-2024.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2927/pl_no.76-2024.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2928/pl_no.77-2024.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2929/pl_no.78-2024.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2938/pl_no.79-2024.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2940/pl_no.80-2024.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2941/pl_no.81-2024.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2942/pl_no.82-2024.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2944/projeto_de_lei_083-2024.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2946/pl_no.84-2024.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2950/pl_no.85-2024.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2951/pl_no.86-2024.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2952/pl_no.87-2024.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2953/pl_no.88-2024.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2954/pl_no.89-2024.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2957/pl_no.90-2024.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2958/pl_no.91-2024.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2959/pl_no.92-2024.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2962/pl_no.93-2024.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2963/pl_no.94-2024.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2964/pl_no.95-2024.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2966/pl_no.96-2024.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2968/pl_no.97-2024.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2969/pl_no.098-2024.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2970/pl_no.99-2024.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2971/pl_no.100-2024.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2972/pl_no.101-2024.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2973/pl_no.102-2024.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2974/pl_no.103-2024.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2975/pl_no.104-2024.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2976/pl_no.105-2024.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2977/pl_no.106-2024.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2978/pl_no.107-2024.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2979/pl_no.108-2024.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2980/pl_no.109-2024.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2981/pl_no.110-2024.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2982/pl_no.111-2024.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2983/pl_no.112-2024.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2984/pl_no.113-2024.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2985/pl_no.114-2024.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2986/pl_no.115-2024.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2987/pl_no.116-2024.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2988/pl_no.117-2024.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2989/pl_no.118-2024.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2990/pl_no.119-2024.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2991/pl_no.120-2024.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2992/pl_no.121-2024.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2994/pl_no.122-2024.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2995/pl_no.123-2024.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3000/pl_no.124-2024.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3014/pl_no.125-2024.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3015/pl_no.126-2024.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3016/pl_no.127-2024.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3017/pl_no.128-2024.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3020/pl_no.129-2024.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3021/pl_no.130-2024.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3022/pl_no.131-2024.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3023/projeto_de_lei_-_plantoes_2024.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3029/pl_no.133-2024.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3030/pl_no.134-2024_e_anexo.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3031/pl_no.135-2024.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3032/pl_no.136-2024.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3034/pl_no.137-2024.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3035/pl_no.138-2024.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3036/pl_no.139-2024.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3040/pl_no.140-2024.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3041/pl_no.141-2024.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3042/pl_no.142-2024.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3043/pl_no.143-2024.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3044/pl_no.144-2024.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3045/pl_no.145-2024_-_prova_de_laco.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3046/pl_no.146-2024.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3047/pl_no.147-2024.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3048/pl_no.148-2024.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3051/pl_no.149-2024.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3052/pl_no.150-2024.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3053/pl_no.151-2024.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3054/pl_no.152-2024.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3055/pl_no.153-2024.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3056/pl_no.154-2024.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3057/pl_no.155-2024.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3069/pl_no.156-2024.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3070/pl_no.157-2024.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3073/pl_no.158-2024.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3074/pl_no.159-2024.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3075/pl_no.160-2024.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3078/pl_no.161-2024.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3086/pl_no._162-2024.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3087/pl_no.163-2024.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3088/pl_no._164-2024.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3089/pl_no._165-2024.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3090/pl_no._166-2024.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3091/pl_no._167-2024.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3096/pl_no.168-2024.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3097/pl_no.169-2024.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3098/pl_no.170-2024.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3099/pl_no.171-2024.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3100/pl_no.172-2024.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3101/pl_no.173-2024.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3102/pl_no.174-2024.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3103/pl_no.175-2024.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3107/pl_no.176-2024.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2733/plc_no.01-2024.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2781/plc_no.02-2024.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2782/plc_no.03-2024.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2820/plc_no.04-2024.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2821/plc_no.05-2024.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2822/plc_no.06-2024.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2823/plc_no.07-2024.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2824/plc_no.08-2024.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2839/plc_no.09-2024.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2841/plc_no.10-2024.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2849/plc_no.11-2024.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2908/plc_no.12-2024.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2967/plc_no.13-2024.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3007/plc_no.15-2024.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3063/plc_no14-2024.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3104/plc_no17-2024.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3105/plc_no18-2024.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2868/pdl_no.01-2024.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3094/pdl_n.02-2024.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3108/pdl_n.03-2024.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3018/prl_no.02-2024_2.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3062/resolucao_legislativa_004-2024.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3110/prl_no.06-2024.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3076/proposta_de_emenda_a_lei_organica__n.001-2024_-_reformulacao.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3109/veto_municipal_n01-2024.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2805/emenda_aditiva_no.001-2024.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2806/emenda_supressiva_no.001-2024.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3112/emenda_impositiva_01-2024.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3113/emenda_impositiva_02-2024.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3114/emenda_impositiva_03-2024.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3115/emenda_impositiva_04-2024.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3116/emenda_impositiva_05-2024.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3117/emenda_impositiva_06-2024.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3118/emenda_impositiva_07-2024.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3119/emenda_impositiva_08-2024.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3120/emenda_impositiva_09-2024.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3121/emenda_impositiva_10-2024.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3122/emenda_impositiva_11-2024.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3123/emenda_impositiva_12-2024.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3124/emenda_impositiva_013-2024.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3125/emenda_impositiva_014-2024.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3126/emenda_impositiva_015-2024.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3127/emenda_impositiva_016-2024.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3128/emenda_impositiva_017-2024.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3129/emenda_impositiva_018-2024.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3130/emenda_impositiva_019-2024.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3131/emenda_impositiva_020-2024.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3132/emenda_impositiva_021-2024.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3133/emenda_impositiva_022-2024.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3134/emenda_impositiva_023-2024.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3135/emenda_impositiva_024-2024.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3136/emenda_impositiva_025-2024.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2792/prestacao_de_contas_2022.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2870/denuncia_-_pr_eber_lopes.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2866/indicacao_n.01-2024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2869/indicacao_n.02-2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2871/indicacao_n.03-2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2872/indicacao_n.04-2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2960/indicacao_n.07-2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2961/indicacao_n.08-2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2734/requerimento_01-2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2735/requerimento_02-2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2736/requerimento_03-2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2737/requerimento_04-2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2738/requerimento_05-2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2739/requerimento_06-2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2740/requerimento_07-2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2741/requerimento_08-2024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2742/requerimento_09-2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2743/requerimento_10-2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2744/requerimento_11-2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2745/requerimento_12-2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2746/requerimento_13-2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2747/pl_no.14-2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2763/pl_no.15-2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2764/requerimento_16-2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2765/requerimento_17-2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2766/requerimento_18-2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2768/requerimento_19-2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2769/requerimento_20-2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2776/requerimento_n.21-2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2791/requerimento_no.023-2024-geferson.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2803/requerimento_n.24-2024.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2804/requerimento_n.25-2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2807/requerimento_n.26-2024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2808/requerimento_n.27-2024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2809/requerimento_n.28-2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2810/requerimento_29-2024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2813/requerimento_n.30-2024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2814/requerimento_n.31-2024.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2815/requerimento_n.32-2024.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2816/requerimento_n.33-2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2817/requerimento_n.34-2024.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2819/requerimento_n.35-2024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2825/requerimento_n.36-2024.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2826/requerimento_n.37-2024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2831/requerimento_n.38-2024.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2832/requerimento_n.39-2024.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2833/requerimento_n.40-2024.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2834/requerimento_n.41-2024.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2835/requerimento_n.42-2024.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2836/requerimento_n.43-2024.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2837/requerimento_n.44-2024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2838/requerimento_n.45-2024.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2840/requerimento_n.46-2024.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2844/pl_no.47-2024.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2845/pl_no.48-2024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2846/pl_no.49-2024.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2847/pl_no.50-2024.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2848/requerimento_n.51-2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2855/requerimento_n.52-2024.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2856/requerimento_n.53-2024.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2857/requerimento_n.54-2024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2859/requerimento_n.55-2024.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2860/requerimento_n.56-2024.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2861/requerimento_n.57-2024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2862/requerimento_n.58-2024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2863/requerimento_n.59-2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2864/requerimento_n.60-2024.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2865/requerimento_n.61-2024.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2867/requerimento_n.62-2024.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2876/requerimento_n.63-2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2884/requerimento_n.64-2024.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2885/requerimento_n.65-2024.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2886/requerimento_n.66-2024.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2887/requerimento_n.67-2024.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2892/requerimento_n.68-2024.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2893/requerimento_n.69-2024.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2895/requerimento_n.71-2024.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2897/requerimento_n.72-2024.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2902/requerimento_n.74-2024.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2903/requerimento_n.75-2024.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2904/requerimento_n.76-2024.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2905/requerimento_n.77-2024.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2906/requerimento_n.78-2024.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2907/requerimento_n.79-2024.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2910/requerimento_80_2024.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2911/requerimento_n.81-2024.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2916/requerimento_n.82-2024.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2917/requerimento_n.83-2024.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2918/requerimento_n.84-2024.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2923/requerimento_n_85-2024_2.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2924/requerimento_n.86-2024.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2925/requerimento_n_87-2024.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2926/requerimento_n.88-2024.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2930/requerimento_n.89-2024.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2931/requerimento_n.90-2024.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2932/requerimento_n.91-2024.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2933/requerimento_n.92-2024.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2934/requerimento_n.93-2024.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2935/requerimento_n.94-2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2936/requerimento_n.95-2024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2937/requerimento_n.96-2024.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2939/requerimento_n.97-2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2943/requerimento_n.98-2024.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2945/requerimento_n.99-2024.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2947/requerimento_n.100-2024.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2948/requerimento_n.101-2024.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2949/requerimento_n.102-2024.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2955/requerimento_n.103-2024.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2965/requerimento_n.105-2024.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2993/requerimento_n.106-2024.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2996/requerimento_n.107-2024.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2997/requerimento_n.108-2024.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2998/requerimento_n.109-2024.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2999/requerimento_n.110-2024.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3001/requerimento_n.111-2024.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3002/requerimento_n.112-2024.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3003/requerimento_n.113-2024.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3004/requerimento_no.114-2024-geferson.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3005/requerimento_n.115-2024.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3008/requerimento_n.116-2024.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3009/requerimento_n.117-2024.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3010/requerimento_n.118-2024.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3011/requerimento_n.119-2024.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3012/requerimento_n.120-2024.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3013/requerimento_n.121-2024.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3019/requerimento_n.122-2024.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3033/requerimento_n.127-2024.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3038/requerimento_n.128-2024.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3039/requerimento_n.129-2024.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3049/requerimento_n.130-2024.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3050/requerimento_n.131-2024.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3058/requerimento_n.132-2024.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3059/requerimento_n.133-2024.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3060/requerimento_n.134-2024.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3061/requerimento_n.135-2024.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3064/requerimento_n.136-2024.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3065/requerimento_n.137-2024.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3066/requerimento_n.138-2024.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3067/requerimento_n.139-2024.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3068/requerimento_n.140-2024.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3071/requerimento_n.141-2024.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3072/requerimento_n.142-2024.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3077/requerimento_n.143-2024.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3085/requerimento_no_147-2024_ozias.doc" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3092/requerimento_no._148-2024.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2915/mocao_n.001-2024.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2812/anteprojeto_de_lei_n.001-2024_-_ozias_e_circao.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2873/apl_n.002-2024.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2890/apl_n.002-2024.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2913/apl_n.004-2024.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3095/apl_no.05-2024.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2732/projeto_de_lei_01-2024.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2750/pl_no.02-2024.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2753/pl_no.03-2024.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2758/pl_no.04-2024.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2761/pl_no.05-2024.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2767/pl_no.06-2024.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2748/pl_no.07-2024.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2749/pl_no.08-2024.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2751/pl_no.09-2024.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2752/pl_no.10-2024.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2754/pl_no.11-2024.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2755/pl_no.12-2024.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2756/pl_no.13-2024.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2757/pl_no.14-2024.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2759/pl_no.15-2024.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2760/pl_no.16-2024.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2770/pl_no.17-2024.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2771/pl_no.18-2024.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2772/pl_no.19-2024.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2773/pl_no.20-2024.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2774/pl_no.21-2024.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2775/pl_no.22-2024.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2777/pl_no.23-2024.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2778/pl_no.24-2024.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2779/pl_no.25-2024.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2780/pl_no.26-2024.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2783/pl_no.27-2024.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2784/pl_no.28-2024.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2785/pl_no.29-2024.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2786/pl_no.30-2024.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2787/pl_no.31-2024.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2788/pl_no.32-2024.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2789/pl_no.33-2024.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2793/pl_no.34-2024.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2794/pl_no.35-2024.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2795/pl_no.36-2024.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2796/pl_no.37-2024.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2797/pl_no.38-2024.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2798/pl_no.39-2024.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2799/pl_no.40-2024.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2800/pl_no.41-2024.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2801/pl_no.42-2024.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2802/pl_no.43-2024.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2811/pl_no.44-2024.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2818/pl_no.45-2024.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2827/pl_no.46-2024.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2828/pl_no.47-2024.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2829/pl_no.48-2024.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2830/pl_no.49-2024.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2842/pl_no.50-2024.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2850/pl_no.51-2024.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2852/pl_no.52-2024.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2853/pl_no.53-2024.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2854/pl_no.54-2024.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2858/pl_no.055-2024.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2874/pl_no.56-2024.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2875/pl_no.57-2024.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2877/pl_no.58-2024.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2878/pl_no.59-2024.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2879/pl_no.60-2024.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2880/pl_no.61-2024.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2881/pl_no.62-2024.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2882/pl_no.63-2024.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2883/pl_no.64-2024.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2889/pl_no.65-2024.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2896/pl_no.66-2024.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2899/pl_no.67-2024.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2900/pl_no.68-2024.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2901/pl_no.69-2024.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2909/pl_no.70-2024.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2914/projeto_de_lei_071-2024.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2919/pl_no.72-2024.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2920/pl_no.73-2024.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2921/pl_no.74-2024.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2922/pl_no.75-2024.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2927/pl_no.76-2024.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2928/pl_no.77-2024.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2929/pl_no.78-2024.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2938/pl_no.79-2024.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2940/pl_no.80-2024.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2941/pl_no.81-2024.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2942/pl_no.82-2024.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2944/projeto_de_lei_083-2024.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2946/pl_no.84-2024.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2950/pl_no.85-2024.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2951/pl_no.86-2024.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2952/pl_no.87-2024.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2953/pl_no.88-2024.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2954/pl_no.89-2024.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2957/pl_no.90-2024.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2958/pl_no.91-2024.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2959/pl_no.92-2024.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2962/pl_no.93-2024.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2963/pl_no.94-2024.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2964/pl_no.95-2024.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2966/pl_no.96-2024.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2968/pl_no.97-2024.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2969/pl_no.098-2024.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2970/pl_no.99-2024.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2971/pl_no.100-2024.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2972/pl_no.101-2024.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2973/pl_no.102-2024.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2974/pl_no.103-2024.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2975/pl_no.104-2024.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2976/pl_no.105-2024.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2977/pl_no.106-2024.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2978/pl_no.107-2024.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2979/pl_no.108-2024.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2980/pl_no.109-2024.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2981/pl_no.110-2024.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2982/pl_no.111-2024.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2983/pl_no.112-2024.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2984/pl_no.113-2024.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2985/pl_no.114-2024.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2986/pl_no.115-2024.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2987/pl_no.116-2024.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2988/pl_no.117-2024.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2989/pl_no.118-2024.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2990/pl_no.119-2024.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2991/pl_no.120-2024.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2992/pl_no.121-2024.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2994/pl_no.122-2024.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2995/pl_no.123-2024.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3000/pl_no.124-2024.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3014/pl_no.125-2024.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3015/pl_no.126-2024.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3016/pl_no.127-2024.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3017/pl_no.128-2024.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3020/pl_no.129-2024.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3021/pl_no.130-2024.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3022/pl_no.131-2024.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3023/projeto_de_lei_-_plantoes_2024.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3029/pl_no.133-2024.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3030/pl_no.134-2024_e_anexo.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3031/pl_no.135-2024.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3032/pl_no.136-2024.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3034/pl_no.137-2024.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3035/pl_no.138-2024.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3036/pl_no.139-2024.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3040/pl_no.140-2024.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3041/pl_no.141-2024.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3042/pl_no.142-2024.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3043/pl_no.143-2024.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3044/pl_no.144-2024.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3045/pl_no.145-2024_-_prova_de_laco.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3046/pl_no.146-2024.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3047/pl_no.147-2024.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3048/pl_no.148-2024.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3051/pl_no.149-2024.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3052/pl_no.150-2024.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3053/pl_no.151-2024.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3054/pl_no.152-2024.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3055/pl_no.153-2024.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3056/pl_no.154-2024.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3057/pl_no.155-2024.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3069/pl_no.156-2024.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3070/pl_no.157-2024.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3073/pl_no.158-2024.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3074/pl_no.159-2024.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3075/pl_no.160-2024.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3078/pl_no.161-2024.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3086/pl_no._162-2024.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3087/pl_no.163-2024.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3088/pl_no._164-2024.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3089/pl_no._165-2024.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3090/pl_no._166-2024.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3091/pl_no._167-2024.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3096/pl_no.168-2024.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3097/pl_no.169-2024.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3098/pl_no.170-2024.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3099/pl_no.171-2024.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3100/pl_no.172-2024.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3101/pl_no.173-2024.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3102/pl_no.174-2024.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3103/pl_no.175-2024.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3107/pl_no.176-2024.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2733/plc_no.01-2024.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2781/plc_no.02-2024.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2782/plc_no.03-2024.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2820/plc_no.04-2024.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2821/plc_no.05-2024.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2822/plc_no.06-2024.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2823/plc_no.07-2024.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2824/plc_no.08-2024.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2839/plc_no.09-2024.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2841/plc_no.10-2024.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2849/plc_no.11-2024.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2908/plc_no.12-2024.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2967/plc_no.13-2024.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3007/plc_no.15-2024.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3063/plc_no14-2024.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3104/plc_no17-2024.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3105/plc_no18-2024.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2868/pdl_no.01-2024.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3094/pdl_n.02-2024.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3108/pdl_n.03-2024.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3018/prl_no.02-2024_2.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3062/resolucao_legislativa_004-2024.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3110/prl_no.06-2024.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3076/proposta_de_emenda_a_lei_organica__n.001-2024_-_reformulacao.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3109/veto_municipal_n01-2024.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2805/emenda_aditiva_no.001-2024.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2806/emenda_supressiva_no.001-2024.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3112/emenda_impositiva_01-2024.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3113/emenda_impositiva_02-2024.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3114/emenda_impositiva_03-2024.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3115/emenda_impositiva_04-2024.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3116/emenda_impositiva_05-2024.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3117/emenda_impositiva_06-2024.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3118/emenda_impositiva_07-2024.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3119/emenda_impositiva_08-2024.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3120/emenda_impositiva_09-2024.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3121/emenda_impositiva_10-2024.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3122/emenda_impositiva_11-2024.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3123/emenda_impositiva_12-2024.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3124/emenda_impositiva_013-2024.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3125/emenda_impositiva_014-2024.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3126/emenda_impositiva_015-2024.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3127/emenda_impositiva_016-2024.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3128/emenda_impositiva_017-2024.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3129/emenda_impositiva_018-2024.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3130/emenda_impositiva_019-2024.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3131/emenda_impositiva_020-2024.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3132/emenda_impositiva_021-2024.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3133/emenda_impositiva_022-2024.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3134/emenda_impositiva_023-2024.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3135/emenda_impositiva_024-2024.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/3136/emenda_impositiva_025-2024.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2792/prestacao_de_contas_2022.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2870/denuncia_-_pr_eber_lopes.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H404"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="40.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="101.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="147.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="146.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>