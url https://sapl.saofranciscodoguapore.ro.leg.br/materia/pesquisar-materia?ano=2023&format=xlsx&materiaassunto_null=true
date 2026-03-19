--- v0 (2025-10-07)
+++ v1 (2026-03-19)
@@ -54,211 +54,211 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2188</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IN</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Pastor Eber Lopes</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2188/indicacao_no__01-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2188/indicacao_no__01-2023.pdf</t>
   </si>
   <si>
     <t>Indico aos órgãos da administração pública do município, para que seja criado em nossa Av: Tancredo Neves, com Av: São Francisco, uma Rotatória (gira-douro ou rotunda), nas proximidades da rodoviária do nosso município.</t>
   </si>
   <si>
     <t>2189</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2189/indicacao_no__02-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2189/indicacao_no__02-2023.pdf</t>
   </si>
   <si>
     <t>Indico aos órgãos da administração pública do município, para que que seja feito um muro em volta do campo municipal.</t>
   </si>
   <si>
     <t>2191</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2191/indicacao_no__03-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2191/indicacao_no__03-2023.pdf</t>
   </si>
   <si>
     <t>Indico aos órgãos da administração pública do município, para que que seja feito parceria com o comércio e seja colocado identificação nas ruas e avenidas da cidade.</t>
   </si>
   <si>
     <t>2193</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2193/indicacao_no__04-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2193/indicacao_no__04-2023.pdf</t>
   </si>
   <si>
     <t>Indico aos órgãos da administração pública do município, para que seja feito os estudos orçamentários e seja feito bloqueteamento nas ruas das casinhas populares.</t>
   </si>
   <si>
     <t>2202</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Marluci Gabriel</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2202/indicacao_no__05-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2202/indicacao_no__05-2023.pdf</t>
   </si>
   <si>
     <t>Indicação para que seja colocado Placa de Identificação do Distrito de Pedras Negras.</t>
   </si>
   <si>
     <t>2259</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2259/indicacao_no_006-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2259/indicacao_no_006-2023.pdf</t>
   </si>
   <si>
     <t>Indico que seja feito o impacto orçamentario e financeiro para fazer o reajuste salarial da jornalista do municipio servidora publica Sandra Regina de Carvalho Machado .</t>
   </si>
   <si>
     <t>2264</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Cidão Venâncio, Marluci Gabriel, Pastor Eber Lopes</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2264/indicacao_no_007-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2264/indicacao_no_007-2023.pdf</t>
   </si>
   <si>
     <t>Indica que seja feito um Parquinho de recreação na Escola Euclides da Cunha.</t>
   </si>
   <si>
     <t>2290</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Edison Crispin, Geferson dos Santos, Ozias Santos</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2290/indicacao_08-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2290/indicacao_08-2023.pdf</t>
   </si>
   <si>
     <t>Indico ao Prefeito Municipal, para que acione a Secretaria Municipal de Educação para que seja realizado a compra de equipamentos de segurança para as Escolas e Creches do Município, sendo os especificados: _x000D_
 - Compra de equipamento tipo Porta Rotatória, detector de metais (Porta Rotatória igual a dos Bancos Financeiros);_x000D_
 - Contratação de sistema de Segurança tipo cerca elétrica de segurança;_x000D_
 - Contratação de Segurança (Guarda Municipal);_x000D_
 - Instalação de Sistema de Câmaras nas Escolas que ainda não possuem;</t>
   </si>
   <si>
     <t>2345</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2345/indicacao_n._09-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2345/indicacao_n._09-2023.pdf</t>
   </si>
   <si>
     <t>Indica que seja feito que seja feito um estacionamento para Ônibus frente e nas laterais da escola Campos Sales.</t>
   </si>
   <si>
     <t>2349</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2349/indicacao_n._10-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2349/indicacao_n._10-2023.pdf</t>
   </si>
   <si>
     <t>Indico que seja feito a demarcação de estacionamento de nas ruas de nossa cidade.</t>
   </si>
   <si>
     <t>2430</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Braz Carlos Correia</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/</t>
   </si>
   <si>
     <t>Indico que seja destinado o valor arrecadado no Leilão de veículos e maquinário para a Secretaria de Obras, em especial para o término do Barracão dos mecânicos e aquisição de mais equipamentos para a oficina.</t>
   </si>
   <si>
     <t>2442</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2442/indicacao_legislativa_n._12-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2442/indicacao_legislativa_n._12-2023.pdf</t>
   </si>
   <si>
     <t>“Indico para seja feito Estudos técnicos com planejamento orçamentário financeiro, para que, seja realizado cursos de capacitação profissional de cuidadores de crianças, cuidadores de idosos e cuidadores de pessoa com deficiência.”</t>
   </si>
   <si>
     <t>2443</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2443/indicacao_legislativa_n._13-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2443/indicacao_legislativa_n._13-2023.pdf</t>
   </si>
   <si>
     <t>“Indico para seja feito estudos técnicos com planejamento orçamentário e financeiro, para que seja feita a criação de uma Farmácia de Manipulação Municipal.”</t>
   </si>
   <si>
     <t>2512</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Indico ao Prefeito, juntamente com a equipe do poder executivo possa arrumar a_x000D_
 iluminação da quadra Poliesportiva e as traves, as e redes, para ativar a mesma que fica na_x000D_
 praça da Bíblia no bairro alto Alegre.</t>
   </si>
   <si>
     <t>2513</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Indico para seja feito Estudos técnicos com planejamento orçamentário e financeiro, para que, o valor da ajuda de custo para “Amigo Voluntário” seja feito correção e melhore o valor pagando no mínimo 50 reais a diária.</t>
   </si>
   <si>
@@ -272,3762 +272,3762 @@
 feirantes da associação da feira municipal e vendedores livres, a fim de produzir e realizar_x000D_
 práticas de comercialização dos produtos.”</t>
   </si>
   <si>
     <t>2545</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>“Indico ao Poder Executivo, para que seja feita, e regulamentada uma lei, que dê_x000D_
 autoridade e condições aos feirantes, da Associação da Feira Municipal, de realizarem_x000D_
 vendas de Carnes e Frios, respeitando as exigências da Agência Nacional de Vigilância_x000D_
 Sanitária - Anvisa.”</t>
   </si>
   <si>
     <t>2554</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Edison Crispin</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2554/indicacao_no__18-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2554/indicacao_no__18-2023.pdf</t>
   </si>
   <si>
     <t>Indico que seja realizado a uma Reunião Coletiva com os servidores das secretarias que prestam serviços externos a sede do Município, para criação de Banco de Horas conforme dispõe a CLT art. 59 parágrafo 2º.</t>
   </si>
   <si>
     <t>2650</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Alan Siqueira, Cidão Venâncio, Flavio Carequinha, Geferson dos Santos, Marluci Gabriel, Pastor Eber Lopes, Zé da Máquina, Edison Crispin</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2650/indicacao_legislativa_no_19_-_2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2650/indicacao_legislativa_no_19_-_2023.pdf</t>
   </si>
   <si>
     <t>“Indico ao Poder Executivo, para que seja feita, a reforma do ginásio de esporte localizado na rua Manaus em São Francisco do Guaporé/RO.”</t>
   </si>
   <si>
     <t>2675</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Edison Crispin, Zé da Máquina</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2675/indicacao_no_20-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2675/indicacao_no_20-2023.pdf</t>
   </si>
   <si>
     <t>Indica que faça um convênio com o INSS para a instalação de uma Agência da Previdência Social em nosso município, para melhor atender nossa população.</t>
   </si>
   <si>
     <t>2706</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2706/indicacao_no_21-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2706/indicacao_no_21-2023.pdf</t>
   </si>
   <si>
     <t>Indico ao Executivo Municipal que firme convenio com a Policia Militar do Estado de Rondônia para a instalação do PROERD em São Francisco do Guaporé.</t>
   </si>
   <si>
     <t>2708</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2708/indicacao_no_22-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2708/indicacao_no_22-2023.pdf</t>
   </si>
   <si>
     <t>Indico ao Executivo Municipal a compra de serviços de fisioterapia e assim desafogar a fila de espera.</t>
   </si>
   <si>
     <t>2709</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2709/indicacao_no_23-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2709/indicacao_no_23-2023.pdf</t>
   </si>
   <si>
     <t>Indico ao Executivo Municipal que realize um evento festivo no dia 27 de Dezembro dia  do aniversario do Município , com musica ao vivo e outras atividades durante o dia.</t>
   </si>
   <si>
     <t>2159</t>
   </si>
   <si>
     <t>RE</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Geferson dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2159/requerimento_n.01-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2159/requerimento_n.01-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que pinte novamente a faixa de pedestre em frente ao Banco Bradesco.</t>
   </si>
   <si>
     <t>2161</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2161/requerimento_n.02-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2161/requerimento_n.02-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, a aquisição de três aparelhos de Raio X odontológicos para os Dentistas.</t>
   </si>
   <si>
     <t>2160</t>
   </si>
   <si>
     <t>Ozias Santos</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2160/requerimento_n.03-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2160/requerimento_n.03-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja feito uma lombada em frente á lanchonete do Jefim, na rua Rui Barbosa.</t>
   </si>
   <si>
     <t>2163</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2163/requerimento_n.04-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2163/requerimento_n.04-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Educação, que disponibilize ou contrate uma pessoa para está auxiliando o Professor Paulo Henrique na Escolinha de Futebol.</t>
   </si>
   <si>
     <t>2162</t>
   </si>
   <si>
     <t>Cidão Venâncio</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2162/requerimento_n.05-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2162/requerimento_n.05-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Educação, que faça a reforma e construção de uma mureta na quadra da Comunidade do Setor do Porto Murtinho.</t>
   </si>
   <si>
     <t>2164</t>
   </si>
   <si>
     <t>Ozias Santos, Edison Crispin, Geferson dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2164/requerimento_n.06-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2164/requerimento_n.06-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja feito uma lombada com a lateral da Escola Estatual  Marcilene de Carvalho.</t>
   </si>
   <si>
     <t>2165</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2165/requerimento_n.07-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2165/requerimento_n.07-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, a construção de dois quebra mola nos dois sentidos da Avenida Tancredo Neves, nos fundos do Lavador do Guedes.</t>
   </si>
   <si>
     <t>2166</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2166/requerimento_n.08-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2166/requerimento_n.08-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, a instalação de nove pontos de monitoramento com câmeras de segurança distribuídos na cidade.</t>
   </si>
   <si>
     <t>2167</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2167/requerimento_n.09-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2167/requerimento_n.09-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, a instalação de nove pontos de monitoramento com câmeras de segurança distribuídos na orla do Distrito de Porto Murtinho.</t>
   </si>
   <si>
     <t>2168</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2168/requerimento_n.10-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2168/requerimento_n.10-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja cascalhado a linha 2 B em alguns pontos mais críticos, até no Rio Conceição.</t>
   </si>
   <si>
     <t>2169</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2169/requerimento_n.11-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2169/requerimento_n.11-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Saúde, a reforma da Unidade Básica de Saúde Clóvis dos Santos, no Distrito de Porto Murtinho.</t>
   </si>
   <si>
     <t>2171</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2171/requerimento_n.12-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2171/requerimento_n.12-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Saúde, um refeitório climatizado no pronto atendimento do nosso município.</t>
   </si>
   <si>
     <t>2170</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2170/requerimento_n.13-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2170/requerimento_n.13-2023.pdf</t>
   </si>
   <si>
     <t>Requer do Senhor Prefeito Municipal, que providencie junto ao órgão competente a elaboração de Projeto de Lei, concedendo auxilio alimentação aos Servidores do município.</t>
   </si>
   <si>
     <t>2174</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2174/requerimento_n.14-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2174/requerimento_n.14-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Educação, que seja implantado uma escola de futebol esportiva, na Vila Eldorado localizada na linha 08 do setor do Porto Murtinho, e assim atender a todo o setor pelo menos duas vezes na semana.</t>
   </si>
   <si>
     <t>2173</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2173/requerimento_n.15-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2173/requerimento_n.15-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que faça uma demarcação de estacionamento de motos e carros na Avenida Tancredo Neves, sinalizando no começo de cada rua estacionamento para motos e o resto para carros.</t>
   </si>
   <si>
     <t>2172</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2172/requerimento_n.16-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2172/requerimento_n.16-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja feito uma lombada na linha 69 em frente a comunidade Igreja Luterana de frente a propriedade do seu Natalino.</t>
   </si>
   <si>
     <t>2175</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2175/requerimento_n.17-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2175/requerimento_n.17-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja feito o rebaixamento do morro na linha 04 reta em frente a propriedade do seu Samuel.</t>
   </si>
   <si>
     <t>2176</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2176/requerimento_n.18-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2176/requerimento_n.18-2023.pdf</t>
   </si>
   <si>
     <t>Requer uma poltrona de massagem para Escola Neusa de Oliveira Bravin para a sala dos professores.</t>
   </si>
   <si>
     <t>2177</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2177/requerimento_n.19-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2177/requerimento_n.19-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja feito uma lombada na Rua Brasil em frente a creche municipal.</t>
   </si>
   <si>
     <t>2178</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2178/requerimento_n.20-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2178/requerimento_n.20-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja colocada a placa de identificação na comunidade 75 Vila Rica.</t>
   </si>
   <si>
     <t>2179</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2179/requerimento_n.21-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2179/requerimento_n.21-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja feito o rebaixamento do morro na linha 04 B em frente a propriedade do seu Manuel.</t>
   </si>
   <si>
     <t>2194</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2194/requerimento_022-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2194/requerimento_022-2023.pdf</t>
   </si>
   <si>
     <t>Seja rebaixado o morro na linha 07 frente o sítio do Sr. Diney km 07.</t>
   </si>
   <si>
     <t>2195</t>
   </si>
   <si>
     <t>Seja feito quebra molas na avenida Brasil frente a Igreja Batista Nacional Filhos da Honra bairro Alto Alegre.</t>
   </si>
   <si>
     <t>2196</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2196/requerimento_024-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2196/requerimento_024-2023.pdf</t>
   </si>
   <si>
     <t>Seja feito uma lombada na rua Manaus frente a praça do Bairro Alto Alegre próximo ao Ginásio de Esporte.</t>
   </si>
   <si>
     <t>2197</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2197/requerimento_025-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2197/requerimento_025-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Educação, que seja construido um almoxarifado  na   Escola Municipal Euclides da Cunha no Distrito de Pedras Negras.</t>
   </si>
   <si>
     <t>2198</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2198/requerimento_026-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2198/requerimento_026-2023.pdf</t>
   </si>
   <si>
     <t>Seja notificado os donos de datas vazias que estão sujas para fazer a limpeza com urgência.</t>
   </si>
   <si>
     <t>2199</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2199/requerimento_027-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2199/requerimento_027-2023.pdf</t>
   </si>
   <si>
     <t>Requer  junto a Secretaria de Obras, que faça a reforma da igreja da comunidade de Pedras Negras.</t>
   </si>
   <si>
     <t>2200</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2200/requerimento_028-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2200/requerimento_028-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja feito reforma nas escadarias de Pedras Negras.</t>
   </si>
   <si>
     <t>2201</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2201/requerimento_029-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2201/requerimento_029-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Educação,que seja feito a Limpeza e organização do Pátio da Escola  Euclides da Cunha.</t>
   </si>
   <si>
     <t>2203</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2203/requerimento_030-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2203/requerimento_030-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja cortado o morro na linha 27, em frente a propriedade do S.r. Josimar,  e utilize o material que for retirado do morro para fazer, o aterro em uma baixada em frente a propriedade do S.r. Braz Burioli.</t>
   </si>
   <si>
     <t>2204</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2204/requerimento_031-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2204/requerimento_031-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras que seja implantado a proteção, da ponte no travessão da linha Eixo da 377.</t>
   </si>
   <si>
     <t>2205</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2205/requerimento_032-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2205/requerimento_032-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Educação para que seja feito aquisição de peças novas, para que  volte a funcionar a rádio Recreio da Escola Pereira E Cáceres .</t>
   </si>
   <si>
     <t>2206</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2206/requerimento_033-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2206/requerimento_033-2023.pdf</t>
   </si>
   <si>
     <t>Requer unto a Secretaria Municipal de Agricultura, que seja utilizado a máquina PC,  para atender qualquer demanda dentro das propriedades dos produtores rurais, como drenagens, quebrado pula pula, estoca, entre outros   serviços que forem necessários (menos desmatamento).</t>
   </si>
   <si>
     <t>2207</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2207/requerimento_034-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2207/requerimento_034-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja feito uma lombada em frente a APAE, na Rua Manaus.</t>
   </si>
   <si>
     <t>2208</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2208/requerimento_035-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2208/requerimento_035-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que coloque dois tubos de manilha na comunidade Santa Luzia.</t>
   </si>
   <si>
     <t>2209</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2209/requerimento_036-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2209/requerimento_036-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Ação Social, que seja realizado o transporte do som dos idosos.</t>
   </si>
   <si>
     <t>2225</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2225/requerimento_037-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2225/requerimento_037-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto ao órgão competente, a aquisição de terreno ao lado do Cemitério Municipal, para aumentar o tamanho do mesmo.</t>
   </si>
   <si>
     <t>2226</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2226/requerimento_038-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2226/requerimento_038-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto ao órgão competente, a reforma completa da Casa de Apoio que recebe os nossos Ribeirinhos de Santo Antônio e Pedras Negras.</t>
   </si>
   <si>
     <t>2227</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2227/requerimento_039-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2227/requerimento_039-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Educação, a contratação de uma Cuidadora Integral para a Escola Clodoaldo Splícigo, responsável por nossos alunos especiais.</t>
   </si>
   <si>
     <t>2228</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2228/requerimento_040-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2228/requerimento_040-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento de Desporto, que faça atendimento com academia e atividade físicas na comunidade da linha 04 setor assentamento.</t>
   </si>
   <si>
     <t>2229</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2229/requerimento_041-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2229/requerimento_041-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de obras, que seja feito os muros do cemitério.</t>
   </si>
   <si>
     <t>2230</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2230/requerimento_042-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2230/requerimento_042-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Educação, para  fazer a retirada da Tela  da Quadra  Escola Pereira e Caceres.</t>
   </si>
   <si>
     <t>2234</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2234/requerimento_043-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2234/requerimento_043-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, que faça a aquisição de materiais odontológicos para nosso município, em especial o Setor Porto Murtinho que está parado por falta de materiais.</t>
   </si>
   <si>
     <t>2235</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2235/requerimento_044-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2235/requerimento_044-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Departamento de Esporte, que seja feito a limpeza do Estádio Municipal, juntamente com o corte da grama do campo.</t>
   </si>
   <si>
     <t>2241</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2241/requerimento_045-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2241/requerimento_045-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Educação, que faça a contratação de uma enfermeira ou uma técnica para realizar os trabalhos na Creche.</t>
   </si>
   <si>
     <t>2242</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2242/requerimento_no_046-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2242/requerimento_no_046-2023.pdf</t>
   </si>
   <si>
     <t>Requer que à secretária de Saúde, aonde possa prestar contar das informações sobre os recursos de emenda parlamentar enviada ao nosso município pelo Deputado Federal Coronel Chrisóstomo.</t>
   </si>
   <si>
     <t>2243</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2243/requerimento_047-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2243/requerimento_047-2023.pdf</t>
   </si>
   <si>
     <t>Requer que seja feito a limpeza nos canteiros da avenida Paraná, entre a rua Rio Madeira, até a rua Rio Branco, no bairro Cidade Baixa e Alto Alegre.</t>
   </si>
   <si>
     <t>2244</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2244/requerimento_048-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2244/requerimento_048-2023.pdf</t>
   </si>
   <si>
     <t>Requer que à secretária de Educação e ao prefeito, que faça uma contratação imediata de um profissional de saúde, seja um, enfermeiro ou técnico de enfermagem, para a creche municipal.</t>
   </si>
   <si>
     <t>2245</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2245/requerimento_049-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2245/requerimento_049-2023.pdf</t>
   </si>
   <si>
     <t>Requer que seja feito um tampa buraco na rua Curitiba, entre as ruas Ayrton Senna e avenida Rondônia, no bairro Cidade Baixa.</t>
   </si>
   <si>
     <t>2246</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2246/requerimento_050-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2246/requerimento_050-2023.pdf</t>
   </si>
   <si>
     <t>Requer que seja feito a reparação das lâmpadas, para a iluminação publica, na rua Maringá, sentido entre as avenidas Rondônia e a Brasil.</t>
   </si>
   <si>
     <t>2248</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2248/requerimento_no_051-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2248/requerimento_no_051-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Agricultura, a liberação da "Feira Livre" as quarta feiras a partir das 16 horas, na Avenida Brasil, entre a Avenida Tancredo Neves e a Rua Ronaldo Aragão, colocando as barraquinhas em cima do estacionamento do canteiro central.</t>
   </si>
   <si>
     <t>2249</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2249/requerimento_n._52-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2249/requerimento_n._52-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de agricultura, que disponibilize um trator traçado para atender em especial aos pequenos agricultores, como feirantes que trabalham com hortifrúti entre outros.</t>
   </si>
   <si>
     <t>2253</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2253/requerimento_no_053-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2253/requerimento_no_053-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Educação, para  que os : Responsáveis das Escolas Ronaldo Aragão, Pereira e Cáceres, Regina de Almeida , Neusa Bravin e  Creche Olaisa  que encaminhem a relação de alunos que deverão ser atendidos para fazer consulta oftalmológica para entrega dos óculos.</t>
   </si>
   <si>
     <t>2254</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2254/requerimento_no_054-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2254/requerimento_no_054-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, faça a limpeza do aeroporto municipal.</t>
   </si>
   <si>
     <t>2255</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2255/requerimento_no_055-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2255/requerimento_no_055-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja encaminhado o relatório de Despesas com o transbordo de lixo do exercício de 2022.</t>
   </si>
   <si>
     <t>2256</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que faça um quebra molas em frente a Congregação Cristã no Brasil, localizada na Rua Chico Mendes Cidade Alta.</t>
   </si>
   <si>
     <t>2257</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que faça um quebra molas em frente a Congregação Cristã no Brasil, localizada na Rua Ayrton Senna, Cidade Alta.</t>
   </si>
   <si>
     <t>2263</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2263/requerimento_no_058-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2263/requerimento_no_058-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Educação, que faça a aquisição de 4 (Quatro) fardamento para a Escola Pereira e Cáceres, para as equipes que irão participar do JOER.</t>
   </si>
   <si>
     <t>2265</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2265/requerimento_no_059-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2265/requerimento_no_059-2023.pdf</t>
   </si>
   <si>
     <t>Requer o deslocamento de uma máquina esteira para o distrito de Pedras Negras, para fazer manutenção de ruas, linhas e carreador de pequenos agricultores.</t>
   </si>
   <si>
     <t>2266</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2266/requerimento_no_060-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2266/requerimento_no_060-2023.pdf</t>
   </si>
   <si>
     <t>Requer através da Secretaria municipal de Educação,  que seja comprado material de cozinha e outros materiais permanentes e seja feito a manutenção da geladeira que esta estragada para a escola Euclides da Cunha no distrito de Pedras Negras.</t>
   </si>
   <si>
     <t>2267</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2267/requerimento_no_061-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2267/requerimento_no_061-2023.pdf</t>
   </si>
   <si>
     <t>Requer através da Secretaria municipal de Educação para fazer a manutenção em dois Ar condicionado na escola municipal Tiradentes no distrito de Santo Antônio.</t>
   </si>
   <si>
     <t>2268</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2268/requerimento_no_062-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2268/requerimento_no_062-2023.pdf</t>
   </si>
   <si>
     <t>Requer através da Secretaria municipal de Saúde para fazer a troca da cobertura do Postinho do distrito de Pedras Negras.</t>
   </si>
   <si>
     <t>2277</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2277/requerimento_no_063-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2277/requerimento_no_063-2023.pdf</t>
   </si>
   <si>
     <t>Requer  junto a Secretaria Municipal de Obras, que faça a limpeza das laterais da linha do Verdurão.</t>
   </si>
   <si>
     <t>2278</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>Alan Siqueira, Edison Crispin, Flavio Carequinha, Marluci Gabriel, Pastor Eber Lopes, Zé da Máquina</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2278/requerimento_no_064-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2278/requerimento_no_064-2023.pdf</t>
   </si>
   <si>
     <t>Requer a criação da “Secretaria Municipal de Esporte, Cultura e Lazer”, desmembrando o que hoje é um Departamento da Secretaria Municipal de Educação.</t>
   </si>
   <si>
     <t>2283</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2283/requerimento_65-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2283/requerimento_65-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, que disponibilize em cada Posto de Saúde do município, um telefone com número de WhatsApp.</t>
   </si>
   <si>
     <t>2284</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>Zé da Máquina</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2284/requerimento_66-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2284/requerimento_66-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, para que seja feito quebra mola na Av.São Francisco próximo ao ponto de Táxi.</t>
   </si>
   <si>
     <t>2285</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2285/requerimento_67-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2285/requerimento_67-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, para fazer quebra mola na linha Mavel km 11, próximo a propriedade da Sr. Cristina da Silva.</t>
   </si>
   <si>
     <t>2286</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>Flavio Carequinha, Ozias Santos</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2286/requerimento_68-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2286/requerimento_68-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, a volta dos atendimentos odontológico, juntamente com a confecção de próteses dentaria.</t>
   </si>
   <si>
     <t>2287</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2287/requerimento_69-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2287/requerimento_69-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Educação, que disponibilize um veículo VAN para levar e buscar duas vezes no ano, os alunos de nosso município que estudam no IFRO – Instituto Federal de Rondônia (Campus de Colorado do Oeste), localizado na BR 435, km 63, Caixa Postal 51, na zona rural do município de Colorado do Oeste-RO.</t>
   </si>
   <si>
     <t>2288</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2288/requerimento_70-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2288/requerimento_70-2023.pdf</t>
   </si>
   <si>
     <t>Requer  junto a Secretária Municipal de Agricultura, que faça o cascalhamento do carreado na propriedade do Sr. Adauto Martins, localizado na linha  do Dodô,  Setor Chacareiro , esquerda da  Av. São Francisco.</t>
   </si>
   <si>
     <t>2289</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>Edison Crispin, Geferson dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2289/requerimento_71-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2289/requerimento_71-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento Jurídico, uma alteração da Lei Municipal nº.1996/2022 que trata das diárias da Administração, alterando o § 4º, incluindo as viagens dentro do Estado.</t>
   </si>
   <si>
     <t>2300</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras a aquisição de Roçadeiras e também novas lâminas.</t>
   </si>
   <si>
     <t>2301</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2301/requerimento_73-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2301/requerimento_73-2023.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, Pedido de recurso em forma de Subvenção para Realização da 8º edição do Festival de Música Gospel e dia do Evangélico.</t>
   </si>
   <si>
     <t>2302</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2302/requerimento_74-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2302/requerimento_74-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja realizado a limpeza onde será a reabertura da estrada na Linha 90.</t>
   </si>
   <si>
     <t>2304</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2304/requerimento_n._75-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2304/requerimento_n._75-2023.pdf</t>
   </si>
   <si>
     <t>Requer que o Senhor Prefeito, providencie junto a Secretaria Municipal de Agricultura, que faça o resgate de um trator que está na Oficina do Sr. Chico, pertencente a Associação dos Chacareiros do Projeto de Assentamento São Francisco - APASFRAN, fazendo o pagamento dos custos do concerto do trator e incluindo como patrimônio da Secretaria de Agricultura, para ser utilizado da melhor forma pela Secretaria em atendimento a nossa população.</t>
   </si>
   <si>
     <t>2305</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>Marluci Gabriel, Alan Siqueira, Braz Carlos Correia, Cidão Venâncio, Edison Crispin, Flavio Carequinha, Geferson dos Santos, Hermes Bordignon, Ozias Santos, Pastor Eber Lopes, Zé da Máquina</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2305/requerimento_n._76-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2305/requerimento_n._76-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto ao IMPES ,  que seja feito uma audiência para todos os Funcionários Público, para ser prestado esclarecimento sobre a Alteração do Plano de Amortização para equacionamento do déficit atuarial do regime próprio de Previdencia Social-RPPS.</t>
   </si>
   <si>
     <t>2307</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2307/requerimento_n._77-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2307/requerimento_n._77-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Saúde, que tome providencias sob as Farmácias para que elas cumpra a Lei Municipal em forma de Plantão.</t>
   </si>
   <si>
     <t>2309</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2309/requerimento_n._78-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2309/requerimento_n._78-2023.pdf</t>
   </si>
   <si>
     <t>Requer  junto a Secretaria Municipal de Obras, a reparação e instalação de iluminação da Rua Airton Sena , entre a Rua Dom João XI e Rio Madeira  no Bairro Cidade Baixa.</t>
   </si>
   <si>
     <t>2310</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2310/requerimento_n._79-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2310/requerimento_n._79-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que faça o levantamento do aterro e seja instalado tubos de manilhas no travessão que liga a linha 04 com a Linha 02B (na lateral da Fazenda do Sr. Dimas), e que seja feito uma limpeza do tubo de manilha que já tem no córrego.</t>
   </si>
   <si>
     <t>2311</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2311/requerimento_n._80-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2311/requerimento_n._80-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja feito tapa buraco na Av.Parana entre a Rua Marechal Candido Rondon e a Av.Brasil.</t>
   </si>
   <si>
     <t>2317</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2317/requerimento_n._81-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2317/requerimento_n._81-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento de Esporte, que seja mandado fazer duas traves de ferro com medidas oficiais de campo de futebol, e feito a doação para a Associação AGRICAMPO, localizada na Linha 06 do Setor Porto Murtinho.</t>
   </si>
   <si>
     <t>2318</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>Alan Siqueira, Braz Carlos Correia, Cidão Venâncio, Edison Crispin, Flavio Carequinha, Geferson dos Santos, Hermes Bordignon, Marluci Gabriel, Ozias Santos, Pastor Eber Lopes, Zé da Máquina</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2318/requerimento_n._82-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2318/requerimento_n._82-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Saúde, que seja colodo um Diretor em cada um dos Posto de Saúde do Municipio, se preciso for, que seja criado os cargo em comissão remunerados.</t>
   </si>
   <si>
     <t>2319</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2319/requerimento_n._83-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2319/requerimento_n._83-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Agricultura, que seja feito a aquisição de sementes de milho, para distribuição gratuita entre os produtores interessados.</t>
   </si>
   <si>
     <t>2320</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2320/requerimento_n._84-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2320/requerimento_n._84-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Agricultura, que segure o próximo trator de pneu que chegar no município, e crie um programa de atendimento aos pequenos proprietários com menos de 2,5 Alqueiro, com isenção de taxas.</t>
   </si>
   <si>
     <t>2321</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2321/requerimento_n._85-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2321/requerimento_n._85-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a secretaria Municipal de Esporte a disponilização de um ônibus para atender as necessidades dos esportistas do município de são Francisco do Guaporé.</t>
   </si>
   <si>
     <t>2322</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2322/requerimento_n._86-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2322/requerimento_n._86-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras a Limpeza do eixo central na Avenida Paraná Cidade Alta.</t>
   </si>
   <si>
     <t>2323</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2323/requerimento_n._87-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2323/requerimento_n._87-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Educação e a mesma finalize o muro na escola Clodoaldo Splícigo .</t>
   </si>
   <si>
     <t>2324</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2324/requerimento_n._88-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2324/requerimento_n._88-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras que seja instalado tubos de manilhas e faça aterro em três (03) pontos críticos na linha 25.</t>
   </si>
   <si>
     <t>2325</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2325/requerimento_n._89-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2325/requerimento_n._89-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto ao órgão competente que seja demarcado no estacionamento que fica no meio da avenida Brasil, em frente da lotérica e comércios vizinhos, as indicações previstas para: Carros, Motos, Ciclistas e Prioritários no estacionamento central da avenida, conforme previsto em nosso código de transito nacional.</t>
   </si>
   <si>
     <t>2342</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2342/requerimento_no90-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2342/requerimento_no90-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a secretaria Municipal de Obras a aquisição de uma quadra para incorporação no patrimônio devido não ter nenhuma no município.</t>
   </si>
   <si>
     <t>2343</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2343/requerimento_n._92-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2343/requerimento_n._92-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que coloque  tubos de manilha no travessão  que liga a linha 04 com a linha 02b,  sendo na lateral da fazenda do Dimas.</t>
   </si>
   <si>
     <t>2346</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2346/requerimento_n._92-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2346/requerimento_n._92-2023.pdf</t>
   </si>
   <si>
     <t>Requer através da Secretaria municipal de obras e serviços públicos, que seja feito faixa de pedestre com extensão levantada e sinalização na Rua Rondônia Bairro Cidade Baixa em Frente à Igreja Canãa Pentecostal no Brasil.</t>
   </si>
   <si>
     <t>2347</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2347/requerimento_n._93-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2347/requerimento_n._93-2023.pdf</t>
   </si>
   <si>
     <t>Requer através da Secretaria municipal de saúde tire um dia do Psicólogo(ª) para entrevistar os candidatos ao conselheiros tutelar na eleição que ocorrerá este ano.</t>
   </si>
   <si>
     <t>2348</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2348/requerimento_n._94-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2348/requerimento_n._94-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria municipal de Educação Pedido de Informações sobre a construção de estacionamento na Escola Regina de Almeida.</t>
   </si>
   <si>
     <t>2355</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>Alan Siqueira</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2355/requerimento_n._95-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2355/requerimento_n._95-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a secretaria de agricultura que seja disponibilizado maquinas para fazer a distoca para os pequenos agricultores poderem fazer suas plantações.</t>
   </si>
   <si>
     <t>2356</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2356/requerimento_n._96-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2356/requerimento_n._96-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Agricultura, contratação de Empresa Terceirizada para fazer manutenção nos implementos agrícolas.</t>
   </si>
   <si>
     <t>2357</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2357/requerimento_n._97-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2357/requerimento_n._97-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja feito a Construção de um quebra-mola, na Rua Rondônia próximo ao Mineiro Gás.</t>
   </si>
   <si>
     <t>2358</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2358/requerimento_n._98-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2358/requerimento_n._98-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja feito a Construção de dois quebra-molas, nas duas vias da Av. Trancredo Neves, quadra 30, antes do Posto Patrão.</t>
   </si>
   <si>
     <t>2361</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2361/requerimento_n._99-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2361/requerimento_n._99-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento de Esporte, que seja providenciado a confecção de Traves para os campos de futebol Society na linha 06, no Sombra da Mata e na Linha dos Goianos.</t>
   </si>
   <si>
     <t>2362</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja feito uma lombada na rua Rondônia em frente ao Mineiro  distribuidora de gás.</t>
   </si>
   <si>
     <t>2364</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2364/requerimento_n._101-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2364/requerimento_n._101-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja reduzido a taxa de lixo de terrenos que estão vazios (sem construção).</t>
   </si>
   <si>
     <t>2365</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2365/requerimento_n._102-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2365/requerimento_n._102-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretária Municipal de Saúde, que faça uma revisão nos valores nas diárias de campo dos servidores de apoio.</t>
   </si>
   <si>
     <t>2366</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2366/requerimento_n._103-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2366/requerimento_n._103-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, que seja encaminhado a relação dos alunos que tiveram atendimento ao oftalmologista e também o recebimento dos óculos aos mesmos.</t>
   </si>
   <si>
     <t>2367</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2367/requerimento_n._104-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2367/requerimento_n._104-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, a construção de um quebra mola na Av. Paraná, em frente a Igreja Presbiteriana Renovada, na cidade baixa.</t>
   </si>
   <si>
     <t>2368</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2368/requerimento_n._105-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2368/requerimento_n._105-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que coloque dois tubos de manilha na Linha dos Goianos, sendo um antes e um depois da Igreja Adventista.</t>
   </si>
   <si>
     <t>2369</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2369/requerimento_n._106-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2369/requerimento_n._106-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que faça o cascalhamento e drenagem na Linha Goianos, próximo a Estrada Boiadeira.</t>
   </si>
   <si>
     <t>2373</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2373/requerimento_n._107-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2373/requerimento_n._107-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja feito a reabertura da estrada e o cascalhamento, em uma estrada que dá acesso a cinco família  da dona Mira e na dona Claudineia, na Linha dos goiano.</t>
   </si>
   <si>
     <t>2374</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2374/requerimento_n._108-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2374/requerimento_n._108-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja feito uma lombada na Rua Tancredo Neves em frente do mercado do Ribeiro e a residência do Jesus.</t>
   </si>
   <si>
     <t>2375</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>Braz Carlos Correia, Ozias Santos</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2375/requerimento_n._109-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2375/requerimento_n._109-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, que seja realizado o procedimento de ultrassom todos os sábados, mesmo que para isso tenha que contratar mais médicos ou aumentar a gratificação, sendo este pedido no postinho de saúde Anestino de Almeida.</t>
   </si>
   <si>
     <t>2377</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2377/requerimento_n._110-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2377/requerimento_n._110-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, que faça a instalação de aparelhos de Telemedicina em todas as unidades de Saúde da cidade e levado para atendimento nas unidades da Linha 06 do Porto, Linha 04, Gogo da Onça, Km 75, e a Linha 06 do São Pedro.</t>
   </si>
   <si>
     <t>2378</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2378/requerimento_n._111-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2378/requerimento_n._111-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, que seja feito atendimento no Posto de Saúde da Linha 06 do São Pedro, pelo menos duas vezes na semana.</t>
   </si>
   <si>
     <t>2379</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2379/requerimento_n._112-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2379/requerimento_n._112-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja colocado manilhas na Linha 03, no km 06, em uma grande valeta.</t>
   </si>
   <si>
     <t>2382</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2382/requerimento_n._113-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2382/requerimento_n._113-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Agricultura, que seja disponibilizado uma subvenção em favor da associação dos feirantes.</t>
   </si>
   <si>
     <t>2387</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>Geferson dos Santos, Zé da Máquina</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2387/requerimento_n._114-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2387/requerimento_n._114-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que faça o patrolamento e cascalhamento na estrada do Loteamento Adão Martins.</t>
   </si>
   <si>
     <t>2388</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2388/requerimento_n._115-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2388/requerimento_n._115-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que faça o manilhamento na entrada  do Loteamento Adão Martins.</t>
   </si>
   <si>
     <t>2389</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2389/requerimento_n._116-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2389/requerimento_n._116-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, para que seja feito uma lombada na Avenida Tancredo Neves na esquina da Rua João Goulart.</t>
   </si>
   <si>
     <t>2392</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2392/requerimento_n._117-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2392/requerimento_n._117-2023.pdf</t>
   </si>
   <si>
     <t>Requer a realização de uma Sessão Itinerante no Feirão Municipal, no Dia do Produtor.</t>
   </si>
   <si>
     <t>2393</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2393/requerimento_n._118-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2393/requerimento_n._118-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto ao órgão competente que seja feito um quebra mola na rua Marechal Rondon, entre as ruas Airton Sena e Princesa Isabel, enfrente a igreja Caminho Santo que faz frente a feira Municipal de São Francisco.</t>
   </si>
   <si>
     <t>2394</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2394/requerimento_n._119-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2394/requerimento_n._119-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto ao órgão competente que seja feito um quebra mola na rua Princesa Isabel, entre as ruas Marechal Rondon e a rua Don João VI.</t>
   </si>
   <si>
     <t>2395</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2395/requerimento_n._120-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2395/requerimento_n._120-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto ao órgão competente que seja feito um reparo na iluminação do bairro Alta Alegre, pois estará acontecendo eventos e datas comemorativas e importante que seja reparado as iluminarias do bairro para melhor atender as demandas publicas.”</t>
   </si>
   <si>
     <t>2397</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2397/requerimento_n_121-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2397/requerimento_n_121-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja feito a manutenção nas praças municipais e substituições dos bancos de madeira por assentos de concreto.</t>
   </si>
   <si>
     <t>2405</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>Cidão Venâncio, Marluci Gabriel</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2405/requerimento_n_122-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2405/requerimento_n_122-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Educação, para que seja feito aquisição de materiais pedagógicos para todas a escolas municipais, principalmente para Escola Pereira e Caceres.</t>
   </si>
   <si>
     <t>2406</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2406/requerimento_n_123-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2406/requerimento_n_123-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Educação , para que eles facilitem o processo de reforma na Escola Pereira e Caceres em geral com a instalação eletrica o mais rápido possível.</t>
   </si>
   <si>
     <t>2407</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2407/requerimento_n_124-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2407/requerimento_n_124-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria  Municipal de Educação para que seja construido um almoxarifado na Escola Pereira e Caceres.</t>
   </si>
   <si>
     <t>2408</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2408/requerimento_n_125-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2408/requerimento_n_125-2023.pdf</t>
   </si>
   <si>
     <t>Requer  junto a Secretaria Municipal de Educação que seja adquirido carteiras escolares adaptádas para cadeirantes, sendo para as escolas municipais com  urgência para a Escola Pereira e Caceres.</t>
   </si>
   <si>
     <t>2421</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2421/requerimento_n._126-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2421/requerimento_n._126-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, a realizar a drenagem na divisa entre o perímetro da expansão urbana, e o Senhor Paulo Roso, ali próximo a Borracharia Castanheira.</t>
   </si>
   <si>
     <t>2422</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2422/requerimento_n._127-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2422/requerimento_n._127-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, adicionar em cada UBS que tem atendimento clínico, um software do tipo Sub Regulação na zona rural.</t>
   </si>
   <si>
     <t>2423</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2423/projeto_de_lei_n.128-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2423/projeto_de_lei_n.128-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja feito a limpeza nas margens da BR e a plantação da grama em todo o setor, ao retorno das águas, na Comunidade Rainha da Paz, km 75.</t>
   </si>
   <si>
     <t>2424</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2424/requerimento_n._129-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2424/requerimento_n._129-2023.pdf</t>
   </si>
   <si>
     <t>Requer  junto a Secretaria Municipal de Educação, que seja enviado um relatório constando qual comunidades rurais que estão sendo atendidas pelo professor de educação física na academia e os equipamentos que ele utiliza para o atendimento.</t>
   </si>
   <si>
     <t>2425</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2425/requerimento_n._130-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2425/requerimento_n._130-2023.pdf</t>
   </si>
   <si>
     <t>Requer  junto a Secretaria de Obras,  que faça a  reposição de postes que foi retirados e a reposição de  lâmpadas queimadas em vários pontos do município.</t>
   </si>
   <si>
     <t>2444</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2444/requerimento_n._131-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2444/requerimento_n._131-2023.pdf</t>
   </si>
   <si>
     <t>Construção de um abrigo de ponto de ônibus para espera dos alunos que precisam da locomoção do ônibus na escola Maria Marta.</t>
   </si>
   <si>
     <t>2445</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2445/requerimento_n._132-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2445/requerimento_n._132-2023.pdf</t>
   </si>
   <si>
     <t>Para que seja colocado placas com a identificação dos nomes nas ruas avenidas principais do nosso município</t>
   </si>
   <si>
     <t>2446</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2446/requerimento_n._133-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2446/requerimento_n._133-2023.pdf</t>
   </si>
   <si>
     <t>Para que seja colocado Centrais de Ar (Ar-Condicionado) na capela mortuária do nosso município de São Francisco do Guaporé/RO.</t>
   </si>
   <si>
     <t>2471</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>Geferson dos Santos, Braz Carlos Correia</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2471/requerimento_n._134-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2471/requerimento_n._134-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, faça a abertura do trecho da Linha 03 que fica dentro da Fazenda Aparecida.</t>
   </si>
   <si>
     <t>2486</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2486/requerimento_n._135-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2486/requerimento_n._135-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, que providencie marmitex para os pacientes de nosso município que fazem tratamento de hemodiálise em Ji-Paraná e Cacoal.</t>
   </si>
   <si>
     <t>2487</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2487/requerimento_136-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2487/requerimento_136-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, a construção de um quebra molas na Rua Campos Sales enfrente a Pastelaria Rodrigues nº 3340.</t>
   </si>
   <si>
     <t>2488</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2488/requerimento_137-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2488/requerimento_137-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde a perfuração de um poço atender a UBS Sebastião Leite na Linha 06.</t>
   </si>
   <si>
     <t>2489</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde contratação de uma técnica de enfermagem para atender a Creche Municipal.</t>
   </si>
   <si>
     <t>2490</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2490/requerimento_139-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2490/requerimento_139-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Educação a reparação dos brinquedos para atender crianças e academia para idosos na praça Ózil Andrade de Lima, Bairro Cidade Alta.</t>
   </si>
   <si>
     <t>2491</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>Flavio Carequinha</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2491/requerimento_140-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2491/requerimento_140-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, a construção de um quebra molas na Linha 01, uns 500 metros após a Linha Santo Antônio.</t>
   </si>
   <si>
     <t>2492</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2492/requerimento_141-2023_2.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2492/requerimento_141-2023_2.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, disponibilize a máquina PC, caminhão Caçamba e Pá Carregadeira, para atender a Associação ASPRUPOP, lá da beira do Rio Guaporé.</t>
   </si>
   <si>
     <t>2493</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2493/requerimento_142-2023_2.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2493/requerimento_142-2023_2.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, faça a abertura e cascalhamento das ruas do novo Loteamento Bom Futuro, localizado na Linha 01, esquina com a Avenida São Francisco.</t>
   </si>
   <si>
     <t>2494</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>Requer a prorrogação do concurso público que vence no próximo dia 20, para mais 1 ano.</t>
   </si>
   <si>
     <t>2495</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2495/requerimento_144-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2495/requerimento_144-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja feito uma lombada na rua Tiradentes com a Dom João VI.</t>
   </si>
   <si>
     <t>2496</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2496/requerimento_145-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2496/requerimento_145-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras , que seja feito a iluminação pública com lâmpadas de LEDS nas linhas 08 do Porto Murtinho e Km 75.</t>
   </si>
   <si>
     <t>2509</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2509/requerimento_no146-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2509/requerimento_no146-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras que o mesmo providencie a contratação de dois caminhão caçamba para o cascalhamento das linhas (20,22,23,33,02b) para dar suporte no cronograma do FITHA e do convênio.</t>
   </si>
   <si>
     <t>2511</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2511/requerimento_no147-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2511/requerimento_no147-2023.pdf</t>
   </si>
   <si>
     <t>Requer o pagamento do adicional de periculosidade na prebenda_x000D_
 salarial dos vigilantes, aonde a classe já se encontra a mais de sete meses com_x000D_
 uma defasagem significativa em sua renda salarial, o qual já prevista em_x000D_
 constituição por direito ao seu trabalho de vem servindo ao município.</t>
   </si>
   <si>
     <t>2510</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2510/requerimento_no148-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2510/requerimento_no148-2023.pdf</t>
   </si>
   <si>
     <t>Requer que providencie uma data, que seja única e prevista para o mês, aonde_x000D_
 venha ser realizado o pagamento do salário dos servidores que estão dentro do_x000D_
 quadro “Amigos Voluntários” por direito ao seu trabalho e melhor andamento na_x000D_
 utilidade pública.</t>
   </si>
   <si>
     <t>2520</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2520/requerimento_-n149-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2520/requerimento_-n149-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que  seja feito um aterro  na linha 04 na comunidade Santa Luzia próximo ao travessão do Pio.</t>
   </si>
   <si>
     <t>2521</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2521/requerimento_no150-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2521/requerimento_no150-2023.pdf</t>
   </si>
   <si>
     <t>Requer  junto a Secretaria Municipal de Educação, que seja retirada uma torre de Internet  que está em desuso na escola Neusa de Oliveira Bravin.</t>
   </si>
   <si>
     <t>2522</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, que seja construido uma garagem com cobertura no Laboratório Ellen Cristina.</t>
   </si>
   <si>
     <t>2525</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2525/requerimento_-n152-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2525/requerimento_-n152-2023.pdf</t>
   </si>
   <si>
     <t>Requer que seja pago o curso de vigilantes, para os nossos servidores vigilantes concursados.</t>
   </si>
   <si>
     <t>2526</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>Braz Carlos Correia, Geferson dos Santos, Ozias Santos</t>
   </si>
   <si>
     <t>Requerem a transferência das Sessões Ordinárias para serem realizadas as sexta feiras as 19hrs e 30min.</t>
   </si>
   <si>
     <t>2528</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2528/requerimento_-n154-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2528/requerimento_-n154-2023.pdf</t>
   </si>
   <si>
     <t>Requer que as Sessões Ordinárias seja realizadas no período noturno as 19hrs e 30min nos dias de Segunda Feira.</t>
   </si>
   <si>
     <t>2533</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2533/requerimento_no_155-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2533/requerimento_no_155-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja feito a troca de bebedouro na garagem.</t>
   </si>
   <si>
     <t>2534</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2534/requerimento_no_156-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2534/requerimento_no_156-2023.pdf</t>
   </si>
   <si>
     <t>Requer que seja disponibilizado Curso de MOPP ( Movimentação Operacional de Produtos Perigosos) para motoristas que prestam serviços a rede municipal.</t>
   </si>
   <si>
     <t>2535</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2535/requerimento_no_157-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2535/requerimento_no_157-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Educação e Cultura, que disponibilize um veículo e pague diária de campo para o Pastor Emanuel Cruz, que desenvolve o projeto Música nas Escolas.</t>
   </si>
   <si>
     <t>2537</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2537/requerimento_no_158-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2537/requerimento_no_158-2023.pdf</t>
   </si>
   <si>
     <t>Requer um Termo de Cooperação com o Departamento do DER/RO, para cedência de alguns de seus maquinários, para a realização de serviços de limpeza de ruas, poda de árvores, cascalhamento, patrolamento entre outros em nossa cidade.</t>
   </si>
   <si>
     <t>2539</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2539/requerimento_no159-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2539/requerimento_no159-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja feito uma lombada na Rua Paraná em frente à Igraja Presbiteriana</t>
   </si>
   <si>
     <t>2541</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2541/requerimento_no160-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2541/requerimento_no160-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento de Esporte, a iluminação do Campo Society, localizado na Linha 07, km 18, próximo a Associação ASPROVE.</t>
   </si>
   <si>
     <t>2542</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2542/requerimento_no161-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2542/requerimento_no161-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que coloque o Caminhão Pipa a disposição do Parque de Exposição durante os dias da Expovale.</t>
   </si>
   <si>
     <t>2543</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2543/requerimento_no162-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2543/requerimento_no162-2023.pdf</t>
   </si>
   <si>
     <t>Requer que seja elaborado um Projeto de Lei para que seja bloqueteado as ruas entorno dos conjuntos habitacionais, conhecidos como casinhas populares.</t>
   </si>
   <si>
     <t>2547</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2547/requerimento_no163.2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2547/requerimento_no163.2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Agricultura, que seja colocado câmeras de monitoramento na Feira Municipal, para monitoram nas novas barracas.</t>
   </si>
   <si>
     <t>2548</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2548/requerimento_no164.2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2548/requerimento_no164.2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de obras, que seja feito uma lombada na Rua Amapá com a Rua  Sete de Setembro na Cidade alta ao lado da Igreja Assembleia da Missão.</t>
   </si>
   <si>
     <t>2549</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2549/requerimento_no165.2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2549/requerimento_no165.2023.pdf</t>
   </si>
   <si>
     <t>Requer junto ao departamento competente que seja  disponibilizado uma ambulância em tempo integral para o Setor do Porto Murtinho.</t>
   </si>
   <si>
     <t>2550</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2550/requerimento_no166.2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2550/requerimento_no166.2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, para fazer um  quebra mola na Av Trancredo Neves próximo a Rondopar,  enfrente a casa do Sr. Jesus, numero 2550.</t>
   </si>
   <si>
     <t>2551</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2551/requerimento_no167.2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2551/requerimento_no167.2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Agricultura, que  coloque para o orçamento do proximo ano que seja disponibilizado 3 toneladas de calcário e 10 sacos de adubo para cada feirante do nosso município .</t>
   </si>
   <si>
     <t>2553</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>Requer que seja criado uma Comissão de Avaliação e Segurança dos parquinhos que vem ao município de São Francisco do Guaporé, devendo ser liberado alvará de funcionamento, só com o aval da Comissão e apresentado certidão criminal dos funcionários.</t>
   </si>
   <si>
     <t>2563</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2563/requerimento_no_169-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2563/requerimento_no_169-2023.pdf</t>
   </si>
   <si>
     <t>Requer que seja arrumado o semanário da faixa de pedestre da avenida Brasil com a Tancredo Neves de São Francisco do Guaporé/RO.</t>
   </si>
   <si>
     <t>2564</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2564/requerimento_no_170-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2564/requerimento_no_170-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras para que seja feito o cascalhamento da Linha 06 do lado esquerdo da RO 377.</t>
   </si>
   <si>
     <t>2565</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2565/requerimento_no_171-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2565/requerimento_no_171-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Educação para que possa ser feita a substituição da freezer que é adaptada no bebedouro da Escola Pereira e Cáceres, pois aquele que está lá é muito pequeno.</t>
   </si>
   <si>
     <t>2566</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2566/requerimento_no_172-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2566/requerimento_no_172-2023.pdf</t>
   </si>
   <si>
     <t>Requer que seja analisado os valores das diárias de deslocamento, tanto a de alimentação, como a de diárias pernoites.</t>
   </si>
   <si>
     <t>2568</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>Cidão Venâncio, Ozias Santos</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2568/requerimento_no_174-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2568/requerimento_no_174-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, que implante cozinha própria no pronto atendimento da UBS Ellen Cavagna.</t>
   </si>
   <si>
     <t>2569</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2569/requerimento_no_174-2023_2.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2569/requerimento_no_174-2023_2.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja feito o patrolamento da linha 27.</t>
   </si>
   <si>
     <t>2570</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2570/requerimento_no_175-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2570/requerimento_no_175-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras , que seja feito o patrolamento das linha 4 A- Santa Luzia , 4B, 5C- Assentamento e 4C-São Pedro.</t>
   </si>
   <si>
     <t>2571</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2571/requerimento_no_176-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2571/requerimento_no_176-2023.pdf</t>
   </si>
   <si>
     <t>Requer ao Exmo. Senhor Presidente, para providenciar um reajuste de 50% na Resolução Legislativa que trata sobre a concessão de Diárias dos Vereadores e Servidores da Câmara Municipal.</t>
   </si>
   <si>
     <t>2573</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2573/requerimento_no_177-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2573/requerimento_no_177-2023.pdf</t>
   </si>
   <si>
     <t>Requer um veículo tipo VAN, para fazer o transporte de produtores atendidos na pecuária leiteira de nosso município para a Excursão Produtores ATEG, que será realizada em Ouro Preto do Oeste nos dia 01 de outubro de 2023.</t>
   </si>
   <si>
     <t>2576</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2576/requerimento_no_178-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2576/requerimento_no_178-2023.pdf</t>
   </si>
   <si>
     <t>Requer  junto a Secretaria Municipal de Educação que seja feito a aquisição de  8 ares condicionados de 24.000 BTUS com destino a  Escola Senador Ronaldo Aragão, sendo 06 (seis) para as salas de aula,1(um) para a sala de reforço e 1(um) para o refeitório.</t>
   </si>
   <si>
     <t>2577</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2577/requerimento_no_179-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2577/requerimento_no_179-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Educação que seja feito a aquisição de  6 ares condicionados de 24.000 BTUS com destino a  Escola Municipal Pereira e Cáceres, sendo 04 (quatro) para as salas de aula, 1(um) para o refeitório e 01(um) para Secretaria.</t>
   </si>
   <si>
     <t>2578</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2578/requerimento_no_180-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2578/requerimento_no_180-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Educação que seja feito a aquisição de  6 (seis) ares condicionados de 24.000 BTUS  e 6 (seis) de 18.000 BUS   com destino a  Escola Municipal Neusa de Oliveira Bravin, sendo ambos são para as salas de aula que estão em reforma e construção.</t>
   </si>
   <si>
     <t>2579</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2579/requerimento_no_181-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2579/requerimento_no_181-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Educação que seja feito a aquisição de  6 ares condicionados de 24.000 BTUS com destino a  Escola Municipal Regina Almeida de Araújo, sendo 04 (quatro) para as salas de aula, 1(um) para o refeitório e 01(um) para a sala de Planejamento.</t>
   </si>
   <si>
     <t>2580</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2580/requerimento_no_182-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2580/requerimento_no_182-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Educação que seja feito a aquisição de  2 ares condicionados de 24.000 BTUS com destino a  Escola Municipal Clodoaldo Splícigo, sendo para as salas de aula.</t>
   </si>
   <si>
     <t>2582</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2582/requerimento_no_183-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2582/requerimento_no_183-2023.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, que providencie a reparação da iluminação da quadra na praça do Tininho localizada no Bairro Cidade Alta , aonde visa garantir a segurança, o conforto da qualidade de vida dos moradores e frequentadores do Bairro Cidade Alta, bem como incentivar a prática de atividades esportivas e de lazer na comunidade.</t>
   </si>
   <si>
     <t>2583</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2583/requerimento_no_184-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2583/requerimento_no_184-2023.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, que providencie o Poder Executivo Municipal e realize a reparação da iluminação na Praça da Bíblia, localizada no Bairro Alto Alegre. A reparação da iluminação da praça da bíblia consiste na  substituição das lâmpadas  queimada ou danificadas, na instalação de novos poste e refletores.</t>
   </si>
   <si>
     <t>2584</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2584/requerimento_no_185-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2584/requerimento_no_185-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde e atividades físicas na Comunidade Santa Paulina linha27.</t>
   </si>
   <si>
     <t>2585</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2585/requerimento_no_186-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2585/requerimento_no_186-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Educação, a aquisição e instalação de ar-condicionado de 24000 BTUs nas salas do colégio Senador Ronaldo Aragão.</t>
   </si>
   <si>
     <t>2586</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2586/requerimento_no_187-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2586/requerimento_no_187-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Educação, que seja contratado um Psicopedagogo para atender as crianças do Colégio Senador Ronaldo Aragão.</t>
   </si>
   <si>
     <t>2587</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2587/requerimento_no_188-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2587/requerimento_no_188-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Agricultura, que seja disponibilizado maquinas para fazer a destoca de até 4 horas para os pequenos agricultores poderem fazer suas plantações.</t>
   </si>
   <si>
     <t>2588</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2588/requerimento_no_189-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2588/requerimento_no_189-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, para fazer quebra mola na Av Paraná , Bairro Alto Alegre enfrente ao lavador do Senhor Cristiano nº 3216.</t>
   </si>
   <si>
     <t>2589</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2589/requerimento_no_190-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2589/requerimento_no_190-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, para fazer um aterro na entrada da comunidade São José BR 429 km 95, entre a BR e a Comunidade.</t>
   </si>
   <si>
     <t>2591</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2591/requerimento_no_191-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2591/requerimento_no_191-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja enviado para esta casa o cronograma da Secretaria Municipal de Obras, e se não tem, que seja feito um cronograma até o fim do ano, para que possamos acompanhar os trabalhos.</t>
   </si>
   <si>
     <t>2593</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2593/requerimento_no_192-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2593/requerimento_no_192-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Educação, que seja resolvido o problema da cozinha da Creche Municipal Olaiza, instalando um sistema de ventilação e exaustão.</t>
   </si>
   <si>
     <t>2595</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2595/requerimento_no_193-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2595/requerimento_no_193-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Agricultura, a contratação de um servidor formado em Técnicas Agrícola, para prestar atendimento ao produtores do Setor Chacareiro.</t>
   </si>
   <si>
     <t>2599</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>Marluci Gabriel, Zé da Máquina</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2599/requerimento_no_194-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2599/requerimento_no_194-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja feito saída de água na Escola Clodoaldo Splicigo.</t>
   </si>
   <si>
     <t>2600</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>Zé da Máquina, Marluci Gabriel</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2600/requerimento_no_195-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2600/requerimento_no_195-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja feito uma lombada enfrente a Escola Clodoaldo Splicigo.</t>
   </si>
   <si>
     <t>2601</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2601/requerimento_no_196-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2601/requerimento_no_196-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de competência , que seja feito aquisição de ar condiciona  para ser instalado na Capela Mortuária.</t>
   </si>
   <si>
     <t>2603</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2603/requerimento_no_197-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2603/requerimento_no_197-2023.pdf</t>
   </si>
   <si>
     <t>Requer que o Poder Executivo faça a calçada completa e marcação como estacionamento em frente da Escola Marcilene de Carvalho no município de São_x000D_
 Francisco do Guaporé/RO e dá outras providências.”</t>
   </si>
   <si>
     <t>2608</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2608/requerimento_no_198-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2608/requerimento_no_198-2023.pdf</t>
   </si>
   <si>
     <t>Requer  junto a Secretaria Municipal de esporte, que seja providenciado a Confecção de traves para o campo de futebol Oficial na comunidade Vila Rica km 75;</t>
   </si>
   <si>
     <t>2609</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2609/requerimento_no_199-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2609/requerimento_no_199-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Diretor de Esporte para que possa ser Reiterado ao campo do Distrito do Porto Murtinho Duas Traves grandes e Duas Traves Pequenas.</t>
   </si>
   <si>
     <t>2610</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2610/requerimento_no_200-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2610/requerimento_no_200-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Educação, para que seja construído um banheiro na quadra esportiva do Colégio Pereira e Cáceres.</t>
   </si>
   <si>
     <t>2611</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2611/requerimento_no_201-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2611/requerimento_no_201-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Educação, para que possa ser feita a Instalação de um bebedouro na quadra esportiva do Colégio Pereira e Caceres.</t>
   </si>
   <si>
     <t>2612</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2612/requerimento_no_202-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2612/requerimento_no_202-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja feito a manutenção no clube do taboca com a pc.</t>
   </si>
   <si>
     <t>2613</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2613/requerimento_no_203-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2613/requerimento_no_203-2023.pdf</t>
   </si>
   <si>
     <t>Requer Junto a Secretaria de Educação que seja feito a Reforma da Quadra do Colégio Pereira e Cáceres.</t>
   </si>
   <si>
     <t>2618</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2618/requerimento_no_204-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2618/requerimento_no_204-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja feito o patrolamento e nivelamento da calçada enfrente a Madre Paulina.</t>
   </si>
   <si>
     <t>2619</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2619/requerimento_no_205-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2619/requerimento_no_205-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento de Esporte, que seja feito uma Subvenção para a iluminação do Campo da Linha 27.</t>
   </si>
   <si>
     <t>2620</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2620/requerimento_no206-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2620/requerimento_no206-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto ao órgão competente que seja disponibilizado 03 (três) motos para os Garis.</t>
   </si>
   <si>
     <t>2624</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2624/requerimento_no207-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2624/requerimento_no207-2023.pdf</t>
   </si>
   <si>
     <t>Requer de acordo com o Art. 26 da Lei Orgânica Municipal, a convocação da Secretária Municipal de Educação, para comparecer e esclarecer dúvidas referentes ao Projeto de Lei Complementar nº.021/2023, juntamente com os Professores que serão atingidos com a aprovação desse Projeto.</t>
   </si>
   <si>
     <t>2625</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2625/requerimento_no208-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2625/requerimento_no208-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento Jurídico, um reajuste na Diária dos Secretários e Servidores do município em 65%.</t>
   </si>
   <si>
     <t>2626</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2626/requerimento_no209-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2626/requerimento_no209-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto Secretaria Municipal de Obras, o patrolamento e a manutenção de dois bueiros no Travessão do Pé de Galinha, que liga a 95B a Linha 85.</t>
   </si>
   <si>
     <t>2627</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2627/requerimento_no210-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2627/requerimento_no210-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto Secretaria Municipal de Saúde, o pagamento de periculosidade para os Cirurgião Dentistas que estão realizando Raio X nos pacientes do município.</t>
   </si>
   <si>
     <t>2634</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2634/requerimento_no211-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2634/requerimento_no211-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto Secretaria Municipal de Educação, que seja instalado uma caixa d’água reserva em todas as escolas do nosso município, devido as faltas de energia que estamos tendo.</t>
   </si>
   <si>
     <t>2635</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2635/requerimento_no212-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2635/requerimento_no212-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto Secretaria Municipal de Obras, o concerto urgente da ponte que fica no primeiro travessão que liga a Linha 33 para a Linha 85, pois está muito danificada e trazendo grande risco para o ônibus do transporte escolar.</t>
   </si>
   <si>
     <t>2636</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2636/requerimento_no213-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2636/requerimento_no213-2023.pdf</t>
   </si>
   <si>
     <t>Requer do Exmo. Sr. Prefeito Municipal, que faça uma Audiência Pública para discutir a viabilidade  para construção do Hospital Municipal, para que tenhamos condições de ter em nosso município médicos especialistas.</t>
   </si>
   <si>
     <t>2638</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2638/requerimento_no_214_-_2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2638/requerimento_no_214_-_2023.pdf</t>
   </si>
   <si>
     <t>“Requer que o Poder Executivo, por meio da secretaria de obras, realize as reparações e manutenções necessárias no travessão que dá acesso da linha 02 à linha 04, tapando as valetas, levantando com aterro e fazendo os desvios da água.”</t>
   </si>
   <si>
     <t>2639</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2639/requerimento_no_215_-_2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2639/requerimento_no_215_-_2023.pdf</t>
   </si>
   <si>
     <t>"Requer que o Poder Executivo, por meio da secretaria de Educação, resolva a questão das câmeras de monitoramento das escolas municipais, principalmente da Escola Senador Ronaldo Aragão, que não estão funcionando e de outras providências."</t>
   </si>
   <si>
     <t>2640</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2640/requerimento_no_216_-_2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2640/requerimento_no_216_-_2023.pdf</t>
   </si>
   <si>
     <t>"Requer que o Poder Executivo, por meio da secretaria de Educação, resolva a questão dos ar condicionados das escolas municipais, principalmente do Colégio Senador Ronaldo Aragão, que não estão funcionando."</t>
   </si>
   <si>
     <t>2641</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2641/requerimento_no_217_-_2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2641/requerimento_no_217_-_2023.pdf</t>
   </si>
   <si>
     <t>“Requer que o Poder Executivo, por meio da Secretaria de Obras, resolva a questão da limpeza e termine a limpeza da cidade, especificamente no bairro Cidade Alta."</t>
   </si>
   <si>
     <t>2642</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2642/requerimento_no_218_-_2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2642/requerimento_no_218_-_2023.pdf</t>
   </si>
   <si>
     <t>“Requer que o Poder Executivo, requerer que o poder executivo preste esclarecimentos sobre o curso e a periculosidade dos vigilantes que atuam nas escolas e estabelecimentos municipais em São Francisco do Guaporé/RO.”</t>
   </si>
   <si>
     <t>2643</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2643/requerimento_no_219_-_2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2643/requerimento_no_219_-_2023.pdf</t>
   </si>
   <si>
     <t>“Requer que o Poder Executivo, por meio da secretaria de educação, que compre bebedouros grandes e novos para as escolas do município em São Francisco do Guaporé/RO.”</t>
   </si>
   <si>
     <t>2644</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2644/requerimento_no_220_-_2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2644/requerimento_no_220_-_2023.pdf</t>
   </si>
   <si>
     <t>“Requer que o Poder Executivo, por meio da secretaria administrativa, informações sobre como anda a compra de lâmpadas para reparação da iluminação pública no município em São Francisco do Guaporé/RO."</t>
   </si>
   <si>
     <t>2645</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2645/requerimento_no_221_-_2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2645/requerimento_no_221_-_2023.pdf</t>
   </si>
   <si>
     <t>“Requer que o Poder Executivo, por meio da secretaria de educação, que realize as repartições necessárias para a sala do (AEE) - Atendimento Educacional Especializado, na escola Senador Ronaldo Aragão do município em São Francisco do Guaporé/RO.”</t>
   </si>
   <si>
     <t>2646</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2646/requerimento_no222-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2646/requerimento_no222-2023.pdf</t>
   </si>
   <si>
     <t>Requer a reabertura (limpeza) na lateral das Linhas 95 A, no travessão saída para Km 100, e na Linha da Noventinha com extrema urgência.</t>
   </si>
   <si>
     <t>2647</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2647/requerimento_no223-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2647/requerimento_no223-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja feito o cascalhamento da Linha 5C, assentamento, começando do Buteco até pra frente da Igreja Assembleia, aproximadamente uns 4 km.</t>
   </si>
   <si>
     <t>2648</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2648/requerimento_no224-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2648/requerimento_no224-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja feito a limpeza, gradeamento e a plantação de grama nas margens da BR, na Comunidade Vila Rica Km 5.</t>
   </si>
   <si>
     <t>2649</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2649/requerimento_no225-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2649/requerimento_no225-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Saúde, que inclua a volta do atendimento Odontológico no Posto de Saúde na comunidade Vila Rica km 75.</t>
   </si>
   <si>
     <t>2651</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2651/requerimento_no_226_-_2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2651/requerimento_no_226_-_2023.pdf</t>
   </si>
   <si>
     <t>“Requer que o Poder Executivo, que realize o tapa buraco e a reparação do asfalto na rua Amapá com a rua Dom João IV, no Bairro Cidade Baixa em São Francisco do Guaporé/RO e dá outras providências.”</t>
   </si>
   <si>
     <t>2652</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>Braz Carlos Correia, Geferson dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2652/requerimento_no227-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2652/requerimento_no227-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, que disponibilize um veículo para a equipe de vacinação, para que seja feito um atendimento domiciliar.</t>
   </si>
   <si>
     <t>2653</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>Pastor Eber Lopes, Alan Siqueira, Cidão Venâncio, Flavio Carequinha, Geferson dos Santos, Marluci Gabriel, Zé da Máquina</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2653/requerimento_no_228_-_2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2653/requerimento_no_228_-_2023.pdf</t>
   </si>
   <si>
     <t>“Requer que o Poder Executivo, que faça realização no mês de novembro o campeonato de Futsal dos servidores municipais, que faz parte do calendário esportivo do município em São Francisco do Guaporé/RO e dá outras providências."</t>
   </si>
   <si>
     <t>2655</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2655/requerimento_no229-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2655/requerimento_no229-2023.pdf</t>
   </si>
   <si>
     <t>Requer a troca urgente da cobertura do Postinho de Saúde de Pedras Negras, juntamente com a troca das portas e reforma das demais instalações.</t>
   </si>
   <si>
     <t>2656</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2656/requerimento_no230-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2656/requerimento_no230-2023.pdf</t>
   </si>
   <si>
     <t>Requer que seja pago auxilio alimentação para os servidores da Obra que trabalham na zona rural e os servidores da Saúde que trabalham em forma de plantão, e assim cada servidor levará sua marmita da forma que melhor lhe atender.</t>
   </si>
   <si>
     <t>2657</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2657/requerimento_no231-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2657/requerimento_no231-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja feito a tampa da fossa do Posto Saúde do Distrito de Santo Antônio.</t>
   </si>
   <si>
     <t>2658</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2658/requerimento_no232-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2658/requerimento_no232-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Educação, que faça uma parceria com a Educação do Estado para poder usar o motor estacionário pequeno que está na escola de São Antônio, e o município ceder o óleo diesel e poder usa quando o motor grande estiver desligado.</t>
   </si>
   <si>
     <t>2659</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2659/requerimento_no233-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2659/requerimento_no233-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, que seja colocado as proteção dos lados do barco da Saúde que o Sr. Andrade trabalha, pois a proteção e de plástico e está toda estourada e quando chove está molhado dentro.</t>
   </si>
   <si>
     <t>2660</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2660/requerimento_no234-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2660/requerimento_no234-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Educação, que faça a aquisição de uma geladeira grande para a Escola de Pedras Negras, para manter as frutas e verduras.</t>
   </si>
   <si>
     <t>2661</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2661/requerimento_no235-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2661/requerimento_no235-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento de Esporte, a substituição das lâmpadas queimadas na Quadra de Esporte da Escola do Distrito de Pedras Negras, são 20 refletores com as lâmpadas queimadas.</t>
   </si>
   <si>
     <t>2662</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2662/requerimento_no236-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2662/requerimento_no236-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretária Municipal de Educação, resolva urgentemente a Iluminação da quadra poliesportiva  da Escola Regina de Almeida.</t>
   </si>
   <si>
     <t>2663</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2663/requerimento_no237-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2663/requerimento_no237-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Saúde que   providencie a aquisição de um Sistema de Vídeomonitoramento interno e externo em todas as ambulâncias do nosso município.</t>
   </si>
   <si>
     <t>2664</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2664/requerimento_no238-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2664/requerimento_no238-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto as Comissões, para que seja incluído no Orçamento do Município para o exercício de 2024, uma reserva de R$ 80.000,00 (oitenta mil reais) para organização de um Campeonato de Pesca.</t>
   </si>
   <si>
     <t>2665</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2665/requerimento_no239-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2665/requerimento_no239-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras , que seja feito o cascalhamento da linha 2b até no conceição e em alguns trechos que trazem transtorno no periodo chuvoso</t>
   </si>
   <si>
     <t>2666</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, para fazer  dois quebra molas na frente e após a propriedade do senhor Américo Neto Ramos localizado na eixo linha 06 km 01.</t>
   </si>
   <si>
     <t>2669</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2669/requerimento_no_241-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2669/requerimento_no_241-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja feito uma lombada na Rua Dom João VI entre a Avenida São Francisco e a Rua das Comunicações, em frente ao Belo Som.</t>
   </si>
   <si>
     <t>2670</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>Edison Crispin, Ozias Santos</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2670/requerimento_no_242-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2670/requerimento_no_242-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, que seja feito Aquisição de cadeiras de rodas, andeja, cadeira de banho e moletas. Pelo menos 10 (dez) de cada.</t>
   </si>
   <si>
     <t>2671</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2671/requerimento_no_243-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2671/requerimento_no_243-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Educação,que providencie com urgência na Escola Neusa de Oliveira Bravin a  rede independente do pavilhão secretaria, biblioteca, laboratorio de informatica, orientação e direção.</t>
   </si>
   <si>
     <t>2672</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2672/requerimento_no_244-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2672/requerimento_no_244-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Educação,que seja retirado os entulhos do muro antigo  da Escola Neusa de Oliveira Bravin.</t>
   </si>
   <si>
     <t>2673</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2673/requerimento_no_245-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2673/requerimento_no_245-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Obras que seja feito uma lombada na entrada da linha 90.</t>
   </si>
   <si>
     <t>2678</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2678/requerimento_no_246-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2678/requerimento_no_246-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Educação , e a mesma finalize o muro da Escola Clodoaldo Splicigo travessão da linha 04.</t>
   </si>
   <si>
     <t>2679</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2679/requerimento_no_247-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2679/requerimento_no_247-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto à Secretaria Municipal de Obras, que faça abertura da rua Campos Sales próximo ao posto patrão bairro alto Alegre.</t>
   </si>
   <si>
     <t>2680</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2680/requerimento_no_248-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2680/requerimento_no_248-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto à secretaria municipal de obras que seja feito uma lombada na avenida Tancredo Neves sentido do cemitério para o centro uma quadra antes da rondopar.</t>
   </si>
   <si>
     <t>2682</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2682/requerimento_no_249-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2682/requerimento_no_249-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a secretaria municipal de obras que seja feita duas lombadas na linha do verdurão sentido ao frigorífico.</t>
   </si>
   <si>
     <t>2685</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2685/requerimento_no_250-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2685/requerimento_no_250-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto Secretaria Municipal de Obras, que envie o caminhão pipa para molhar a pista de Laço da Linha 02, Setor Porto Murtinho, do dia 24 a 26 de novembro.</t>
   </si>
   <si>
     <t>2686</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2686/requerimento_no_251-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2686/requerimento_no_251-2023.pdf</t>
   </si>
   <si>
     <t>Requer a transferência da Sessão Solene de sexta feira dia 24 de novembro, para ser realizado na Escola Regina de Almeida Araújo, as 19 horas.</t>
   </si>
   <si>
     <t>2687</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2687/requerimento_no_252-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2687/requerimento_no_252-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja feito uma lombada no lavador do Tio Toin na Rua Princesa Izabel esquina com a Rua Macapá.</t>
   </si>
   <si>
     <t>2690</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2690/requerimento_no_253-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2690/requerimento_no_253-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de obras, que providencie placa de identificação de uma ponte na eixo que dá acesso à linha 04 do Porto Murtinho.</t>
   </si>
   <si>
     <t>2691</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2691/requerimento_no_254-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2691/requerimento_no_254-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto Departamento de Esporte, a aquisição de mastro / poste de ferro, com catraca para rede de voleibol, para ser usado na Quadra Poliesportiva da Escola Clodoaldo Splícigo na linha 04.</t>
   </si>
   <si>
     <t>2692</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras que seja feito um quebra mola na Rua Dom Pedro I bairro Cidade Alta, próximo ao Eliel Móveis.</t>
   </si>
   <si>
     <t>2698</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2698/requerimento_no_256-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2698/requerimento_no_256-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que faça a terceirização de dois caminhão caçamba, com 15 diárias cada, ao todo 30 diárias se for preciso que seja remanejado o dinheiro de contingência para a Secretaria de Obras.</t>
   </si>
   <si>
     <t>2699</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>Cirção, Zé da Máquina</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2699/requerimento_no_257-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2699/requerimento_no_257-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja substituído as manilhas de 60cm por manilhas de 80cm na Linha 07 km 18.</t>
   </si>
   <si>
     <t>2704</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2704/requerimento_no_258-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2704/requerimento_no_258-2023.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal e o mesmo providencie o aumento da diária do servidor municipal.</t>
   </si>
   <si>
     <t>2508</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Moção de Aplausos</t>
   </si>
   <si>
     <t>Moção de Aplausos para o Padre Francisco Trilha Folch de que completa  50 anos de Sacerdócio.</t>
   </si>
   <si>
     <t>2524</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2524/mocao_de_aplauso_no_02-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2524/mocao_de_aplauso_no_02-2023.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos ao Sr. Kermeson de Oliveira, em nome da Fanfarra Municipal “Guardiões do Valle” regida de forma graciosa pela administração publica em beneficio da comunidade de São Francisco do Guaporé, que faz parte da Direção Administrativa:_x000D_
 * Kemerson de Oliveira - Instrutor Musical;_x000D_
 * Guardiões do Valle - Fanfarra Municipal.</t>
   </si>
   <si>
     <t>2237</t>
   </si>
   <si>
     <t>APL</t>
   </si>
   <si>
     <t>Anteprojeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2237/anteprojeto_no_01-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2237/anteprojeto_no_01-2023.pdf</t>
   </si>
   <si>
     <t>"Institui Internet em todos os Postos de Saúde localizados nas Zonas Rurais do Município de São Francisco do Guaporé/RO".</t>
   </si>
   <si>
     <t>2276</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2276/anteprojeto_de_lei_no_002-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2276/anteprojeto_de_lei_no_002-2023.pdf</t>
   </si>
   <si>
     <t>"Institui o Programa de Horta Comunitária em São Francisco do Guaporé/RO e dá outras providências".</t>
   </si>
   <si>
     <t>2420</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2420/anteprojeto_de_lei_n.03-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2420/anteprojeto_de_lei_n.03-2023.pdf</t>
   </si>
   <si>
     <t>Institui o Projeto Cidade Limpa no âmbito do município de São Francisco do Guaporé e dá outras providências.</t>
   </si>
   <si>
     <t>2439</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2439/anteprojeto_de_lei_n.04-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2439/anteprojeto_de_lei_n.04-2023.pdf</t>
   </si>
   <si>
     <t>Cria  Responsabilidade para os vendedores de agrotóxicos das embalagem vendidas.</t>
   </si>
   <si>
     <t>2628</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2628/anteprojeto_de_lei_n.005-2023_-_ozias.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2628/anteprojeto_de_lei_n.005-2023_-_ozias.pdf</t>
   </si>
   <si>
     <t>“Garantir a doação de caçamba de cascalho aos munícipes de baixa renda que especifica, para a edificação de moradia própria e dá outras providencias. ”</t>
   </si>
   <si>
     <t>2668</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2668/anteprojeto_de_lei_no_06_-_2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2668/anteprojeto_de_lei_no_06_-_2023.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a concessão de incentivo fiscal para a regularização das transações imobiliárias do imposto de transmissão de bens imóveis (ITBI) no município de São Francisco do Guaporé e dá outras providências."</t>
   </si>
   <si>
     <t>2158</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Alcino Bilac Machado</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2158/projeto_de_lei_n.01-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2158/projeto_de_lei_n.01-2023.pdf</t>
   </si>
   <si>
     <t>"Altera os §§ 13 e 14 ao art. 1º da Lei Municipal nº 1.996/2022."</t>
   </si>
   <si>
     <t>2180</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2180/projeto_de_lei_n.02-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2180/projeto_de_lei_n.02-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional especial por superávit financeiro  no valor de R$ 636.000,00 (Seiscentos e Trinta e Seis Mil Reais), em favor da unidade orçamentaria da Secretaria Municipal de Saúde, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2181</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2181/projeto_de_lei_n.03-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2181/projeto_de_lei_n.03-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional especial por excesso de arrecadação no valor de R$ 834.333,33 (Oitocentos e Trinta e Quatro Mil, Trezentos e Trinta e Três Reais e Trinta e Três Centavos), em favor da unidade orçamentaria da Secretaria Municipal de Saúde, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2182</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2182/projeto_de_lei_n.04-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2182/projeto_de_lei_n.04-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional especial por superávit financeiro de R$ 300.000,00 (Trezentos Mil Reais), em favor da unidade orçamentaria da Secretaria Municipal de Saúde, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2183</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2183/projeto_de_lei_n.05-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2183/projeto_de_lei_n.05-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional especial por superávit financeiro de R$ 43.632,00 (Quarenta e Três Mil, Seiscentos e Trinta e Dois Reais), em favor da unidade orçamentaria da Secretaria Municipal de Saúde, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2184</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2184/projeto_de_lei_n.06-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2184/projeto_de_lei_n.06-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional especial por superávit financeiro de R$ 1.438,20 (Um Mil Quatrocentos e Trinta e Oito Reais e Vinte Centavos), em favor da unidade orçamentaria da Secretaria Municipal de Saúde, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2185</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2185/projeto_de_lei_n.07-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2185/projeto_de_lei_n.07-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional especial por superávit financeiro de R$ 20.000,00 (Vinte Mil Reais), em favor da unidade orçamentaria da Secretaria Municipal de Saúde, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2186</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2186/projeto_de_lei_n.08-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2186/projeto_de_lei_n.08-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional especial por superávit financeiro de R$ 2.198,02 (Dois Mil, Cento e Noventa e Oito Reais e Dois Centavos), em favor da unidade orçamentaria da Secretaria Municipal de Saúde, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2187</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2187/projeto_de_lei_n.09-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2187/projeto_de_lei_n.09-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional especial por superávit financeiro de R$ 20.873,97 (Vinte Mil, Oitocentos e Setenta e Três Reais e Noventa e Sete Centavos), em favor da unidade orçamentaria da Secretaria Municipal de Saúde, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2190</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2190/projeto_de_lei_n.10-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2190/projeto_de_lei_n.10-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional especial por superávit financeiro de R$ 79.746,01 (Setenta e Nove Mil, Setecentos e Quarenta e Seis Reais e Um Centavos), em favor da unidade orçamentaria da Secretaria Municipal de Saúde, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2192</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2192/projeto_de_lei_n.11-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2192/projeto_de_lei_n.11-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por excesso de arrecadação no valor de R$ 48.800,00 (Quarenta e Oito Mil, Oitocentos Reais), em favor da unidade orçamentaria da Secretaria Municipal de Desenvolvimento Social e da Família, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2210</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2210/projeto_de_lei_no_012-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2210/projeto_de_lei_no_012-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional por anulação parcial de reserva de contingência até o montante de valor de R$ 850.000,00 (Oitocentos e Cinquenta Mil Reais), em favor da unidade orçamentaria da Secretaria Municipal de Educação, Cultura, Esporte, Lazer e Turismo, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2211</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2211/projeto_de_lei_no_013-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2211/projeto_de_lei_no_013-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional por anulação parcial de reserva de contingência até o montante de valor de R$ 180.000,00 (Cento e Oitenta Mil Reais), em favor da unidade orçamentaria da Secretaria Municipal de Educação, Cultura, Esporte, Lazer e Turismo, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2212</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2212/projeto_de_lei_no_014-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2212/projeto_de_lei_no_014-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional suplementar por anulação parcial de reserva de contingência até o montante de valor de R$ 45.000,00 (Oitocentos e Cinquenta Mil Reais), em favor da unidade orçamentaria da Secretaria Municipal de Educação, Cultura, Esporte, Lazer e Turismo, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2213</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2213/projeto_de_lei_no_015-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2213/projeto_de_lei_no_015-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional por anulação parcial da reserva de contingência até o montante de valor de R$ 25.000,00 (Vinte e Cinco Mil Reais), em favor da unidade orçamentaria da Secretaria Municipal de Educação, Cultura, Esporte, Lazer e Turismo, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2214</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2214/projeto_de_lei_no_016-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2214/projeto_de_lei_no_016-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por excesso de arrecadação e por anulação parcial de reserva de contingência até o montante de R$ 813.979,57 (Oitocentos e Treze Mil, Novecentos e Setenta e Nove Reais e Cinquenta e Sete Centavos), em favor da unidade orçamentaria da Secretaria Municipal de Educação, Cultura, Esporte, Lazer e Turismo, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2215</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2215/projeto_de_lei_no_017-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2215/projeto_de_lei_no_017-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional especial por excesso de arrecadação e por anulação parcial de reserva de contingência até o montante de R$ 31.022,98 (Trinta e Um Mil, vinte e dois reais e noventa e oito centavos), em favor da unidade orçamentaria da Secretaria Municipal de Obras  - SEMOSP, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2216</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2216/projeto_de_lei_no_018-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2216/projeto_de_lei_no_018-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional especial por superávit financeira e por anulação parcial de reserva de contingência até o montante de R$ 496.503,01 (Quatrocentos e Noventa e Seis Mil, Quinhentos e Três Reais e Um Centavo), em favor da unidade orçamentaria da Secretaria Municipal de Obras e Serviços Públicos, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2217</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2217/projeto_de_lei_no_019-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2217/projeto_de_lei_no_019-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional por superávit financeira e por anulação parcial de reserva de contingência até o montante de R$ 1.052.635,67 (Um milhão, cinquenta e dois mil, seiscentos e trinta e cinco reais e sessenta e sete centavos), em favor da unidade orçamentaria da Secretaria Municipal de Obras e Serviços Públicos, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2219</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2219/projeto_de_lei_no_020-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2219/projeto_de_lei_no_020-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional especial por superávit financeira de R$ 13.176,04 (Treze Mil, Cento e Setenta e Seis Reais e Quatro Centavos), em favor da unidade orçamentaria da Secretaria Municipal de Saúde, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2218</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2218/projeto_de_lei_no_021-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2218/projeto_de_lei_no_021-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Inclusão e Alterações no PPA, LDO e LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Espacial por Superávut Financeiro de R$15,958,63 (Quinze Mil, Novecentos e Cinquenta e Sessenta e Três Reais), em favor da unidade orç.de Sec. Munic. de Saúde, no Orçam Vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>2220</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2220/projeto_de_lei_no_022-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2220/projeto_de_lei_no_022-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro de R$88.246,93(Oitenta e Oito Mil, Duzentos e Quarenta e Seis Reais e Noventa e Seis Centavos),em favor da unidade orç.da Sec. Munic.de Saúde, no Orçam Vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>2221</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2221/projeto_de_lei_no_023-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2221/projeto_de_lei_no_023-2023.pdf</t>
   </si>
   <si>
     <t>Dispoe sobre Inclusão e Alteraçãoes no PPA, LDO e LOA, e Autoriza o POder Excutivo a Abrir Crédito Adicional Especial por Superavit Financeiro de R$ 39.894,00(Trinta e Nove MIl, Oitocentos e Noventa e Quatro Reais), em favor da unidade orç. da Sec.Munic. de Saúde, no Orçam Vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>2222</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2222/projeto_de_lei_no_024-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2222/projeto_de_lei_no_024-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro de R$ 519.395,57 (Quinhentos e Desenove Mil, Trezentos e Noventa e Cinco Reais e Sete Centavos), em favor da unidade orç. Da Sec. Munic. De Saúde, no Orçam Vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>2223</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2223/projeto_de_lei_no_025-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2223/projeto_de_lei_no_025-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro de R$176.544,07(Cento e Setenta e Seis Mil, Quinhentos e Quarenta e Quatro Reais e Sete Centavos), em favor da unidade orç. Da Sec. Munic. De Saúde, no Orçam Vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>2224</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2224/projeto_de_lei_no_026-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2224/projeto_de_lei_no_026-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o Reajuste dos Profissionais do Magistério e dá outras providências".</t>
   </si>
   <si>
     <t>2238</t>
   </si>
   <si>
     <t>Marluci Gabriel, Pastor Eber Lopes</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2238/projeto_de_lei_no_027-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2238/projeto_de_lei_no_027-2023.pdf</t>
   </si>
   <si>
     <t>"Proíbe o uso de linguagem neutra ou propagandas publicitárias e mídias no Município de São Francisco do Guaporé / RO".</t>
   </si>
   <si>
     <t>2251</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2251/projeto_de_lei_no_028-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2251/projeto_de_lei_no_028-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional especial  por Anulação Parcial de Dotação da Reserva de Contingencia no valor de  R$ 128.000,00 (Cento e Vinte e oito Mil Reais ), em favor da unidade orçamentaria da Secretaria Municipal de Desenvolvimento Social e da Família, no Orçam Vigente, e dá outras providencias.</t>
   </si>
   <si>
     <t>2252</t>
   </si>
   <si>
     <t>Institui o programa de Inteligência emocional - um olhar a saúde mental, dos profissionais lotados na secretaria de Educação e das Crianças e Adolescentes  Matriculados na rede municipal de ensino, e da outras providencias no Município de São Francisco do Guaporé / RO .</t>
   </si>
   <si>
     <t>2258</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2258/pl_no.030-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2258/pl_no.030-2023.pdf</t>
   </si>
   <si>
     <t>“Institui o Título de Honra ao Mérito aos Casais que completam 50 anos de convivência no âmbito do município de São Francisco do Guaporé/RO e dá outras providências”.</t>
   </si>
   <si>
     <t>2260</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2260/projeto_de_lei_no_31-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2260/projeto_de_lei_no_31-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por Anulação Parcial de Dotação da Reserva de Contingencia no valor de R$ 200.000,00 (Duzentos Mil Reais), em favor da unidade orçamentaria da Secretaria Municipal de Finanças e Planejamento, Ciência e Tecnologia (SEFINPLAN), no Orçam Vigente, e dá outras providencias.</t>
   </si>
   <si>
     <t>2261</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2261/projeto_de_lei_no_32-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2261/projeto_de_lei_no_32-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional por superávit financeiro do FUNDEB até o montante de R$ 700.000,00 (Setecentos Mil Reais ), em favor da unidade orçamentaria da Secretaria Municipal de Educação Cultura, Esporte, Lazer e Turismo, no Orçam Vigente, e dá outras providencias".</t>
   </si>
   <si>
     <t>2269</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2269/projeto_de_lei_n._33-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2269/projeto_de_lei_n._33-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por anulação Parcial da Reserva de Contingencia ate o montante de  R$ 61.000,00(Sessenta e Um Mil Reais  ), em favor da unidade orçamentaria da Secretaria Municipal de Educação Cultura, Esporte, Lazer e Turismo, no Orçam Vigente, e dá outras providencias".</t>
   </si>
   <si>
     <t>2270</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2270/projeto_de_lei_n._34-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2270/projeto_de_lei_n._34-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por anulação Parcial de Dotação até   o montante de R$ 38.150,00(Trinta e Oito Mil, Cento e Cinquenta Reais ), em favor da unidade orçamentaria da Secretaria Municipal de Educação Cultura, Esporte, Lazer e Turismo, no Orçam Vigente, e dá outras providencias".</t>
   </si>
   <si>
     <t>2271</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2271/projeto_de_lei_n._35-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2271/projeto_de_lei_n._35-2023.pdf</t>
   </si>
   <si>
     <t>Autorizo o Poder Executivo Municipal a firmar convênio e ceder ajuda financeira a título de subvenção - Termo de Fomento ao Instituto Fênix de Karatê de São Francisco do Guaporé - RO e da outras disposições.</t>
   </si>
   <si>
     <t>2282</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2282/projeto_de_lei_n_36.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2282/projeto_de_lei_n_36.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar convênio e conceder ajuda financeira a título de subvenção- Fomento a Liga de Desporte de São Francisco do Guaporé-RO e da outras disposições.</t>
   </si>
   <si>
     <t>2291</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2291/projeto_de_lei__no_37-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2291/projeto_de_lei__no_37-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Subvenção Financeira através de Termo de Fomento a Associação dos Pequenos Produtores Rurais do Vale do Rio São Miguel e dá outras providências."</t>
   </si>
   <si>
     <t>2292</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2292/projeto_de_lei__no_38-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2292/projeto_de_lei__no_38-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por anulação Parcial de Dotação da Reserva de Contingencia no valor de R$ 8.100,00 (Oito Mil e Cem Reais ), em favor da unidade orçamentaria da Secretaria Municipal de Desenvolvimento Social e da Família, no Orçam Vigente, e dá outras providencias".</t>
   </si>
   <si>
     <t>2293</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2293/projeto_de_lei__no_39-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2293/projeto_de_lei__no_39-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por anulação Parcial de Dotação da Reserva de Contingencia até o montante de R$ 150.000,00 (Cento e Cinquenta Mil Reais ), em favor da unidade orçamentaria da Secretaria Geral de Governo e Administração (SEGE-AD), no Orçam Vigente, e dá outras providencias".</t>
   </si>
   <si>
     <t>2294</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2294/projeto_de_lei__no_40-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2294/projeto_de_lei__no_40-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por anulação Parcial de Dotação da Reserva de Contingencia até o montante de R$ 120.000,00 (Cento e Vinte Mil Reais ), em favor da unidade orçamentaria da Secretaria Municipal de Finanças e Planejamento Ciência e Tecnologia (SENFINPLAN), no Orçam Vigente, e dá outras providencias".</t>
   </si>
   <si>
     <t>2295</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2295/projeto_de_lei__no_41-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2295/projeto_de_lei__no_41-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional especial  por anulação Parcial de Dotação até o montante de R$ 19.000,00 (Dezenove Mil Reais ), em favor da unidade orçamentaria do Instituto Municipal de Previdência dos Servidores, no orçamento vigente, e dá outras providencias".</t>
   </si>
   <si>
     <t>2296</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2296/projeto_de_lei__no_42-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2296/projeto_de_lei__no_42-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Excesso de Arrecadação e por anulação parcial de Dotação da Reserva de Contingencia no valor de R$ 846.788,23 (Oitocentos e Quarenta e Seis Mil, Setecentos e Oitenta e Oito Reais e Vinte e Três Centavos), em favor da unidade orçamentaria da Secretaria Municipal de Saúde, no orçamento vigente, e dá outras providencias".</t>
   </si>
   <si>
     <t>2297</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2297/projeto_de_lei__no_43-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2297/projeto_de_lei__no_43-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por anulação Parcial de Dotação da Reserva de Contingencia no valor de R$ 49.466,67 (Quarenta e Nove Mil, Quatrocentos e Sessenta e Seis Reais e Sessenta e Sete Centavos), em favor da unidade orçamentaria da Secretaria Municipal de Saúde, no orçamento vigente, e dá outras providencias".</t>
   </si>
   <si>
     <t>2298</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2298/projeto_de_lei__no_44-2023_ldo.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2298/projeto_de_lei__no_44-2023_ldo.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Lei de Diretrizes Orçamentárias - LDO, para o Exercício de 2024, do Município de São Francisco do Guaporé, e da outas providências".</t>
   </si>
   <si>
     <t>2299</t>
   </si>
   <si>
     <t>Braz Carlos Correia, Marluci Gabriel</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2299/pl_n.045-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2299/pl_n.045-2023.pdf</t>
   </si>
   <si>
     <t>“Altera o art. 6º da Lei Municipal nº.810/2012 e dá outras providências”.</t>
   </si>
   <si>
     <t>2303</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2303/projeto_de_lei_n._46-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2303/projeto_de_lei_n._46-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a organização e delimitação de perímetros dos Distritos do Município de São Francisco do Guaporé e dá outras providências".</t>
   </si>
   <si>
     <t>2306</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2306/projeto_de_lei_no_47-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2306/projeto_de_lei_no_47-2023.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre o exercício do Poder de Fiscalização dos Vereadores no Município e dá outras providências”.</t>
   </si>
   <si>
     <t>2312</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2312/projeto_de_lei_n._48-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2312/projeto_de_lei_n._48-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional especial por excesso de arrecadação e por anulação parcial de Dotação da  reserva de contingência até o montante de R$ 1.010.5000,00(Um Milhão, Dez Mil e Quinhentos Reais ), em favor da unidade orçamentaria da Secretaria Municipal de Agricultura e Meio Ambiente e Urbanismo , no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2313</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2313/projeto_de_lei_n.49-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2313/projeto_de_lei_n.49-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional especial por superávit financeira até o montante de R$ 7.171,45 (Sete Mil, Cento e Setenta e Um Reais e Quarenta e Cinco Centavos ), em favor da unidade orçamentaria da Secretaria Municipal de Desenvolvimento Social e da Família, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2314</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2314/projeto_de_lei_n._50-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2314/projeto_de_lei_n._50-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional por Suplementar  por anulação parcial de reserva de contingência até o montante de R$ 80.000,00 (Oitenta Mil Reais ), em favor da unidade orçamentaria da Secretaria Municipal de Educação Cult, Esport Lazer e Turismo , no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2315</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional especial por superávit financeiro até o montante de R$ 22.163,15 (Vinte e Dois Mil, Cento e Sessenta e Três Reais e Quinze Centavos), em favor da unidade orçamentaria da Secretaria Municipal de Desenvolvimento Social e  da Família, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2316</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2316/projeto_de_lei__no_52-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2316/projeto_de_lei__no_52-2023.pdf</t>
   </si>
   <si>
     <t>"Revoga a Lei Municipal nº 1.954/2022 que concedeu revisão geral anual dos  subsídios dos Vereadores da Câmara Municipal de São Francisco do Guaporé" .</t>
   </si>
   <si>
     <t>2326</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2326/projeto_de_lei__no_53-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2326/projeto_de_lei__no_53-2023.pdf</t>
   </si>
   <si>
     <t>"Revoga a Lei Municipal nº 1.953/2022 que concedeu revisão geral anual dos subsídios do Prefeito, Vice-Prefeito e Secretário".</t>
   </si>
   <si>
     <t>2327</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional especial por anulação parcial de Dotação da reserva de contingência até o montante de R$ 180.000,00(Cento e Oitenta Mil Reais ), em favor da unidade orçamentaria da Secretaria Municipal de Obras - SEMOSP , no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2328</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional especial por Superávit Financeiro  até o montante de R$ 68,54(Sessenta e Oito Reais e Cinquenta e Quatro Centavos ), em favor da unidade orçamentaria da Secretaria Municipal de Desenvolvimento Social e da Familia , no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2329</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional especial por Superávit Financeiro até o montante de R$ 2.576,91(Dois Mil, Quinhentos e Setenta e Seis Reais e Noventa e Um Centavos ), em favor da unidade orçamentaria da Secretaria Municipal de Desenvolvimento Social e da Família , no Orçamento Vigente, e dá outras providências"</t>
   </si>
   <si>
     <t>2330</t>
   </si>
@@ -4082,156 +4082,156 @@
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional especial por Superávit Financeiro até o montante de R$ 438,79 (Quatrocentos e Trinta e Oito Reais e Setenta e Nove Centavos), em favor da unidade orçamentaria da Secretaria Municipal de Desenvolvimento Social e da Família, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2339</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional especial por Superávit Financeiro até o montante de R$ 559,47(Quinhentos e Cinquenta e Nove Reais e Quarenta e Sete Centavos ), em favor da unidade orçamentaria da Secretaria Municipal de Desenvolvimento Social e da Família, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2340</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a Contratar Servidor por Prazo Determinado para atender as necessidades da Secretaria Municipal de Educação, Cultura, Esporte, Lazer e Turismo em Caráter Excepcional e Temporário e dá outras providencias.</t>
   </si>
   <si>
     <t>2341</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional especial por anulação parcial de Dotação da reserva de contingência até o montante de R$ 338.762,63(Trezentos e Trinta e Oito Mil, Setecentos e Sessenta e Dois e Sessenta e Três Centavos ), em favor da unidade orçamentaria da Secretaria Municipal de Educação Cultura, Esporte Lazer e Turismo, no Orçam Vigente e dá outras providências".</t>
   </si>
   <si>
     <t>2351</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2351/projeto_de_lei__no_69-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2351/projeto_de_lei__no_69-2023.pdf</t>
   </si>
   <si>
     <t>“Inclui no Calendário Oficial de Eventos do Município, o Dia do Autista”.</t>
   </si>
   <si>
     <t>2352</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2352/projeto_de_lei__no_70-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2352/projeto_de_lei__no_70-2023.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a disponibilização de Atendimento Psicológico ao Responsável, Atendente Pessoal e Familiar de Pessoa com Deficiência e dá outras providências”</t>
   </si>
   <si>
     <t>2353</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2353/projeto_de_lei__no_71-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2353/projeto_de_lei__no_71-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Doação de uma Embarcação a Associação Quilombola de Pedras Negras do Guaporé - AQPNG".</t>
   </si>
   <si>
     <t>2354</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2354/projeto_de_lei__no_72-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2354/projeto_de_lei__no_72-2023.pdf</t>
   </si>
   <si>
     <t>"Altera anexos da Lei Municipal nº 1.394/2016 (A HORA DO PRODUTOR)".</t>
   </si>
   <si>
     <t>2363</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2363/projeto_de_lei__no_73-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2363/projeto_de_lei__no_73-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Anulação Parcial de Dotação da Reserva de Contingência no valor de R$ 80.000,00 (Oitenta Mil Reais), em favor da unidade orçamentária da Secretaria Municipal de Desenvolvimento Social e da Família, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2370</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2370/projeto_de_lei__no_74-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2370/projeto_de_lei__no_74-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar convênio e conceder ajuda financeira a título de fomento ao instituto associação Fênix de Karatê de São Francisco do Guaporé-RO e da outras disposições.</t>
   </si>
   <si>
     <t>2371</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2371/projeto_de_lei__no_75-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2371/projeto_de_lei__no_75-2023.pdf</t>
   </si>
   <si>
     <t>"Institui o Viveiro Municipal de São Francisco do Guaporé e dá outras providências".</t>
   </si>
   <si>
     <t>2372</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2372/projeto_de_lei__no_76-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2372/projeto_de_lei__no_76-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por Superávit Financeiro até o montante de R$ 274.000,00 (Duzentos e Setenta e Quatro Mil Reais ), em favor da unidade orçamentaria da Secretaria Municipal de Educação, Cultura, Esporte, Lazer e Turismo, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2380</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2380/projeto_de_lei__no_77-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2380/projeto_de_lei__no_77-2023.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a proibição do uso de fogos de artifício e artefatos pirotécnicos com estampido, no âmbito do município de São Francisco do Guaporé e dá outras providências”.</t>
   </si>
   <si>
     <t>2383</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Excesso de Arrecadação e por  Anulação Parcial de Dotação da Reserva de Contingência no valor de R$ 210.375,53(Duzentos e Dez Mil, Trezentos e e Setenta e Cinco Reais e Cinquenta e Três Centavos), em favor da unidade orçamentária da Secretaria Municipal de Obras e Serviços Públicos, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2384</t>
   </si>
   <si>
     <t>“Dispõe sobre a transparência na execução de emendas parlamentares, indicadas ao Município por Deputados”.</t>
   </si>
   <si>
     <t>2385</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Excesso de Arrecadação e por Anulação Parcial de Dotação da Reserva de Contingência no valor de R$ 103.618,69(Cento e Três Mil, Seiscentos e Dezoito Reais e Sessenta e Nove Centavos), em favor da unidade orçamentária da Secretaria Municipal de Educação Cultura Cultura, Esporte Lazer e Turismo no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2386</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por Anulação Parcial de Dotação da Reserva de Contingência no valor de R$ 180.000,00(Cento e Oitenta Mil Reais ), em favor da unidade orçamentária da Secretaria Geral de Governo e administração ( SEGEAD), no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2390</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2390/projeto_de_lei__no_82-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2390/projeto_de_lei__no_82-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional por Anulação Parcial de Reserva de Contingência até o montante de R$ 34.000,00 (Trinta e Quatro Mil Reais ), em favor da unidade orçamentária da Secretaria Municipal de Educação, Cultura, Esporte, Lazer e Turismo, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2391</t>
   </si>
   <si>
     <t>Dispõe sobre a Inclusão e Alteração no PPA, LDO e LOA, e Autoriza o Poder Executivo  a Abrir Crédito Adicinal Especial por Anulação Parcial de Dotação da Reserva do Contingencia até o montante de R$ 200.000,00 (Duzentos Mil Reais), em favor da unidade orç. da Sec. Munic. de Agricultura e Meio Ambiente e Urbanismo, no Orçam Vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>2399</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro até o montante de R$ 27.477,68(Vinte e Sete Mil, quatrocentos e Setenta e Sete Reais e Sessenta e Oito Centavos ), em favor da unidade orçamentaria da Secretaria Municipal de Saúde , no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2400</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro até o montante de R$ 2.444,61(Dois Mil, Quatrocentos e Quarenta e Quatro Reais e Sessenta e Um Centavos ), em favor da unidade orçamentaria da Secretaria Municipal de Saúde, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2401</t>
   </si>
@@ -4298,1678 +4298,1678 @@
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro até o montante de R$ 58.413,78(Cinquenta e Oito Mil, Quatrocentos e Treze Reais e Setenta e Oito Centavos ), em favor da unidade orçamentaria da Secretaria Municipal de Saúde, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2417</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro até o montante de R$ 134.843,04(Cento e Trinta e Quatro Mil, Oitocentos e Quarenta e Três Reais e Quatro Centavos), em favor da unidade orçamentaria da Secretaria Municipal de Saúde, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2418</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro até o montante de R$ 112.064,00(Cento e Doze Mil e Sessenta e Quatro Reais), em favor da unidade orçamentaria da Secretaria Municipal de Saúde, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2404</t>
   </si>
   <si>
     <t>Institui videmonitoramento em locais de evidência existentes (nas ruas principais, praças, saídas do município , escolas, pontos comerciais, postos de saúde, bancos, semáforo e feira municipal), no âmbito do município de São Francisco do Guaporé-ro e dá outras providências.</t>
   </si>
   <si>
     <t>2426</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2426/projeto_de_lei__no_100-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2426/projeto_de_lei__no_100-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional  Suplementar por Anulação Parcial até o montante de R$ 344.300,00(Trezentos e Quarenta e Quatro Mil e Trezentos Reais ), em favor da unidade orçamentária da Secretaria Municipal de Finanças e Planejamento, Ciência e Tecnologia (SEMAGRIMA, SEGEAD, SEMOSP E SEMECELT), no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2427</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2427/projeto_de_lei__no_101-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2427/projeto_de_lei__no_101-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por Anulação Parcial de Dotação da Reserva de Contingencia até o montante de R$ 200.000,00 (Duzentos Mil Reais ), em favor da unidade orçamentária da Secretaria Geral de Governo e Administração (SEGEAD), no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2435</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2435/projeto_de_lei__no_102-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2435/projeto_de_lei__no_102-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro de R$ 80.000,00 (Oitenta Mil Reais), em favor da unidade orçamentária da Secretaria Municipal de Saúde, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2428</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2428/projeto_de_lei__no_103-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2428/projeto_de_lei__no_103-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro até o montante de R$ 1.418,40(um mil, Quatrocentos e Dezoito Reais e Quarenta Centavos), em favor da unidade orçamentária da Secretaria Municipal de Saúde, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2429</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2429/projeto_de_lei__no_104-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2429/projeto_de_lei__no_104-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Anulação Parcial de Dotação da Reserva de Contingencia no valor de R$ 13.784,13(Treze Mil, Setecentos e Oitenta e Quatro Reais e Treze Centavos ), em favor da unidade orçamentária da Secretaria Mun. de Desenv. Social e da Familia, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2431</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2431/projeto_de_lei__no_105-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2431/projeto_de_lei__no_105-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por Anulação Parcial de Dotação  até o montante de R$ 24.000,00(Vinte Quatro Mil Reais ), em favor da unidade orçamentária da Secretaria Municipal de Educação, Cult, Esport, Lazer e Turismo, no Orçam Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2432</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2432/projeto_de_lei__no_106-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2432/projeto_de_lei__no_106-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por Anulação Parcial de Dotação  até o montante de R$ 36.469,06 (Trinta e Seis Mil, Quatrocentos e Sessenta e Nove Reais e Seis Centavos ), em favor da unidade orçamentária da Secretaria Municipal de Saúde, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2433</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2433/projeto_de_lei__no_107-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2433/projeto_de_lei__no_107-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por Anulação Parcial de Dotação  no valor de  R$ 45.050,00 (Quarenta e Cinco Mil e Cinquenta Reais ), em favor da unidade orçamentária da Secretaria Municipal de Saúde, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2434</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2434/projeto_de_lei__no_108-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2434/projeto_de_lei__no_108-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por Anulação Parcial de Dotação da Reserva de Contigencia no  valor  de R$ 144.000,00 ( Cento e Quarenta e Quatro Mil), em favor da unidade orçamentária da Secretaria Municipal de Saúde, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2436</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2436/projeto_de_lei__no_109-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2436/projeto_de_lei__no_109-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional por Anulação Parcial de Dotação da Reserva de Contingencia até o montante de R$ 302.545,00 (Trezentos e Dois Mil Quinhentos e Quarenta e Cinco Reais ), em favor da unidade orçamentária da Secretaria Municipal de Educação, Cultura, Esporte, Lazer e Turismo, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2437</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2437/projeto_de_lei__no_110-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2437/projeto_de_lei__no_110-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro e por Anulação Parcial de Reserva de Contingencia até o montante de R$ 288.046,00 (Duzentos e Oitenta e Oito Mil e Quarenta e Seis Reais ), em favor da unidade orçamentária da Secretaria Municipal de Obras e Serviços Públicos, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2438</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2438/projeto_de_lei__no_111-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2438/projeto_de_lei__no_111-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por Anulação Parcial de Dotação da Reserva de Contingência no valor de R$ 140.000,00 ( Cento e Quarenta Mil Reais), em favor da unidade orçamentária da Secretaria Municipal de Saúde, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2440</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2440/projeto_de_lei_n.112-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2440/projeto_de_lei_n.112-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre termo de Cooperação entre Prefeitura Municipal de São Francisco do Guaporé e Associação de Pais e Amigos dos Excepcionais e dá outras providências.</t>
   </si>
   <si>
     <t>2441</t>
   </si>
   <si>
     <t>Flavio Carequinha, Marluci Gabriel, Zé da Máquina</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2441/projeto_de_lei_n.113-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2441/projeto_de_lei_n.113-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Criação de Incentivo á Doação regular de Sangue para os Servidores do Município de São Francisco do Guaporé /RO .</t>
   </si>
   <si>
     <t>2469</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2469/projeto_de_lei_n.114-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2469/projeto_de_lei_n.114-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial  por Anulação Parcial de Dotação no valor de R$ 129.604,92( Cento e Vinte Nove Mil, Seissentos e Quatro Reais e Noventa e Dois Centavos), em favor da unidade orçamentária do Instituto Municipal de Previdencia dos servidores , no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2447</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2447/projeto_de_lei_n.115-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2447/projeto_de_lei_n.115-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por Anulação Parcial de Dotação da Reserva de Contingência no valor de R$ 19.500,00 ( Dezenove Mil e Quinhentos Reais), em favor da unidade orçamentária da Secretaria Municipal de Obras e serv. Públicos , no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2448</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2448/projeto_de_lei__n_116-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2448/projeto_de_lei__n_116-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar Especial  por Excesso de Arrecadação   no valor de R$ 100.000,00 ( Cem Mil Reais), em favor da unidade orçamentária da Secretaria Municipal de Saúde, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2449</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2449/projeto_de_lei_n.117-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2449/projeto_de_lei_n.117-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Excesso de Arrecadação e Credito Adicional especial por Anulação Parcial de Dotação da Reserva de Contingência no valor de R$ 520.000,00 ( Quinhentos e Vinte Mil Reais), em favor da unidade orçamentária da Secretaria Municipal de Agricultura e Meio Ambiente e Urbanismo no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2450</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2450/projeto_de_lei_no118-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2450/projeto_de_lei_no118-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Excesso de Arrecadação  no valor de R$ 180.000,00 ( Cento e Oitenta Mil Reais), em favor da unidade orçamentária da Secretaria Municipal de Saúde, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2451</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2451/projeto_de_lei_n.119-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2451/projeto_de_lei_n.119-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por Anulação Parcial de Dotação da Reserva de Contingência no valor de R$ 122.000,00( Cento e Vinte e Dois  Mil Reais), em favor da unidade orçamentária da Secretaria Municipal de Saúde, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2452</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2452/projeto_de_lei_n.120-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2452/projeto_de_lei_n.120-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro  no valor de R$ 588.230,09( Quinhentos e Oitenta e Oito Mil,  Duzentos e Trinta Reais e Nove Centavos ), em favor da unidade orçamentária da Câmara Municipal , no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2453</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2453/projeto_de_lei_no121-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2453/projeto_de_lei_no121-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Excesso de Arrecadação  no valor de R$ 200.000,00( Duzentos Mil Reais ), em favor da unidade orçamentária da Secretaria Municipal de Saúde, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2454</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2454/projeto_de_lei_no122-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2454/projeto_de_lei_no122-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar l por Anulação Parcial de Dotação da Reserva de Contingência no valor de R$ 17.500,00( Dezessete Mil e Quinhentos Reais ), em favor da unidade orçamentária da Secretaria Municipal de Saúde, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2455</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2455/projeto_de_lei_no123-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2455/projeto_de_lei_no123-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar  por Anulação Parcial de Dotação da Reserva de Contingência no valor de R$ 31.000,00( Trinta e Um Mil Reais ), em favor da unidade orçamentária da Secretaria Municipal de Saúde, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2456</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2456/projeto_de_lei_n.124-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2456/projeto_de_lei_n.124-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por Anulação Parcial de Dotação da Reserva de Contingência no valor de R$ 48.500,00( Quarenta e Oito Mil, Quinhentos Reais ), em favor da unidade orçamentária da Secretaria Municipal de Obras e serv. Públicos , no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2457</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2457/projeto_de_lei_n.125-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2457/projeto_de_lei_n.125-2023.pdf</t>
   </si>
   <si>
     <t>Estabelece Diretrizes Curriculares, Normas e Condições para a oferta da Educação Infantil, em especial na Creche Municipal ( nos parâmetros de organização) do sistema Municipal de Ensino de São Francisco do Guaporé - RO  e da outras providencias.</t>
   </si>
   <si>
     <t>2458</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2458/projeto_de_lei_n.126-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2458/projeto_de_lei_n.126-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Doação ao Estado de Rondônia do Imóvel Urbano Denominado Lote 001.02; Setor 01; Entre a Av. Brasil e Rua Chico Mendes, Bairro Alto Alegre .</t>
   </si>
   <si>
     <t>2459</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2459/projeto_de_lei_n.127-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2459/projeto_de_lei_n.127-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Subvenção Financeira a Colônia de Pescadores e Aquicultores Z - 10 de São Francisco do Guaporé-RO</t>
   </si>
   <si>
     <t>2460</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2460/projeto_de_lei_n.128-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2460/projeto_de_lei_n.128-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a transferência de recursos financeiras a Associação Beneficente São Camilo através de Termo de Fomento e dá Outras Providencias.</t>
   </si>
   <si>
     <t>2461</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2461/projeto_de_lei_n.129-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2461/projeto_de_lei_n.129-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Subvenção Financeira através de Termo de Fomento a Associação dos Feirantes da Feira Livre de São Francisco do Guaporé - AFFLSFG e dá outras providências.</t>
   </si>
   <si>
     <t>2462</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2462/projeto_de_lei_n.130-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2462/projeto_de_lei_n.130-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o pagamento de Plantões Extras no Âmbito da Secretaria Municipal de Saúde e dá outras providencias.</t>
   </si>
   <si>
     <t>2463</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração do art. 6º da Lei Municipal nº 810/2012.</t>
   </si>
   <si>
     <t>2464</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2464/projeto_de_lei_n.132-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2464/projeto_de_lei_n.132-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder executivo Municipal a Firmar Convênio e conceder ajuda financeira a título de Subvenção - Fomento  a Liga de Desporto de São Francisco do Guaporé - RO  e da outras Providencias.</t>
   </si>
   <si>
     <t>2465</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2465/projeto_de_lei_n.133-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2465/projeto_de_lei_n.133-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a atuação do subsídio dos Secretários; dos Secretários Adjuntos e do Controlador Geral do Órgão de Controle Interno.</t>
   </si>
   <si>
     <t>2466</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2466/projeto_de_lei_n.134-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2466/projeto_de_lei_n.134-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a atualização dos subsídios do Prefeito e do Vice-Prefeito.</t>
   </si>
   <si>
     <t>2467</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2467/projeto_de_lei_n.135-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2467/projeto_de_lei_n.135-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração do anexo VI  da Lei Municipal nº 1.996/2022.</t>
   </si>
   <si>
     <t>2472</t>
   </si>
   <si>
     <t>Dispõe sobre Subvenção Financeira a Associação dos Produtores Rurais de São Francisco Guaporé - RO - APRF e da outras providencias.</t>
   </si>
   <si>
     <t>2473</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2473/projeto_n._137-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2473/projeto_n._137-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Subvenção Financeira a Escola Família Agrícola do Vale do Guaporé e dá outras providencias.</t>
   </si>
   <si>
     <t>2474</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2474/projeto_n._138-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2474/projeto_n._138-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por Anulação Parcial de Dotação da Reserva de Contingência no valor de R$ 30.000,00( Trinta Mil Reais  ), em favor da unidade orçamentária da Secretaria Municipal de Finanças e Planejamento, Ciência e Tecnologia (SENFINPLAN) , no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2475</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2475/projeto_n._139-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2475/projeto_n._139-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro no valor de R$ 270.000,00( Duzentos e Setenta Mil Reais ), em favor da unidade orçamentária da Secretaria Municipal de Obras e serv. Públicos, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2476</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2476/projeto_n._140-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2476/projeto_n._140-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por Anulação Parcial de Dotação da Reserva de Contingência no valor de R$ 650.000,00( Seiscentos e Cinquenta Mil Reais ), em favor da unidade orçamentária da Secretaria Municipal de Obras e Serv. Públicos, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2477</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2477/projeto_n._141-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2477/projeto_n._141-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar  por Superávit Financeiro no valor de R$241.000,00( Duzentos e Quarenta e Um Mil Reais  ), em favor da unidade orçamentária da Secretaria Municipal de Agricultura e Meio Ambiente e Urbanismo, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2478</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2478/projeto_n._142-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2478/projeto_n._142-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por Anulação Parcial de Dotação  no valor de R$ 1.000.000,000 ( Um Milhão de Reais  ), em favor da unidade orçamentária da Secretaria Municipal de Educação Cul., Esport., Lazer e Turismo , no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2479</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2479/projeto_n._143-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2479/projeto_n._143-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por Superávit Financeiro  no valor de R$185.000,00( Cento e Oitenta e Cinco Mil Reais  ), em favor da unidade orçamentária da Secretaria Municipal de Educação Cul., Esport., Lazer e Turismo , no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2480</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2480/projeto_n._144-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2480/projeto_n._144-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por Superávit Financeiro no valor de R$49.000,00( Quarenta e Nove Mil Reais ), em favor da unidade orçamentária da Secretaria Municipal de Educação Cul., Esport., Lazer e Turismo , no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2481</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2481/projeto_n._145-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2481/projeto_n._145-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por Superávit Financeiro no valor de R$70.000,00( Setenta Mil Reais  ), em favor da unidade orçamentária da Secretaria Municipal de Obras e Serv. Públicos , no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2482</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2482/projeto_n._146-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2482/projeto_n._146-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por Superávit Financeiro no valor de R$39.000,00( Trinta e Nove Mil Reais ), em favor da unidade orçamentária da Secretaria Municipal de Educação Cul., Esport., Lazer e Turismo , no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2483</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2483/projeto_n._147-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2483/projeto_n._147-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por Anulação Parcial de Dotação da Reserva de Contingência no valor de R$ 100.000,00( Cem  Mil Reais ), em favor da unidade orçamentária da Secretaria Municipal de Educação, Cultura, Esporte, Lazer e Turismo, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2484</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2484/projeto_n._148-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2484/projeto_n._148-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar convênio e ceder ajuda financeira a titulo de Subvenção - Fomento a Liga de Desporto de São Francisco Guaporé - RO e da outras providencias.</t>
   </si>
   <si>
     <t>2485</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2485/projeto_n._149-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2485/projeto_n._149-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a abrir crédito adicional especial por excesso de arrecadação até o montante de R$ 671.810,35 (Seiscentos e Setenta e Um Mil, Oitocentos e Dez Reais e Trinta e Cinco Centavos) em favor da unidade orçamentária da Secretaria Municipal de Educação, Cultura, Esporte, Lazer e Turismo, no orçamento vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>2497</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2497/projeto_n._150-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2497/projeto_n._150-2023.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Executivo Municipal a Contratar Servidor por prazo determinado para atender as necessidades da Secretaria Municipal de Educação, Cultura, Esporte, Lazer e Turismo em Caráter Excepcional e Temporário e dá outras providências".</t>
   </si>
   <si>
     <t>2498</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2498/projeto_de_lei_n.151-2021_-_alan.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2498/projeto_de_lei_n.151-2021_-_alan.pdf</t>
   </si>
   <si>
     <t>“Altera o inciso II do § 2º, do Art. 6º da Lei nº.1.611/2019, e da outras providências”.</t>
   </si>
   <si>
     <t>2501</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2501/projeto_n._152-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2501/projeto_n._152-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a aquisição de imóvel para ampliação do Cemitério Municipal São Francisco de Assis."</t>
   </si>
   <si>
     <t>2502</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2502/projeto_n._153-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2502/projeto_n._153-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a abrir crédito adicional por Superavit Financeiro no valor de R$ 113.397,65(Cento e Treze Mil, Trezentos e Noventa e Sete Reais e Sessenta e Cinco Centavos) em favor da unidade orçamentária da Secretaria Municipal de Obras ,no orçamento vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>2503</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2503/projeto_n._154-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2503/projeto_n._154-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a abrir crédito adicional por Superavit Financeiro no valor de R$ 48.774,90 (Quarenta e Oito Mil, Setecentos e setenta e Quatro Reais e Noventa Centavos) em favor da unidade orç. Do Instituto Municipal  de Previdência dos Servidores, no orçamento vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>2504</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2504/projeto_n._155-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2504/projeto_n._155-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a abrir crédito adicional por Superavit Financeiro no valor de R$ 69.780,00 (Sessenta de Nove Mil, Setecentos e Oitenta Reais) em favor da unidade orçamentária da Secretaria Municipal de Agricultura e Meio Ambiente e Urbanismo, no orçam vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>2506</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2506/projeto_n._156-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2506/projeto_n._156-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a abrir crédito adicional Especial por excesso de Arrecadação até  o montante de  R$ 162.365,83(Cento e Sessenta e Dois Mil, Trezentos e Sessenta e cinco Reais e Oitenta e Três Centavos. ) em favor da unidade orçamentária da Secretaria Municipal de Educação, Cult, Esport., Lazer e Turismo ,no orçamento vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>2505</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2505/projeto_n._157-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2505/projeto_n._157-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a abrir crédito adicional Suplementar por Anulação Parcial de Dotação da Reserva de Contingencia  no valor de R$ 23.000,00(Vinte Três Mil ) em favor da unidade orçamentária da Secretaria Municipal de Saúde, no orçamento vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>2507</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2507/projeto_n._158-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2507/projeto_n._158-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a abrir crédito adicional por Superavit Financeiro no valor de R$ 10.000,00( Dez Mil Reais) em favor da unidade orçamentária da Secretaria Municipal de Educação, Cult, Esport, Lazer e Turismo, no orçamento vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>2514</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2514/projeto_n._159-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2514/projeto_n._159-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por Superávit Financeiro no valor de R$300.000,00( Trezentos Mil Reais  ), em favor da unidade orçamentária da Secretaria Municipal de Educação Cul., Esport., Lazer e Turismo , no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2515</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2515/projeto_de_lei_n._160-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2515/projeto_de_lei_n._160-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por Superávit Financeiro no valor de R$28.901,52( Vinte e Oito Mil, Novecentos e Um Reais e Cinquenta e Dois Centavos ), em favor da unidade orçamentária da Secretaria Municipal de Obras e Serviços Públicos , no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2516</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2516/projeto_de_lei_n._161-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2516/projeto_de_lei_n._161-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a abrir crédito adicional Especial por excesso de Arrecadação até o montante de R$ 300.000,00(Trezentos Mil Reais) em favor da unidade orçamentária da Secretaria Municipal de Saúde ,no orçamento vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>2517</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2517/projeto_de_lei_n._162-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2517/projeto_de_lei_n._162-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a abrir crédito adicional Suplementar por Superávit Financeiro no valor de R$ 10.000,00(Dez Mil Reais ) em favor da unidade orç. da Secretaria de Obras e Serviços Públicos, no orçamento vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>2518</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2518/projeto_de_lei_n._163-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2518/projeto_de_lei_n._163-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a abrir crédito adicional Suplementar especial por excesso de arrecadação até o montante de R$ 50.000,00(Cinquenta Mil Reais) em favor da unidade orçamentária da Secretaria Municipal de Saúde  no orçamento vigente, e dá outras providências</t>
   </si>
   <si>
     <t>2519</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2519/projeto_de_lei_n._164-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2519/projeto_de_lei_n._164-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial  r por Superávit Financeiro no valor de R$299.039,69( Duzentos e Noventa e Nove Mil, Trinta e Nove Reais e Sessenta e Nove Centavos ), em favor da unidade orçamentária da Secretaria Municipal de Educação Cul., Esport., Lazer e Turismo , no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2523</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2523/projetop_de_lei_n._165-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2523/projetop_de_lei_n._165-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder anistia e remissão de multas e juros a contribuintes inadimplentes, bem como fixa valor tido como irrisório de cobrança de dívidas e dá outras providências.</t>
   </si>
   <si>
     <t>2527</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2527/pl_no.166-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2527/pl_no.166-2023.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a proibição da comercialização do cachimbo de água egípcio, conhecido como narguilé, aos menores de dezoito anos de idade, bem como consumo e uso em locais públicos e dá outras providências”.</t>
   </si>
   <si>
     <t>2529</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2529/projeto_n._167-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2529/projeto_n._167-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Excesso de Arrecadação e Superávit Financeiro até o montante de R$ 126.033,33 (Cento e Vinte e Seis Mil, e Trinta e Três Reais e Trinta e Três Centavos), em favor da unidade orçamentária da Secretaria Municipal de Educação, Cultura, Esporte, Lazer e Turismo, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2530</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2530/projeto_n._168-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2530/projeto_n._168-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro até o montante de R$ 390.000,00 (Trezentos e Noventa Mil Reais), em favor da unidade orçamentária da Secretaria Municipal de Agricultura e Meio Ambiente e Urbanismo, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2531</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2531/projeto_n._169-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2531/projeto_n._169-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a abrir crédito adicional especial por superávit financeiro até o montante de R$ 64.000,00 (Sessenta e Quatro Mil Reais), em favor da unidade orçamentária da Secretaria Municipal de Educação, Cultura, Esporte, Lazer e Turismo, no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2532</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2532/projeto_n._170-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2532/projeto_n._170-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Doação ao Estado de Rondônia um veículo ambulância do tipo D."</t>
   </si>
   <si>
     <t>2536</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a abrir crédito adicional especial por superávit financeiro até o montante de R$ 650.000,00(Seiscentos e Cinquenta Mil Reais ), em favor da unidade orçamentária da Secretaria Municipal de Obras e Serv. públicos, no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2538</t>
   </si>
   <si>
     <t>Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar Especial por Superávit Financeiro até o montante de R$ 40.000,00( Quarenta Mil Reais ) em favor da unidade orç. da Sec. Munic. de Finanças e Planejamento, Ciência e Tecnologia (SENFINPLAN) no Orçam Vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>2555</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2555/pl_no.173-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2555/pl_no.173-2023.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Executivo Municipal a Contratar Servidores por Prazo Determinado para atender as necessidades da Secretaria Municipal de Educação, Cultura, Esporte, Lazer e Turismo em Caráter Excepcional e Temporário e dá outras providências".</t>
   </si>
   <si>
     <t>2556</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2556/pl_no.174-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2556/pl_no.174-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Excesso de Arrecadação  até o montante de R$ 50.000,00 (Cinquenta Mil Reais), em favor da unidade orçamentária da Secretaria Municipal de Educação, Cultura, Esporte, Lazer e Turismo, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2557</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2557/pl_no.175-2023_2.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2557/pl_no.175-2023_2.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a abrir crédito adicional especial por superávit financeiro até o montante de R$ 1.755.500,00 (Um Milhão, Setecentos e Cinquenta e Cinco Mil, e Quinhentos Reais), em favor da unidade orçamentária da Secretaria Municipal de Finanças e Planejamento, Ciência e Tecnologia (SEMECELT, SEGEAD, SEMOSP E SEMAGRIAM), no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2558</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2558/pl_no.176-2023_2.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2558/pl_no.176-2023_2.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Excesso de Arrecadação no valor de R$ 10.500,00 (Dez Mil e Quinhentos Reais), em favor da unidade orçamentária da Secretaria Municipal de Desenvolvimento Social e da Família, no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2559</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2559/pl_no.177-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2559/pl_no.177-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Excesso de Arrecadação no valor de R$ 37.046,19 (Trinta e Sete Mil e Quarenta e Seis Reais e Dezenove Centavos), em favor da unidade orçamentária da Secretaria Municipal de Desenvolvimento Social e da Família, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2560</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2560/pl_no.178-2023_2.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2560/pl_no.178-2023_2.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por Excesso de Arrecadação do FUNDEB até o montante de R$ 1.143.000,00 (Um Milhão, Cento e Quarenta e Três Mil Reais), em favor da unidade orçamentária da Secretaria Municipal de Educação, Cultura, Esporte, Lazer e Turismo, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2561</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2561/pl_no.179-2023_2.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2561/pl_no.179-2023_2.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por Excesso de Arrecadação até o montante de R$ 362.916,23 (Trezentos e Sessenta e Dois Mil, Novecentos e Dezesseis Mil e Vinte e Três Centavos), em favor da unidade orçamentária da Secretaria Municipal de Obras e Serviços Públicos, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2562</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2562/pl_no.180-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2562/pl_no.180-2023.pdf</t>
   </si>
   <si>
     <t>"Estima a Receita e Fixa a Despesa do Município de São Francisco do Guaporé, para o exercício Financeiro de 2024."</t>
   </si>
   <si>
     <t>2572</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2572/pl_no.181-2023_2.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2572/pl_no.181-2023_2.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por superávit Financeiro até montante de R$ 300.000,00 (Trezentos Mil Reais), em favor da unidade orçamentária da Secretaria Municipal de Obras e Serviços Públicos, no orçamento vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>2574</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2574/projeto_de_lei_182-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2574/projeto_de_lei_182-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Inclusão e Alteração no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar Especial por Excesso de Arrecadação e Superávit Financeiro até o montante de R$161.008,90 (Cento e Sessenta e Um Mil , Oito Reais e Noventa Centavos), em favor da unidade orç.da Secretaria Municipal de Saúde, no Orçam Vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>2575</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2575/pl_no.183-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2575/pl_no.183-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Inclusão e Alteração no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por Anulação Parcial  no valor de R$322,471,00(Trezentos e Vinte e Dois Mil e Quatrocentos e Setenta e Um Mil Reais), em favor da unidade orç.da Secretaria Municipal de Saúde, no Orçam Vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>2581</t>
   </si>
   <si>
     <t>Dispõe sobre a nomeação "Rua da Paz" ao trecho compreendido entre a Avenida Rio Branco e Rua Macapá, e as ruas Airton Sena e Princesa Isabel, no município de São Francisco do Guaporé.</t>
   </si>
   <si>
     <t>2590</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2590/pl_no.185-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2590/pl_no.185-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alteração no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por Anulação Total de Dotação até o montante de R$ 30.000,00 (Trinta Mil Reais), em favor da unidade orçamentaria da Secretaria Municipal de Educação, Cultura, Esporte, Lazer e Turismo, no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2594</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo conceder ajuda financeira a título de subvenção a ECOVALE de São Francisco do Guaporé-RO e da outras providencias.</t>
   </si>
   <si>
     <t>2597</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2597/pl_no.187-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2597/pl_no.187-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro até o montante de R$ 110.000,00 (Cento e Dez Mil Reais), em favor da unidade orçamentária da Secretaria Municipal de Agricultura e Meio Ambiente e Urbanismo, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2598</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2598/pl_no.188-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2598/pl_no.188-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro até o montante de R$ 71.690,00 (Setenta e Um Mil, Seiscentos e Noventa Reais), em favor da unidade orçamentária da Secretaria Municipal de Agricultura e Meio Ambiente e Urbanismo, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2602</t>
   </si>
   <si>
     <t>Dispõe sobre Inclusão e Alteração no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por Anulação Parcial  no valor de R$3.381.000,00(Três Milhoes, Trezentos e Oitenta e um reais), em favor da unidade orç.da Secretaria Municipal de Saúde, no Orçam Vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>2604</t>
   </si>
   <si>
     <t>Dispõe sobre Inclusão e Alteração no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por Anulação Total de Dotação no valor de R$ 105.500,00(Cento e Cinco Mil e Quinhetos Reais), em favor da unidade orç.da Secretaria Municipal de Desenvolvimento Social e da Familia, no Orçam Vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>2605</t>
   </si>
   <si>
     <t>Dispõe sobre Inclusão e Alteração no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional  Especial por Superávit Financeiro até o montante de R$370.000,00 (Trezentos e Setenta Mil Reais), em favor da unidade orç.da Secretaria Municipal de Finanças e Planejamento, Ciência e Tecnologia (SENFINPLAN), no Orçam Vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>2606</t>
   </si>
   <si>
     <t>Pastor Eber Lopes, Cidão Venâncio, Marluci Gabriel</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2606/pl_no.192-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2606/pl_no.192-2023.pdf</t>
   </si>
   <si>
     <t>“Institui o programa de vacinação domiciliar de idosos no município de São Francisco do Guaporé e dá outras providências.”</t>
   </si>
   <si>
     <t>2607</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2607/pl_no.193-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2607/pl_no.193-2023.pdf</t>
   </si>
   <si>
     <t>“Classifica a visão monocular como deficiência sensorial visual no Município de São Francisco do Guaporé e dá outras providências.”</t>
   </si>
   <si>
     <t>2614</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2614/pl_no.194-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2614/pl_no.194-2023.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a necessidade da presença de um profissional tradutor e intérprete, ou, pessoas capacitadas em Libras, para atendimento às pessoas surdas ou deficientes auditivos em agências bancárias, pronto socorro de hospitais e escolas no município de São Francisco do Guaporé.”</t>
   </si>
   <si>
     <t>2615</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2615/pl_no.195-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2615/pl_no.195-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Subvenção Financeira a Liga Desportiva e Cultural de São Francisco do Guaporé-RO, e dá outras providências."</t>
   </si>
   <si>
     <t>2616</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2616/pl_no.196-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2616/pl_no.196-2023.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre o programa "Saúde Melhor Idade" no município de São Francisco do Guaporé e dá outras providências”.</t>
   </si>
   <si>
     <t>2621</t>
   </si>
   <si>
     <t>“Altera o Art. 1º da Lei Municipal nº.1.916/2021, e da outras providências”.</t>
   </si>
   <si>
     <t>2622</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2622/projeto_de_lei_no_198.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2622/projeto_de_lei_no_198.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Credito Adicional Suplementar por Anulação Total e Parcial de Dotação ate o montante de R$ 48.618,00 (Quarenta e Oito Mil, Seiscentos e Dezoito Reais ) em favor da unidade orçamentária da Secretaria  Municipal de Educação, Cultura, Esporte, Lazer e Turismo, no Orçamentária Vigente, e da outras providencias</t>
   </si>
   <si>
     <t>2629</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2629/pl_no.199-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2629/pl_no.199-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alteração no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por Anulação Parcial no valor de R$ 201.218,70 (Duzentos e Um Mil, Duzentos e Dezoito Reais e Setenta Centavos), em favor da unidade orçamentária da Secretaria Municipal de Saúde, no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2630</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2630/pl_no.200-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2630/pl_no.200-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alteração no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro de R$ 13.946,45 (Treze Mil, Novecentos e Quarenta e Seis Reais e Quarenta e Cinco Centavos), em favor da unidade orçamentária da Secretaria Municipal de Saúde, no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2631</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2631/pl_no.201-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2631/pl_no.201-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alteração no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por Anulação Parcial no valor de R$ 203.000,00 (Duzentos e Três Mil Reais), em favor da unidade orçamentária da Secretaria Municipal de Saúde, no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2632</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2632/pl_no.202-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2632/pl_no.202-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alteração no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro até o montante de R$ 9.000,00 (Nove Mil Reais), em favor da unidade orçamentária da Secretaria Municipal de Finanças e Planejamento, Ciência e tecnologia (SENFINPLAN), no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2633</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2633/pl_no.203-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2633/pl_no.203-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alteração no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro de R$ 354.000,00 (Trezentos e Cinquenta e Quatro Mil Reais), em favor da unidade orçamentária da Secretaria Municipal de Saúde, no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2637</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2637/projeto_de_lei_no_204_-_2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2637/projeto_de_lei_no_204_-_2023.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre o uso obrigatório de detector de metal na vistoria das entradas de alunos e todas pessoas nos portões das escolas públicas e privadas no Município de São Francisco do Guaporé e dá outras providências.”</t>
   </si>
   <si>
     <t>2654</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2654/pl_no.205-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2654/pl_no.205-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar convênio e conceder ajuda financeira a título de subvenção-Fomento a Liga de Desporto de São Francisco do Guaporé-RO e da Outras Disposições.</t>
   </si>
   <si>
     <t>2667</t>
   </si>
   <si>
     <t>Pastor Eber Lopes, Alan Siqueira</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2667/projeto_de_lei_no_206_-_2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2667/projeto_de_lei_no_206_-_2023.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a criação do cargo de Gari Municipal no Município de São Francisco do Guaporé e dá outras providências.”</t>
   </si>
   <si>
     <t>2674</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2674/pl_no.207-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2674/pl_no.207-2023.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a firmar convênio e conceder ajuda financeira a título de subvenção - fomento a Liga de Desporto de São Francisco do Guaporé - RO e da outras disposições".</t>
   </si>
   <si>
     <t>2676</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2676/pl_no.208-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2676/pl_no.208-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alteração no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro de R$ 72.000,00 (Setenta e Dois Mil Reais), em favor da unidade orçamentária da Secretaria Municipal de Saúde, no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2677</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2677/projeto_de_lei_209-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2677/projeto_de_lei_209-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Inclusão e Alteração no PPA, LDO e LOA e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial  por Superávit Financeiro até o montante de R$ 181.000,00 (Cento e Oitenta e Um Mil Reais), em favor da unidade  orç. da Secretaria Municipal de Agricultura e Meio Ambiente e Urbanismo, no Orçam vigente , e dá outras providências.</t>
   </si>
   <si>
     <t>2681</t>
   </si>
   <si>
     <t>Alan Siqueira, Braz Carlos Correia, Cidão Venâncio, Edison Crispin, Flavio Carequinha, Geferson dos Santos, Hermes Bordignon, Marluci Gabriel, Ozias Santos, Zé da Máquina</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2681/pl_no.210-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2681/pl_no.210-2023.pdf</t>
   </si>
   <si>
     <t>“Altera o art. 1º, art. 3º e parágrafo único, art. 4º, inclui o §2º e §3º no art.1º, e revoga o art. 2º e art. 5º, todos da Lei Municipal nº.959/2023 e da outras providências”.</t>
   </si>
   <si>
     <t>2683</t>
   </si>
   <si>
     <t>"Dispõe sobre a Inclusão e Alteração no PPA, LDO e LOA e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro de R$ 220.000,00 (Duzentos e Vinte Mil Reais), em favor da unidade orçamentário da Secretaria Municipal de Saúde, no orçamento vigente , e dá outras providências."</t>
   </si>
   <si>
     <t>2684</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2684/pl_no.212-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2684/pl_no.212-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a subvenção financeira a Colônia de Pescadores e Aquicultores Z-10 de São Francisco do Guaporé e dá outras providências."</t>
   </si>
   <si>
     <t>2688</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2688/pl_no.213-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2688/pl_no.213-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Inclusão e Alteração no PPA, LDO e LOA e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro de R$ 1.600,00 (Mil e Seiscentos Reais), em favor da unidade orçamentário da Secretaria Municipal de Saúde, no orçamento vigente , e dá outras providências."</t>
   </si>
   <si>
     <t>2689</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2689/pl_no.214-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2689/pl_no.214-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Inclusão e Alteração no PPA, LDO e LOA e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por Anulação Parcial de Dotação até o montante de R$ 120.000,00 (Cento e Vinte Mil Reais), em favor da unidade orçamentário da Câmara Municipal, no orçamento vigente , e dá outras providências."</t>
   </si>
   <si>
     <t>2693</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2693/pl_no.215-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2693/pl_no.215-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Inclusão e Alteração no PPA, LDO e LOA e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro de R$ 35.500,00 (Trinta e Cinco Mil e Quinhentos Reais), em favor da unidade orçamentário da Secretaria Municipal de Obras e Serviços Públicos, no orçamento vigente , e dá outras providências."</t>
   </si>
   <si>
     <t>2694</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2694/pl_no.216-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2694/pl_no.216-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Inclusão e Alteração no PPA, LDO e LOA e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Excesso de Arrecadação até o montante de R$ 7.168,90 (Sete Mil, Cento e Sessenta e Oito Reais e Noventa Centavos), em favor da unidade orçamentário da Secretaria Municipal de Obras e Serviços Públicos, no orçamento vigente , e dá outras providências."</t>
   </si>
   <si>
     <t>2695</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2695/pl_no.217-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2695/pl_no.217-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Inclusão e Alteração no PPA, LDO e LOA e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro até o montante de R$ 604.437,38 (Seiscentos e Quatro Mil, Quatrocentos e Trinta e Sete Reais e Trinta e Oito Centavos), em favor da unidade orçamentário da Secretaria Municipal de Obras e Serviços Públicos, no orçamento vigente , e dá outras providências."</t>
   </si>
   <si>
     <t>2696</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2696/pl_no.218-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2696/pl_no.218-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Inclusão e Alteração no PPA, LDO e LOA e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro de R$ 250.000,00 (Duzentos e Cinquenta Mil Reais), em favor da unidade orçamentário da Secretaria Municipal de Obras e Serviços Públicos, no orçamento vigente , e dá outras providências."</t>
   </si>
   <si>
     <t>2697</t>
   </si>
   <si>
     <t>Alan Siqueira, Cirção, Geferson dos Santos, Hermes Bordignon, Marluci Gabriel, Zé da Máquina</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2697/pl_no.219-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2697/pl_no.219-2023.pdf</t>
   </si>
   <si>
     <t>“Regulamenta a extensão da Avenida Tancredo Neves, e trechos das Ruas, São Paulo, Princesa Isabel, Tiradentes e Airton Sena, no município de São Francisco do Guaporé, e dá outras providências”.</t>
   </si>
   <si>
     <t>2700</t>
   </si>
   <si>
     <t>Mesa Diretora - MD</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2700/pl_no.220-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2700/pl_no.220-2023.pdf</t>
   </si>
   <si>
     <t>“Fixa o valor do subsídio do Prefeito, do Vice-Prefeito, dos Secretários; dos Secretários Adjuntos, do Chefe de Gabinete e do Controlador de Órgão de Controle Interno para a gestão de 2025/2028”.</t>
   </si>
   <si>
     <t>2701</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2701/pl_no.221-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2701/pl_no.221-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Inclusão e Alteração no PPA, LDO e LOA e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Excesso de Arrecadação no valor de R$ 120.000,00 (Cento e Vinte Mil Reais), em favor da unidade orçamentário da Secretaria Municipal de Saúde, no orçamento vigente , e dá outras providências."</t>
   </si>
   <si>
     <t>2702</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2702/pl_no.222-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2702/pl_no.222-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Inclusão e Alteração no PPA, LDO e LOA e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Excesso de Arrecadação no valor de R$ 281.200,00 (Duzentos e Oitenta e Um Mil e Duzentos Reais), em favor da unidade orçamentário da Secretaria Municipal de Saúde, no orçamento vigente , e dá outras providências."</t>
   </si>
   <si>
     <t>2705</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2705/pl_no.223-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2705/pl_no.223-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Inclusão e Alteração no PPA, LDO e LOA e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Anulação Total de Dotação até o montante de R$ 79.125,00 (Setenta e Nove Mil, Cento e Vinte e Cinco Reais), em favor da unidade orçamentária da Secretaria Municipal de Agricultura e Meio Ambiente e Urbanismo, no orçamento vigente , e dá outras providências."</t>
   </si>
   <si>
     <t>2707</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2707/pl_no.224-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2707/pl_no.224-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Inclusão e Alteração no PPA, LDO e LOA e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar pro Superávit Financeiro até montante de R$ 192.000,00 (Cento e Noventa e Dois Mil Reais), em favor da unidade orçamentário da Secretaria Municipal de Obras e Serviços Públicos, no orçamento vigente , e dá outras providências."</t>
   </si>
   <si>
     <t>2713</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2713/pl_no.225-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2713/pl_no.225-2023.pdf</t>
   </si>
   <si>
     <t>"Autoriza a baixa dos bens móveis antieconômicos do patrimônio da Câmara Municipal de São Francisco do Guaporé/RO e dá outras providências".</t>
   </si>
   <si>
     <t>2714</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2714/pl_no.226-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2714/pl_no.226-2023.pdf</t>
   </si>
   <si>
     <t>"Autoriza a baixa de patrimônio e alienação de bens móveis pertencentes à Câmara Municipal de São Francisco do Guaporé/RO e dá outras providências".</t>
   </si>
   <si>
     <t>2715</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2715/pl_no.227-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2715/pl_no.227-2023.pdf</t>
   </si>
   <si>
     <t>"Revogam-se o art. 86, §1º e art. 87, todos da Lei Municipal nº340/2006".</t>
   </si>
   <si>
     <t>2716</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2716/pl_no.228-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2716/pl_no.228-2023.pdf</t>
   </si>
   <si>
     <t>"Regulamenta o Conselho Municipal de Saúde do Município de São Francisco do Guaporé".</t>
   </si>
   <si>
     <t>2717</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2717/pl_no.229-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2717/pl_no.229-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a readequação e o realinhamento salarial dos cargos da Estrutura Administrativa, e Funcional do Instituto Municipal de Previdência dos Servidores de São Francisco do Guaporé, bem como reestrutura a ouvidoria do referido Instituto de Previdência e dá outras providências".</t>
   </si>
   <si>
     <t>2723</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2723/pl_no.230-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2723/pl_no.230-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a alteração do art. 6º da Lei Municipal nº. 810/2012".</t>
   </si>
   <si>
     <t>2724</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2724/pl_no.231-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2724/pl_no.231-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Inclusão e Alteração no PPA, LDO e LOA e Autoriza o Poder Executivo a Abrir Crédito Adicional por Superávit Financeiro até montante de R$ 3.200,00 (Três Mil e Duzentos Reais), em favor da unidade orçamentário da Secretaria Municipal de Finanças e Planejamento, Ciência e Tecnologia (SENFINPLAN), no orçamento vigente , e dá outras providências."</t>
   </si>
   <si>
     <t>2725</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2725/pl_no.232-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2725/pl_no.232-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Inclusão e Alteração no PPA, LDO e LOA e Autoriza o Poder Executivo a Abrir Crédito Adicional por Superávit Financeiro de R$ 2.205,06 (Dois Mil, Duzentos e Cinco Reais, e Seis Centavos), em favor da unidade orçamentário da Secretaria Municipal de Saúde, no orçamento vigente , e dá outras providências."</t>
   </si>
   <si>
     <t>2726</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2726/pl_no.233-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2726/pl_no.233-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Inclusão e Alteração no PPA, LDO e LOA e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro até montante de R$ 480.000,00 (Quatrocentos e Oitenta Mil Reais), em favor da unidade orçamentário da Secretaria Municipal de Educação, Cultura, Esporte, Lazer e Turismo, no orçamento vigente , e dá outras providências."</t>
   </si>
   <si>
     <t>2727</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2727/pl_no.234-2023_2.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2727/pl_no.234-2023_2.pdf</t>
   </si>
   <si>
     <t>"Dá a denominação de "VANILTON PETRONÍLIO DE JESUS" ao Centro Farmácia Básica Municipal, em São Francisco do Guaporé/RO".</t>
   </si>
   <si>
     <t>2730</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2730/pl_no.235-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2730/pl_no.235-2023.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre o Subsídio dos Vereadores do Município de São Francisco do Guaporé/RO, para a Legislatura de 2025 à 2028”.</t>
   </si>
   <si>
     <t>2148</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Jaime Robaina Fuentes</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2148/projeto_de_lei_complementar_01-23.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2148/projeto_de_lei_complementar_01-23.pdf</t>
   </si>
   <si>
     <t>"Dispõe a revisão anual com realinhamento dos salários dos Servidores do Magistério Público e Auxiliares da Educação Básica do Município de São Francisco do Guaporé-RO"</t>
   </si>
   <si>
     <t>2149</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2149/anexo_02-23.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2149/anexo_02-23.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a revisão anual com realinhamento dos Salários dos Servidores Públicos da Administração Geral  do Município de São Francisco do Guaporé-RO"</t>
   </si>
   <si>
     <t>2150</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2150/projeto_de_lei_complementar_03-23.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2150/projeto_de_lei_complementar_03-23.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a revisão anual com realinhamento dos salários dos Servidores Públicos da Secretaria Municipal de Saúde e dá outras providências."</t>
   </si>
   <si>
     <t>2151</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2151/projeto_de_lei_complementar_04-23.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2151/projeto_de_lei_complementar_04-23.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a revisão geral com realinhamento dos salários dos Servidores Públicos da Estrutura Administrativa, alterando os anexos II, III e IV da Lei Complementar nº052/2016."</t>
   </si>
   <si>
     <t>2152</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2152/projeto_de_lei_complementar_no_05-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2152/projeto_de_lei_complementar_no_05-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a instituição do piso salarial dos cargos efetivos engenheiro agrônomo e médico veterinário da tabela de vencimentos do Plano de Cargos, Carreira e Salários da Secretaria Municipal de Administração dá outras providências."</t>
   </si>
   <si>
     <t>2153</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2153/projeto_de_lei_complementar_no_06-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2153/projeto_de_lei_complementar_no_06-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Reforma Administrativa, Estrutural e Funcional do Instituto Municipal de Previdência dos Servidores  de São Francisco do Guaporé e dá outras providências,"</t>
   </si>
   <si>
     <t>2233</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2233/projeto_de_lei_complementar_no_07-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2233/projeto_de_lei_complementar_no_07-2023.pdf</t>
   </si>
   <si>
     <t>Altera o Plano de Amortização para equacionamento do déficit atuarial do Regimento Próprio de Previdência Social-RPPS do Município de São Francisco do Guaporé-RO, conforme diretizes emanadas pela Portaria n.1467/2022 e suas alterações, e dá outras providências.</t>
   </si>
   <si>
     <t>2236</t>
   </si>
   <si>
     <t>Estabelece regras e diretrizes para atuação do agente de contratação, da equipe de apoio, da comissão de contratação e do gestor e fiscais de contratos no Poder Executivo e suprime dispositivos da Lei Complementar n°052, de 15 de Dezembro de 2016, que Dispõe sobre a Reforma Administrativa, Estrutural e Funcional da Prefeitura Municipal de São Francisco do Guaporé-RO, e dá outras providências.</t>
   </si>
   <si>
     <t>2239</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2239/projeto_de_lei_complementar__no_09-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2239/projeto_de_lei_complementar__no_09-2023.pdf</t>
   </si>
   <si>
     <t>2240</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2240/projeto_de_lei_complementar__no_10-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2240/projeto_de_lei_complementar__no_10-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a revisão e o realinhamento do salário do cargo de Advogado do Município de São Francisco do Guaporé e altera o §3º do art. 55 da Lei Complementar nº.052/2016 e da outras providências".</t>
   </si>
   <si>
     <t>2250</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2250/projeto_de_lei_complementar_no_11-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2250/projeto_de_lei_complementar_no_11-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de Departamento de Limpeza Urbana e Rural, bem como altera o valor da remuneração do cargo comissionado de pregoeiro constante da Lei Complementar nº 052/2016 e da outras providencias,</t>
   </si>
   <si>
     <t>2262</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2262/projeto_de_lei_complementar_no_12-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2262/projeto_de_lei_complementar_no_12-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre criação de cargos e designações de funções todos constantes da Lei Complementar nº.052/2016 e dá outras providências".</t>
   </si>
   <si>
     <t>2272</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2272/projeto_complementar_n._13-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2272/projeto_complementar_n._13-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre revisão de realinhamento do Salário dos Cargos de Pregoeiro Oficial e do Assistente Jurídico constantes da Lei Complementar nº 052/2016 e dá outras providências.</t>
   </si>
   <si>
     <t>2273</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2273/projeto_complementar_no_14-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2273/projeto_complementar_no_14-2023.pdf</t>
   </si>
   <si>
     <t>Estabelece regras e diretrizes para a atuação de contratação, da equipe de apoio, da comissão de contratação e do gestor e fiscais de contratos no Poder Executivo e suprime dispositivos da Lei Complementar nº 052, de 15 de Dezembro de 2016, que dispõe sobre a Reforma Administrativa, Estrutural e Funcional da Prefeitura Municipal de São Francisco do Guaporé - RO, e da outras Providencias.</t>
   </si>
   <si>
     <t>2274</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2274/projeto_complementar_no_15-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2274/projeto_complementar_no_15-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre criação do Cargo e designação das funções do Chefe de Gabinete - Lei Complementar nº 052/2016 e dá outras providências.</t>
   </si>
   <si>
     <t>2275</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2275/projeto_complementar_no_16-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2275/projeto_complementar_no_16-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a ampliação do número de vagas do Cargo Comissionado de Diretor de Departamento de Limpeza Pública da Secretaria Municipal de Obras, Serviços Públicos e Urbanismo, a descreve a Lei Complementar nº 052/2016 e dá outras providências.</t>
   </si>
   <si>
     <t>2279</t>
   </si>
   <si>
     <t>Dispõe Sobre a Criação do Cargo Efetivo de Terapeuta Ocupacional a que descreve a Lei Complementar nº  056/2017 e dá Outras Providências.</t>
   </si>
   <si>
     <t>2280</t>
   </si>
   <si>
     <t>Dispõe Sobre a Criação do Cargo Comissionado de Coordenador Terapêutico Ocupacional da Secretaria Municipal de Saude, a que descreve a Lei Complementar nº  052/2016 e dá Outras Providências.</t>
   </si>
   <si>
     <t>2360</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2360/projeto_de_lei_complementar_no.019-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2360/projeto_de_lei_complementar_no.019-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a instituição do piso salarial do Enfermeiro, do Técnico de Enfermagem e do Auxiliar de Enfermagem."</t>
   </si>
   <si>
     <t>2540</t>
   </si>
   <si>
     <t>Dispões sobre a criação de cargos na Secretaria Municipal de Educação, Cultura, Esporte, Lazer e Turismo a que descreve a Lei Complementar n 047/2015</t>
   </si>
   <si>
     <t>2596</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2596/plc_no.21-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2596/plc_no.21-2023.pdf</t>
   </si>
   <si>
     <t>"Revoga o "caput" do art. 49 da Lei Complementar nº 047/2015."</t>
   </si>
   <si>
     <t>2703</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2703/plc_no.22-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2703/plc_no.22-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação de cargos na Secretaria Municipal de Educação, Cultura, Esporte, Lazer e Turismo a que descreve a Lei Complementar nº.056/2017".</t>
   </si>
   <si>
     <t>2710</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2710/plc_no.23-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2710/plc_no.23-2023.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei Complementar Municipal n.65/2019, cria a função gratificada de Agente de Contratação, nos termos da Lei Federal de Licitações n. 14.133/2021, e dá outras providências".</t>
   </si>
   <si>
     <t>2718</t>
   </si>
   <si>
     <t>"Dispõe sobre o realinhamento salarial dos Servidores Públicos da Estrutura Administrativa, alterando os anexos II, III e IV da Lei Complementar nº 052/2016".</t>
   </si>
   <si>
     <t>2719</t>
   </si>
   <si>
     <t>"Dispõe sobre o realinhamento e a readequação salarial dos Servidores Públicos da Administração Geral do Município de São Francisco do Guaporé, RO".</t>
   </si>
   <si>
     <t>2720</t>
   </si>
   <si>
     <t>"Dispõe sobre o realinhamento e readequação salarial dos Servidores Públicos da Secretaria Municipal de Saúde e dá outras providências".</t>
   </si>
   <si>
     <t>2721</t>
   </si>
   <si>
     <t>"Dispõe sobre o realinhamento e a readequação salarial dos Servidores do Magistério Público e Auxiliares da Educação Básica do Município de São Francisco do Guaporé, RO".</t>
   </si>
   <si>
     <t>2729</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2729/plc_no.28-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2729/plc_no.28-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o reajuste no percentual de 10% (dez por cento) sobre os salários dos servidores públicos da Câmara Municipal de São Francisco do Guaporé/RO, altera os Anexos I, II e III, todos da Lei Complementar Municipal n. 65/2019, e dá outras providências".</t>
   </si>
   <si>
     <t>2396</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Aprova as contas do Município de São Francisco do Guaporé-RO, exercício financeira de 2021.</t>
   </si>
   <si>
     <t>2308</t>
   </si>
   <si>
     <t>PRL</t>
   </si>
   <si>
     <t>Projeto de Resolução Legislativa</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2308/projeto_de_resolucao_n.001-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2308/projeto_de_resolucao_n.001-2023.pdf</t>
   </si>
   <si>
     <t>“Estabelece prazo para que o Executivo Municipal responda as indicações e ofícios encaminhados pelos vereadores, na forma que especifica”.</t>
   </si>
   <si>
     <t>2350</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2350/projeto_de_resolucao_legislativa_n.002-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2350/projeto_de_resolucao_legislativa_n.002-2023.pdf</t>
   </si>
   <si>
     <t>“Institui a Frente Parlamentar em Defesa dos Direitos da Pessoa com transtorno do Espectro Autista no âmbito da Câmara Municipal, e dá outras providências”.</t>
   </si>
   <si>
     <t>2359</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2359/projeto_de_resolucao_legislativa_n.003-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2359/projeto_de_resolucao_legislativa_n.003-2023.pdf</t>
   </si>
   <si>
     <t>Institui e regulamenta a aquisição, o uso de uniformes  e sua obrigatoriedade para servidores e vereadores da Câmara Municipal de São Francisco do Guaporé/RO</t>
   </si>
   <si>
     <t>2381</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2381/projeto_de_resolucao_legislativa_n.004-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2381/projeto_de_resolucao_legislativa_n.004-2023.pdf</t>
   </si>
   <si>
     <t>“Institui o Prêmio ‘Advocacia Cidadã’, e dá outras providências”.</t>
   </si>
   <si>
     <t>2546</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2546/projeto_de_resolucao_no.005-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2546/projeto_de_resolucao_no.005-2023.pdf</t>
   </si>
   <si>
     <t>Altera o horário das Sessão Ordinárias da Câmara Municipal de São Francisco do Guaporé/RO.</t>
   </si>
   <si>
     <t>2617</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2617/projeto_de_resolucao_legislativa_n.006-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2617/projeto_de_resolucao_legislativa_n.006-2023.pdf</t>
   </si>
   <si>
     <t>“Reajusta no percentual de 50% (cinquenta por cento) os valores constantes no ANEXO I, e Inclui o inciso V e VI do Art. 2º, da Resolução Legislativa nº.02/2019, ”.</t>
   </si>
   <si>
     <t>2711</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2711/projeto_de_resolucao_legislativa_n.007-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2711/projeto_de_resolucao_legislativa_n.007-2023.pdf</t>
   </si>
   <si>
     <t>"Regulamenta a aplicação da Lei Federal n. 14.133/2021 no âmbito da Câmara Municipal de São Francisco do Guaporé, dispõe sobre Licitações e Contratos Administrativos, e dá outras providências".</t>
   </si>
   <si>
     <t>2232</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Proposta de Emenda à lei Orgânica Municipal</t>
   </si>
   <si>
     <t>Alan Siqueira, Braz Carlos Correia, Cidão Venâncio, Edison Crispin, Flavio Carequinha, Ozias Santos, Zé da Máquina</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2232/pelom_-_01-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2232/pelom_-_01-2023.pdf</t>
   </si>
   <si>
     <t>"Altera a redação do §3º, do artigo 168, da Lei Orgânica do Município de São Francisco do Guaporé/RO".</t>
   </si>
   <si>
     <t>2468</t>
   </si>
   <si>
     <t>VET</t>
   </si>
   <si>
     <t>Veto Municipal</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2468/veto_no.01-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2468/veto_no.01-2023.pdf</t>
   </si>
   <si>
     <t>Nos termos do paragrafo § 1. do art. 66 da Lei Orgânica Municipal, decidi Vetar integralmente o Projeto de Lei nº.090/2022, por motivos de conveniência e de oportunidade, por padecerem dos vícios de inconstitucionalidade e de ilegalidade que o maculam.</t>
   </si>
   <si>
     <t>2499</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2499/veto_no.02-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2499/veto_no.02-2023.pdf</t>
   </si>
   <si>
     <t>Veto Total ao Projeto de Lei nº.045/2023 (Que alterou a vida útil do transporte escolar para 15 anos).</t>
   </si>
   <si>
     <t>2500</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2500/veto_no.03-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2500/veto_no.03-2023.pdf</t>
   </si>
   <si>
     <t>Veto Total ao Projeto de Lei nº.130/2023 (Que alterou os plantões extras dos profissionais da saúde).</t>
   </si>
   <si>
     <t>2552</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2552/veto_no.04-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2552/veto_no.04-2023.pdf</t>
   </si>
   <si>
     <t>Veto Total ao Projeto de Lei nº.151/2023 que está alterando o inciso II do §2º, do art. 6º da Lei Municipal nº.1.611/2019 (Conselho Tutelar)</t>
   </si>
   <si>
     <t>2419</t>
   </si>
   <si>
     <t>EMPL</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2419/emenda_modificativa_1-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2419/emenda_modificativa_1-2023.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa ao Projeto de Lei nº.045/2023 que "Altera o art. 6º da Lei Municipal nº. 810/2012 e dá outras providências".</t>
   </si>
   <si>
     <t>2470</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2470/emenda_modificativa_n.02-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2470/emenda_modificativa_n.02-2023.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa ao Projeto de Lei nº.130/2023 que "Altera o art. 1º do Projeto de lei nº. 130/2023 e dá outras providências".</t>
   </si>
   <si>
     <t>2728</t>
   </si>
   <si>
     <t>Cirção</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2728/emenda_modificativa_n.03-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2728/emenda_modificativa_n.03-2023.pdf</t>
   </si>
   <si>
     <t>Modifique-se a Proposta de Orçamento Anual - Projeto de Lei nº.180/2023, com as devida dedução dos valores na Fichas programáticas abaixo discriminadas:_x000D_
 ADIÇÃO:_x000D_
 SECRETARIA GERAL DE GOVERNO E ADMINISTRAÇÃO_x000D_
 OUTROS SERVIÇOS DE TERCEIROS_x000D_
 Ficha 39 - R$ 46.000,00</t>
   </si>
   <si>
     <t>2731</t>
   </si>
   <si>
     <t>Braz Carlos Correia, Flavio Carequinha</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2731/emenda_modificativa_n.04-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2731/emenda_modificativa_n.04-2023.pdf</t>
   </si>
   <si>
     <t>Modifica o Art. 7º do Projeto de Lei nº.180/2023: “Art. 7º - Nos termos da Constituição Federal, Art. 167 Inciso VI e dos art. 7º, 42 e 43, da Lei Federal n. 4.320/64, fica o Chefe do Poder Executivo autorizado, por meio de Decreto, a realizar o remanejamento, a transposição e/ou transferência de recursos, assim como realizar abertura de créditos adicionais suplementares por anulação parcial ou total, e superávit financeiro apurado em 31 de dezembro de 2023, desde que não alterados os objetos iniciais, até o limite de 10% (dez por cento) do valor total do orçamento, incluídos aquelas destinadas a viabilizar a ação compatível com o objeto do mesmo.”</t>
   </si>
   <si>
     <t>2154</t>
   </si>
   <si>
     <t>CHAPA</t>
   </si>
   <si>
     <t>Chapa de Eleição das Comissões</t>
   </si>
   <si>
     <t>Cidão Venâncio, Edison Crispin, Ozias Santos, Pastor Eber Lopes</t>
   </si>
   <si>
     <t>Comissão de Constituição, Justiça e Redação Final, para o Biênio 2023/2024, composta por:_x000D_
 Presidente: 	Aparecido Venâncio de Jesus_x000D_
 Secretário: 	Edison Crispin Dias_x000D_
 Relator: 	        Eber Lopes Reis_x000D_
 Suplente:	        Ozias Alves dos Santos</t>
   </si>
   <si>
     <t>2155</t>
@@ -6007,81 +6007,81 @@
   <si>
     <t>Cidão Venâncio, Flavio Carequinha, Marluci Gabriel, Pastor Eber Lopes</t>
   </si>
   <si>
     <t>Comissão de Educação, Desporto, Lazer, Turismo, Saúde, Trabalho e Ação Social, para o Biênio 2023/2024, composta por:_x000D_
 _x000D_
 _x000D_
 Presidente: 	Eber Lopes Reis_x000D_
 Secretário:	Aparecido Venâncio de Jesus_x000D_
 Relator:	        Marluci Gabriel Barbosa_x000D_
 Suplente:	        Flavio Barbosa Pereira</t>
   </si>
   <si>
     <t>2712</t>
   </si>
   <si>
     <t>MOR</t>
   </si>
   <si>
     <t>Moção de Repúdio</t>
   </si>
   <si>
     <t>Alan Siqueira, Braz Carlos Correia, Cidão Venâncio, Cirção, Edison Crispin, Flavio Carequinha, Geferson dos Santos, Hermes Bordignon, Marluci Gabriel, Ozias Santos, Zé da Máquina</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2712/mocao_de_repudio_n.001-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2712/mocao_de_repudio_n.001-2023.pdf</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE SÃO FRANCISCO DO GUAPORÉ-RO, vem manifestar o seu repúdio a empresa de distribuição de energia elétrica ENERGISA a respeito do mau serviço prestado a população de são Francisco do Guaporé.</t>
   </si>
   <si>
     <t>2247</t>
   </si>
   <si>
     <t>PRES</t>
   </si>
   <si>
-    <t>PRESTAÇÃO DE CONTAS</t>
-[...2 lines deleted...]
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2247/prestacao_de_contas_-_exercicio_2021.pdf</t>
+    <t>Prestação de Contas</t>
+  </si>
+  <si>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2247/prestacao_de_contas_-_exercicio_2021.pdf</t>
   </si>
   <si>
     <t>Prestação de Contas do exercício de 2021, do Poder Executivo do Município de São Francisco do Guaporé/RO, de responsabilidade do Prefeito Municipal Alcino Bilac Machado.</t>
   </si>
   <si>
     <t>2231</t>
   </si>
   <si>
     <t>LIST</t>
   </si>
   <si>
     <t>Lista Tríplice</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2231/lista_triplice_do_impes_2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2231/lista_triplice_do_impes_2023.pdf</t>
   </si>
   <si>
     <t>Escolha do Superintendente do Instituto de Previdência dos Servidores Públicos Efetivos Municipal,_x000D_
 1. FLÁVIA ALVES ALMEIDA, Mat. 170 - Técnico em Finanças do IMPES;_x000D_
 2. ODAIR JOSÉ GALDINO, Mat. 6882 - Agente Comunitário de Saúde;_x000D_
 3. SELMA ROSA DE ALMEIDA, Mat. 8664 - Professora.</t>
   </si>
   <si>
     <t>2344</t>
   </si>
   <si>
     <t>Recurso</t>
   </si>
   <si>
     <t>Recurso para que seja destituído do Cargo de Presidente da Comissão Permanente da Comissão de Constituição, Justiça e Redação Final, o Senhor Vereador Aparecido Venâncio de Jesus.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -6400,67 +6400,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2188/indicacao_no__01-2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2189/indicacao_no__02-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2191/indicacao_no__03-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2193/indicacao_no__04-2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2202/indicacao_no__05-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2259/indicacao_no_006-2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2264/indicacao_no_007-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2290/indicacao_08-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2345/indicacao_n._09-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2349/indicacao_n._10-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2442/indicacao_legislativa_n._12-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2443/indicacao_legislativa_n._13-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2554/indicacao_no__18-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2650/indicacao_legislativa_no_19_-_2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2675/indicacao_no_20-2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2706/indicacao_no_21-2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2708/indicacao_no_22-2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2709/indicacao_no_23-2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2159/requerimento_n.01-2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2161/requerimento_n.02-2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2160/requerimento_n.03-2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2163/requerimento_n.04-2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2162/requerimento_n.05-2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2164/requerimento_n.06-2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2165/requerimento_n.07-2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2166/requerimento_n.08-2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2167/requerimento_n.09-2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2168/requerimento_n.10-2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2169/requerimento_n.11-2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2171/requerimento_n.12-2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2170/requerimento_n.13-2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2174/requerimento_n.14-2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2173/requerimento_n.15-2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2172/requerimento_n.16-2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2175/requerimento_n.17-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2176/requerimento_n.18-2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2177/requerimento_n.19-2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2178/requerimento_n.20-2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2179/requerimento_n.21-2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2194/requerimento_022-2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2196/requerimento_024-2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2197/requerimento_025-2023.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2198/requerimento_026-2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2199/requerimento_027-2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2200/requerimento_028-2023.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2201/requerimento_029-2023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2203/requerimento_030-2023.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2204/requerimento_031-2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2205/requerimento_032-2023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2206/requerimento_033-2023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2207/requerimento_034-2023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2208/requerimento_035-2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2209/requerimento_036-2023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2225/requerimento_037-2023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2226/requerimento_038-2023.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2227/requerimento_039-2023.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2228/requerimento_040-2023.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2229/requerimento_041-2023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2230/requerimento_042-2023.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2234/requerimento_043-2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2235/requerimento_044-2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2241/requerimento_045-2023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2242/requerimento_no_046-2023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2243/requerimento_047-2023.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2244/requerimento_048-2023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2245/requerimento_049-2023.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2246/requerimento_050-2023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2248/requerimento_no_051-2023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2249/requerimento_n._52-2023.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2253/requerimento_no_053-2023.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2254/requerimento_no_054-2023.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2255/requerimento_no_055-2023.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2263/requerimento_no_058-2023.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2265/requerimento_no_059-2023.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2266/requerimento_no_060-2023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2267/requerimento_no_061-2023.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2268/requerimento_no_062-2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2277/requerimento_no_063-2023.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2278/requerimento_no_064-2023.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2283/requerimento_65-2023.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2284/requerimento_66-2023.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2285/requerimento_67-2023.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2286/requerimento_68-2023.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2287/requerimento_69-2023.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2288/requerimento_70-2023.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2289/requerimento_71-2023.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2301/requerimento_73-2023.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2302/requerimento_74-2023.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2304/requerimento_n._75-2023.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2305/requerimento_n._76-2023.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2307/requerimento_n._77-2023.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2309/requerimento_n._78-2023.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2310/requerimento_n._79-2023.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2311/requerimento_n._80-2023.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2317/requerimento_n._81-2023.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2318/requerimento_n._82-2023.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2319/requerimento_n._83-2023.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2320/requerimento_n._84-2023.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2321/requerimento_n._85-2023.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2322/requerimento_n._86-2023.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2323/requerimento_n._87-2023.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2324/requerimento_n._88-2023.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2325/requerimento_n._89-2023.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2342/requerimento_no90-2023.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2343/requerimento_n._92-2023.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2346/requerimento_n._92-2023.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2347/requerimento_n._93-2023.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2348/requerimento_n._94-2023.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2355/requerimento_n._95-2023.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2356/requerimento_n._96-2023.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2357/requerimento_n._97-2023.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2358/requerimento_n._98-2023.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2361/requerimento_n._99-2023.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2364/requerimento_n._101-2023.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2365/requerimento_n._102-2023.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2366/requerimento_n._103-2023.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2367/requerimento_n._104-2023.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2368/requerimento_n._105-2023.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2369/requerimento_n._106-2023.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2373/requerimento_n._107-2023.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2374/requerimento_n._108-2023.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2375/requerimento_n._109-2023.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2377/requerimento_n._110-2023.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2378/requerimento_n._111-2023.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2379/requerimento_n._112-2023.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2382/requerimento_n._113-2023.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2387/requerimento_n._114-2023.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2388/requerimento_n._115-2023.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2389/requerimento_n._116-2023.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2392/requerimento_n._117-2023.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2393/requerimento_n._118-2023.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2394/requerimento_n._119-2023.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2395/requerimento_n._120-2023.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2397/requerimento_n_121-2023.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2405/requerimento_n_122-2023.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2406/requerimento_n_123-2023.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2407/requerimento_n_124-2023.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2408/requerimento_n_125-2023.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2421/requerimento_n._126-2023.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2422/requerimento_n._127-2023.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2423/projeto_de_lei_n.128-2023.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2424/requerimento_n._129-2023.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2425/requerimento_n._130-2023.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2444/requerimento_n._131-2023.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2445/requerimento_n._132-2023.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2446/requerimento_n._133-2023.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2471/requerimento_n._134-2023.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2486/requerimento_n._135-2023.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2487/requerimento_136-2023.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2488/requerimento_137-2023.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2490/requerimento_139-2023.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2491/requerimento_140-2023.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2492/requerimento_141-2023_2.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2493/requerimento_142-2023_2.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2495/requerimento_144-2023.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2496/requerimento_145-2023.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2509/requerimento_no146-2023.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2511/requerimento_no147-2023.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2510/requerimento_no148-2023.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2520/requerimento_-n149-2023.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2521/requerimento_no150-2023.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2525/requerimento_-n152-2023.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2528/requerimento_-n154-2023.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2533/requerimento_no_155-2023.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2534/requerimento_no_156-2023.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2535/requerimento_no_157-2023.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2537/requerimento_no_158-2023.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2539/requerimento_no159-2023.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2541/requerimento_no160-2023.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2542/requerimento_no161-2023.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2543/requerimento_no162-2023.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2547/requerimento_no163.2023.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2548/requerimento_no164.2023.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2549/requerimento_no165.2023.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2550/requerimento_no166.2023.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2551/requerimento_no167.2023.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2563/requerimento_no_169-2023.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2564/requerimento_no_170-2023.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2565/requerimento_no_171-2023.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2566/requerimento_no_172-2023.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2568/requerimento_no_174-2023.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2569/requerimento_no_174-2023_2.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2570/requerimento_no_175-2023.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2571/requerimento_no_176-2023.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2573/requerimento_no_177-2023.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2576/requerimento_no_178-2023.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2577/requerimento_no_179-2023.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2578/requerimento_no_180-2023.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2579/requerimento_no_181-2023.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2580/requerimento_no_182-2023.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2582/requerimento_no_183-2023.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2583/requerimento_no_184-2023.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2584/requerimento_no_185-2023.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2585/requerimento_no_186-2023.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2586/requerimento_no_187-2023.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2587/requerimento_no_188-2023.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2588/requerimento_no_189-2023.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2589/requerimento_no_190-2023.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2591/requerimento_no_191-2023.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2593/requerimento_no_192-2023.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2595/requerimento_no_193-2023.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2599/requerimento_no_194-2023.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2600/requerimento_no_195-2023.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2601/requerimento_no_196-2023.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2603/requerimento_no_197-2023.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2608/requerimento_no_198-2023.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2609/requerimento_no_199-2023.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2610/requerimento_no_200-2023.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2611/requerimento_no_201-2023.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2612/requerimento_no_202-2023.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2613/requerimento_no_203-2023.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2618/requerimento_no_204-2023.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2619/requerimento_no_205-2023.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2620/requerimento_no206-2023.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2624/requerimento_no207-2023.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2625/requerimento_no208-2023.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2626/requerimento_no209-2023.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2627/requerimento_no210-2023.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2634/requerimento_no211-2023.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2635/requerimento_no212-2023.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2636/requerimento_no213-2023.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2638/requerimento_no_214_-_2023.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2639/requerimento_no_215_-_2023.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2640/requerimento_no_216_-_2023.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2641/requerimento_no_217_-_2023.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2642/requerimento_no_218_-_2023.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2643/requerimento_no_219_-_2023.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2644/requerimento_no_220_-_2023.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2645/requerimento_no_221_-_2023.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2646/requerimento_no222-2023.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2647/requerimento_no223-2023.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2648/requerimento_no224-2023.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2649/requerimento_no225-2023.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2651/requerimento_no_226_-_2023.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2652/requerimento_no227-2023.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2653/requerimento_no_228_-_2023.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2655/requerimento_no229-2023.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2656/requerimento_no230-2023.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2657/requerimento_no231-2023.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2658/requerimento_no232-2023.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2659/requerimento_no233-2023.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2660/requerimento_no234-2023.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2661/requerimento_no235-2023.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2662/requerimento_no236-2023.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2663/requerimento_no237-2023.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2664/requerimento_no238-2023.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2665/requerimento_no239-2023.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2669/requerimento_no_241-2023.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2670/requerimento_no_242-2023.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2671/requerimento_no_243-2023.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2672/requerimento_no_244-2023.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2673/requerimento_no_245-2023.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2678/requerimento_no_246-2023.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2679/requerimento_no_247-2023.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2680/requerimento_no_248-2023.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2682/requerimento_no_249-2023.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2685/requerimento_no_250-2023.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2686/requerimento_no_251-2023.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2687/requerimento_no_252-2023.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2690/requerimento_no_253-2023.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2691/requerimento_no_254-2023.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2698/requerimento_no_256-2023.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2699/requerimento_no_257-2023.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2704/requerimento_no_258-2023.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2524/mocao_de_aplauso_no_02-2023.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2237/anteprojeto_no_01-2023.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2276/anteprojeto_de_lei_no_002-2023.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2420/anteprojeto_de_lei_n.03-2023.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2439/anteprojeto_de_lei_n.04-2023.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2628/anteprojeto_de_lei_n.005-2023_-_ozias.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2668/anteprojeto_de_lei_no_06_-_2023.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2158/projeto_de_lei_n.01-2023.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2180/projeto_de_lei_n.02-2023.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2181/projeto_de_lei_n.03-2023.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2182/projeto_de_lei_n.04-2023.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2183/projeto_de_lei_n.05-2023.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2184/projeto_de_lei_n.06-2023.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2185/projeto_de_lei_n.07-2023.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2186/projeto_de_lei_n.08-2023.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2187/projeto_de_lei_n.09-2023.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2190/projeto_de_lei_n.10-2023.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2192/projeto_de_lei_n.11-2023.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2210/projeto_de_lei_no_012-2023.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2211/projeto_de_lei_no_013-2023.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2212/projeto_de_lei_no_014-2023.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2213/projeto_de_lei_no_015-2023.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2214/projeto_de_lei_no_016-2023.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2215/projeto_de_lei_no_017-2023.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2216/projeto_de_lei_no_018-2023.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2217/projeto_de_lei_no_019-2023.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2219/projeto_de_lei_no_020-2023.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2218/projeto_de_lei_no_021-2023.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2220/projeto_de_lei_no_022-2023.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2221/projeto_de_lei_no_023-2023.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2222/projeto_de_lei_no_024-2023.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2223/projeto_de_lei_no_025-2023.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2224/projeto_de_lei_no_026-2023.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2238/projeto_de_lei_no_027-2023.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2251/projeto_de_lei_no_028-2023.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2258/pl_no.030-2023.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2260/projeto_de_lei_no_31-2023.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2261/projeto_de_lei_no_32-2023.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2269/projeto_de_lei_n._33-2023.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2270/projeto_de_lei_n._34-2023.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2271/projeto_de_lei_n._35-2023.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2282/projeto_de_lei_n_36.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2291/projeto_de_lei__no_37-2023.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2292/projeto_de_lei__no_38-2023.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2293/projeto_de_lei__no_39-2023.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2294/projeto_de_lei__no_40-2023.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2295/projeto_de_lei__no_41-2023.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2296/projeto_de_lei__no_42-2023.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2297/projeto_de_lei__no_43-2023.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2298/projeto_de_lei__no_44-2023_ldo.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2299/pl_n.045-2023.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2303/projeto_de_lei_n._46-2023.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2306/projeto_de_lei_no_47-2023.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2312/projeto_de_lei_n._48-2023.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2313/projeto_de_lei_n.49-2023.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2314/projeto_de_lei_n._50-2023.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2316/projeto_de_lei__no_52-2023.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2326/projeto_de_lei__no_53-2023.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2351/projeto_de_lei__no_69-2023.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2352/projeto_de_lei__no_70-2023.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2353/projeto_de_lei__no_71-2023.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2354/projeto_de_lei__no_72-2023.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2363/projeto_de_lei__no_73-2023.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2370/projeto_de_lei__no_74-2023.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2371/projeto_de_lei__no_75-2023.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2372/projeto_de_lei__no_76-2023.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2380/projeto_de_lei__no_77-2023.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2390/projeto_de_lei__no_82-2023.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2426/projeto_de_lei__no_100-2023.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2427/projeto_de_lei__no_101-2023.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2435/projeto_de_lei__no_102-2023.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2428/projeto_de_lei__no_103-2023.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2429/projeto_de_lei__no_104-2023.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2431/projeto_de_lei__no_105-2023.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2432/projeto_de_lei__no_106-2023.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2433/projeto_de_lei__no_107-2023.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2434/projeto_de_lei__no_108-2023.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2436/projeto_de_lei__no_109-2023.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2437/projeto_de_lei__no_110-2023.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2438/projeto_de_lei__no_111-2023.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2440/projeto_de_lei_n.112-2023.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2441/projeto_de_lei_n.113-2023.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2469/projeto_de_lei_n.114-2023.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2447/projeto_de_lei_n.115-2023.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2448/projeto_de_lei__n_116-2023.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2449/projeto_de_lei_n.117-2023.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2450/projeto_de_lei_no118-2023.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2451/projeto_de_lei_n.119-2023.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2452/projeto_de_lei_n.120-2023.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2453/projeto_de_lei_no121-2023.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2454/projeto_de_lei_no122-2023.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2455/projeto_de_lei_no123-2023.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2456/projeto_de_lei_n.124-2023.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2457/projeto_de_lei_n.125-2023.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2458/projeto_de_lei_n.126-2023.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2459/projeto_de_lei_n.127-2023.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2460/projeto_de_lei_n.128-2023.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2461/projeto_de_lei_n.129-2023.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2462/projeto_de_lei_n.130-2023.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2464/projeto_de_lei_n.132-2023.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2465/projeto_de_lei_n.133-2023.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2466/projeto_de_lei_n.134-2023.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2467/projeto_de_lei_n.135-2023.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2473/projeto_n._137-2023.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2474/projeto_n._138-2023.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2475/projeto_n._139-2023.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2476/projeto_n._140-2023.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2477/projeto_n._141-2023.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2478/projeto_n._142-2023.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2479/projeto_n._143-2023.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2480/projeto_n._144-2023.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2481/projeto_n._145-2023.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2482/projeto_n._146-2023.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2483/projeto_n._147-2023.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2484/projeto_n._148-2023.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2485/projeto_n._149-2023.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2497/projeto_n._150-2023.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2498/projeto_de_lei_n.151-2021_-_alan.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2501/projeto_n._152-2023.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2502/projeto_n._153-2023.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2503/projeto_n._154-2023.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2504/projeto_n._155-2023.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2506/projeto_n._156-2023.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2505/projeto_n._157-2023.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2507/projeto_n._158-2023.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2514/projeto_n._159-2023.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2515/projeto_de_lei_n._160-2023.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2516/projeto_de_lei_n._161-2023.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2517/projeto_de_lei_n._162-2023.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2518/projeto_de_lei_n._163-2023.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2519/projeto_de_lei_n._164-2023.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2523/projetop_de_lei_n._165-2023.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2527/pl_no.166-2023.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2529/projeto_n._167-2023.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2530/projeto_n._168-2023.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2531/projeto_n._169-2023.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2532/projeto_n._170-2023.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2555/pl_no.173-2023.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2556/pl_no.174-2023.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2557/pl_no.175-2023_2.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2558/pl_no.176-2023_2.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2559/pl_no.177-2023.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2560/pl_no.178-2023_2.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2561/pl_no.179-2023_2.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2562/pl_no.180-2023.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2572/pl_no.181-2023_2.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2574/projeto_de_lei_182-2023.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2575/pl_no.183-2023.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2590/pl_no.185-2023.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2597/pl_no.187-2023.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2598/pl_no.188-2023.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2606/pl_no.192-2023.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2607/pl_no.193-2023.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2614/pl_no.194-2023.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2615/pl_no.195-2023.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2616/pl_no.196-2023.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2622/projeto_de_lei_no_198.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2629/pl_no.199-2023.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2630/pl_no.200-2023.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2631/pl_no.201-2023.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2632/pl_no.202-2023.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2633/pl_no.203-2023.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2637/projeto_de_lei_no_204_-_2023.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2654/pl_no.205-2023.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2667/projeto_de_lei_no_206_-_2023.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2674/pl_no.207-2023.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2676/pl_no.208-2023.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2677/projeto_de_lei_209-2023.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2681/pl_no.210-2023.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2684/pl_no.212-2023.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2688/pl_no.213-2023.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2689/pl_no.214-2023.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2693/pl_no.215-2023.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2694/pl_no.216-2023.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2695/pl_no.217-2023.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2696/pl_no.218-2023.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2697/pl_no.219-2023.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2700/pl_no.220-2023.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2701/pl_no.221-2023.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2702/pl_no.222-2023.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2705/pl_no.223-2023.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2707/pl_no.224-2023.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2713/pl_no.225-2023.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2714/pl_no.226-2023.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2715/pl_no.227-2023.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2716/pl_no.228-2023.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2717/pl_no.229-2023.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2723/pl_no.230-2023.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2724/pl_no.231-2023.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2725/pl_no.232-2023.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2726/pl_no.233-2023.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2727/pl_no.234-2023_2.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2730/pl_no.235-2023.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2148/projeto_de_lei_complementar_01-23.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2149/anexo_02-23.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2150/projeto_de_lei_complementar_03-23.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2151/projeto_de_lei_complementar_04-23.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2152/projeto_de_lei_complementar_no_05-2023.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2153/projeto_de_lei_complementar_no_06-2023.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2233/projeto_de_lei_complementar_no_07-2023.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2239/projeto_de_lei_complementar__no_09-2023.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2240/projeto_de_lei_complementar__no_10-2023.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2250/projeto_de_lei_complementar_no_11-2023.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2262/projeto_de_lei_complementar_no_12-2023.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2272/projeto_complementar_n._13-2023.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2273/projeto_complementar_no_14-2023.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2274/projeto_complementar_no_15-2023.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2275/projeto_complementar_no_16-2023.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2360/projeto_de_lei_complementar_no.019-2023.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2596/plc_no.21-2023.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2703/plc_no.22-2023.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2710/plc_no.23-2023.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2729/plc_no.28-2023.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2308/projeto_de_resolucao_n.001-2023.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2350/projeto_de_resolucao_legislativa_n.002-2023.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2359/projeto_de_resolucao_legislativa_n.003-2023.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2381/projeto_de_resolucao_legislativa_n.004-2023.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2546/projeto_de_resolucao_no.005-2023.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2617/projeto_de_resolucao_legislativa_n.006-2023.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2711/projeto_de_resolucao_legislativa_n.007-2023.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2232/pelom_-_01-2023.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2468/veto_no.01-2023.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2499/veto_no.02-2023.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2500/veto_no.03-2023.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2552/veto_no.04-2023.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2419/emenda_modificativa_1-2023.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2470/emenda_modificativa_n.02-2023.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2728/emenda_modificativa_n.03-2023.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2731/emenda_modificativa_n.04-2023.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2712/mocao_de_repudio_n.001-2023.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2247/prestacao_de_contas_-_exercicio_2021.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2231/lista_triplice_do_impes_2023.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2188/indicacao_no__01-2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2189/indicacao_no__02-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2191/indicacao_no__03-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2193/indicacao_no__04-2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2202/indicacao_no__05-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2259/indicacao_no_006-2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2264/indicacao_no_007-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2290/indicacao_08-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2345/indicacao_n._09-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2349/indicacao_n._10-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2442/indicacao_legislativa_n._12-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2443/indicacao_legislativa_n._13-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2554/indicacao_no__18-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2650/indicacao_legislativa_no_19_-_2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2675/indicacao_no_20-2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2706/indicacao_no_21-2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2708/indicacao_no_22-2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2709/indicacao_no_23-2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2159/requerimento_n.01-2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2161/requerimento_n.02-2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2160/requerimento_n.03-2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2163/requerimento_n.04-2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2162/requerimento_n.05-2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2164/requerimento_n.06-2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2165/requerimento_n.07-2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2166/requerimento_n.08-2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2167/requerimento_n.09-2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2168/requerimento_n.10-2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2169/requerimento_n.11-2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2171/requerimento_n.12-2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2170/requerimento_n.13-2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2174/requerimento_n.14-2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2173/requerimento_n.15-2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2172/requerimento_n.16-2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2175/requerimento_n.17-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2176/requerimento_n.18-2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2177/requerimento_n.19-2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2178/requerimento_n.20-2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2179/requerimento_n.21-2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2194/requerimento_022-2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2196/requerimento_024-2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2197/requerimento_025-2023.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2198/requerimento_026-2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2199/requerimento_027-2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2200/requerimento_028-2023.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2201/requerimento_029-2023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2203/requerimento_030-2023.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2204/requerimento_031-2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2205/requerimento_032-2023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2206/requerimento_033-2023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2207/requerimento_034-2023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2208/requerimento_035-2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2209/requerimento_036-2023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2225/requerimento_037-2023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2226/requerimento_038-2023.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2227/requerimento_039-2023.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2228/requerimento_040-2023.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2229/requerimento_041-2023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2230/requerimento_042-2023.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2234/requerimento_043-2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2235/requerimento_044-2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2241/requerimento_045-2023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2242/requerimento_no_046-2023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2243/requerimento_047-2023.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2244/requerimento_048-2023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2245/requerimento_049-2023.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2246/requerimento_050-2023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2248/requerimento_no_051-2023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2249/requerimento_n._52-2023.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2253/requerimento_no_053-2023.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2254/requerimento_no_054-2023.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2255/requerimento_no_055-2023.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2263/requerimento_no_058-2023.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2265/requerimento_no_059-2023.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2266/requerimento_no_060-2023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2267/requerimento_no_061-2023.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2268/requerimento_no_062-2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2277/requerimento_no_063-2023.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2278/requerimento_no_064-2023.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2283/requerimento_65-2023.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2284/requerimento_66-2023.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2285/requerimento_67-2023.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2286/requerimento_68-2023.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2287/requerimento_69-2023.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2288/requerimento_70-2023.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2289/requerimento_71-2023.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2301/requerimento_73-2023.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2302/requerimento_74-2023.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2304/requerimento_n._75-2023.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2305/requerimento_n._76-2023.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2307/requerimento_n._77-2023.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2309/requerimento_n._78-2023.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2310/requerimento_n._79-2023.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2311/requerimento_n._80-2023.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2317/requerimento_n._81-2023.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2318/requerimento_n._82-2023.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2319/requerimento_n._83-2023.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2320/requerimento_n._84-2023.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2321/requerimento_n._85-2023.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2322/requerimento_n._86-2023.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2323/requerimento_n._87-2023.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2324/requerimento_n._88-2023.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2325/requerimento_n._89-2023.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2342/requerimento_no90-2023.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2343/requerimento_n._92-2023.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2346/requerimento_n._92-2023.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2347/requerimento_n._93-2023.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2348/requerimento_n._94-2023.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2355/requerimento_n._95-2023.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2356/requerimento_n._96-2023.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2357/requerimento_n._97-2023.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2358/requerimento_n._98-2023.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2361/requerimento_n._99-2023.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2364/requerimento_n._101-2023.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2365/requerimento_n._102-2023.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2366/requerimento_n._103-2023.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2367/requerimento_n._104-2023.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2368/requerimento_n._105-2023.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2369/requerimento_n._106-2023.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2373/requerimento_n._107-2023.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2374/requerimento_n._108-2023.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2375/requerimento_n._109-2023.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2377/requerimento_n._110-2023.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2378/requerimento_n._111-2023.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2379/requerimento_n._112-2023.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2382/requerimento_n._113-2023.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2387/requerimento_n._114-2023.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2388/requerimento_n._115-2023.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2389/requerimento_n._116-2023.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2392/requerimento_n._117-2023.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2393/requerimento_n._118-2023.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2394/requerimento_n._119-2023.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2395/requerimento_n._120-2023.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2397/requerimento_n_121-2023.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2405/requerimento_n_122-2023.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2406/requerimento_n_123-2023.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2407/requerimento_n_124-2023.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2408/requerimento_n_125-2023.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2421/requerimento_n._126-2023.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2422/requerimento_n._127-2023.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2423/projeto_de_lei_n.128-2023.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2424/requerimento_n._129-2023.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2425/requerimento_n._130-2023.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2444/requerimento_n._131-2023.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2445/requerimento_n._132-2023.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2446/requerimento_n._133-2023.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2471/requerimento_n._134-2023.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2486/requerimento_n._135-2023.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2487/requerimento_136-2023.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2488/requerimento_137-2023.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2490/requerimento_139-2023.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2491/requerimento_140-2023.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2492/requerimento_141-2023_2.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2493/requerimento_142-2023_2.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2495/requerimento_144-2023.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2496/requerimento_145-2023.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2509/requerimento_no146-2023.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2511/requerimento_no147-2023.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2510/requerimento_no148-2023.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2520/requerimento_-n149-2023.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2521/requerimento_no150-2023.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2525/requerimento_-n152-2023.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2528/requerimento_-n154-2023.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2533/requerimento_no_155-2023.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2534/requerimento_no_156-2023.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2535/requerimento_no_157-2023.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2537/requerimento_no_158-2023.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2539/requerimento_no159-2023.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2541/requerimento_no160-2023.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2542/requerimento_no161-2023.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2543/requerimento_no162-2023.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2547/requerimento_no163.2023.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2548/requerimento_no164.2023.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2549/requerimento_no165.2023.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2550/requerimento_no166.2023.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2551/requerimento_no167.2023.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2563/requerimento_no_169-2023.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2564/requerimento_no_170-2023.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2565/requerimento_no_171-2023.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2566/requerimento_no_172-2023.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2568/requerimento_no_174-2023.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2569/requerimento_no_174-2023_2.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2570/requerimento_no_175-2023.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2571/requerimento_no_176-2023.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2573/requerimento_no_177-2023.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2576/requerimento_no_178-2023.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2577/requerimento_no_179-2023.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2578/requerimento_no_180-2023.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2579/requerimento_no_181-2023.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2580/requerimento_no_182-2023.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2582/requerimento_no_183-2023.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2583/requerimento_no_184-2023.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2584/requerimento_no_185-2023.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2585/requerimento_no_186-2023.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2586/requerimento_no_187-2023.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2587/requerimento_no_188-2023.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2588/requerimento_no_189-2023.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2589/requerimento_no_190-2023.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2591/requerimento_no_191-2023.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2593/requerimento_no_192-2023.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2595/requerimento_no_193-2023.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2599/requerimento_no_194-2023.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2600/requerimento_no_195-2023.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2601/requerimento_no_196-2023.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2603/requerimento_no_197-2023.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2608/requerimento_no_198-2023.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2609/requerimento_no_199-2023.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2610/requerimento_no_200-2023.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2611/requerimento_no_201-2023.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2612/requerimento_no_202-2023.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2613/requerimento_no_203-2023.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2618/requerimento_no_204-2023.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2619/requerimento_no_205-2023.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2620/requerimento_no206-2023.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2624/requerimento_no207-2023.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2625/requerimento_no208-2023.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2626/requerimento_no209-2023.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2627/requerimento_no210-2023.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2634/requerimento_no211-2023.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2635/requerimento_no212-2023.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2636/requerimento_no213-2023.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2638/requerimento_no_214_-_2023.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2639/requerimento_no_215_-_2023.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2640/requerimento_no_216_-_2023.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2641/requerimento_no_217_-_2023.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2642/requerimento_no_218_-_2023.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2643/requerimento_no_219_-_2023.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2644/requerimento_no_220_-_2023.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2645/requerimento_no_221_-_2023.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2646/requerimento_no222-2023.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2647/requerimento_no223-2023.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2648/requerimento_no224-2023.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2649/requerimento_no225-2023.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2651/requerimento_no_226_-_2023.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2652/requerimento_no227-2023.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2653/requerimento_no_228_-_2023.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2655/requerimento_no229-2023.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2656/requerimento_no230-2023.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2657/requerimento_no231-2023.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2658/requerimento_no232-2023.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2659/requerimento_no233-2023.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2660/requerimento_no234-2023.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2661/requerimento_no235-2023.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2662/requerimento_no236-2023.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2663/requerimento_no237-2023.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2664/requerimento_no238-2023.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2665/requerimento_no239-2023.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2669/requerimento_no_241-2023.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2670/requerimento_no_242-2023.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2671/requerimento_no_243-2023.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2672/requerimento_no_244-2023.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2673/requerimento_no_245-2023.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2678/requerimento_no_246-2023.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2679/requerimento_no_247-2023.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2680/requerimento_no_248-2023.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2682/requerimento_no_249-2023.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2685/requerimento_no_250-2023.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2686/requerimento_no_251-2023.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2687/requerimento_no_252-2023.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2690/requerimento_no_253-2023.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2691/requerimento_no_254-2023.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2698/requerimento_no_256-2023.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2699/requerimento_no_257-2023.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2704/requerimento_no_258-2023.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2524/mocao_de_aplauso_no_02-2023.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2237/anteprojeto_no_01-2023.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2276/anteprojeto_de_lei_no_002-2023.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2420/anteprojeto_de_lei_n.03-2023.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2439/anteprojeto_de_lei_n.04-2023.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2628/anteprojeto_de_lei_n.005-2023_-_ozias.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2668/anteprojeto_de_lei_no_06_-_2023.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2158/projeto_de_lei_n.01-2023.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2180/projeto_de_lei_n.02-2023.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2181/projeto_de_lei_n.03-2023.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2182/projeto_de_lei_n.04-2023.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2183/projeto_de_lei_n.05-2023.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2184/projeto_de_lei_n.06-2023.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2185/projeto_de_lei_n.07-2023.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2186/projeto_de_lei_n.08-2023.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2187/projeto_de_lei_n.09-2023.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2190/projeto_de_lei_n.10-2023.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2192/projeto_de_lei_n.11-2023.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2210/projeto_de_lei_no_012-2023.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2211/projeto_de_lei_no_013-2023.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2212/projeto_de_lei_no_014-2023.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2213/projeto_de_lei_no_015-2023.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2214/projeto_de_lei_no_016-2023.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2215/projeto_de_lei_no_017-2023.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2216/projeto_de_lei_no_018-2023.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2217/projeto_de_lei_no_019-2023.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2219/projeto_de_lei_no_020-2023.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2218/projeto_de_lei_no_021-2023.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2220/projeto_de_lei_no_022-2023.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2221/projeto_de_lei_no_023-2023.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2222/projeto_de_lei_no_024-2023.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2223/projeto_de_lei_no_025-2023.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2224/projeto_de_lei_no_026-2023.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2238/projeto_de_lei_no_027-2023.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2251/projeto_de_lei_no_028-2023.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2258/pl_no.030-2023.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2260/projeto_de_lei_no_31-2023.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2261/projeto_de_lei_no_32-2023.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2269/projeto_de_lei_n._33-2023.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2270/projeto_de_lei_n._34-2023.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2271/projeto_de_lei_n._35-2023.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2282/projeto_de_lei_n_36.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2291/projeto_de_lei__no_37-2023.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2292/projeto_de_lei__no_38-2023.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2293/projeto_de_lei__no_39-2023.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2294/projeto_de_lei__no_40-2023.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2295/projeto_de_lei__no_41-2023.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2296/projeto_de_lei__no_42-2023.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2297/projeto_de_lei__no_43-2023.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2298/projeto_de_lei__no_44-2023_ldo.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2299/pl_n.045-2023.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2303/projeto_de_lei_n._46-2023.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2306/projeto_de_lei_no_47-2023.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2312/projeto_de_lei_n._48-2023.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2313/projeto_de_lei_n.49-2023.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2314/projeto_de_lei_n._50-2023.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2316/projeto_de_lei__no_52-2023.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2326/projeto_de_lei__no_53-2023.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2351/projeto_de_lei__no_69-2023.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2352/projeto_de_lei__no_70-2023.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2353/projeto_de_lei__no_71-2023.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2354/projeto_de_lei__no_72-2023.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2363/projeto_de_lei__no_73-2023.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2370/projeto_de_lei__no_74-2023.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2371/projeto_de_lei__no_75-2023.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2372/projeto_de_lei__no_76-2023.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2380/projeto_de_lei__no_77-2023.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2390/projeto_de_lei__no_82-2023.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2426/projeto_de_lei__no_100-2023.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2427/projeto_de_lei__no_101-2023.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2435/projeto_de_lei__no_102-2023.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2428/projeto_de_lei__no_103-2023.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2429/projeto_de_lei__no_104-2023.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2431/projeto_de_lei__no_105-2023.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2432/projeto_de_lei__no_106-2023.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2433/projeto_de_lei__no_107-2023.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2434/projeto_de_lei__no_108-2023.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2436/projeto_de_lei__no_109-2023.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2437/projeto_de_lei__no_110-2023.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2438/projeto_de_lei__no_111-2023.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2440/projeto_de_lei_n.112-2023.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2441/projeto_de_lei_n.113-2023.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2469/projeto_de_lei_n.114-2023.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2447/projeto_de_lei_n.115-2023.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2448/projeto_de_lei__n_116-2023.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2449/projeto_de_lei_n.117-2023.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2450/projeto_de_lei_no118-2023.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2451/projeto_de_lei_n.119-2023.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2452/projeto_de_lei_n.120-2023.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2453/projeto_de_lei_no121-2023.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2454/projeto_de_lei_no122-2023.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2455/projeto_de_lei_no123-2023.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2456/projeto_de_lei_n.124-2023.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2457/projeto_de_lei_n.125-2023.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2458/projeto_de_lei_n.126-2023.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2459/projeto_de_lei_n.127-2023.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2460/projeto_de_lei_n.128-2023.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2461/projeto_de_lei_n.129-2023.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2462/projeto_de_lei_n.130-2023.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2464/projeto_de_lei_n.132-2023.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2465/projeto_de_lei_n.133-2023.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2466/projeto_de_lei_n.134-2023.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2467/projeto_de_lei_n.135-2023.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2473/projeto_n._137-2023.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2474/projeto_n._138-2023.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2475/projeto_n._139-2023.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2476/projeto_n._140-2023.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2477/projeto_n._141-2023.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2478/projeto_n._142-2023.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2479/projeto_n._143-2023.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2480/projeto_n._144-2023.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2481/projeto_n._145-2023.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2482/projeto_n._146-2023.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2483/projeto_n._147-2023.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2484/projeto_n._148-2023.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2485/projeto_n._149-2023.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2497/projeto_n._150-2023.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2498/projeto_de_lei_n.151-2021_-_alan.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2501/projeto_n._152-2023.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2502/projeto_n._153-2023.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2503/projeto_n._154-2023.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2504/projeto_n._155-2023.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2506/projeto_n._156-2023.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2505/projeto_n._157-2023.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2507/projeto_n._158-2023.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2514/projeto_n._159-2023.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2515/projeto_de_lei_n._160-2023.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2516/projeto_de_lei_n._161-2023.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2517/projeto_de_lei_n._162-2023.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2518/projeto_de_lei_n._163-2023.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2519/projeto_de_lei_n._164-2023.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2523/projetop_de_lei_n._165-2023.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2527/pl_no.166-2023.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2529/projeto_n._167-2023.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2530/projeto_n._168-2023.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2531/projeto_n._169-2023.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2532/projeto_n._170-2023.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2555/pl_no.173-2023.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2556/pl_no.174-2023.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2557/pl_no.175-2023_2.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2558/pl_no.176-2023_2.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2559/pl_no.177-2023.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2560/pl_no.178-2023_2.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2561/pl_no.179-2023_2.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2562/pl_no.180-2023.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2572/pl_no.181-2023_2.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2574/projeto_de_lei_182-2023.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2575/pl_no.183-2023.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2590/pl_no.185-2023.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2597/pl_no.187-2023.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2598/pl_no.188-2023.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2606/pl_no.192-2023.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2607/pl_no.193-2023.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2614/pl_no.194-2023.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2615/pl_no.195-2023.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2616/pl_no.196-2023.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2622/projeto_de_lei_no_198.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2629/pl_no.199-2023.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2630/pl_no.200-2023.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2631/pl_no.201-2023.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2632/pl_no.202-2023.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2633/pl_no.203-2023.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2637/projeto_de_lei_no_204_-_2023.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2654/pl_no.205-2023.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2667/projeto_de_lei_no_206_-_2023.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2674/pl_no.207-2023.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2676/pl_no.208-2023.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2677/projeto_de_lei_209-2023.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2681/pl_no.210-2023.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2684/pl_no.212-2023.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2688/pl_no.213-2023.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2689/pl_no.214-2023.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2693/pl_no.215-2023.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2694/pl_no.216-2023.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2695/pl_no.217-2023.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2696/pl_no.218-2023.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2697/pl_no.219-2023.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2700/pl_no.220-2023.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2701/pl_no.221-2023.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2702/pl_no.222-2023.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2705/pl_no.223-2023.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2707/pl_no.224-2023.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2713/pl_no.225-2023.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2714/pl_no.226-2023.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2715/pl_no.227-2023.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2716/pl_no.228-2023.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2717/pl_no.229-2023.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2723/pl_no.230-2023.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2724/pl_no.231-2023.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2725/pl_no.232-2023.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2726/pl_no.233-2023.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2727/pl_no.234-2023_2.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2730/pl_no.235-2023.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2148/projeto_de_lei_complementar_01-23.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2149/anexo_02-23.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2150/projeto_de_lei_complementar_03-23.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2151/projeto_de_lei_complementar_04-23.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2152/projeto_de_lei_complementar_no_05-2023.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2153/projeto_de_lei_complementar_no_06-2023.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2233/projeto_de_lei_complementar_no_07-2023.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2239/projeto_de_lei_complementar__no_09-2023.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2240/projeto_de_lei_complementar__no_10-2023.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2250/projeto_de_lei_complementar_no_11-2023.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2262/projeto_de_lei_complementar_no_12-2023.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2272/projeto_complementar_n._13-2023.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2273/projeto_complementar_no_14-2023.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2274/projeto_complementar_no_15-2023.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2275/projeto_complementar_no_16-2023.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2360/projeto_de_lei_complementar_no.019-2023.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2596/plc_no.21-2023.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2703/plc_no.22-2023.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2710/plc_no.23-2023.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2729/plc_no.28-2023.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2308/projeto_de_resolucao_n.001-2023.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2350/projeto_de_resolucao_legislativa_n.002-2023.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2359/projeto_de_resolucao_legislativa_n.003-2023.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2381/projeto_de_resolucao_legislativa_n.004-2023.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2546/projeto_de_resolucao_no.005-2023.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2617/projeto_de_resolucao_legislativa_n.006-2023.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2711/projeto_de_resolucao_legislativa_n.007-2023.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2232/pelom_-_01-2023.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2468/veto_no.01-2023.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2499/veto_no.02-2023.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2500/veto_no.03-2023.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2552/veto_no.04-2023.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2419/emenda_modificativa_1-2023.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2470/emenda_modificativa_n.02-2023.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2728/emenda_modificativa_n.03-2023.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2731/emenda_modificativa_n.04-2023.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2712/mocao_de_repudio_n.001-2023.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2247/prestacao_de_contas_-_exercicio_2021.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/2231/lista_triplice_do_impes_2023.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H578"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="40.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="168.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="128.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="127.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>