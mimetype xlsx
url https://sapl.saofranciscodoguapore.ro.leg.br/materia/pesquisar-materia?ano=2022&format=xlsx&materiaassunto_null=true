--- v0 (2025-10-07)
+++ v1 (2026-03-18)
@@ -54,5603 +54,5603 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1631</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IN</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Pastor Eber Lopes</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1631/indicacao_no__01-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1631/indicacao_no__01-2022.pdf</t>
   </si>
   <si>
     <t>Indica a prorrogado a Lei Municipal 1.854/2021, dando mais prazo aos Inadimplentes junto a fazenda do município para quitar suas pendencias.</t>
   </si>
   <si>
     <t>1632</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1632/indicacao_no__02-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1632/indicacao_no__02-2022.pdf</t>
   </si>
   <si>
     <t>Indico que seja feito parceria e dado apoio junto à Caixa Econômica Federal para a Instalação de uma Agência Bancaria da Mesma em São Francisco do Guaporé / RO.</t>
   </si>
   <si>
     <t>1655</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1655/indicacao_no__03-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1655/indicacao_no__03-2022.pdf</t>
   </si>
   <si>
     <t>INDICO QUE SEJA FEITO ESTUDO TÉCNICO ORÇAMENTÁRIO E FINANCEIRO PARA A CONSTRUÇÃO DE UMA LOMBADA (QUEBRA-MOLAS) NA AVENIDA SÃO FRANCISCO ENTRE A RUA FLORIANO PEIXOTO E RUA MARIA JULIA MATIAS BAIRRO CIDADE ALTA EM FRENTE O MARCADINHO SÃO JOSÉ SAÍDA PARA LINHA (04) QUATRO.</t>
   </si>
   <si>
     <t>1656</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Geferson dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1656/indicacao_no__04-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1656/indicacao_no__04-2022.pdf</t>
   </si>
   <si>
     <t>Indico que solicito para que seja viabilizado um estudo visando o encaminhamento  a esta casa de projeto de lei propondo a criação de Programa Lar do Idoso, e que o mesmo, seja instalado na escola desativada João Melo Zeferino.</t>
   </si>
   <si>
     <t>1657</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1657/indicacao_no__05-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1657/indicacao_no__05-2022.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa Diretora desta Augusta Câmara Municipal, que depois de ouvido o Douto Plenário, com supedâneo no Regimento Interno deste Corpo Colegiado, a APROVAÇÃO desta INDICAÇÃO e o posterior providência do Exmo. Sr. Prefeito Municipal._x000D_
 _x000D_
 QUE SEJA FEITO ESTUDO TÉCNICO ORÇAMENTÁRIO E FINANCEIRO PARA A ATUALIZAÇÃO DO SALÁRIO DOS DIRETORES E VICE-DIRETORES DA ESCOLAS MUNICIPAL DE ENSINO.</t>
   </si>
   <si>
     <t>1658</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1658/indicacao_no__06-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1658/indicacao_no__06-2022.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa Diretora desta Augusta Câmara Municipal, que depois de ouvido o Douto Plenário, com supedâneo no Regimento Interno deste Corpo Colegiado, a APROVAÇÃO desta INDICAÇÃO e o posterior providência do Exmo. Sr. Prefeito Municipal._x000D_
 _x000D_
 QUE SEJA FEITO ESTUDO TÉCNICO ORÇAMENTÁRIO E FINANCEIRO PARA FAZER A REPARAÇÃO E MANUTENÇÃO DO BLOQUETIAMENTO NA RUA SETE DE SETEMBRO NO ENTRE A RUA PRESIDENTE COSTA E SILVA ATÉ A RUA MARIA JULIA MATIAS NO BAIRRO CIDADE ALTA.</t>
   </si>
   <si>
     <t>1659</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1659/indicacao_no__07-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1659/indicacao_no__07-2022.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa Diretora desta Augusta Câmara Municipal, que depois de ouvido o Douto Plenário, com supedâneo no Regimento Interno deste Corpo Colegiado, a APROVAÇÃO desta INDICAÇÃO e o posterior providência do Exmo. Sr. Prefeito Municipal._x000D_
 _x000D_
 QUE SEJA FEITO ESTUDO TÉCNICO ORÇAMENTÁRIO E FINANCEIRO PARA FAZER A REPARAÇÃO E MANUTENÇÃO DO BLOQUETIAMENTO NA AVENIDA SÃO FRANCISCO, ENTRE A AVENIDA GUAPORÉ E RUA (07) DE SETEMBRO NO BAIRRO CIDADE ALTA.</t>
   </si>
   <si>
     <t>1721</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1721/indicacao_n_008-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1721/indicacao_n_008-2022.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA PLANTADO GRAMA NO CANTEIRO DA AVENIDA PARANÁ, ENTRE AS RUAS CURITIBA, ATÉ A RUA MANAUS.</t>
   </si>
   <si>
     <t>1722</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1722/indicacao_n_009-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1722/indicacao_n_009-2022.pdf</t>
   </si>
   <si>
     <t>Indico que seja  realizado a ornamentação e jardinagem na Av. Brasil até a rua Macapá.</t>
   </si>
   <si>
     <t>1723</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1723/indicacao_n_010-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1723/indicacao_n_010-2022.pdf</t>
   </si>
   <si>
     <t>Solicito em favor do lazer na Praça Marcos Peninha para que tenha iluminação.</t>
   </si>
   <si>
     <t>1724</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1724/indicacao_n_011-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1724/indicacao_n_011-2022.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa Diretora desta Augusta Câmara Municipal, que depois de ouvido o Douto Plenário, com supedâneo no Regimento Interno deste Corpo Colegiado, a APROVAÇÃO desta INDICAÇÃO e o posterior envio ao Exmo. Sr. Prefeito Municipal esta indicação que solicito do mesmo as seguintes providências em favor do pátio do hospital regional.</t>
   </si>
   <si>
     <t>1740</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Flavio Carequinha</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1740/indicacao_n._012-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1740/indicacao_n._012-2022.pdf</t>
   </si>
   <si>
     <t>Indica que solicito para que seja enviado a esta Casa de Leis, um Projeto de lei de Subvenção no valor de R$ 20.000,00 com o Instituto Fênix de Karatê, para a realização da III Copa Fênix de Karatê, que será a 1ª Etapa do Circuito Estadual FKR de 2022.</t>
   </si>
   <si>
     <t>1744</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Alan Siqueira</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1744/indicacao_n._013-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1744/indicacao_n._013-2022.pdf</t>
   </si>
   <si>
     <t>Indica que solicito para que seja realizado em nosso município, o primeiro Festival de Praia e Campeonato de Pesca no Rio Guaporé.</t>
   </si>
   <si>
     <t>1769</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1769/indicacao_n014.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1769/indicacao_n014.pdf</t>
   </si>
   <si>
     <t>Indica que solicito para que seja feito uma Quadra de Vôlei de Areia com iluminação, nas mediações do Ginásio de Esporte no Bairro Alto Alegre.</t>
   </si>
   <si>
     <t>1770</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1770/indicacao_n_015.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1770/indicacao_n_015.pdf</t>
   </si>
   <si>
     <t>Indica que solicito para que seja feito a continuação do asfalto na Avenida Tancredo Neves até a Capela Mortuária, em frente ao Cemitério.</t>
   </si>
   <si>
     <t>1771</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Ozias Santos</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1771/indicacao_n16.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1771/indicacao_n16.pdf</t>
   </si>
   <si>
     <t>Indica que seja feito um projeto de lei autorizando o pagamento de cursos de capacitação dos motoristas efetivos de nosso município, nos cursos de mopp, de transportes escolar, de viatura pesada, e outros de cargas perigosa.</t>
   </si>
   <si>
     <t>1825</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1825/indicacao_n.17-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1825/indicacao_n.17-2022.pdf</t>
   </si>
   <si>
     <t>Indica que seja feito um projeto de lei denominando o prédio público da Prefeitura Municipal de São Francisco do Guaporé, como “Palácio Espelho do Vale”.</t>
   </si>
   <si>
     <t>1844</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1844/indicacao_n.018-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1844/indicacao_n.018-2022.pdf</t>
   </si>
   <si>
     <t>Exmo. Sr. Prefeito Municipal, esta indicação é para que somente os times que for campeão nos campeonatos municipal em ambas as suas categorias  terão direito de representar o município em  campeonatos de  nível  regional e estadual aonde  estes terão direitos  de custeio com recuso público municipal  para participação representando o município.</t>
   </si>
   <si>
     <t>1848</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1848/indicacao_n._19-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1848/indicacao_n._19-2022.pdf</t>
   </si>
   <si>
     <t>Indicar que seja feito Estudos técnicos com planejamento orçamentário e financeiro para que seja implantado um sistema de iluminação Publica na Rua 7 de setembro, da Av. Brasil até a Rua Maria Julia.</t>
   </si>
   <si>
     <t>1849</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1849/indicacao_n._20-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1849/indicacao_n._20-2022.pdf</t>
   </si>
   <si>
     <t>que seja elaborado estudo técnico, orçamentário e financeiro da viabilidade de implantação de redutor de velocidade na Av. Rua Ronaldo Aragão, Próximo a Escola Senador Ronaldo Aragão.</t>
   </si>
   <si>
     <t>1850</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1850/indicacao_n._21-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1850/indicacao_n._21-2022.pdf</t>
   </si>
   <si>
     <t>Indica que seja feito estudos técnico para a criação de um vídeo institucional de orientação e prevenção a saúde bucal, este vídeo sera utilizado pelos agentes de saúde sensibilizar as crianças e adolescentes do município de São Francisco do Guaporé.</t>
   </si>
   <si>
     <t>1851</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1851/indicacao_n._22-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1851/indicacao_n._22-2022.pdf</t>
   </si>
   <si>
     <t>Indica que seja Realizados Estudos técnicos com planejamento orçamentário e financeiro para que seja disponibilizado curso de capacitação em noções básicas de primeiros socorros aos professores e funcionários de estabelecimentos de ensino publico e privados de educação básica e de estabelecimento de recreação infantil.</t>
   </si>
   <si>
     <t>1928</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1928/indicacao_n._23-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1928/indicacao_n._23-2022.pdf</t>
   </si>
   <si>
     <t>Indico a pavimentação e asfaltamento do trecho da Avenida Paraná até a rua Manaus.</t>
   </si>
   <si>
     <t>1929</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1929/indicacao_n._24-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1929/indicacao_n._24-2022.pdf</t>
   </si>
   <si>
     <t>Indico um sistema de coleta de lixo com mais lixeiras pela cidade em pontos estratégicos.</t>
   </si>
   <si>
     <t>1930</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1930/indicacao_n._25-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1930/indicacao_n._25-2022.pdf</t>
   </si>
   <si>
     <t>Indico a disponibilização de um restaurante comunitário para nosso município a fim de atender a baixo custo, os moradores de rua e as famílias mais carentes.</t>
   </si>
   <si>
     <t>1943</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1943/indicacao_n._26-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1943/indicacao_n._26-2022.pdf</t>
   </si>
   <si>
     <t>Indica a pavimentação e asfaltamento do final da Avenida Tancredo Neves, no trecho em direção ao nosso Cemitério Municipal de São Francisco do Guaporé/RO.</t>
   </si>
   <si>
     <t>1944</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1944/indicacao_n._27-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1944/indicacao_n._27-2022.pdf</t>
   </si>
   <si>
     <t>Indica a realização e instalação de um redutor de velocidade na Avenida São Francisco com Avenida Tancredo Neves no Bairro Centro.</t>
   </si>
   <si>
     <t>1962</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1962/indicacao_n._28-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1962/indicacao_n._28-2022.pdf</t>
   </si>
   <si>
     <t>Indico a realização pintura das faixas de pedestres e faixas-elevadas, como também os meios fios das esquinas de avenidas.</t>
   </si>
   <si>
     <t>1963</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1963/indicacao_n._29-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1963/indicacao_n._29-2022.pdf</t>
   </si>
   <si>
     <t>Indico a realização de convênios com óticas para aquisição de óculos e armações para pessoas de baixa renda.</t>
   </si>
   <si>
     <t>1986</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/</t>
   </si>
   <si>
     <t>Indico a construção de dois portais com o nome do município, desejando boas-vindas e volte sempre, nas entradas de acesso a cidade (BR 429).</t>
   </si>
   <si>
     <t>1987</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Indico ao departamento de Desporto e Lazer, para que possa fazer a aquisição de uma aparelhagem de som.</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Indica a realização e possibilidade de implantação do PROGRAMA DE RECUPERAÇÃO FISCAL MUNICIPAL - REFIS MUNICIPAL.</t>
   </si>
   <si>
     <t>2028</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2028/indicacao_no__33-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2028/indicacao_no__33-2022.pdf</t>
   </si>
   <si>
     <t>Indica a realização da implantação do espaço de uma Lanchonete na praça pública do bairro Alto Alegre, afim de gerar oportunidades de emprego e convivência social no lazer e trabalho local em questão.</t>
   </si>
   <si>
     <t>2068</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>Edison Crispin</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2068/indicacao_no__34-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2068/indicacao_no__34-2022.pdf</t>
   </si>
   <si>
     <t>Indica Gratificação para profissionais da Educação que tenham especialidade em educação especial para alunos com Deficiência e esteja em pleno exercício com alunos deficientes em sala de aula. _x000D_
 Para fazer jus a gratificação o Profissional apresentará ao Conselho:_x000D_
 01-	Curso de capacitação na área de educação especial._x000D_
 02-	Realizará Curso de capacitação na área no mínimo a cada 06 meses._x000D_
 03-	Atender no mínimo de 05 alunos com deficiência semanalmente.</t>
   </si>
   <si>
     <t>2074</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2074/indicacao_no__35-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2074/indicacao_no__35-2022.pdf</t>
   </si>
   <si>
     <t>Indico a Secretaria Municipal de Educação, a possibilidade para que o município venha ter aulas também em caráter integral nas escolas de ensino fundamental.</t>
   </si>
   <si>
     <t>2075</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2075/indicacao_no__36-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2075/indicacao_no__36-2022.pdf</t>
   </si>
   <si>
     <t>Indico aos órgãos da administração pública do município, autarquias e fundações, possa fazer uma alteração nos horários de expediente durante os jogos da Seleção Brasileira na Copa do Mundo 2022 e que seja mantido os serviços essenciais do município.</t>
   </si>
   <si>
     <t>2076</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2076/indicacao_no__37-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2076/indicacao_no__37-2022.pdf</t>
   </si>
   <si>
     <t>Indico a realização  de doações de materiais e uniformes escolares para famílias carentes de baixa renda, que se encontra cadastrada devidamente no CRAS e programas de auxílio do nosso município de São Francisco do Guaporé-RO.</t>
   </si>
   <si>
     <t>2077</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2077/indicacao_no__38-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2077/indicacao_no__38-2022.pdf</t>
   </si>
   <si>
     <t>Indico a realização das trocas de lâmpadas que se encontro na Rua Rondônia, para lâmpadas de LED, a fim da mais economia e qualidade.</t>
   </si>
   <si>
     <t>2084</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2084/indicacao_no__39-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2084/indicacao_no__39-2022.pdf</t>
   </si>
   <si>
     <t>Indico aos órgãos da administração pública do município, para que seja criado em nossa Av. Tancredo Neves, com Av. São Francisco, uma Rotatória (Giradouro ou Rotunda), nas proximidades da rodoviárias do nosso município.</t>
   </si>
   <si>
     <t>2092</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>Marluci Gabriel</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2092/indicacao_legislativa_no_40-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2092/indicacao_legislativa_no_40-2022.pdf</t>
   </si>
   <si>
     <t>Indico que seja instalado, Sistema de Vídeo Monitoramento em pontos estratégicos do nosso Município de São Francisco do Guaporé.</t>
   </si>
   <si>
     <t>2129</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2129/indicacao_no__41-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2129/indicacao_no__41-2022.pdf</t>
   </si>
   <si>
     <t>Indica que seja colocado Placas com os nome das Praças Ozil Andrade de Lima, “Praça do Tininho no Bairro Cidade Alta”.</t>
   </si>
   <si>
     <t>1622</t>
   </si>
   <si>
     <t>RE</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1622/requerimento_001-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1622/requerimento_001-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento de Esporte, que faça a doação de material esportivo de Vôlei para as equipes de nosso município, para ajudar no desenvolvimento do esporte.</t>
   </si>
   <si>
     <t>1623</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1623/requerimento_002-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1623/requerimento_002-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Saúde, a criação de um cargo em comissão de Coordenação de Saneamento Básico.</t>
   </si>
   <si>
     <t>1624</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1624/requerimento_003-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1624/requerimento_003-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento Jurídico, a alteração da Lei de Diária de Campo, aumentando o valor para R$ 120,00 reais cada, e autorizando realizar o pagamento nos finais de semana e feriados trabalhados pelos servidores.</t>
   </si>
   <si>
     <t>1625</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1625/requerimento_004-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1625/requerimento_004-2022.pdf</t>
   </si>
   <si>
     <t>Requer um reajuste de 20% na Resolução Legislativa que trata sobre a concessão de Diárias dos Vereadores e Servidores da Câmara Municipal.</t>
   </si>
   <si>
     <t>1626</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1626/requerimento_005-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1626/requerimento_005-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja confeccionado Placas e colocadas em todas as Linhas e Travessões, informando o nome da Linha e a quilometragem de sua extensão.</t>
   </si>
   <si>
     <t>1633</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1633/requerimento_006-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1633/requerimento_006-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento Municipal de Meio Ambiente, que seja feito uma ampla divulgação sobre a emenda na lei 1.862/2021 que dispõe sobre o disciplinamento da taxa de serviços de manejo de resíduos residenciais e não residenciais (TSMR), que foi aprovado em julho de 2021.</t>
   </si>
   <si>
     <t>1634</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1634/requerimento_007-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1634/requerimento_007-2022.pdf</t>
   </si>
   <si>
     <t>Requer através da Secretaria municipal de Educação que seja programado e seja colocado em execução a lei municipal nº 1.929 de 20 de Dezembro de 2021, que Estabelece a oferta permanente de palestras sobre noções de cidadania e política para os alunos do ensino fundamental de escolas públicas da rede municipal de ensino.</t>
   </si>
   <si>
     <t>1635</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1635/requerimento_008-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1635/requerimento_008-2022.pdf</t>
   </si>
   <si>
     <t>Requer através da Secretaria municipal de obras e serviços públicos, que seja feita a Substituição das lâmpadas queimadas na Rua Rondônia no bairro Cidade Baixa.</t>
   </si>
   <si>
     <t>1636</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1636/requerimento_009-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1636/requerimento_009-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja feito o cascalhamento de todas as ruas e avenidas da cidade que não receberam estrutura de asfalto.</t>
   </si>
   <si>
     <t>1637</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1637/requerimento_010-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1637/requerimento_010-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, que inicie a volta dos atendimentos de prótese dentária nos pacientes de nosso município.</t>
   </si>
   <si>
     <t>1638</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1638/requerimento_011-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1638/requerimento_011-2022.pdf</t>
   </si>
   <si>
     <t>Requer junta a Secretaria de Agricultura e Meio Ambiente, que providencie um local para o recolhimento de Embalagens de Agrotóxicos em parceria com o Idaron.</t>
   </si>
   <si>
     <t>1639</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1639/requerimento_012-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1639/requerimento_012-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto as Secretarias de Educação, Saúde, Agricultara e Obras, o pagamento de adicional de periculosidade aos servidores das respectivas Secretarias.</t>
   </si>
   <si>
     <t>1640</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1640/requerimento_013-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1640/requerimento_013-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que faça uma demarcação de estacionamento de motos e carros na Avenida Tancredo Neves, sinalizando no começo de cada rua estacionamento para motos e o resto para carros.</t>
   </si>
   <si>
     <t>1641</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1641/requerimento_014-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1641/requerimento_014-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que faça o aterro da Linha do loteamento Jardim Atrântico, conhecido como “Setor Chacareiro Fábio Roso”.</t>
   </si>
   <si>
     <t>1642</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1642/requerimento_015-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1642/requerimento_015-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a doação de tinta e mão de obras para realizar a reforma na pintura da APAE.</t>
   </si>
   <si>
     <t>1643</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1643/requerimento_016-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1643/requerimento_016-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento Jurídico, a alteração no Art. 53 da Lei Complementar nº.052/2016, para que os servidores do quatro efetivo que forem designado para o cargo em comissão de chefia, direção ou assessoramento, recebam o salário do seu cargo efetivo e mais os 100% do vencimento do Cargo em Comissão de Direção, Chefia e Assessoramento, as famosas Portarias.</t>
   </si>
   <si>
     <t>1644</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1644/requerimento_017-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1644/requerimento_017-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretária Municipal de Obras, que seja feito a substituição das luminárias na Rua Senador Ronaldo Aragão, em frente a estação da energisa.</t>
   </si>
   <si>
     <t>1645</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1645/requerimento_018-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1645/requerimento_018-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja fixado um aplaca para a proibição de estacionar em frente a escola Regina de Almeida.</t>
   </si>
   <si>
     <t>1646</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1646/requerimento_019-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1646/requerimento_019-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Vigilância Sanitária, que faça o recolhimento e cuidado dos animais soltos dentro da Cidade para evitar acidentes.</t>
   </si>
   <si>
     <t>1647</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1647/requerimento_020-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1647/requerimento_020-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, a construção de uma faixa elevada, na Avenida Brasil, no bairro Cidade Alta, em frente à Igreja Evangélica Assembleia de Deus.</t>
   </si>
   <si>
     <t>1648</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Ação Social, que faça a instalação de ar condicionados ou ventiladores na capela mortuária.</t>
   </si>
   <si>
     <t>1649</t>
   </si>
   <si>
     <t>Braz Carlos Correia</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1649/requerimento_022-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1649/requerimento_022-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, o corte do morro na linha 33 e usado o cascalho para fazer o cascalhamento dos trechos críticos desta linha.</t>
   </si>
   <si>
     <t>1650</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1650/requerimento_023-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1650/requerimento_023-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que faça o cascalhamento dos pontos críticos na linha 66 e na linha 69.</t>
   </si>
   <si>
     <t>1651</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1651/requerimento_024-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1651/requerimento_024-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que faça a Reabertura da mata no travessão da linha 33 para a linha 29.</t>
   </si>
   <si>
     <t>1652</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1652/requerimento_025-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1652/requerimento_025-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja feita a limpeza das laterais da mata e o cascalhamento na  alinha 02 da fazenda do goiano até a segunda curva, sentido a fazenda do helaido.</t>
   </si>
   <si>
     <t>1653</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1653/requerimento_026-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1653/requerimento_026-2022.pdf</t>
   </si>
   <si>
     <t>Requer Junto a  Secretaria municipal de obras e serviços públicos, que seja feita a Substituição das lâmpadas queimadas na Rua Rondônia no bairro Cidade Baixa.</t>
   </si>
   <si>
     <t>1654</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1654/requerimento_027-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1654/requerimento_027-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria municipal de obras e serviços públicos, que seja feito faixa de pedestre com extensão levantada e sinalização na Rua Rondônia Bairro Cidade Baixa em Frente à Igreja Canãa Pentecostal no Brasil.</t>
   </si>
   <si>
     <t>1661</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1661/requerimento_028-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1661/requerimento_028-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que volte a servir pão no café da manhã para todos os servidores da Secretaria.</t>
   </si>
   <si>
     <t>1662</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1662/requerimento_029-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1662/requerimento_029-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Agricultura, que faça o suporte necessário na Colheitadeira de Milho para que seja usada nos tratores LS das Associações.</t>
   </si>
   <si>
     <t>1663</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1663/requerimento_030-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1663/requerimento_030-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, que seja enviado o relatório com o nome de todos os Agentes de Saúde que estão na ativa, contendo os setores que estão trabalhando, e cópia dos laudos de atendimento realizados por eles no ano de 2021.</t>
   </si>
   <si>
     <t>1664</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1664/requerimento_031-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1664/requerimento_031-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras e Agricultura, um relatório com o nome completo de todos os servidores das Secretaria de Obras e Agricultura, mencionando se são efetivos, comissionados ou de outra categoria.</t>
   </si>
   <si>
     <t>1665</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1665/requerimento_032-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1665/requerimento_032-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Educação, para providenciar que seja rebaixado o meio fio na lateral da escola Regina de Almeida e com isso seja feito um estacionamento para os servidores e pais.</t>
   </si>
   <si>
     <t>1666</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1666/requerimento_033-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1666/requerimento_033-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Saúde, que faça a publicidade necessária para divulgar a interrupção de prestações de serviços a comunidade.</t>
   </si>
   <si>
     <t>1667</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1667/requerimento_034-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1667/requerimento_034-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Agricultura, que faça a publicidade necessária ao produtores quanto a prestação de serviços dos programas.</t>
   </si>
   <si>
     <t>1668</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1668/requerimento_035-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1668/requerimento_035-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, faça a limpeza e terraplanagem de uma área de 9.600 m², para construção de um Campo de Futebol na Linha 06, km 21, no lado direito. (Documento anexo)       junto a Secretaria Municipal de Obras, faça a limpeza e terraplanagem de uma área de 9.600 m², para construção de um Campo de Futebol na Linha 06, km 21, no lado direito. (Documento anexo)</t>
   </si>
   <si>
     <t>1669</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1669/requerimento_036-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1669/requerimento_036-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, faça reparo necessário na Rua Marechal Candido Rondon, esquina com a Rua Getúlio Vargas, fazendo um escoamento da água e aterro da entrada do morador da casa.</t>
   </si>
   <si>
     <t>1670</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1670/requerimento_037-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1670/requerimento_037-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto aos Presidentes de Associações o relatório dos trabalhos prestados com os implementos que estão nas Associações, contendo o relatórios dos últimos 5 meses assinado pelo beneficiário e pelo Presidente da Associação.</t>
   </si>
   <si>
     <t>1677</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1677/requerimento_038-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1677/requerimento_038-2022.pdf</t>
   </si>
   <si>
     <t>Requer a aquisição de uma Aparelho de medição de decibéis, para que seja realizado fiscalização nas carretinhas de som e os sons em porta de comercio em nossa cidade.</t>
   </si>
   <si>
     <t>1678</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1678/requerimento_39-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1678/requerimento_39-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto Secretaria Municipal de Obras e Serviços Públicos, que seja feita a manutenção no Clube Recreativo e Associação da Policia Militar – CRAPOM, entre limpeza com maquinário e reparo da parte elétrica dos refletores do campo.</t>
   </si>
   <si>
     <t>1679</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1679/requerimento_40-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1679/requerimento_40-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento competente que licitado a Auditoria nos Processos licitados da prefeitura Municipal, realizados entre 01 de Janeiro de 2021 a 25 de Fevereiro de 2022.</t>
   </si>
   <si>
     <t>1680</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1680/requerimento_041-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1680/requerimento_041-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a secretaria de obras que atenda a uma demanda no travessão da linha 06 para a  linha 04 onde a estrada esta cortada devido ao fluxo de agua nas laterais, correndo risco de trancar a passagens de veículos grandes.</t>
   </si>
   <si>
     <t>1682</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1682/requerimento_042-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1682/requerimento_042-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Setor de Convênio da Prefeitura, uma relação contendo a informação dos convênios em andamento no setor.</t>
   </si>
   <si>
     <t>1683</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1683/requerimento_043-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1683/requerimento_043-2022.pdf</t>
   </si>
   <si>
     <t>Requer a aquisição e instalação de energia por fotovoltaico (energia solar) para todos os prédios públicos da administração em nosso município.</t>
   </si>
   <si>
     <t>1684</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1684/requerimento_044-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1684/requerimento_044-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento Jurídico, providencie com urgência o reajuste de 33,24% aos Profissionais do Magistério Público da Educação Básica, em cumprimento a Portaria de 2022 assinada pelo Presidente da República, em conformidade com a Lei Federal nº.11.738 de 2008 que Institui o piso salarial a esses profissionais.</t>
   </si>
   <si>
     <t>1685</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1685/requerimento_045-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1685/requerimento_045-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretária Municipal de Obras, que seja tampado os buracos no asfalto da Rua Tiradentes, em frente ao Posto de Saúde Anestino de Almeida, no Bairro Alto Alegre, e providenciado um escoamento da água que fica empoçada na rua.</t>
   </si>
   <si>
     <t>1688</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>Hermes Bordignon</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1688/requerimento_n46-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1688/requerimento_n46-2022.pdf</t>
   </si>
   <si>
     <t>Requer  junto a Secretaria de Agricultura, que faça o aterramento do Barracão da Associação Asprusb localizada na linha 07 esquina com a BR 429.</t>
   </si>
   <si>
     <t>1689</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1689/requerimento_n47-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1689/requerimento_n47-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de esporte, que seja roçado o Campo da Comunidade Rainha da Paz, km 75.</t>
   </si>
   <si>
     <t>1690</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1690/requerimento_n48-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1690/requerimento_n48-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento competente que seja disponibilizado uma subvenção no valor de 50.000,00 (Cinquenta Mil Reais) para a realização da 16° Expo Vale.</t>
   </si>
   <si>
     <t>1691</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1691/requerimento_n49-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1691/requerimento_n49-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde que seja feita a liberação das ultrassom em nosso município com urgência.</t>
   </si>
   <si>
     <t>1692</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1692/requerimento_n50-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1692/requerimento_n50-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Educação, para que seja solicitado ao responsável da Madre Paulina o cascalhamento do pátio com urgência.</t>
   </si>
   <si>
     <t>1693</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1693/requerimento_n51-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1693/requerimento_n51-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que faça o patrolamento e cascalhamento, da linha 69 até a cidade.</t>
   </si>
   <si>
     <t>1694</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1694/requerimento_n52-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1694/requerimento_n52-2022.pdf</t>
   </si>
   <si>
     <t>Requer  junto a Secretaria de Obra, fazer reparo na estrada por danos feito pela chuva, no Travessão que liga a Linha 90 com a 90 boiadeira, em frente à Casa do Rogério.</t>
   </si>
   <si>
     <t>1695</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1695/requerimento_n53-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1695/requerimento_n53-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a secretaria de obras que atenda a uma demanda a linha 04, colocando um tubo próximo a comunidade Santa Luzia. e realizando um aterro na estrada próximo ao rio.</t>
   </si>
   <si>
     <t>1697</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1697/requerimento_n542022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1697/requerimento_n542022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Agricultura e Meio Ambiente, que providencie um local permanente para o recolhimento de Embalagens de Agrotóxicos em nosso município.</t>
   </si>
   <si>
     <t>1698</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1698/requerimento_n55-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1698/requerimento_n55-2022.pdf</t>
   </si>
   <si>
     <t>Requer providencie junto a Secretaria de Obras, que seja feito 200 metros de asfalto na linha 25, dentro da Vila Rica do Guaporé, no km 75.</t>
   </si>
   <si>
     <t>1699</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1699/requerimento_n56-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1699/requerimento_n56-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento Jurídico, que seja feito o pagamento do Piso Salarial dos Dentistas de nosso município.</t>
   </si>
   <si>
     <t>1715</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1715/requerimento_n_057-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1715/requerimento_n_057-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, 3 (três) caçamba de cascalho para a Igreja Cristã do Brasil, localizada na Rua Chico Mendes na Cidade Alta.</t>
   </si>
   <si>
     <t>1717</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1717/requerimento_n_058-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1717/requerimento_n_058-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que faça o patrolamento e cascalhamento da Rua Maria Julia, no bairro Cidade Alta.</t>
   </si>
   <si>
     <t>1718</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1718/requerimento_n_059-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1718/requerimento_n_059-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que faça a limpeza dos canteiros centrais da Avenida Paraná, da Rua Curitiba até a Rua Manaus.</t>
   </si>
   <si>
     <t>1719</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1719/requerimento_n_060-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1719/requerimento_n_060-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento de Esporte, que seja realizado um Campeonato de Vôlei de Areia, no Clube da CRAPON, nos primeiros seis meses de 2022.</t>
   </si>
   <si>
     <t>1720</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1720/requerimento_n_061-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1720/requerimento_n_061-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que faça a manutenção da Linha da Granja, na Linha 04 no Km 01.</t>
   </si>
   <si>
     <t>1728</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1728/requerimento_n_062-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1728/requerimento_n_062-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Saúde, que contrate um Médico Perito para fazer vistoria para ver quais Servidores está fazendo Atividade de Risco.</t>
   </si>
   <si>
     <t>1729</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1729/requerimento_n._063-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1729/requerimento_n._063-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de competência, que seja feita uma manutenção no ônibus em parceria com a Escola EFA.</t>
   </si>
   <si>
     <t>1730</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1730/requerimento_n._064-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1730/requerimento_n._064-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de esporte, que seja roçado e compactado o Campo da linha 95 no travessão da 85 km 18.</t>
   </si>
   <si>
     <t>1731</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1731/requerimento_n._065-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1731/requerimento_n._065-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, quando iniciar os reparos das vias vicinais que seja feito o patrolamento das Linhas 66 e 22.</t>
   </si>
   <si>
     <t>1732</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1732/requerimento_n._066-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1732/requerimento_n._066-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Educação, a construção de um Alojamento com dois cômodos e um Banheiro pra os Motoristas e Monitores da Escola Municipal Neuza de Oliveira Bravin.</t>
   </si>
   <si>
     <t>1733</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1733/requerimento_n._067-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1733/requerimento_n._067-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde que disponibilize um responsável para voltar a funcionar as academias de saúde nas comunidades, com aulas de zumba.</t>
   </si>
   <si>
     <t>1734</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1734/requerimento_n._068-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1734/requerimento_n._068-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, o Cascalhamento na Linha 69 1,5 km do lado da fazenda do Leonel</t>
   </si>
   <si>
     <t>1735</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1735/requerimento_n._069-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1735/requerimento_n._069-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Educação, a limpeza do pátio e a frente da creche em construção</t>
   </si>
   <si>
     <t>1741</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1741/requerimento_n._070-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1741/requerimento_n._070-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que faça a limpeza do contorno do Campo Municipal, no bairro Alto Alegre, que está com o mato muito alto.</t>
   </si>
   <si>
     <t>1742</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1742/requerimento_n._071-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1742/requerimento_n._071-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento de Cadastro, um relatório com todos os terrenos baldios em nome da Prefeitura, com seus respectivos endereços.</t>
   </si>
   <si>
     <t>1743</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1743/requerimento_n._072-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1743/requerimento_n._072-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Planejamento e Administração para que seja celebrado um convênio com o Credissis para facilitar o pagamento de taxas.</t>
   </si>
   <si>
     <t>1745</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1745/requerimento_n._073-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1745/requerimento_n._073-2022.pdf</t>
   </si>
   <si>
     <t>Requer a contratação de um Intérprete de Libras, para fazer a comunicação das Lives entre os ouvintes surdos.</t>
   </si>
   <si>
     <t>1753</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1753/requerimento_n._074-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1753/requerimento_n._074-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja feito o reparo nos buracos da Rua Presidente Castelo Branco, no trecho entre as Av. Tancredo Neves e Rua Ronaldo Aragão.</t>
   </si>
   <si>
     <t>1757</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>Braz Carlos Correia, Geferson dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1757/requerimento_n._075-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1757/requerimento_n._075-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Agricultura, que seja disponibilizado uma subvenção em favor da associação Asprut no valor de 5 Mil Reais para ajudar com as despesas em relação ao concerto do motor estacionado.</t>
   </si>
   <si>
     <t>1758</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1758/requerimento_n076-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1758/requerimento_n076-2022.pdf</t>
   </si>
   <si>
     <t>Requer  junto as Secretarias de competência, que seja providenciado um Leilão de todos os veículos de bens e principalmente os maquinários da Obra que não estão em uso.</t>
   </si>
   <si>
     <t>1759</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1759/requerimento_n077-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1759/requerimento_n077-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento de Cadastro, que seja notificados os proprietários de terrenos baldios para fazerem a limpezas de seus terrenos, de acordo com a Lei 1.211/2015</t>
   </si>
   <si>
     <t>1760</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1760/requerimento_n078-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1760/requerimento_n078-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, que libere a ambulância e os Técnicos de Saúde para dar assistência no Circuito de Montaria de Touros dos Peões da 429, que será realizado nos dias 16 e 17 de Abril, sendo durante o tempo do evento, ao sábado das 19 horas até as 21 horas e no domingo das 16 horas até as 18 horas.</t>
   </si>
   <si>
     <t>1761</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1761/requerimento_n079-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1761/requerimento_n079-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Agricultura, 5 (cinco) caçamba de terra para a Associação ASPRUT localizada na RO 377, Linha 10, Zona Rural, Distrito de Porto Murtinho.</t>
   </si>
   <si>
     <t>1762</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1762/requerimento_n080-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1762/requerimento_n080-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento Jurídico, a alteração da Lei de Diária de Campo, para que os servidores da Secretaria de Agricultura possam receber as diárias trabalhadas nos finais de semanas e feriados.</t>
   </si>
   <si>
     <t>1763</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1763/requerimento_n081-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1763/requerimento_n081-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto Secretaria de Agricultura que seja feito revisão nos Equipamentos agrícolas, caminhões e maquinas.</t>
   </si>
   <si>
     <t>1768</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja podado duas árvores na Rua Rondônia, próximo a Creche Municipal, e também as galhas da cerca viva que fica na Avenida Brasil, no terreno da antiga usina elétrica, que está invadindo a pista.</t>
   </si>
   <si>
     <t>1772</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1772/requerimento_n083-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1772/requerimento_n083-2022.pdf</t>
   </si>
   <si>
     <t>1773</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1773/requerimento_n084-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1773/requerimento_n084-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, o patrolamento e tapa buracos nas Linha 02B, Linha Noventinha e Linha dos Goianos.</t>
   </si>
   <si>
     <t>1774</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1774/requerimento_n085-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1774/requerimento_n085-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Educação em parceria com a Secretaria de Obras, que seja feito um cascalhamento da calçada até o portão da Escola Neusa de Oliveira Bravin, localizada na BR 429.</t>
   </si>
   <si>
     <t>1777</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1777/requerimento_n._086-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1777/requerimento_n._086-2022.pdf</t>
   </si>
   <si>
     <t>Requer e o mesmo  providencie junto a Secretaria Municipal de Obras, o patrolamento das Linhas 10, 08 e 06 ambas no Setor Porto Murtinho.</t>
   </si>
   <si>
     <t>1778</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1778/requerimento_n._087-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1778/requerimento_n._087-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja feito a restauração dos equipamentos das Academias de Saúde das praças municipal dos bairros cidade alta e alto alegre.</t>
   </si>
   <si>
     <t>1781</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1781/requerimento_n._088-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1781/requerimento_n._088-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento de Cadastro, que seja feito aquisição de plaquinhas com a numeração dos imóveis dos lotes urbanos da cidade São Francisco do Guaporé, e distribuídos entre os moradores.</t>
   </si>
   <si>
     <t>1785</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1785/requerimento_n._089-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1785/requerimento_n._089-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Educação, que se realizado o Momento Cívico pelo menos uma vez por semana nas Escolas do Município, com o hasteamento das bandeiras e canto dos hinos Nacional, Estadual e Municipal, cumprindo a Lei Municipal nº.811/2012.</t>
   </si>
   <si>
     <t>1786</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1786/requerimento_n._090-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1786/requerimento_n._090-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Educação, que se construído o muro no terreno ao lado da Escola Polo Pereira e Cáceres e plantado grama.</t>
   </si>
   <si>
     <t>1787</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>Cidão Venâncio</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1787/requerimento_n_91-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1787/requerimento_n_91-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a secretaria de obras que atenda a uma demanda no distrito do Porto Murtinho, fazendo um aterro em volta da quadra de esportes para que possa ser plantado grama neste local pois se encontra em uma situação precária a limpeza ao seu redor.</t>
   </si>
   <si>
     <t>1788</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1788/requerimento_n_92-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1788/requerimento_n_92-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, a recuperação de um trecho na linha 10 setor Porto Murtinho depois da Fazenda do Pedrão próximo a terra do Leandro onde está se formando um atoleiro.</t>
   </si>
   <si>
     <t>1789</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1789/requerimento_n_93-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1789/requerimento_n_93-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, a recuperação de dois pontos críticos localizados na linha 08 setor Porto Murtinho sendo um no final da linha próximo a Fazenda do Sr. Adelar onde está se formando um atoleiro e outro próximo à casa do Sr. Jose Ramos onde se formou uma grande valeta impossibilitando os veículos trafegarem.</t>
   </si>
   <si>
     <t>1790</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1790/requerimento_n_94-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1790/requerimento_n_94-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a secretaria de obras que atenda a uma demanda no distrito do Porto Murtinho, fazendo uma limpeza, cascalhamento e reabertura de algumas ruas no Distrito do Porto Murtinho pois algumas estão cobertas por mato impossibilitando a passagem.</t>
   </si>
   <si>
     <t>1791</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1791/requerimento_n_95-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1791/requerimento_n_95-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que quando estiverem fazendo patrolamento na vias vicinais, que  seja patrolado os carreadores de 400 a 500 metros, sem que seja cobrado taxas  dos Proprietários Rurais.</t>
   </si>
   <si>
     <t>1792</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1792/requerimento_n_97-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1792/requerimento_n_97-2022.pdf</t>
   </si>
   <si>
     <t>Requer  junto a Secretaria Municipal de Educação, e a mesma faça a instalação dos Equipamentos da Radio Recreio nas Escolas, E.M.E.F.I. e Pré Senador Ronaldo Aragão, C.M.E.F.I. e Pré Regina Almeida de Araújo , E.P.M.E.F.I. e Pré Clodoaldo Splícigo e E.P.M.E.F.I. e Pré Neusa de Oliveira Bravin.</t>
   </si>
   <si>
     <t>1793</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1793/requerimento_n_97-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1793/requerimento_n_97-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja concluído o aterro do pátio da Escola Polo Municipal Clodoaldo Splicigo.</t>
   </si>
   <si>
     <t>1794</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1794/requerimento_n_98-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1794/requerimento_n_98-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, para fazer um patrolamento de tampa buracos na Linha 5C.</t>
   </si>
   <si>
     <t>1795</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1795/requerimento_n.099-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1795/requerimento_n.099-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja instalado Iluminarias e uma Caixa D’água dentro do Cemitério Municipal São Francisco de Assis.</t>
   </si>
   <si>
     <t>1801</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1801/requerimento_n.100-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1801/requerimento_n.100-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Educação, e a mesma faça uma adaptação (vasos sanitários infantil) nos banheiros dos alunos que estão cursando o pré na Escola Neuza de Oliveira Bravin.</t>
   </si>
   <si>
     <t>1802</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1802/requerimento_n.101-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1802/requerimento_n.101-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Educação, que seja contratado Inspetor de Pátio para as Escolas Municipais.</t>
   </si>
   <si>
     <t>1803</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1803/requerimento_n.102-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1803/requerimento_n.102-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, a construção de um Ponto para os Freteiros de nossa cidade.</t>
   </si>
   <si>
     <t>1804</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1804/requerimento_n.103-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1804/requerimento_n.103-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, o patrolamento e tapa buracos da Linha 27.</t>
   </si>
   <si>
     <t>1805</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1805/requerimento_n.104-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1805/requerimento_n.104-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, 10 (dez) caçamba de cascalho, para que seja feito um aterro, para a construção de uma igreja, localizada na Rua Ayrton Sena  sobre a  Rua Curitiba, em frente a Oficina Pavão motos.</t>
   </si>
   <si>
     <t>1806</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1806/requerimento_n.105-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1806/requerimento_n.105-2022.pdf</t>
   </si>
   <si>
     <t>Requer a realização de uma Sessão Solene, em homenagem aos profissionais de Saúde que trabalharam em nosso município no período pandêmico causado pelo Covid-19.</t>
   </si>
   <si>
     <t>1809</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1809/requerimento_n.106-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1809/requerimento_n.106-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Ação Social, que faça Aquisição e Instalação de Ventiladores para a Associação dos Idosos de São Francisco do Guaporé.</t>
   </si>
   <si>
     <t>1810</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1810/requerimento_n_107-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1810/requerimento_n_107-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Educação, que finalize a frente do muro e a limpeza dos vidros da Escola Neuza de Oliveira Bravin.</t>
   </si>
   <si>
     <t>1811</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1811/requerimento_n_108-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1811/requerimento_n_108-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Educação, e a mesma  faça um estacionamento para os ônibus escolares com embarque e desembarque sendo calçado e contendo uma  passarela coberta para os alunos da Escola Neuza de Oliveira Bravin.</t>
   </si>
   <si>
     <t>1812</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1812/requerimento_n_109-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1812/requerimento_n_109-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, e a mesma  faça a retirada dos entulhos ou notificar quem for de responsabilidade,  do lixo no pátio do Postinho de Saúde Romana  e a quadra de Esporte, localizada na Linha 06 setor Porto Murtinho.</t>
   </si>
   <si>
     <t>1815</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1815/requerimento_n_110-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1815/requerimento_n_110-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto ao  Senhor Presidente, quem seja dado cedência de uma funcionária para o IMPES, por três dias na semana (Segunda, Quarta e Sexta-Feira).</t>
   </si>
   <si>
     <t>1817</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1817/requerimento_n_111-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1817/requerimento_n_111-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretária Municipal de Obras, que seja patrolado e feito o devido cascalhamento do travessão 3 A (tabocal) na BR 377 km 7,5.</t>
   </si>
   <si>
     <t>1818</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1818/requerimento_n_112-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1818/requerimento_n_112-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, a limpeza das margens do igarapé que corta a cidade baixa, entre as Ruas Chico Mendes até a Avenida São Francisco.</t>
   </si>
   <si>
     <t>1819</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1819/requerimento_n_113-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1819/requerimento_n_113-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretária Municipal de Obras, que faça o patrolamento e cascalhamento do Travessão do Dodô, que liga a Linha 01 do Setor Chacareiro, entrando pela Av. São Francisco, e que coloque um bueiro na entrada do travessão, para que a água que escorre pela Linha 01, não entre no travessão e alague a estrada.</t>
   </si>
   <si>
     <t>1820</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1820/requerimento_n.114-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1820/requerimento_n.114-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Mesa Diretora da CMSFG, para a realização de uma Sessão Solene, em Comemoração aos 100 anos da Igreja Assembleia de Deus e 100 anos de Arpa Cristã.</t>
   </si>
   <si>
     <t>1822</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1822/requerimento_n.115-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1822/requerimento_n.115-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, que libere a ambulância e os Técnicos de Saúde para dar assistência na Gincana que será no Parque de  Exposição no dia 29 de Maio de 2022 as 10 horas até as 17 horas.</t>
   </si>
   <si>
     <t>1828</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1828/requerimento_n.116-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1828/requerimento_n.116-2022.pdf</t>
   </si>
   <si>
     <t>Requer providencie junto a Secretaria Municipal de Educação, que construa dois banheiros anexos a duas salas na Creche Olaiza da Cruz Figueiredo.</t>
   </si>
   <si>
     <t>1829</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1829/requerimento_n.117-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1829/requerimento_n.117-2022.pdf</t>
   </si>
   <si>
     <t>Requer providencie junto ao Departamento de Esporte, a iluminação do Campo de futebol na Comunidade São Paulo, na Linha 5B, km 24.</t>
   </si>
   <si>
     <t>1838</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>Marluci Gabriel, Cidão Venâncio</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1838/requerimento_n.118-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1838/requerimento_n.118-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Educação, que faça a reforma da Quadra Poliesportiva da Escola Clodoaldo Splícigo.</t>
   </si>
   <si>
     <t>1839</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1839/requerimento_n.119-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1839/requerimento_n.119-2022.pdf</t>
   </si>
   <si>
     <t>junto a Secretaria de Educação, que faça a reforma da Quadra Poliesportiva da Escola Pereira e Cáceres.</t>
   </si>
   <si>
     <t>1840</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>Cidão Venâncio, Marluci Gabriel</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1840/requerimento_n.120-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1840/requerimento_n.120-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja disponibilizado Equipamentos e Ferramentas para o servidor que foi contratado para fazer a limpeza da comunidade Porto Murtinho e também que providencie a limpeza e regularização da quadra de vôlei  e que seja concluída a limpeza da Quadra Poliesportiva e que seja plantado grama ao redor da mesma para facilitar a limpeza.</t>
   </si>
   <si>
     <t>1841</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1841/requerimento_n.121-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1841/requerimento_n.121-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, a reparação e instalação de iluminação da Rua São Paulo, entre a Rua Rio Madeira / Rua Curitiba no Bairro Cidade Baixa.</t>
   </si>
   <si>
     <t>1842</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1842/requerimento_n.122-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1842/requerimento_n.122-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, que solicite da Funasa que passe fumasse em toda a cidade por 2 (duas) Vezes na semana, para controlar o aumento de casos de dengue que está crescendo em nossa população.</t>
   </si>
   <si>
     <t>1843</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1843/requerimento_n.123-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1843/requerimento_n.123-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, que os Agentes de Saúde façam a Fiscalização de  datas vazias e quintais com água parada, para que assim possamos evitar focos de mosquitos.</t>
   </si>
   <si>
     <t>1845</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1845/requerimento_n.124-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1845/requerimento_n.124-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Educação/Departamento de Cultura, a realização de um Festival de Música Gospel.</t>
   </si>
   <si>
     <t>1846</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1846/requerimento_n._125-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1846/requerimento_n._125-2022.pdf</t>
   </si>
   <si>
     <t>Requer ao Diretor de Esporte, a realização de um curso de arbitragem no nosso município.</t>
   </si>
   <si>
     <t>1847</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1847/requerimento_n._126-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1847/requerimento_n._126-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, para fazer um patrolamento de tampa buracos da Linha 27 até a Fazenda Belo Oriente</t>
   </si>
   <si>
     <t>1856</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1856/requerimento_n._127-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1856/requerimento_n._127-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Saúde, que seja feito reforma na pintura nos  Postos de Saúde sendo eles, Osmar Silva da Costa do Km 75, e o Posto da Comunidade Santa Luzia da linha 04.</t>
   </si>
   <si>
     <t>1857</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1857/requerimento_n._128-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1857/requerimento_n._128-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Educação que seja  encaminhado a descrição de como está o andamento do projeto para que os Ônibus escolares  estarem entrando pelo fundo da escola para pegar os alunos.</t>
   </si>
   <si>
     <t>1868</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1868/requerimento_n._129-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1868/requerimento_n._129-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Saúde, que seja feito uma pintura e reforma no Posto de Saúde da Linha 06 São Pedro</t>
   </si>
   <si>
     <t>1871</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1871/requerimento_n._130-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1871/requerimento_n._130-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, que disponibilize o carro da fisioterapia  duas vezes na semana sendo na Terça e  quinta Feira depois das 15hrs  para estar levando o Sr. Weliton dos Santos Oliveira que reside na Rua Rondônia, Num 3605,  para fazer as sessões de Fisioterapia na piscina do Indinho.</t>
   </si>
   <si>
     <t>1872</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1872/requerimento_n._131-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1872/requerimento_n._131-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que envie a PA Carregadeira para limpar a beirada da estrada, sendo na linha 06, Fazenda Boi Jaguar.</t>
   </si>
   <si>
     <t>1873</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1873/requerimento_n._132-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1873/requerimento_n._132-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que envie o caminhão pipa para molhar as Ruas que não são pavimentadas dentro da cidade.</t>
   </si>
   <si>
     <t>1874</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1874/requerimento_n._133-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1874/requerimento_n._133-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, para fazer um patrolamento de tampa buracos da Linha 29 .</t>
   </si>
   <si>
     <t>1876</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>Geferson dos Santos, Alan Siqueira</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1876/requerimento_n._134-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1876/requerimento_n._134-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que faça a retirada de um entulho que está atras do pátio da Escola Pereira e Cáceres, na Linha 06 do Setor Porto Murtinho.</t>
   </si>
   <si>
     <t>1891</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja disponibilizado o caminhão pipa aonde acontecera a Festa de Laço, localizado na linha 02, setor porto Murtinho,  nos dias 04 e 05 de Agosto de 2022.</t>
   </si>
   <si>
     <t>1893</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1893/requerimento_n._136-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1893/requerimento_n._136-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que faça a reforma da igreja da comunidade de Pedras Negras.</t>
   </si>
   <si>
     <t>1894</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1894/requerimento_n._137-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1894/requerimento_n._137-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Saude, que faça a troca da cobertura do posto de saúde da comunidade de Pedras Negras.</t>
   </si>
   <si>
     <t>1897</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1897/requerimento_n._138-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1897/requerimento_n._138-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria competente que seja realizada uma audiência pública anunciada na Rádio  e convide o Sindicato dos Trabalhadores Rurais para fazer parte do debate em relação ao ITR (Imposto Territorial Rural)  que será integrado na prefeitura .</t>
   </si>
   <si>
     <t>1898</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1898/requerimento_n._139-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1898/requerimento_n._139-2022.pdf</t>
   </si>
   <si>
     <t>Requer  junto a Secretaria de Obras, que seja fixado placas de sinalização na BR onde a mesma indique respeito aos ciclistas.</t>
   </si>
   <si>
     <t>1899</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1899/requerimento_n._140-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1899/requerimento_n._140-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Saúde, que faça a uma reforma na antiga escola para que se torne o posto de saúde da comunidade de Santo Antônio</t>
   </si>
   <si>
     <t>1900</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1900/requerimento_n._141-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1900/requerimento_n._141-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Educação, que seja feito a manutenção da iluminação da Quadra do Colégio Clodoaldo Splícigo.</t>
   </si>
   <si>
     <t>1903</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1903/requerimento_n._142-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1903/requerimento_n._142-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja disponibilizado o caminhão pipa para estar molhando toda a estrada da linha Eixo até a linha 11.</t>
   </si>
   <si>
     <t>1904</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>Braz Carlos Correia, Edison Crispin</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1904/requerimento_n._143-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1904/requerimento_n._143-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras e órgão competente que seja feito um laudo de salubridade para os Garis.</t>
   </si>
   <si>
     <t>1905</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1905/requerimento_n._144-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1905/requerimento_n._144-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, para fazer um patrolamento de tampa buracos da Linha 33.</t>
   </si>
   <si>
     <t>1917</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>Alan Siqueira, Edison Crispin, Geferson dos Santos, Ozias Santos</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1917/requerimento_n._145-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1917/requerimento_n._145-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento Jurídico, que seja feito o pagamento do Piso Salarial dos Enfermeiros e Técnicos de Enfermagem, de acordo com a Lei Federal Sancionada pelo Presidente da República.</t>
   </si>
   <si>
     <t>1918</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1918/requerimento_n._146-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1918/requerimento_n._146-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja feita uma manutenção nas luminárias da BR e Marginal.</t>
   </si>
   <si>
     <t>1919</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1919/requerimento_n._147-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1919/requerimento_n._147-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, a contratação de dois Psicólogo com máxima urgência em caráter emergencial.</t>
   </si>
   <si>
     <t>1920</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1920/requerimento_n._148-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1920/requerimento_n._148-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Jurídico, que seja feito uma alteração na Lei de Auxílio Moradia para os Médicos, por outro auxílio que inclua todos os médicos do município, e incluído um aumento de 100% no valor do auxilio.</t>
   </si>
   <si>
     <t>1921</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>Alan Siqueira, Geferson dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1921/requerimento_n._149-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1921/requerimento_n._149-2022.pdf</t>
   </si>
   <si>
     <t>1922</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1922/requerimento_n._150-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1922/requerimento_n._150-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja cascalhado as ruas das Casinhas Popular do Colégio Maria Marta, no bairro Paraíso.</t>
   </si>
   <si>
     <t>1923</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1923/requerimento_n._151-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1923/requerimento_n._151-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, a disponibilização de um motorista para atender a Fisioterapia de nosso município.</t>
   </si>
   <si>
     <t>1924</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1924/requerimento_n._152-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1924/requerimento_n._152-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Agricultura, um relatório informando  quantos produtores tem interesse em Plantar Café e quantas mudas vão precisar para o plantio desse ano.</t>
   </si>
   <si>
     <t>1926</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1926/requerimento_n._153-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1926/requerimento_n._153-2022.pdf</t>
   </si>
   <si>
     <t>1927</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1927/requerimento_n._154-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1927/requerimento_n._154-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento de Esporte, a inclusão da categoria sub 15 masculino para o Campeonato de Futsal, a realização do Campeonato de Futsal desse ano em vigência.</t>
   </si>
   <si>
     <t>1941</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1941/requerimento_n._155-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1941/requerimento_n._155-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja feito os aterramentos em duas erosões na Linha 90, em frente à fazenda do Sr. Osvaldo e em frente à casa do Sr. José Flor.</t>
   </si>
   <si>
     <t>1945</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1945/requerimento_n._156-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1945/requerimento_n._156-2022.pdf</t>
   </si>
   <si>
     <t>Requer a solicitação da manutenção da água no Estádio Municipal.</t>
   </si>
   <si>
     <t>1946</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1946/requerimento_n._157-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1946/requerimento_n._157-2022.pdf</t>
   </si>
   <si>
     <t>Requer informação do valor em conta no Fundo Municipal do CMDCA - Conselho Municipal do Direito da Criança e Adolescente.</t>
   </si>
   <si>
     <t>1947</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1947/requerimento_n._158-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1947/requerimento_n._158-2022.pdf</t>
   </si>
   <si>
     <t>Requer que seja feita a sinalização da pintura em amarelo, nas esquinas em nossos meios-fios em avenidas e ruas estratégicas para a melhor fluidez e circulação do nosso trânsito, evitando assim acidente por falta de visão dos veículos estacionados em lugares irregulares previsto CTB.</t>
   </si>
   <si>
     <t>1948</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1948/requerimento_n._159-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1948/requerimento_n._159-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto ao departamento da administração do nosso município, que seja voltado um olhar mais carinhoso ao nosso Conselho Tutelar, aonde é preciso disponibilizar com urgência o número de telefone para ligações a fim da maior produtividade dos servidores.</t>
   </si>
   <si>
     <t>1956</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1956/requerimento_n._160-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1956/requerimento_n._160-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja feito a restauração da pintura dos postes de iluminação pública, na Avenida Tancredo Neves.</t>
   </si>
   <si>
     <t>1958</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1958/requerimento_n._161-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1958/requerimento_n._161-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que faça o reparo em duas manilhas que cederam na Linha 02 B, sendo uma no km 05 e a outra no km 08.</t>
   </si>
   <si>
     <t>1959</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>Zé da Máquina</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1959/requerimento_n._162-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1959/requerimento_n._162-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento de Esporte, que envie discriminando no Projeto de Lei de pedido de orçamento para realização do Campeonato Municipal de Futsal, que a categoria Master seja realizada com a idade de 40 anos acima.</t>
   </si>
   <si>
     <t>1964</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1964/requerimento_n._163-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1964/requerimento_n._163-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, a solicitação dos laudos e trabalhos realizados pela Vigilância Sanitária nas escolas e creches municipal, estadual e particulares do município de São Francisco do Guaporé/RO.</t>
   </si>
   <si>
     <t>1965</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1965/requerimento_n._164-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1965/requerimento_n._164-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto ao departamento da administração do nosso município, que haja celeridade no que tange ao Projeto de Lei do nosso  piso Nacional previsto constitucionalmente no que diz respeito aos Agentes de Saúde e aos Agentes de Endemias em nosso município de São Francisco do Guaporé/RO.</t>
   </si>
   <si>
     <t>1967</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1967/requerimento_n._165-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1967/requerimento_n._165-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que faça um patrolamento de tapa buraco na Linha 07, devido a muitas costelinhas e alguns buracos.</t>
   </si>
   <si>
     <t>1972</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1972/requerimento_n._166-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1972/requerimento_n._166-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que disponibilize o Caminhão Pipa para molhar a Pista de Laço, localizada na propriedade do Senhor Abraão na Linha 04, onde será realizado uma Prova de Laço Beneficente para arrecadação de recursos para o Binho da Linha 33 que precisa fazer um transplante de rins.</t>
   </si>
   <si>
     <t>1973</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1973/requerimento_n._167-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1973/requerimento_n._167-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento Jurídico, que seja feito o pagamento do Piso Salarial dos Médicos Veterinário.</t>
   </si>
   <si>
     <t>1974</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1974/requerimento_n._168-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1974/requerimento_n._168-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja feito o Patrolamento da linha 03.</t>
   </si>
   <si>
     <t>1975</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1975/requerimento_n._169-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1975/requerimento_n._169-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria competente que seja feita a expansão na rede de água em toda a Avenida Tancredo Neves e Avenida Brasil.</t>
   </si>
   <si>
     <t>1976</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1976/requerimento_n._170-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1976/requerimento_n._170-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja feito a Construção de dois quebra-molas, na Rua Chico Mendes sendo um no começo da quadra da Paroquia São Francisco de Assis e outro no final da Quadra.</t>
   </si>
   <si>
     <t>1978</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1978/requerimento_n._171-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1978/requerimento_n._171-2022.pdf</t>
   </si>
   <si>
     <t>requer junto a secretaria de Obras que seja feito quebra-molas na linha 33, saindo para a BR 429, próximo a  Escola Neuza de Oliveira Bravin.</t>
   </si>
   <si>
     <t>1983</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1983/requerimento_n.172-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1983/requerimento_n.172-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a secretaria municipal de obras que faça o cascalhamento na linha 31</t>
   </si>
   <si>
     <t>1984</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1984/requerimento_n.173-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1984/requerimento_n.173-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento da Administração do nosso município, que seja feito um reparo e conserto nos refletores do Ginásio de Esporte do nosso Município de São Francisco do Guaporé/RO para uma melhor iluminação no local.</t>
   </si>
   <si>
     <t>1988</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1988/requerimento_no_174-2023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1988/requerimento_no_174-2023.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que faça a pintura dos acessos nas calçadas de acessibilidade às pessoas com deficiência, e construção de onde não tem acessibilidade.</t>
   </si>
   <si>
     <t>1989</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1989/requerimento_n._175-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1989/requerimento_n._175-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Ação Social, a criação do Abrigo do Idoso em São Francisco do Guaporé, nas instalações da Escola João Melo Zeferino no Km 75.</t>
   </si>
   <si>
     <t>1990</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1990/requerimento_n._176-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1990/requerimento_n._176-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a secretaria de obras que seja feito um quebra-molas na linha 22, estrada boiadeira em frente a comunidade luterana e outro em frente a propriedade do Sr. Natalino.</t>
   </si>
   <si>
     <t>1996</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1996/requerimento_n._177-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1996/requerimento_n._177-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, a construção de uma lombada na Avenida Tancredo Neves, antes da Rua Joaquim Murtin, próximo ao Posto Celeiro.</t>
   </si>
   <si>
     <t>1997</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1997/requerimento_n.178-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1997/requerimento_n.178-2022.pdf</t>
   </si>
   <si>
     <t>Requer providencie junto ao Departamento de Esporte, que seja organizado e realizado uma Copa Municipal de Karatê em São Francisco do Guaporé, em parceria com as Academias.</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2004/requerimento_n.179-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2004/requerimento_n.179-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento de Esporte, que seja feito um levantamento de quais equipamentos e materiais estão faltando nas Academias de Karatê de São Francisco do Guaporé, para que seja feito as aquisições e distribuição em benefícios das crianças que praticam a aula do esporte em nossa cidade.</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2005/requerimento_n.180-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2005/requerimento_n.180-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento de Esporte, que seja incluído as Categorias Infantil e Juvenil no Campeonato de Futsal 2022.</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2008/requerimento_n.181-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2008/requerimento_n.181-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto ao departamento da administração do nosso município, que haja o patrolamento e aterramento das valetas "crateras" na rua Marechal Candido Rondon entre avenida Getúlio Vargas até a rua João Goulart, Bairro Paraíso.</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2009/requerimento_n.182-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2009/requerimento_n.182-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto ao departamento de administração do nosso município, para que o Prefeito de São Francisco do Guaporé faça uma parceria com T.R.E. em nosso município de Costa Marques, afim de fazer anúncios volantes para o horário da Eleição no dia da votação no dia 02/10/2022, desta forma iremos de alcançar os munícipes na última semana eleitoral.</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2012/requerimento_n.183-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2012/requerimento_n.183-2022.pdf</t>
   </si>
   <si>
     <t>Requer de acordo com o Art. 26 da Lei Orgânica Municipal, a convocação do Secretário Municipal de Agricultura, para prestar esclarecimentos sobre os trabalhos desenvolvidos pela Secretaria nesse ano.</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2019/requerimento_184-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2019/requerimento_184-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, a substituição da ponte de madeira na Linha 90 boiadeira, em frente a propriedade do Sr. Claudio Barbudo.</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2021/requerimento_185-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2021/requerimento_185-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que faça o patrolamento e cascalhamento da Região Turística da beira do Rio Guaporé (Linha 95), sendo as linhas e as ruas das Vilas das Associações, bem com até os moradores mais afastados como Sr. Enedino e Sr. Zaqueu.</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2024/requerimento_186-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2024/requerimento_186-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, para fazer um cascalhamento da Linha 29 para a Linha 95, e manutenção da ponte que fica nesse local.</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2026/requerimento_187-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2026/requerimento_187-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento da Administração do nosso município, para que o Prefeito de São Francisco do Guaporé, faça o "Tapa Buraco" na Avenida São Francisco entre as ruas da Av. Guaporé, até a nossa Av. Tancredo Neves.</t>
   </si>
   <si>
     <t>2033</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2033/requerimento_n.188.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2033/requerimento_n.188.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento da Administração do nosso município, para que o Prefeito de São Francisco do Guaporé, faça o "Tapa Buraco" na Avenida Tiradentes entre as ruas: Manaus e a Rio Branco.</t>
   </si>
   <si>
     <t>2035</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2035/requerimento_n.189.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2035/requerimento_n.189.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento da Administração do nosso município, para que o Prefeito de São Francisco do Guaporé, faça o "Tapa Buraco" na Rua Ayrton Senna entre as ruas: Marechal Rondon e a Dom João VI.</t>
   </si>
   <si>
     <t>2036</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2036/requerimento_n._190.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2036/requerimento_n._190.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento da Secretária de Educação, Esporte e Lazer, para seja comprado 4 (quatro) uniformes para o time da escolinha de futebol (Campo) do município de São Francisco/RO.</t>
   </si>
   <si>
     <t>2037</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2037/requerimento_n.191-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2037/requerimento_n.191-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, o cascalhamento  do travessão da Linha 100 para Linha 03.</t>
   </si>
   <si>
     <t>2039</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2039/requerimento_n._192.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2039/requerimento_n._192.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Agricultura, que faça um Tanque de água para piscicultura, na propriedade da Sr. Dalva Aguiar de Carvalho, localizada na Linha Eixo, Linha 08, Poste 16.</t>
   </si>
   <si>
     <t>2043</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2043/requerimento_n._193.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2043/requerimento_n._193.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja feito as pinturas das faixas de pedestre, nas passarelas das marginais.</t>
   </si>
   <si>
     <t>2045</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2045/requerimento_n.194.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2045/requerimento_n.194.pdf</t>
   </si>
   <si>
     <t>Requer junto  Secretaria de Obras o Patrulhamento e cascalhamento no setor chacareiro do Porto Murtinho.</t>
   </si>
   <si>
     <t>2046</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2046/requerimento_n.195.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2046/requerimento_n.195.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja feito um manobrador para o ônibus escolar na linha 25, e a retirada de um toco em uma curva.</t>
   </si>
   <si>
     <t>2055</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>Marluci Gabriel, Ozias Santos</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2055/requerimento_196-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2055/requerimento_196-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que faça o cascalhamento da linha 04 até o colégio Clodoaldo Splícigo.</t>
   </si>
   <si>
     <t>2056</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2056/requerimento_197-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2056/requerimento_197-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja colocado mais um bueiro na linha 04, perto do Paulo Roso.</t>
   </si>
   <si>
     <t>2057</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2057/requerimento_198-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2057/requerimento_198-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja feito uma lombada em frente ao colégio Clodoaldo Splicigo.</t>
   </si>
   <si>
     <t>2059</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2059/requerimento_n._199.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2059/requerimento_n._199.pdf</t>
   </si>
   <si>
     <t>Requer junto ao departamento da Secretaria da Saúde e Administração do nosso município, a compra de camisetas de filtro solar com mangas compridas, para a equipe de agentes comunitários de saúde e agentes comunitários de Endemias do nosso município de São Francisco do Guaporé/RO.</t>
   </si>
   <si>
     <t>2060</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2060/requerimento_n.200.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2060/requerimento_n.200.pdf</t>
   </si>
   <si>
     <t>Requer junto ao departamento da Secretaria de Administração da Saúde do nosso município, as informações sobre quantidades de ressonâncias e o tempo de espera por atendimentos no mês em São Francisco do Guaporé/RO.</t>
   </si>
   <si>
     <t>2061</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2061/requeriemento_n._201.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2061/requeriemento_n._201.pdf</t>
   </si>
   <si>
     <t>Requer junto ao departamento da Secretária de Administração do nosso município, sobre a informação do recurso de (Um Milhão) para a compra de uma Pá Carregadeira (P.C.), aonde o porquê, ainda não foi comprada.</t>
   </si>
   <si>
     <t>2065</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2065/requerimento_n._202.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2065/requerimento_n._202.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, para solucionar o problema da poça de água na entrada da Linha 05.</t>
   </si>
   <si>
     <t>2066</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2066/requerimento_n._203.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2066/requerimento_n._203.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, o cascalhamento na Linha 27 à beira do Rio Guaporé na fazenda do Sr. Roque, com urgência.</t>
   </si>
   <si>
     <t>2069</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2069/requerimento_no_204-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2069/requerimento_no_204-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, a troca e manutenção de algumas lâmpadas que estão estragadas e queimadas na BR 429 e na marginal.</t>
   </si>
   <si>
     <t>2070</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2070/requerimento_no_205-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2070/requerimento_no_205-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, a manutenção de pinturas das esculturas dos bois e do peixe.</t>
   </si>
   <si>
     <t>2078</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2078/requerimento_no_206-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2078/requerimento_no_206-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Saúde do nosso município, a viabilização da médica Dr.ª Barbara A. O. Fraga, que possui o CRM RO 2732, venha estar pelo menos à cada 60 dias fazendo seu atendimento aqui no nosso município de São Francisco do Guaporé-RO.</t>
   </si>
   <si>
     <t>2079</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2079/requerimento_no_207-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2079/requerimento_no_207-2022.pdf</t>
   </si>
   <si>
     <t>Requer a realização de uma limpeza e pintura no local da quadra do Quilômetro 75, aonde se encontra a nossa comunidade "Vila Rica".</t>
   </si>
   <si>
     <t>2080</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2080/requerimento_no_208-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2080/requerimento_no_208-2022.pdf</t>
   </si>
   <si>
     <t>Requer a realização da manutenção de 4 lâmpadas da Praça do Bairro Alto Alegre, aonde as mesmas precisarão ser substituídas por lâmpadas de LEDs, e consequentemente também a marcação do campinho suíço de futebol que se encontra dentro da praça.</t>
   </si>
   <si>
     <t>2091</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2091/requerimento_no_209-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2091/requerimento_no_209-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Turismo, que seja feito um vídeo institucional e turístico com amostragem do Município de São Francisco do Guaporé.</t>
   </si>
   <si>
     <t>2093</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2093/requerimento_n._210-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2093/requerimento_n._210-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que faça o escoamento da água que está se acumulando em frente a Clínica AbekSaúde, na Avenida Brasil.</t>
   </si>
   <si>
     <t>2094</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>Braz Carlos Correia, Marluci Gabriel, Ozias Santos</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2094/requerimento_no_2011-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2094/requerimento_no_2011-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja feito um bueiro na Linha 27, em frente a fazenda do Josimar.</t>
   </si>
   <si>
     <t>2095</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>Ozias Santos, Zé da Máquina</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2095/requerimento_no_212-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2095/requerimento_no_212-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja feito a manutenção dos Ar condicionados nos Colégios do nosso município, sendo um dos principais, o Colégio Ronaldo Aragão.</t>
   </si>
   <si>
     <t>2102</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2102/requerimento_no_213-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2102/requerimento_no_213-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja feito uma lombada em frente a Igreja Assembleia Madureira sede, na rua Presidente Castelo Branco.</t>
   </si>
   <si>
     <t>2103</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2103/requerimentoo_no_214-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2103/requerimentoo_no_214-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, a instalação de uns tubos na Linha 10 do setor Porto Murtinho, em frente a Terra do Senhor Genir, próximo a fazenda do Pedrão, a caráter de urgência.</t>
   </si>
   <si>
     <t>2122</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>Braz Carlos Correia, Ozias Santos</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2122/requerimento_no_215-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2122/requerimento_no_215-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que faça a manutenção dos pontos críticos da Linha 90 e implantação de manilhas nos trechos que deu alagamento.</t>
   </si>
   <si>
     <t>2125</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2125/requerimento_no_216-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2125/requerimento_no_216-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que faça o patrolamento e cascalhamento dos pontos críticos na Linha Mável.</t>
   </si>
   <si>
     <t>2128</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2128/requerimento_no_217-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2128/requerimento_no_217-2022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja feito o escoamento de água que acumula em frente à loja Endio Modas, na Rua Ronaldo Aragão, esquina com a Rua Tiradentes.</t>
   </si>
   <si>
     <t>1807</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Moção de Aplausos</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1807/mocao_no_001-22_direcao_hospital_regional.doc</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1807/mocao_no_001-22_direcao_hospital_regional.doc</t>
   </si>
   <si>
     <t>Moção de Aplausos ao Ilmos. Senhores Servidores do Hospital Regional de São Francisco do Guaporé, que faziam parte da Direção Administrativa:_x000D_
 	MARIA JOSÉ DE OLIVEIRA– DIRETORA GERAL;_x000D_
 	Drº LUCAS RANIELI MIRANDA DANTAS – MÉDICO / DIRETOR TÉCNICO / DIRETOR CLÍNICO;_x000D_
 	ANA PAULA SANTOS DA SILVA – ASSESSOR DA DIREÇÃO CLÍNICA;_x000D_
 	TATIANA MONTENEGRO DE LIMA – ASSESSORA TÉCNICA;_x000D_
 _x000D_
 			Por seus relevantes serviços prestados ao nosso município durante a pandemia mundial do Covid 19, Administrando o Hospital Regional e tendo o reconhecimento da população com um atendimento atencioso, dedicado e de qualidade aos nossos pacientes, que resultaram em muitas vidas salvas.</t>
   </si>
   <si>
     <t>1628</t>
   </si>
   <si>
     <t>APL</t>
   </si>
   <si>
     <t>Anteprojeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1628/apl_no.01-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1628/apl_no.01-2022.pdf</t>
   </si>
   <si>
     <t>“Altera os artigos 102 e 137 da Lei Municipal nº.340/2006 – Regime Jurídico dos Servidores Públicos Municipal de São Francisco do Guaporé, na forma que especifica e dá outras providências”.</t>
   </si>
   <si>
     <t>1629</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1629/apl_no.02-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1629/apl_no.02-2022.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a criação do Auxílio Saúde para os Servidores Públicos do Município de São Francisco do Guaporé/RO e dá outras providências”.</t>
   </si>
   <si>
     <t>1630</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1630/apl_no.03-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1630/apl_no.03-2022.pdf</t>
   </si>
   <si>
     <t>Concede Isenção do Imposto Predial e Territorial urbano (IPTU), sobre imóvel integrante do patrimônio de Portadores de Neoplastia maligna (Câncer), Insuficiência Renal aguda ou Crônica graves (pacientes de hemodiálise) ou de seus dependentes, e dá outras providências.</t>
   </si>
   <si>
     <t>1696</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1696/apl_no.04-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1696/apl_no.04-2022.pdf</t>
   </si>
   <si>
     <t>"Acrescenta o Parágrafo Único ao art. 12, da Lei Municipal n.1.394, de 14 de dezembro de 2016".</t>
   </si>
   <si>
     <t>1755</t>
   </si>
   <si>
     <t>Cidão Venâncio, Marluci Gabriel, Ozias Santos</t>
   </si>
   <si>
     <t>“Dispõe sobre regulamentação da produção de Energia Limpa, e da outras providências”.</t>
   </si>
   <si>
     <t>1756</t>
   </si>
   <si>
     <t>“Regulamenta a jornada ininterrupta de 30 horas semanais, e da outras providências”.</t>
   </si>
   <si>
     <t>1800</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1800/anteprojeto_n._07-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1800/anteprojeto_n._07-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Subvenção Financeira a Associação Rancho São Lucas - Clube do Laço, e da outras providencias.</t>
   </si>
   <si>
     <t>1853</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1853/anteprojeto_n._08-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1853/anteprojeto_n._08-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inserção de Profissionais da área de Serviço Social e Psicologia nas escolas publicas Municipais de Educação básica do Município de São Francisco do Guaporé-RO.</t>
   </si>
   <si>
     <t>1961</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1961/anteprojeto_n._09-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1961/anteprojeto_n._09-2022.pdf</t>
   </si>
   <si>
     <t>"Fica assegurado o Direito do Selo "Empresa do Vale" e Autoriza o Poder Executivo a conceder incentivos fiscais a empresas que contratam pessoas com a faixa de idade entre 14 e 24 anos no município de São Francisco do Guaporé/RO".</t>
   </si>
   <si>
     <t>1968</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1968/anteprojeto_n._10-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1968/anteprojeto_n._10-2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Prefeito, Secretários Municipais, Servidores Efetivos e Comissionados a dirigirem veículos oficiais da Administração Pública Municipal Direta, Autárquica e Fundacional, e dá outras providências".</t>
   </si>
   <si>
     <t>1992</t>
   </si>
   <si>
     <t>Acrescenta os §§ 1º, 2º e 3º ao artigo 15, da Lei Municipal n. 1.960, de 29 de março de 2022, e da outras providencias.</t>
   </si>
   <si>
     <t>2058</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2058/anteprojeto_de_lei_n.12-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2058/anteprojeto_de_lei_n.12-2022.pdf</t>
   </si>
   <si>
     <t>"Altera a redação do inciso I, bem como das alíneas "c" e "d" do inciso II, todos do artigo 65, da Lei Complementar Municipal n.53, de 20 de dezembro de 2016".</t>
   </si>
   <si>
     <t>2067</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2067/apl_no.013-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2067/apl_no.013-2022.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre instalação de brinquedos adaptados para crianças com deficiência em locais públicos de lazer, praças e parques, município de São Francisco do Guaporé e dá outras providências”.</t>
   </si>
   <si>
     <t>2085</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2085/anteprojrto_de_lei_no_14-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2085/anteprojrto_de_lei_no_14-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe a Criação do "SOS FAMÍLIA" um Projeto temporário para Auxílio Alimentação de R$ 500,00 as famílias carentes do município de São Francisco do Guaporé/RO"</t>
   </si>
   <si>
     <t>1611</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Alcino Bilac Machado</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1611/projeto_de_lei_no_01-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1611/projeto_de_lei_no_01-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO, e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit do Convenio  e Credito Adicional Especial por Superávit Financeiro ate o Montante de R$1.050.012,86 (Um Milhão, Cinquenta Mil e Doze Reais e Oitenta e Seis Centavos) em favor da unidade orçamentaria da Secretaria Municipal de Obras e Serv. Públicos , no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1612</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1612/projeto_de_lei_no_02-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1612/projeto_de_lei_no_02-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO, e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial  por superávit do Convenio até o montante de R$ 74.596,66 (Setenta e Quatro Mil, Quinhentos e Noventa e Seis Reais e Sessenta e Seis Centavos ), em favor da unidade orçamentaria da Secretaria Municipal de Trabalho e Ação Social, no orçamento vigente, e dá outras providências"</t>
   </si>
   <si>
     <t>1613</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1613/projeto_de_lei_no_03-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1613/projeto_de_lei_no_03-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO, e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Excesso de Arrecadação e Credito Adicional Especial por Superávit Financeiro ate o Montante de R$1.016.134,00 (Um Milhão, Dezesseis Mil e Cento e Trinta e Quatro Reais  ) em favor da unidade orçamentaria da Secretaria Municipal de Agricultura e Meio Ambiente e Urbanismo , no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1614</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1614/projeto_de_lei_no_04-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1614/projeto_de_lei_no_04-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO, e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Excesso de Arrecadação e Credito Adicional Especial por Superávit Financeiro ate o Montante de R$552.000,00(Quinhentos e Cinquenta e Dois Mil Reais ) em favor da unidade orçamentaria da Secretaria Municipal de Agricultura e Meio Ambiente e Urbanismo , no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1615</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1615/projeto_de_lei_no_05-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1615/projeto_de_lei_no_05-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO, e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro  de R$ 142.836,79 (Cento e Quarenta e Dois Mil , Oitocentos e Trinta e Seis Reais e Setenta e Nove Centavos ) em favor da unidade orçamentaria da Sec. Munic. Saúde, no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1616</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1616/projeto_de_lei_no_06-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1616/projeto_de_lei_no_06-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO, e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Excesso de Arrecadação e Superávit Financeiro  no Valor de R$ 431.360,00 (Quatrocentos e Trinta e Um Mil, Trezentos e Sessenta Reais  ) em favor da unidade orçamentaria da Secretaria Municipal de Saúde, no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1617</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1617/projeto_de_lei_no_07-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1617/projeto_de_lei_no_07-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO, e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit do Convenio e Credito Adicional Especial por Superávit Financeiro ate o Montante de R$140.744,70 (Cento e Quarenta Mil, Setecentos e Quarenta e Quatro Reais e Setenta Centavos  ) em favor da unidade orçamentaria da Secretaria Municipal de Obras e Serv. Públicos , no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1618</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1618/projeto_de_lei_no_08-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1618/projeto_de_lei_no_08-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO, e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit do Convenio e Credito Adicional Especial por Superávit Financeiro ate o Montante de R$243.900,00 (Duzentos e Quarenta e Três Mil e Novecentos Reais  ) em favor da unidade orçamentaria da Secretaria Municipal de Agricultura e Meio Ambiente e Urbanismo  , no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1619</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1619/projeto_de_lei_no_09-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1619/projeto_de_lei_no_09-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO, e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Excesso de Arrecadação e Credito Adicional Especial por Superávit Financeiro ate o Montante de R$105.125,76 (Cento e Cinco Mil, Cento e Vinte e Cinco Reais e Setenta e Seis Centavos) em favor da unidade orçamentaria da Secretaria Municipal de Obras e Serv. Públicos , no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1620</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1620/projeto_de_lei_no_10-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1620/projeto_de_lei_no_10-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO, e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Excesso de Arrecadação e  Superávit Financeiro no valor  de R$73.390,60 (Setenta e Três Mil, Trezentos e Noventa Reais e Sessenta Centavos ) em favor da unidade orçamentaria da Secretaria Municipal de Saúde , no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1621</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1621/projeto_de_lei_no_11-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1621/projeto_de_lei_no_11-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o pagamento de plantões extras no ambito da secretaria municipal de saúde e dá outras providencias".</t>
   </si>
   <si>
     <t>1627</t>
   </si>
   <si>
     <t>Estabelece como essenciais as atividades das igrejas e dos templos de qualquer culto em períodos de calamidade pública no Município de São Francisco do Guaporé / RO, e dá outras providências.</t>
   </si>
   <si>
     <t>1660</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1660/projeto_de_lei_no_13-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1660/projeto_de_lei_no_13-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a Firmar Convênio e conceder ajuda financeira a Título de Subvenção a LIGA DE DESPORTO DE SÃO FRANCISCO DO GUAPORÉ - RO, e da outras disposições.</t>
   </si>
   <si>
     <t>1673</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1673/projeto_de_lei_no_14-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1673/projeto_de_lei_no_14-2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Executivo Municipal a Contratar Servidor por Prazo Determinado para atender as necessidades da Secretaria Municipal de Educação, Cultura, Esporte, Lazer e Turismo em Caráter Excepcional e Temporário e dá outras providências".</t>
   </si>
   <si>
     <t>1674</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1674/projeto_de_lei_no_15-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1674/projeto_de_lei_no_15-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO, e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Excesso de Arrecadação e Superávit Financeiro no valor de R$113.240,00 (Cento e Treze Mil, Duzentos e Quarenta Reais) em favor da unidade orçamentaria da Secretaria Municipal de Saúde , no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1675</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1675/projeto_de_lei_no_16-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1675/projeto_de_lei_no_16-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO, e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro até o montante de R$ 130.600,00 (Cento e Trinta Mil e Seiscentos Reais ) em favor da unidade orçamentaria da Secretaria Municipal de Obras e Serviços Públicos, no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1676</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1676/projeto_de_lei_no_17-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1676/projeto_de_lei_no_17-2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Executivo Municipal a Contratar Servidor por Prazo Determinado para atender as necessidades da Secretaria Municipal de Saúde em Caráter Excepcional e Temporário e dá outras providências".</t>
   </si>
   <si>
     <t>1686</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1686/projeto_de_lei_no_18-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1686/projeto_de_lei_no_18-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a alteração do art. 19, §1º, incisos e alíneas, todos da Lei Municipal nº.1.874/2021".</t>
   </si>
   <si>
     <t>1700</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1700/projeto_de_lei_n._19-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1700/projeto_de_lei_n._19-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO, e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro de R$ 103.500,00(Cento e Tres Mil, e Quinhentos Reais ) em favor da unidade orçamentaria da Sec. Munic. de Trabalho e Ação Social, no orçamento vigente, e dá outras providências</t>
   </si>
   <si>
     <t>1701</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1701/projeto_de_lei_n._20-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1701/projeto_de_lei_n._20-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO, e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro de R$ 109.574,00 (Cento e Nove Mil e Quinhentos e Setenta e Quatro Reais  ) em favor da unidade orçamentaria da Sec. Munic. de Finanças e Planejamento, no orçamento vigente, e dá outras providências</t>
   </si>
   <si>
     <t>1702</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1702/projeto_de_lei_n._21-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1702/projeto_de_lei_n._21-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a Contratar Servidor por prazo determinado para atender as necessidades da Secretaria Municipal de Obras, Serviços Públicos e Urbanismo em Caráter Excepcional e temporário e dá outras providencias.</t>
   </si>
   <si>
     <t>1703</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1703/projeto_de_lei_n._22-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1703/projeto_de_lei_n._22-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição de pagamento de jeton ao comitê de Investimento, altera a redação do § , artigo 73, e acrescenta os §§ 5º , 6º, 7º e 8º, todos da Lei Municipal.</t>
   </si>
   <si>
     <t>1704</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1704/projeto_de_lei_n._23-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1704/projeto_de_lei_n._23-2022.pdf</t>
   </si>
   <si>
     <t>Institui a Lei Municipal Cidade Limpa no Município de São Francisco do Guaporé e da Outras Providencias.</t>
   </si>
   <si>
     <t>1705</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1705/projeto_de_lei_n._24-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1705/projeto_de_lei_n._24-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Reajuste dos Profissionais do Magistério e da outras providencias .</t>
   </si>
   <si>
     <t>1712</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1712/projeto_de_lei_n._25-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1712/projeto_de_lei_n._25-2022.pdf</t>
   </si>
   <si>
     <t>"Concede revisão geral anual dos subsídios do Prefeito, Vice-Prefeito e Secretário".</t>
   </si>
   <si>
     <t>1714</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1714/projeto_de_lei_n._26-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1714/projeto_de_lei_n._26-2022.pdf</t>
   </si>
   <si>
     <t>Concede revisão geral anual dos subsídios dos Vereadores da Câmara Municipal de São Francisco do Guaporé .</t>
   </si>
   <si>
     <t>1725</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1725/projeto_de_lei_n_27-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1725/projeto_de_lei_n_27-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe  sobre a Inclusão no PPA, LDO e LOA, e Fica Autorizado o Poder Executivo  Municipal Abrir Credito Adicional Especial por Superávit Financeiro  e Credito Adicional Especial por Anulação Parcial de Dotação , até o montante de R$ 86.500,00( Oitenta e Seis Mil e Quinhentos Reais), em favor da unidade orç. da Sec. Munic. De Educação Cultura, Esporte e Turismo, no Orçam Vigente , e dá outras providencias.</t>
   </si>
   <si>
     <t>1726</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1726/projeto_de_lei_n_28-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1726/projeto_de_lei_n_28-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe  sobre a Inclusão no PPA, LDO e LOA, e Fica Autorizado o Poder Executivo a Abrir Credito Adicional Especial por Superávit Financeiro  até o montante de R$ 19.225,00( Dezenove Mil, Duzentos e  Vinte e Cinco Reais), em favor da unidade orç. da Sec. Munic. Do Desenvolvimento Social e da Família , no Orçam Vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>1736</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1736/projeto_de_lei_n.29.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1736/projeto_de_lei_n.29.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO, e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro até o montante de R$ 262.000,00 (Duzentos e Sessenta e Dois Mil Reais) em favor da unidade orçamentaria da Secretaria Municipal de Obras e Serviços Públicos, no orçamento vigente, e dá outras providências</t>
   </si>
   <si>
     <t>1737</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1737/projeto_de_lei_n.30.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1737/projeto_de_lei_n.30.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Credito Adicional Especial por Superávit Financeiro até o montante de R$ 86.000,00 (Oitenta e Seis Mil Reais), em favor da unidade orçamentaria  da Secretaria Municipal de Finanças e Planejamento, no Orçam Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1738</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1738/projeto_de_lei_n.31.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1738/projeto_de_lei_n.31.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO, e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro até o montante de R$ 50.000,00 (Cinquenta Mil Reais) em favor da unidade orçamentaria da Secretaria Municipal de Educação, Cultura, Esporte, Lazer e Turismo, no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1739</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1739/projeto_de_lei_n.32.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1739/projeto_de_lei_n.32.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Subvenção Financeira a Associação de Pais e Amigos dos Excepcionais - APAE e dá outras providências".</t>
   </si>
   <si>
     <t>1746</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1746/projeto_de_lei_n._33-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1746/projeto_de_lei_n._33-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO, e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro até o montante de R$ 157.840,00 (Cento e Cinquenta e Sete Mil e Oitocentos e Quarenta Reais ) em favor da unidade orçamentaria da Secretaria Geral de Governo e Administração, no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1747</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1747/projeto_de_lei_n._34-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1747/projeto_de_lei_n._34-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO, e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro  de R$ 1.000.000,00 (Um Milhão de Reais) em favor da unidade orçamentaria da Secretaria Municipal de Saúde, no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1748</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1748/projeto_de_lei_n._035-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1748/projeto_de_lei_n._035-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO, e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro  de R$ 200.000,00(Duzentos Mil Reais ) em favor da unidade orçamentaria da Secretaria Municipal de Saúde , no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1749</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1749/projeto_de_lei_n._36-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1749/projeto_de_lei_n._36-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO, e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro  de R$ 100.000,00 (Cem Mil Reais) em favor da unidade orçamentaria da Secretaria Municipal de Saúde, no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1750</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1750/projeto_de_lei_n._37-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1750/projeto_de_lei_n._37-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO, e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro  de R$ 600.000,00 (Seiscentos  Mil Reais) em favor da unidade orçamentaria da Secretaria Municipal de Saúde, no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1751</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1751/anexo_do_projeto_de_lei_n._038-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1751/anexo_do_projeto_de_lei_n._038-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO, e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro  de R$ 249.851,00 (Duzentos e Quarenta e Nove Mil Oitocentos e Cinquenta e Um Reais), em favor da unidade orçamentaria da Secretaria Municipal de Saúde, no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1764</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1764/projeto_n._39-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1764/projeto_n._39-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Inclusão no PPA, LDO e LOA, e Fica Autorizado o Poder Executivo Municipal Abrir Credito Adicional Especial por Superávit Financeiro e Credito Adicional Especial por Anulação Parcial de Dotação , até o montante de R$ 70,200,00( Setenta Mil e Duzentos Reais), em favor da unidade orç. da Sec. Munic. De Educação Cultura, Esporte e Turismo, no Orçam Vigente , e dá outras providencias.</t>
   </si>
   <si>
     <t>1765</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1765/projeto_de_lei_n._40-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1765/projeto_de_lei_n._40-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Lei de Diretrizes Orçamentarias- LDO, para o Exercício de 2023, do Município de São Francisco do Guaporé, e da Outras Providencias.</t>
   </si>
   <si>
     <t>1766</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1766/projeto_de_lei_n.041-2022_-_crispin.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1766/projeto_de_lei_n.041-2022_-_crispin.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre reserva de 20% (vinte por cento) das vagas oferecidas nos Testes Seletivos para provimentos de cargos públicos no âmbitos dos poderes municipal e suas autarquias, para profissionais habilitados no primeiro emprego”.</t>
   </si>
   <si>
     <t>1767</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1767/projeto_de_lei_n.042-2022_-_crispin.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1767/projeto_de_lei_n.042-2022_-_crispin.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A PROIBIÇÃO DO CORTE DOS SERVIÇOS DE FORNECIMENTO DE ENERGIA ELÉTRICA E ÁGUA NO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1775</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1775/projeto_de_lei_n_43.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1775/projeto_de_lei_n_43.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE INCLUSÃO NO PPA, LDO E LOA, E FICA AUTORIZADO O PODER EXECUTIVO MUNICIPAL ABRIR CRÉDITO ADICIONAL SUPLEMENTAR POR ANULAÇÃO PARCIAL DE DOTAÇÃO, ATÉ O MONTANTE DE R$1.000,00 (UM MIL REAIS), EM FAVOR DA UNIDADE ORÇ. DA SEC. MUNIC. DE EDUCAÇÃO CULT ESPORT. E TURISMO, NO ORÇAM VIGENTE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1779</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1779/projeto_de_lei_n_44.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1779/projeto_de_lei_n_44.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a Inclusão no PPA, LDO e LOA, e Fica Autorizado o Poder Executivo Municipal Abrir Credito Adicional Especial por superávit financeiro e crédito adicional especial por anulação parcial de dotação, até o montante de R$ 1.440,00 (Um mil quatrocentos e quarenta reais), em favor da unidade orçamentária da Secretaria Municipal de Agricultura, Meio Ambiente e Urbanismo, no Orçamento Vigente, e dá outras providencias”.</t>
   </si>
   <si>
     <t>1780</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1780/projeto_de_lei_n_45.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1780/projeto_de_lei_n_45.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a Inclusão no PPA, LDO e LOA, e Fica Autorizado o Poder Executivo Municipal Abrir credito adicional especial por superávit financeiro e crédito adicional especial por anulação parcial de dotação, até o montante de R$ 93.700,00 (Noventa e três mil e setecentos reais), em favor da unidade orçamentária da Secretaria Municipal de Agricultura, Meio Ambiente e Urbanismo, no Orçamento Vigente, e dá outras providencias”.</t>
   </si>
   <si>
     <t>1782</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1782/projeto_de_lei_n_46.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1782/projeto_de_lei_n_46.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a Inclusão no PPA, LDO e LOA, e Fica Autorizado o Poder Executivo Municipal Abrir credito adicional especial por anulação parcial de dotação, até o montante de R$ 139.900,00 (Cento e Trinta e novem mil e novecentos reais), em favor da unidade orçamentária da Secretaria Municipal de Agricultura, Meio Ambiente e Urbanismo, no Orçamento Vigente, e dá outras providencias”.</t>
   </si>
   <si>
     <t>1783</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1783/projeto_n._47-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1783/projeto_n._47-2022.pdf</t>
   </si>
   <si>
     <t>“Acrescenta o inciso VII, ao art.46 da Lei Municipal 340/2006”.</t>
   </si>
   <si>
     <t>1796</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1796/projeto_de_lei_n._48-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1796/projeto_de_lei_n._48-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição de pagamento de Jeton ao Comitê de Investimento, altera a redação do § 2 e do  § 4, artigo 73, e acrescenta os  § § 5, 6, 7, 8, 9 e 10, todos da Lei Municipal 41/2015</t>
   </si>
   <si>
     <t>1797</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1797/projeto_de_lei_n._49-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1797/projeto_de_lei_n._49-2022.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a Inclusão no PPA, LDO e LOA, e Fica Autorizado o Poder Executivo Municipal Abrir credito adicional Suplementar  por anulação parcial de dotação, até o montante de R$ 65.000,00 (Sessenta e Cinco Mil Reais ), em favor da unidade orçamentária da Secretaria Geral de Governo e Administração, no Orçamento Vigente, e dá outras providencias”.</t>
   </si>
   <si>
     <t>1798</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1798/projeto_de_lei_n._50-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1798/projeto_de_lei_n._50-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO, e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro de R$ 277.687,88 (Duzentos e Setenta e Sete Mil, Seiscentos e Oitenta e Sete Reais e Oitenta e Oito Centavos), em favor da unidade orçamentaria da Secretaria Municipal de Desenv. Social e da Família, no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1799</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1799/projeto_de_lei_n._51-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1799/projeto_de_lei_n._51-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO, e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Excesso de Arrecadação e Crédito Adicional Especial por Anulação Parcial de Dotação  no valor de R$262.000,00 (Duzentos e Sessenta e Dois Mil Reais ) em favor da unidade orçamentaria da Secretaria Municipal de Obras e Serv. Públicos , no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1808</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1808/projeto_n._52-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1808/projeto_n._52-2022.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a Inclusão no PPA, LDO e LOA, e Fica Autorizado o Poder Executivo Municipal Abrir Credito Adicional Especial por superávit financeiro, até o montante de R$ 300.000,00 (Trezentos Mil Reais ), em favor da unidade orçamentária da Secretaria Municipal de Obras e Serviços Públicos, no Orçamento Vigente, e dá outras providencias”.</t>
   </si>
   <si>
     <t>1813</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1813/projeto_de_lei_053-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1813/projeto_de_lei_053-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alteração no PPA, LDO e LOA, e autoriza o poder Executivo a Abrir  Crédito Adicional Suplementar por Excesso de Arrecadação até o montante de R$ 1.366.297,42 (Um Milhão e Trezentos e Sessenta e Seis mil  e Duzentos e Noventa e Sete Reais e Quarenta e Dois Centavos) em favor da unidade orç. da Sec. Munic. de Educação Cult, Esporte, Lazer e Turismo, no Orçam Vigente, e dá outras providencias".</t>
   </si>
   <si>
     <t>1814</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1814/projeto_de_lei_054-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1814/projeto_de_lei_054-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a vacância por meio de posse a outro cargo público efetivo inacumulável no âmbito do Regime Jurídico Único dos Servidores Efetivos Municipais".</t>
   </si>
   <si>
     <t>1823</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1823/projeto_de_lei_n.055-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1823/projeto_de_lei_n.055-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão no PPA, LDO e LOA, e Fica autorizado o Poder Executivo Municipal Abrir Crédito Adicional Suplementar por Anulação Parcial de Doação, na unidade orçamentária da Sec. Munic. De educação Cult. Esport. Lazer e Turismo, no Valor de R$11.000,00 (Onze Mil Reais), no Orçamento Vigente, e dá outras providencias".</t>
   </si>
   <si>
     <t>1826</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1826/projeto_de_lei_n.56.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1826/projeto_de_lei_n.56.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar convênio e conceder ajuda financeira a titulo de subvenção - Fomento a Liga de Desporto de São Francisco do Guaporé- RO e da outras disposições.</t>
   </si>
   <si>
     <t>1827</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1827/projeto_de_lei_n.057-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1827/projeto_de_lei_n.057-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre  Inclusão e Alterações no PPA, LDO e LOA e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro até o montante de R$400.000,00 (Quatrocentos Mil Reais) em Favor da unidade orç. de Sec. Munic. de Obras e Serv. Público, no Orçam Vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>1830</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1830/projeto_de_lei_n_58-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1830/projeto_de_lei_n_58-2022.pdf</t>
   </si>
   <si>
     <t>"Estabelece a concessão de diárias de viagem e indenização por deslocamento ao campo aos Servidores Públicos do Município e sua autarquia e de servidores de outros órgãos colocados a disposição deste Município e dá outras providências".</t>
   </si>
   <si>
     <t>1831</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1831/projeto_de_lei_29-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1831/projeto_de_lei_29-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a instituição da Gratificação de Risco de Vida e Gratificação de Interiorização, e dá outras providências".</t>
   </si>
   <si>
     <t>1832</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1832/projeto_de_lei_n.60-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1832/projeto_de_lei_n.60-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar convênio e conceder ajuda financeira a título de subvenção ao instituto Associação Fênix de Karatê de São Francisco do Guaporé-RO e da Outras Disposições.</t>
   </si>
   <si>
     <t>1833</t>
   </si>
   <si>
     <t>Ozias Santos, Marluci Gabriel</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1833/projeto_de_lei_n.61-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1833/projeto_de_lei_n.61-2022.pdf</t>
   </si>
   <si>
     <t>“Institui o Dia Municipal da conscientização e enfrentamento a Fibromialgia no calendário oficial de datas do município, Cria a Carteira de Identificação, Estabelece filas e vagas preferencias de estacionamento para pessoa com síndrome fibromiálgica no âmbito do município de São Francisco do Guaporé e dá outras providências”.</t>
   </si>
   <si>
     <t>1834</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1834/projeto_de_lei_n.62.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1834/projeto_de_lei_n.62.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração de artigo 11 de Lei Municipal n.1.611, de 22 de Abril de 2019.</t>
   </si>
   <si>
     <t>1835</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1835/projeto_de_lei_n_63-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1835/projeto_de_lei_n_63-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a divulgação pela internet de todos os convênios e instrumentos congêneres, com repasse de recursos públicos do município, firmados com entidades credenciadas , conveniadas, ou parcerias, e dá outras providências.</t>
   </si>
   <si>
     <t>1836</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1836/projeto_de_lei_n.64.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1836/projeto_de_lei_n.64.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Inclusão e Alteração no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional especial por Superávit Financeiro de R$ 243.000,00 (Duzentos e Quarenta e Três Mil Reais), em favor da unidade orç. da Sec. Munic. de Saúde , no Orçam Vigente, e dá outras prôvidencias.</t>
   </si>
   <si>
     <t>1837</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1837/projeto_de_lei_n_65-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1837/projeto_de_lei_n_65-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Inclusão e Alteração no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional especial por Superávit Financeiro de R$ 603.574,00 (Seiscentos e Três Mil e Quinhentos e Setenta e Quatro Reais), em favor da unidade orç. da Sec. Munic. de Obras e Serv. Públicos , no Orçam Vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>1855</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1855/projeto_de_lei_n._66-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1855/projeto_de_lei_n._66-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a concessão de benefício eventual de auxílio funeral, à família do vereador falecido, no exercício do mandato eletivo, e dá outras providências."</t>
   </si>
   <si>
     <t>1858</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1858/projeto_de_lei_n._67-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1858/projeto_de_lei_n._67-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Subvenção Financeira a Associação dos Produtores Rurais de São Francisco do Guaporé-RO- APRF e da outras providencias.</t>
   </si>
   <si>
     <t>1859</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1859/projeto_n._68-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1859/projeto_n._68-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação na contratação de estagiários nos Órgão dos Poderes Executivo e Legislativo Municipal e da outras providencias.</t>
   </si>
   <si>
     <t>1861</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1861/projeto_de_lei_n._69-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1861/projeto_de_lei_n._69-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Inclusão e Alteração no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional especial por Superávit Financeiro de R$ 1.020.000,00 (Um Milhão e Vinte Reais ), em favor da unidade orç. da Sec. Munic. de Saúde , no Orçam Vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>1862</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1862/projeto_de_lei_n._70-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1862/projeto_de_lei_n._70-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Inclusão e Alteração no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional especial por Superávit Financeiro ate o montante  de R$ 150.00,000 (Cento e Cinquenta Mil Reais ), em favor da unidade orç. da Sec. Munic. de Finanças e Planejamento , no Orçam Vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>1863</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1863/projeto_de_lei_n._71-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1863/projeto_de_lei_n._71-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Inclusão e Alteração no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional especial por Superávit Financeiro ate o montante de R$ 50.000,00 (Cinquenta Mil Reais ), em favor da unidade orç. da Sec. Munic. de Finanças e Planejamento , no Orçam Vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>1864</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1864/projeto_de_lei_n._72-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1864/projeto_de_lei_n._72-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Inclusão e Alteração no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional especial por Superávit Financeiro ate o montante de R$ 250.000,00 (Duzentos e Cinquenta Mil Reais ), em favor da unidade orç. da Secretaria Geral de governo e Administração , no Orçam Vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>1865</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1865/projeto_de_lei_n._73-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1865/projeto_de_lei_n._73-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Inclusão e Alteração no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional especial por Superávit Financeiro do FUNDEB ate o montante de R$ 1.800,000,00(Um Milhão e Oitocentos Mil Reais ), em favor da unidade orç. da Sec. Munic. de Educação Cult, Esporte Lazer e Turismo  , no Orçam Vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>1866</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1866/projeto_de_lei_n._74-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1866/projeto_de_lei_n._74-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Inclusão e Alteração no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional  Suplementar por Excesso de Arrecadação do FUNDEB  ate o montante de R$ 2.000.000,00 (Dois Milhões de Reais  ), em favor da unidade orç. da Sec. Munic. de Educação Cult, Esporte Lazer e Turismo , no Orçam Vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>1867</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1867/projeto_de_lei_no075-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1867/projeto_de_lei_no075-2022.pdf</t>
   </si>
   <si>
     <t>Institui a semana da Agricultura Familiar e dá outras providências.</t>
   </si>
   <si>
     <t>1870</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1870/projeto_de_lei_n._076-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1870/projeto_de_lei_n._076-2022.pdf</t>
   </si>
   <si>
     <t>Institui o Casamento Civil Comunitário no âmbito do Município de São Francisco do Guaporé, estabelece a celebração de convenio e parceria para a realização do casamento e da outras providencias.</t>
   </si>
   <si>
     <t>1875</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1875/projeto_de_lei_n._77-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1875/projeto_de_lei_n._77-2022.pdf</t>
   </si>
   <si>
     <t>Sumula ; Cria e Inclui o art. 130-A e O § 1º ao  § 7º, o Art. 31-A e § 1º e § 2º e o art. 132-A na seção VIII, que dispõe sobre a Licença a Gestante, a Adotante e da Licença da Lei Municipal nº 340/2006 e da outras providencias.</t>
   </si>
   <si>
     <t>1877</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1877/projeto_de_lei_n._78-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1877/projeto_de_lei_n._78-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial Por Excesso de Arrecadação e Crédito Adicional Especial por Superavit Financeiro até o montante de R$ 362.290,00 (Trezentos e Sessenta e Dois Mil Duzentos e Noventa Reais), em favor da unidade orç. da Sec. Munic. de Agricultura e Meio Ambiente e Urbanismo, no Orçam Vigente e dá outras providências.</t>
   </si>
   <si>
     <t>1878</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1878/projeto_de_lei_n._79-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1878/projeto_de_lei_n._79-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Inclusào e Alterações no PPA, LDO  e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial Por Excesso de Arrecadação de Convenio e Crédito Adicional Especial por Superávit Financeiro até o montante  de R$  494.866,66  (Quatrocentos e Noventa e Quatro Mil Oitocentos e Sessenta e Seis Reais e Sessenta e Seis Centavos), em favor da unidade orç. da Sec. Munic.  de Agricultura  e Meio Ambiente e Urbanismo, no Orçam Vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>1879</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1879/projeto_de_lei_n._80-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1879/projeto_de_lei_n._80-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Inclusão e Alterações no PPA, LDO  e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Excesso de Arrecadação e Crédito Adicional Suplementar por Superavit Financeiro até o montante de R$ 349.000,00 (Trezentos e Quarente e Nove Mil Reais), em favor da unidade orç. da Sec. Munic. de Obras e  Serv. Públicos, no Orçam Vigente,e dá outras providências.</t>
   </si>
   <si>
     <t>1880</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1880/projeto_de_lei_n._81-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1880/projeto_de_lei_n._81-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Excesso de Arrecadação e Crédito Adicional Suplementar por Superávit Financeiro até o montante  de R$  1.052.635,67  (Um  Milhão e Cinquenta  e  Dois Mil, Seiscentos e Trinta e Cinco Reais e Sessenta e Sete Centavos) , em favor da unidade orç. da Sec. Munic. de Obras e  Serv.  Públicos,  no Orçam Vigente,e dá outras providências.</t>
   </si>
   <si>
     <t>1881</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1881/projeto_de_lei_n._82-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1881/projeto_de_lei_n._82-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar Especial por Superávit Financeiro até o  montante  de  R$  100.000,00  (Cem  Mil Reais) em favor da unidade orç. da Sec. Munic. de  Obras  e  Serv. Públicos, no Orçam Vigente,e dá outras providências.</t>
   </si>
   <si>
     <t>1882</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1882/projeto_de_lei_n._83-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1882/projeto_de_lei_n._83-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Excesso de Arrecadação e Crédito  Adicional  Suplementar  por  Superávit  Financeiro até o montante de R$ 49.771,98 (Quarenta e Nove Mil Setecentos  e Setenta e Um Reais e Noventa e  Oito  Centavos  ), em  favor  da  unidade orç. da Sec. Munic. de Obras e Serv. Píiblicos, no Orçam Vigente,e dá outras providências.</t>
   </si>
   <si>
     <t>1883</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1883/projeto_de_lei_n._84-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1883/projeto_de_lei_n._84-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Excesso de Arrecadação e Crédito Adicional Suplementar por Superávit Financeiro até o montante de R$ 548.732,49 (Quinhentos e Quarenta e Oito Mil Setecentos e Trinta e Dois Reais e Quarenta e  Nove  Centavos),  em favor da unidade orç. da Sec. Munic. de Obras e Serv. Públicos, no Orçam Vigente,e dá outras providências.</t>
   </si>
   <si>
     <t>1884</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1884/projeto_de_lei_n._85-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1884/projeto_de_lei_n._85-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Inclusão e Alterações no PPA,  LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Excesso de Arrecadação  no valor  de R$ 50.000,00  (Cinquenta  Mil  Reais),  em favor da  unidade  orç.  da  Sec.  Munic.  de  Saude,  no  Orçam  Vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>1885</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1885/projeto_de_lei_n._86-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1885/projeto_de_lei_n._86-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional por Superávit Financeiro até o montante de R$ 500.000,00 (Quinhentos  Mil  Reais)  em  favor  da unidade  orç.  da  Sec.  Munic.  de  Educação,  Cult,  Esport , Lazer   e Turismo, no Orçam Vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>1886</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1886/projeto_de_lei_n._87-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1886/projeto_de_lei_n._87-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Inclusão e Alterações no PPA, LDO  e  LOA,  e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar Especial por Superávit Financeiro até o montante de R$ 50.000,00 (Cinquenta Mil Reais) em  favor  da  unidade  orç.  da  Sec.  Munic.  de Obras e Serv. Públicos, no Orçam Vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>1892</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1892/projeto_de_lei_n._88-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1892/projeto_de_lei_n._88-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por Anulação Total de Dotação até o montante de R$ 500.000,00 (Quinhentos Mil Reais),  em favor da unidade orçamentaria da Secretaria Municipal de Obras e Serviços Públicos, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1895</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1895/projeto_de_lei_n._89-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1895/projeto_de_lei_n._89-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Subvenção Financeira a Liga de Desporto de São Francisco do Guaporé e da outras providencias.</t>
   </si>
   <si>
     <t>1896</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1896/projeto_de_lei_no090-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1896/projeto_de_lei_no090-2022.pdf</t>
   </si>
   <si>
     <t>Cria o artigo 140-A, §§  1º e 2º, e artigo 140-B, paragrafo único, todos da Lei Municipal n.340/2006.</t>
   </si>
   <si>
     <t>1901</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1901/projeto_de_lei_n._91-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1901/projeto_de_lei_n._91-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração do § 1º . do art. 1º, altera o art. 9º  e acrescenta o art. 10º  todos da Lei Municipal nº 1.996/2022, bem com altera o anexo VIII da referida Lei e da outras providencias.</t>
   </si>
   <si>
     <t>1902</t>
   </si>
   <si>
     <t>Dispõe sobre o exercício do poder de fiscalização dos vereadores no município e da outras providencias.</t>
   </si>
   <si>
     <t>1908</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1908/projeto_n._93-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1908/projeto_n._93-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar  por Superávit Financeiro até o montante de R$ 69.500,00 (Sessenta e Nove Mil e Quinhentos Reais ) em favor da unidade orç. da Sec. Munic. de Agricutura e Meio Ambiente e Urbanismo, no Orçam Vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>1909</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1909/projeto_n._94-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1909/projeto_n._94-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por Anulação parcial de Dotação  até o montante de R$ 120.000,00 (Cento e Vinte Mil Reais), em favor da unidade orçamentaria da Secretaria Municipal de Agricultura e Meio Ambiente e Urbanismo  , no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1910</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1910/projeto_n._95-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1910/projeto_n._95-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Excesso de Arrecadação no valor de R$ 543.126,24 (Quinhentos e Quarenta e Três Mil , Cento e Vinte Seis Reais e Vinte e Quatro Centavos), em favor da unidade orç. da Sec. Munic. de Saúde, no Orçam Vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>1911</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1911/projeto_n._96-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1911/projeto_n._96-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional  Especial por Superávit Financeiro  de R$ 39.894,00 (Trinta e Nove Mil, Oitocentos e Noventa e Quatro Reais ) em favor da unidade orç. da Sec. Munic. de Saude, no Orçam Vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>1912</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1912/projeto_n._97-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1912/projeto_n._97-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro de Convenio do Estado para Co-financiamento da Atenção básica  R$ 139.175,31 (Cento e Trinta e Nove Mil, Cento e Setenta e Cinco Reais e Trinta e Um Centavos) em favor da unidade orç. da Sec. Munic. de Saúde, no Orçam Vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>1913</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1913/projeto_n._98-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1913/projeto_n._98-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial  por Superávit Financeiro até o montante de R$ 57.300,00 (Cinquenta e Sete Mil e Trezentos Reais ), em favor da unidade orç. da Sec. Munic. de Agricultura e Meio Ambiente e Urbanismo, no Orçam Vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>1914</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1914/projeto_n._99-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1914/projeto_n._99-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Excesso de Arrecadação até o montante de R$ 1.100.000,00 (Um milhão e Cem Mil Reais ), em favor da unidade orç. da Sec. Munic. de Saúde, no Orçam Vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>1915</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1915/projeto_n._100-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1915/projeto_n._100-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro de Convenio Portaria GM/MS 731 R$ 3.362,00(Três Mil e Trezentos e Sessenta e Dois Reais ) em favor da unidade orç. da Sec. Munic. de Saúde, no Orçam Vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>1916</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1916/projeto_n._101-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1916/projeto_n._101-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Excesso de Arrecadação no valor de R$ 500.000,00 (Quinhentos Mil Reais ), em favor da unidade orç. da Sec. Munic. de Saúde, no Orçam Vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>1925</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1925/projeto_de_lei_n.102-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1925/projeto_de_lei_n.102-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o Pagamento de Plantões Extras no âmbito da Secretaria Municipal de Saúde e dá outras providências".</t>
   </si>
   <si>
     <t>1931</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1931/projeto_de_lei_n.103-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1931/projeto_de_lei_n.103-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação de um banco de sangue (Hemocentro) no Município de São Francisco do Guaporé a fim de atender também a 429-BR".</t>
   </si>
   <si>
     <t>1932</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1932/projeto_n._104-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1932/projeto_n._104-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Anulação Total de Dotação  de R$ 13.000,00(Treze Mil Reais), em favor da unidade orçamentaria da Câmara Municipal  , no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1933</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1933/projeto_de_lei_n.105-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1933/projeto_de_lei_n.105-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre  Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Remanejar  Crédito Adicional Especial por Superávit Financeiro até o montante de R$ 1.045.200,00(Um Milhão, Quarenta e Cinco Mil e Duzentos Reais), em favor da unidade orç. da SEGEAD,  SEMFINPLAN, SEMOSP, SEMAGRIAM no Orçam Vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>1934</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1934/projeto_n._106-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1934/projeto_n._106-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro/PNAE-2021 até o montante de R$ 64.191,99(Sessenta e Quatro Mil, Cento e Noventa e Um Reais e Noventa e Nove Centavos) em favor da unidade orç. da Sec. Munic. de Educação, Cult, Esport , Lazer e Turismo, no Orçam Vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>1935</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1935/projeto_n._107-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1935/projeto_n._107-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por Anulação Parcial  de Dotação, na  unidade orçamentaria da Secretaria Municipal de Educação Cult. Esport. Lazer e Turismo, no Valor de  R$ 4.647,06(Quatro Mil , Seiscentos e Quarenta e Sete Reais e Seis Centavos), no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1936</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1936/projeto_n._108-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1936/projeto_n._108-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial  por Superávit Financeiro até o montante de R$ 444.772,09(Quatrocentos e Quarenta e Quatro Mil, Setecentos e Setenta e Dois Reais e Nove Centavos) em favor da unidade orç. da Câmara Municipal, no Orçam Vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>1937</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1937/projeto_n._109-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1937/projeto_n._109-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Excesso de Arrecadação e Crédito Adicional Suplementar por Superávit Financeiro até o montante de R$ 239.780,76 (Duzentos e Trinta e Nove Mil, Setecentos  Oitenta Reais e Setenta e Seis Centavos  ), em favor da unidade orç. da Sec. Munic. de Obras e Serv. Públicos, no Orçam Vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>1938</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1938/projeto_de_lei_n.110-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1938/projeto_de_lei_n.110-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Remanejar   Crédito Adicional Especial por Superávit Financeiro até o montante de R$ 1.086,000,00(Um Milhão e Oitenta e Seis Reais) em favor da unidade orç. FMS , no Orçam Vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>1939</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1939/projeto_n._111-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1939/projeto_n._111-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro de R$ 150.000,00(Cento e Cinquenta Mil Reais) em favor da unidade orç. da sec. Munic. Saúde, no Orçam Vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>1940</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1940/projeto_n._112-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1940/projeto_n._112-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro de R$ 46.000,00(Quarenta e Seis Mil Reais) em favor da unidade orç. da sec. Munic. Saúde, no Orçam Vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>1942</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1942/projeto_de_lei_no113-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1942/projeto_de_lei_no113-2022.pdf</t>
   </si>
   <si>
     <t>"Fica assegurado o direito de toda mulher ter acompanhante, pessoa de sua livre escolha, ou um profissional de saúde, nas consultas e exames, inclusive os ginecológicos, nos estabelecimentos públicos e privados no município de São Francisco do Guaporé/RO".</t>
   </si>
   <si>
     <t>1951</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1951/projeto_n._114-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1951/projeto_n._114-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a transferência de recursos financeiras a Associação Beneficente São Camilo através de termo de fomento e dá outras providências".</t>
   </si>
   <si>
     <t>1969</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1969/projeto_n._115-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1969/projeto_n._115-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro ate o montante de R$ 350.000,00(Trezentos e Cinquenta Mil Reais ) em favor da unidade orç. da sec. Munic. de Finanças e Planejamento, no Orçam Vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>1970</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1970/projeto_n._116-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1970/projeto_n._116-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro ate o montante  de R$ 15.303,34(Quinze Mil, Trezentos e Três Reais e Trinta e Quatro Centavos) em favor da unidade orç. da sec. Munic. de Trabalho e Ação Social, no Orçam Vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>1971</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1971/projeto_n._117-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1971/projeto_n._117-2022.pdf</t>
   </si>
   <si>
     <t>Cria a Função Gratificada de Contador Geral do Município e Contador de Fundos da Prefeitura Municipal.</t>
   </si>
   <si>
     <t>1977</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1977/projeto_n._118-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1977/projeto_n._118-2022.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar 065/2019 e da Outras Providencias.</t>
   </si>
   <si>
     <t>1979</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1979/projeto_n._119-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1979/projeto_n._119-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por Anulação Total de Dotação, ate o montante de   R$ 100.000,00(Cem Mil Reais ), na unidade orçamentaria da Secretaria Municipal de Meio Ambiente e Urbanismo, no Orçamento  Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1980</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1980/projeto_n._120-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1980/projeto_n._120-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar  por Superávit Financeiro ate o montante  de R$ 320.000,00(Trezentos e Vinte Mil Reais ) em favor da unidade orç. da sec. Munic. Agricultura e Meio Ambiente, no Orçam Vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>1981</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1981/projeto_n._121-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1981/projeto_n._121-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro ate o montante  de R$ 150.000,00(Cento e Cinquenta Mil Reais ) em favor da unidade orç. da sec. Munic. Obras e serv. Públicos, no Orçam Vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>1982</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1982/projeto_n._122-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1982/projeto_n._122-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar  por Superávit Financeiro ate o montante  de R$ 530.000,00(Quinhentos e Trinta Mil Reais) em favor da unidade orç. da sec. Munic. Obras e Serv. Públicos, no Orçam Vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>1991</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1991/projeto_de_lei_-_loa_2023_assinado_digitalmente..pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1991/projeto_de_lei_-_loa_2023_assinado_digitalmente..pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesas do Município de São Francisco do Guaporé, para o exercício Financeiro de 2023. (LOA)</t>
   </si>
   <si>
     <t>1993</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1993/projeto_n._124-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1993/projeto_n._124-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Excesso de Arrecadação  até o montante de R$ 449.625,84(Quatrocentos e Quarenta e Nove Mil, Seiscentos e Vinte e Cinco Reais e Oitenta e Quatro Centavos ) em favor da unidade orç. da Sec. Munic. de Educação, Cult, Esport , Lazer e Turismo, no Orçam Vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>1994</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1994/projeto_n._125-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1994/projeto_n._125-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro até o montante de R$ 820.000,00(Oitocentos e Vinte Mil Reais ) em favor da unidade orç. da Sec. Munic. de Educação, Cult, Esport , Lazer e Turismo, no Orçam Vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>1995</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1995/projeto_n._126-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1995/projeto_n._126-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro até o montante de R$ 14.370,01(Quatorze Mil, Trezentos e Setenta Reais e Um Centavos  ), em favor da unidade orç. da Sec. Munic. de Obras e Serv. Públicos, no Orçam Vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>1998</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1998/projeto_n._127-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1998/projeto_n._127-2022.pdf</t>
   </si>
   <si>
     <t>Altera e acrescenta dispositivos a Lei n. 1.470, de 21 de Dezembro de 2017, recepciona a Lei Complementar n. 175, de 23 de Setembro de 2020, e da outras providencias.</t>
   </si>
   <si>
     <t>1999</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1999/projeto_n._128-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1999/projeto_n._128-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Alteração do §3º do art. 1º, bem como acrescenta o § 3º - A , Art. 1º, todos da Lei Municipal nº 596/2010.</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2000/projeto_n._129-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2000/projeto_n._129-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a correção dos valores pagos a titulo de produtividade a que se descreve a Lei Municipal nº 1.226/2015.</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2001/projeto_de_lei_n._130-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2001/projeto_de_lei_n._130-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Excesso de Arrecadação no valor de R$ 200.000,00 (Duzentos mil reais) em favor da unidade orçamentaria da Secretaria Municipal de Saúde, no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2002/projeto_de_lei_n._131-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2002/projeto_de_lei_n._131-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por superávit financeiro de R$ 26.150,56 (vinte seis mil, cento e cinquenta reais e cinquenta e seis centavos) em favor da unidade orçamentaria da Secretaria Municipal de Saúde, no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2003/projeto_de_lei_n._132-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2003/projeto_de_lei_n._132-2022.pdf</t>
   </si>
   <si>
     <t>Autorizo o Poder Executivo conceder ajuda financeira a titulo de subvenção a ECOVALE  de São Francisco do Guaporé -RO e da outras disposições.</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
     <t>"Dispõe sobre a Proteção as Mulheres "SINAL VERMELHO CONTRA A VIOLÊNCIA DOMÉSTICA", no município de São Francisco do Guaporé/RO".</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2013/projeto_de_lei_no134-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2013/projeto_de_lei_no134-2022.pdf</t>
   </si>
   <si>
     <t>"Institui a indenização de fronteira devida aos médicos que possuam vínculo jurídico com o Município de São Francisco do Guaporé e dá outras providências".</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2014/projeto_de_lei_n._135-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2014/projeto_de_lei_n._135-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por superávit financeiro de R$ 40.000,00 (quarenta mil reais) em favor da unidade orçamentaria da Secretaria Municipal de desenvolvimento social e da família, no orçamento  Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2016/projeto_de_lei_n.136-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2016/projeto_de_lei_n.136-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por superávit financeiro de R$ 37.533,33 (trinta e sete mil, quinhentos e trinta e três reais e trinta e três centavos ) em favor da unidade orçamentaria da Secretaria Municipal de obras e serviços públicos, no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2017/projeto_de_lei_n.137-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2017/projeto_de_lei_n.137-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por Anulação Total e parcial de Dotação, ate o montante de R$ 43.000,00 (quarenta e três mil reais),em favor da unidade orçamentaria da secretaria municipal de agricultura e meio ambiente e urbanismo, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2018/projeto_de_lei_no138-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2018/projeto_de_lei_no138-2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a firmar convênio e conceder ajuda financeira a título de subvenção - fomento a Liga de Desporto de São Francisco do Guaporé - RO e da outras disposições".</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2022/projeto_de_lei_n.140.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2022/projeto_de_lei_n.140.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por superávit financeiro de R$ 50.000,00 (cinquenta mil reais ) em favor da unidade orçamentaria da Secretaria Municipal de saúde, no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2023/projeto_de_lei_n.141-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2023/projeto_de_lei_n.141-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por superávit financeiro de_x000D_
  R$50.000,00 (cinquenta mil reais ) em favor da unidade orçamentaria da Secretaria Municipal de saúde, no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2025/projeto_de_lei_n.142_-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2025/projeto_de_lei_n.142_-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Excesso de Arrecadação no valor de R$ 65.250,00 (sessenta e cinco mil e duzentos e cinquenta reais) em favor da unidade orçamentaria da Secretaria Municipal de desenvolvimento social e da família, no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2027</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2027/projeto_de_lei_n.143-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2027/projeto_de_lei_n.143-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por anulação total e parcial ate o montante  no valor de R$ 60.688,06 (sessenta mil, seiscentos e oitenta e oito reais e seis centavos) em favor da unidade orçamentaria da Secretaria Municipal de trabalho e ação social, no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2029</t>
   </si>
   <si>
     <t>"Dispõe sobre o recebimento, depósito e doação de sobras de materiais de construção para pessoas carentes, Entidades Beneficentes nos termos que especifica, no município de São Francisco do Guaporé/RO".</t>
   </si>
   <si>
     <t>2030</t>
   </si>
   <si>
     <t>"Institui Serviço de Atendimento ao aluno, através do Centro Integrado de Atendimento Municipal e Estadual especializado no âmbito das Secretarias de Educação, Saúde e Assistência Social".</t>
   </si>
   <si>
     <t>2031</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2031/projeto_de_lei_n._146.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2031/projeto_de_lei_n._146.pdf</t>
   </si>
   <si>
     <t>"Cria a função gratificada de contador geral do município e contador de fundos da prefeitura municipal".</t>
   </si>
   <si>
     <t>2034</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2034/projeto_de_lei_no147-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2034/projeto_de_lei_no147-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e fica  Autorizado o Poder Executivo municipal  Abrir Crédito Adicional Especial por Excesso de Arrecadação no valor de R$ 60.500,00 (sessenta  mil e quinhentos reais) em favor da unidade orçamentaria da Secretaria Municipal de educação, cultura, esporte e turismo, no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2038</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2038/projeto_de_lei_no148-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2038/projeto_de_lei_no148-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional especial Suplementar por superávit financeiro, ate o montante de R$ 480.000,00 (quatrocentos e oitenta mil reais),em favor da unidade orçamentaria da secretaria municipal de Obras e serviços Públicos, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2040</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2040/projeto_de_lei_no149-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2040/projeto_de_lei_no149-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e fica Autoriza o Poder Executivo municipal a Abrir Crédito Adicional Suplementar por Anulação   parcial  e total de Dotação, na unidade orçamentaria da secretaria municipal de educação, cultura, esporte, lazer e turismo, no valor de R$ 45.360,00 (quarenta e cinco mil e trezentos e sessenta reais), no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2041</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2041/projeto_de_lei_no150-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2041/projeto_de_lei_no150-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional especial por Anulação Total e parcial, ate o montante de R$ 100.000,00 (cem mil reais),em favor da unidade orçamentaria da secretaria municipal de trabalho e ação social, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2042</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2042/projeto_de_lei_n.151.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2042/projeto_de_lei_n.151.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a cria o programa empresa amiga do esporte, cultura e do lazer no município de são Francisco do Guaporé/RO".</t>
   </si>
   <si>
     <t>2047</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2047/projeto_de_lei_no152-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2047/projeto_de_lei_no152-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro até o montante de R$ 15.000,00 (Quinze Mil Reais), em favor da unidade orçamentária da Secretaria Municipal de Finanças e Planejamento, no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2048</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2048/projeto_de_lei_no153-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2048/projeto_de_lei_no153-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por excesso de arrecadação até o montante de R$ 100.000,00 (Cem Mil Reais) em favor da unidade orçamentária da Secretaria Municipal de Trabalho e Ação Social, no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2049</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2049/projeto_de_lei_no154-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2049/projeto_de_lei_no154-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por superávit financeiro até o montante de R$ 80.000,00 (Oitenta Mil Reais) em favor da unidade orçamentária da Secretaria Municipal de Educação, Cultura, Esporte, Lazer e Turismo, no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2050</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2050/projeto_de_lei_no155-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2050/projeto_de_lei_no155-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional por superávit financeiro até o montante de R$ 119.836,74 (Cento e Dezenove Mil, Oitocentos e Trinta e Seis Reais e Setenta e Quatro Centavos) em favor da unidade orçamentária da Secretaria Municipal de Educação, Cultura, Esporte, Lazer e Turismo, no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2051</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2051/projeto_de_lei_no156-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2051/projeto_de_lei_no156-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão no PPA, LDO e LOA, e Fica Autoriza o Poder Executivo a Abrir Crédito Adicional suplementar por anulação total de dotação, na unidade orçamentária da Secretaria Municipal de Educação, Cultura, Esporte, Lazer e Turismo, no valor de R$ 651.424,93 (Seiscentos e Cinquenta e um Mil Quatrocentos e Vinte e Quatro Reais e Noventa e Três Centavos), no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2052</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2052/projeto_de_lei_no157-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2052/projeto_de_lei_no157-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão no PPA, LDO e LOA, e Fica Autorizado o Poder Executivo a Abrir Crédito Adicional suplementar por anulação parcial de dotação, na unidade orçamentária da Secretaria Municipal de Educação, Cultura, Esporte, Lazer e Turismo, no valor de R$ 12.361,00 (Doze Mil Trezentos e Sessenta e Um Reais), no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2053</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2053/projeto_de_lei_no158-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2053/projeto_de_lei_no158-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão no PPA, LDO e LOA, e Fica Autorizado o Poder Executivo a Abrir Crédito Adicional suplementar por anulação parcial de dotação, na unidade orçamentária da Secretaria Municipal de Educação, Cultura, Esporte, Lazer e Turismo, no valor de R$ 53.000,00 (Cinquenta e Três Mil Reais), no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2063</t>
   </si>
   <si>
     <t>"Dispõe sobre a obrigatoriedade de instituir no Calendário do Município de São Francisco do Guaporé a Semana Municipal de Incentivo à música, dança e teatro nas Escolas Municipais, Estaduais, Particulares e dentre outras Entidades da Comunidade e de outras providências."</t>
   </si>
   <si>
     <t>2064</t>
   </si>
   <si>
     <t>"Dispõe sobre a obrigatoriedade do agressor arcar com os custos do resgate e tratamento de animais vítimas de maus tratos no âmbito do município de São Francisco do Guaporé/RO".</t>
   </si>
   <si>
     <t>2071</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2071/projeto_de_lei_no161-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2071/projeto_de_lei_no161-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a alteração do caput do art. 11, bem como a inclusão do inciso VI ao referido artigo da Lei Municipal nº.1.367/2016".</t>
   </si>
   <si>
     <t>2072</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2072/projeto_de_lei_no162-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2072/projeto_de_lei_no162-2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a firmar convênio e conceder ajuda financeira a Título de Subvenção, fomento a Liga de Desporto de São Francisco do Guaporé - RO e dá outras disposições".</t>
   </si>
   <si>
     <t>2073</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2073/projeto_de_lei_no163-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2073/projeto_de_lei_no163-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Excesso de Arrecadação e Crédito Adicional Suplementar por Superávit Financeiro até o montante de R$ 496.503,01 (Quatrocentos e Noventa e Seis Mil, Quinhentos e Três Reais e Um Centavos) em favor da unidade orçamentária da Secretaria Municipal de Obras e Serviços Públicos, no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2081</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2081/projeto_de_lei_no_164-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2081/projeto_de_lei_no_164-2022.pdf</t>
   </si>
   <si>
     <t>"Cria o Programa de incentivo à doação de cabelos para pessoas em tratamento de câncer do município de São Francisco do Guaporé/RO".</t>
   </si>
   <si>
     <t>2082</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2082/projeto_de_lei_no_165-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2082/projeto_de_lei_no_165-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Criação do Programa "EMPRESA AMIGA DO ESPORTE, CULTURA E DO LAZER" no município de São Francisco do Guaporé/RO"</t>
   </si>
   <si>
     <t>2083</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2083/projeto_de_lei_no_166-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2083/projeto_de_lei_no_166-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a inclusão de Esportes Paraolímpicos na grade curricular das Escolas Públicas no município de São Francisco do Guaporé/RO"</t>
   </si>
   <si>
     <t>2087</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2087/projeto_de_lei_no167-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2087/projeto_de_lei_no167-2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo conceder ajuda financeira a título de subvenção a COOPERATIVA DE RECICLAGEM DO VALE DO GUAPORÉ - COOPERCLAGEM de São Francisco do Guaporé - RO".</t>
   </si>
   <si>
     <t>2088</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2088/projeto_de_lei_no168-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2088/projeto_de_lei_no168-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por por Superávit Financeiro até o montante de R$ 78.000,00 (Setenta e Oito Mil Reais) em favor da unidade orçamentária da Secretaria Municipal de Agricultura e Meio Ambiente e Urbanismo, no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2089</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2089/projeto_de_lei_no169-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2089/projeto_de_lei_no169-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Excesso de Arrecadação  até o montante de R$ 878,50 (Oitocentos e Setenta e Oito Reais e Cinquenta Centavos) em favor da unidade orçamentária da Secretaria Municipal de Trabalho e Ação Social, no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2096</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2096/projeto_de_lei_no_170-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2096/projeto_de_lei_no_170-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por superávit financeiro de R$2.198,02 (dois mil, cento e noventa e oito reais e dois centavos) em favor da unidade orçamentaria da Secretaria Municipal de saúde, no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2097</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2097/projeto_de_lei_n171-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2097/projeto_de_lei_n171-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por superávit financeiro de R$6.893,88 (Seis mil, oitocentos e noventa e três reais e oitenta e oito centavos ) em favor da unidade orçamentaria da Secretaria Municipal de saúde, no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2098</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2098/projeto_de_lei_n._172-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2098/projeto_de_lei_n._172-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por superávit financeiro de R$1.605,69 (Um mil, seiscentos  e cinco reais e sessenta e nove centavos ) em favor da unidade orçamentaria da Secretaria Municipal de saúde, no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2099</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2099/projet_de__lei_n._173-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2099/projet_de__lei_n._173-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por excesso de arrecadação no valor de  R$43.632,00 (Quarenta e dois mil e seiscentos e trinta dois reais) em favor da unidade orçamentaria da Secretaria Municipal de saúde, no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2100</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2100/projeto_de_lei_n._174-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2100/projeto_de_lei_n._174-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por superávit financeiro de R$50.122,71 (cinquenta mil, cento e vinte dois reais e setenta e um centavo ) em favor da unidade orçamentaria da Secretaria Municipal de saúde, no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2101</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2101/projeto_de_lei_n._175-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2101/projeto_de_lei_n._175-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por excesso de arrecadação no valor de R$20.000,00 (vinte mil reais) em favor da unidade orçamentaria da Secretaria Municipal de saúde, no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2104</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2104/projeto_de_lei_n.176-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2104/projeto_de_lei_n.176-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão no PPA, LDO e LOA, e Fica Autorizado o Poder Executivo a Abrir Crédito Adicional suplementar por anulação parcial de dotação, até o montante de de R$ 55.000,00 ( cinquenta e cinco mil reais), em favor da unidade orç. da Secretaria Geral de governo e administração no orçamento vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>2106</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2106/projeto_de_lei_n._177-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2106/projeto_de_lei_n._177-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por excesso de arrecadação  e credito adicional por excesso de arrecadação ate o montante  no valor de R$ 1.010.500,00 (Um milhão, dez mil e quinhentos reais ) em favor da unidade orçamentaria da Secretaria Municipal de agricultura e meio ambiente e urbanismo, no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2108</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2108/projeto_de_lei_n._178-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2108/projeto_de_lei_n._178-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão no PPA, LDO e LOA, e Fica Autorizado o Poder Executivo a Abrir Crédito Adicional suplementar por anulação parcial de dotação, no montante de R$ 4.000,00 ( quatro mil reais) em favor da unidade orça da sec. Munic. de saúde, no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2110</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2110/projeto_de_lei_n._179-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2110/projeto_de_lei_n._179-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional suplementar  por excesso de arrecadação no valor de R$ 42.518,00 (quarenta e dois mil e dezoito reais) em favor da unidade orçamentaria da Secretaria Municipal de saúde, no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2112</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2112/projeto_de_lei_n._180-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2112/projeto_de_lei_n._180-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Inclusão no PPA, LDO e LOA, e Fica Autorizado o Poder Executivo a Abrir Crédito Adicional suplementar por anulação parcial de dotação, no montante de R$ 4.682,34 ( quatro mil, seiscentos e oitenta e dois reais e trinta e quatro centavos ) em favor da unidade orça da sec. Munic. de saúde, no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2113</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2113/projeto_de_lei_n._181-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2113/projeto_de_lei_n._181-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional suplementar por anulação parcial de dotação ate o montante no valor de R$ 133.000,00 (cento e trinta e três mil reais) em favor da unidade orçamentaria da Secretaria Municipal de agricultura e meio ambiente e urbanismo, no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2114</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2114/projeto_de_lei_n._182-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2114/projeto_de_lei_n._182-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por superávit financeiro de R$1.438,20 (UM MIL, QUATROCENTOS E TRINTA E OITO REAIS E VINTE CENTAVOS ) em favor da unidade orçamentaria da Secretaria Municipal de saúde, no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2116</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2116/projeto_de_lei_n._183-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2116/projeto_de_lei_n._183-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão no PPA, LDO e LOA, e Fica Autorizado o Poder Executivo a Abrir Crédito Adicional especial suplementar por anulação total de dotação, até o montante de de R$ 150.000,00 ( cento e cinquenta mil reais), em favor da unidade orç. da Secretaria Geral de governo e administração no orçamento vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>2119</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2119/projeto_de_lei_n_184-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2119/projeto_de_lei_n_184-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a subvenção financeira através de termo de fomento a associação de Pais e amigos dos excepcionais - APAE dos excepcionais e da outras providencias.</t>
   </si>
   <si>
     <t>2120</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2120/projeto_de_lei_n._185-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2120/projeto_de_lei_n._185-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional especial por excesso de arrecadação no valor de R$ 300.000,00 (Trezentos mil reais) em favor da unidade orçamentaria da Secretaria Municipal de saúde, no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2121</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2121/projeto_de_lei_n._186-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2121/projeto_de_lei_n._186-2022.pdf</t>
   </si>
   <si>
     <t>"Acrescenta os §§ 13 e 14 ao art. 1° da Lei Municipal nº 1.996/2022.</t>
   </si>
   <si>
     <t>2123</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2123/projeto_de_lei_no_187-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2123/projeto_de_lei_no_187-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional suplementar por anulação parcial de dotação ate o montante no valor de R$ 72.000,00 (setenta e dois mil reais  ) em favor da unidade orçamentaria da Secretaria Municipal de saúde, no Orçamento Vigente, e dá outras providências."</t>
   </si>
   <si>
     <t>2124</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2124/projeto_de_lei_no188-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2124/projeto_de_lei_no188-2022.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a firmar convênio e conceder ajuda financeira a Título de Subvenção - Termo de Fomento ao Instituto Associação Fênix de Karatê de São Francisco do Guaporé - RO e da outras disposições".</t>
   </si>
   <si>
     <t>2126</t>
   </si>
   <si>
     <t>Gislaine Clemente</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2126/projeto_de_lei_no189-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2126/projeto_de_lei_no189-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional suplementar por Anulação parcial de Dotação no montante de R$ 11.800,00 (Onze Mil e Oitocentos Reais), em favor da unidade orçamentaria da Secretaria Municipal de Saúde, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2127</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2127/projeto_de_lei_no190-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2127/projeto_de_lei_no190-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional especial por excesso de arrecadação até o montante de R$ 2.000,00 (dois mil reais), em favor da unidade orçamentaria da Secretaria Municipal de Trabalho e Ação Social, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2138</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2138/projeto_de_lei_no_191.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2138/projeto_de_lei_no_191.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão no PPA, LDO e LOA, e Fica Autorizado o Poder Executivo Municipal Abrir Crédito Adicional Especial por superávit financeiro, até o montante de R$ 1.000,00 (Um mil reais), em favor da unidade orçamentaria da Secretaria Municipal de Obras e Serviços Públicos, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2139</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2139/projeto_de_lei_no_192.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2139/projeto_de_lei_no_192.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão no PPA, LDO e LOA, e Fica Autorizado o Poder Executivo Municipal Abrir Crédito Adicional Especial por superávit financeiro, até o montante de R$ 5.500,00 (Cinco mil e quinhentos reais), em favor da unidade orçamentaria da Secretaria Municipal de Obras e Serviços Públicos, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2140</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2140/projeto_de_lei_no_193.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2140/projeto_de_lei_no_193.pdf</t>
   </si>
   <si>
     <t>2141</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2141/projeto_de_lei_no_194.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2141/projeto_de_lei_no_194.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão no PPA, LDO e LOA, e Fica Autorizado o Poder Executivo Municipal Abrir Crédito Adicional Especial por superávit financeiro, até o montante de R$ 22.000,00 (Vinte e dois mil reais), em favor da unidade orçamentaria da Secretaria Municipal de Agricultura e Meio Ambiente e Urbanismo, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2142</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2142/projeto_de_lei_no_195.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2142/projeto_de_lei_no_195.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão no PPA, LDO e LOA, e Fica Autorizado o Poder Executivo Municipal Abrir Crédito Adicional Especial por superávit financeiro, até o montante de R$ 2.000,00 (Dois mil reais), em favor da unidade orçamentaria da Secretaria Municipal de Obras e Serviços Públicos, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2143</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2143/projeto_de_lei_no_196.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2143/projeto_de_lei_no_196.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por Anulação Parcial e Total de Dotação no montante de R$ 196.537,42 (Cento e Noventa e Seis Mil Quinhentos e Trinta e Sete Reais e Quarenta e dois Centavos), em favor da unidade orçamentaria da Secretaria Municipal de Saúde, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2144</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2144/projeto_de_lei_no_197.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2144/projeto_de_lei_no_197.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional especial por excesso de arrecadação no valor de R$ 72.720,00 (Setenta e dois mil, Setecentos e Vinte reais), em favor da unidade orçamentaria da Secretaria Municipal de Saúde, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2145</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2145/projeto_de_lei_no_198.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2145/projeto_de_lei_no_198.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por Anulação Parcial de Dotação no montante de R$ 20.000,00 (Vinte mil reais), em favor da unidade orçamentaria da Secretaria Municipal de Saúde, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2146</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2146/projeto_de_lei_no_199.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2146/projeto_de_lei_no_199.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional por Superávit Financeiro até o montante de R$ 600.000,00 (Seiscentos mil reais), em favor da unidade orçamentaria da Secretaria Municipal de Educação, Cultura, Esporte, Lazer e Turismo, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>2147</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2147/projeto_de_lei_no_200.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2147/projeto_de_lei_no_200.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional especial suplementar por excesso de arrecadação até o montante de R$ 300.000,00 (Trezentos mil reais), em favor da unidade orçamentaria da Secretaria Municipal de Educação, Cultura, Esporte, Lazer e Turismo, no Orçamento Vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1706</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1706/projeto_de_lei_complementar_n._01-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1706/projeto_de_lei_complementar_n._01-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação e ampliação de cargos efetivos a que descreve a Lei Complementar nº 056/2017 e da outras providencias.</t>
   </si>
   <si>
     <t>1707</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1707/projeto_de_lei_complementar_n._02-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1707/projeto_de_lei_complementar_n._02-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação /reestabelecimento dos cargos de auxiliar administrativo, auxiliar de serviços diversos, cozinheira, merendeira, vigilante ou equiparado e motorista de viatura leve e monitor de ônibus escolar, bem como suprime o § 1º do art. 57 da Lei Complementar nº 047/2015 e dá outras providencias.</t>
   </si>
   <si>
     <t>1708</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1708/projeto_de_lei_complementar_n._03-2022_novo.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1708/projeto_de_lei_complementar_n._03-2022_novo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei Complementar nº 052/2016 e dá outras providencias.</t>
   </si>
   <si>
     <t>1709</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1709/projeto_de_lei_complementar_n._04-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1709/projeto_de_lei_complementar_n._04-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração da tabela de vencimentos do Plano de Cargos e Salários da Secretaria Municipal de Saúde e dá outras Providencias.</t>
   </si>
   <si>
     <t>1710</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1710/projeto_de_lei_complementar_n._05-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1710/projeto_de_lei_complementar_n._05-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração da tabela de vencimentos do Plano de Cargos, Carreira e Salários da Administração Geral do Município de São Francisco do Guaporé e dá outras providencias,</t>
   </si>
   <si>
     <t>1711</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1711/projeto_de_lei_complementar_n._06-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1711/projeto_de_lei_complementar_n._06-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da tabela de vencimentos do Plano de Cargos, Carreira e Salários da Secretaria Municipal de Educação, Cultura, Esporte, Lazer e Turismo e dá outras providencias.</t>
   </si>
   <si>
     <t>1713</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1713/projeto_de_lei_complementar_n._07-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1713/projeto_de_lei_complementar_n._07-2022.pdf</t>
   </si>
   <si>
     <t>Concede Revisão Geral anual aos servidores público efetivos e comissionados da Câmara Municipal de Vereadores de São Francisco do Guaporé.</t>
   </si>
   <si>
     <t>1716</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1716/projeto_complementar_n_08-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1716/projeto_complementar_n_08-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação /restabelecimento do cargo de auxiliar de serviços, dando nova redação ao art. 46 da Lei Complementar n 046/2015, bem como cria o cargo de borracheiro, e da outras providencias.</t>
   </si>
   <si>
     <t>1776</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1776/projeto_de_lei_complementar_n09-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1776/projeto_de_lei_complementar_n09-2022.pdf</t>
   </si>
   <si>
     <t>ALTERAR O PLANO DE AMORTIZAÇÃO PARA  EQUACIONAMENTO DO DÉFICIT ATUARIAL DO REGIME PRÓPRIO DE PREVIDENCIA SOCIAL-RPPS DO MUNICIPIO DE SÃO FRANCISCO DO GUAPORÉ/RO, CONFORME DIRETRIZES EMANADAS PELA PORTARIA MPS N.402/2008, PORTARIA MPAS N 464/2018 E SUAS ALTERAÇÕES.</t>
   </si>
   <si>
     <t>1860</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1860/projeto_de_lei_complementar_no010-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1860/projeto_de_lei_complementar_no010-2022.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar 065/2019 e da outras providencias.</t>
   </si>
   <si>
     <t>1869</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1869/projeto_de_lei_complementar_n._11-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1869/projeto_de_lei_complementar_n._11-2022.pdf</t>
   </si>
   <si>
     <t>Altera a redação do inciso III, do art. 76, da Lei Complementar Municipal n. 065/2019</t>
   </si>
   <si>
     <t>1952</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1952/projeto_complementar_n._12-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1952/projeto_complementar_n._12-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Instituição do Piso Salarial dos Odontólogos e seus auxiliares dá outras providências".</t>
   </si>
   <si>
     <t>1953</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1953/projeto_complementar_n._13-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1953/projeto_complementar_n._13-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a instituição do Piso Salarial dos Odontólogos; Técnicos de Saúde Bucal e Auxiliares de Odontologia, na tabela de vencimentos do Plano de Cargos, Carreira e Salários da Secretaria Municipal de Saúde e dá outras providências".</t>
   </si>
   <si>
     <t>1957</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1957/projeto_complementar_n._14-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1957/projeto_complementar_n._14-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Instituição do piso salarial dos agentes comunitários de saúde e dos agentes de combate a endemias e da outras providencias.</t>
   </si>
   <si>
     <t>1960</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1960/projeto_complementar_n._15-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1960/projeto_complementar_n._15-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o Regime Próprio de Previdência Social do Município de São Francisco do Guaporé - RO, e dá outras providências".</t>
   </si>
   <si>
     <t>2044</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2044/projeto_de_lei_complementar_no016-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2044/projeto_de_lei_complementar_no016-2022.pdf</t>
   </si>
   <si>
     <t>"No âmbito da Secretaria Municipal de Saúde ficam criados os seguintes cargos comissionados: Coordenadoria do órgão de controle interno; Coordenadoria do SAMU e Pronto Atendimento; Coordenadoria de Prevenção e Controle das IST, do HIV/AIDS e das Hepatites Virais; Coordenadoria do Fundo Municipal de Saúde; Coordenadoria de Inclusão e Acessibilidade de Pacientes Especializados, conforme alterações a serem inseridas na Lei Complementar nº. 052/2016 e dá outras providências"</t>
   </si>
   <si>
     <t>2054</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2054/lei_complementa_n._17-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2054/lei_complementa_n._17-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reestruturação administrativa do Instituto de previdência dos servidores públicos Municipais e da outras providencias.</t>
   </si>
   <si>
     <t>2090</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2090/projeto_de_lei_comolementar_no_18-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2090/projeto_de_lei_comolementar_no_18-2022.pdf</t>
   </si>
   <si>
     <t>"Inclui Função Gratificada no anexo I, e Cria atribuição da função Gratificada de Gestor de Frotas da Câmara Municipal de São Francisco do Guaporé no anexo IV, da Lei Complementar nº.065 de 19 de junho de 2019".</t>
   </si>
   <si>
     <t>2105</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2105/projeto_de_lei_complementa_n.19-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2105/projeto_de_lei_complementa_n.19-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a reposição de perdas financeiras provocadas pela desvalorização da moeda, decorrente de efeitos inflacionários, para o exercício financeiro de 2023, bem como sobre a alteração dos anexos II, III, IV e V da Lei Complementar 052/2016".</t>
   </si>
   <si>
     <t>2107</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2107/projeto_de_lei_complementa_n._20-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2107/projeto_de_lei_complementa_n._20-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a alteração da tabela de vencimentos do Plano de Cargos, Carreira e Salários da Secretaria Municipal de Saúde e dá outras providências".</t>
   </si>
   <si>
     <t>2109</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2109/projeto_de_lei_complementar_n.21-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2109/projeto_de_lei_complementar_n.21-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a alteração da tabela de vencimentos do Plano de Cargos, Carreira e Salários da Administração Geral do Município de São Francisco do Guaporé para o fim de reposição de perdas financeiras provocadas pela desvalorização da moeda, decorrente de efeitos inflacionários dos últimos cinco anos e dá outras providências".</t>
   </si>
   <si>
     <t>2111</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2111/projeto_de_lei_complementar_n._22-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2111/projeto_de_lei_complementar_n._22-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a alteração da tabela de vencimentos do Plano de Cargos, Carreira e Salários da Educação do Município de São Francisco do Guaporé e dá outras providências".</t>
   </si>
   <si>
     <t>2115</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2115/projeto_de_lei_complementar_n._23-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2115/projeto_de_lei_complementar_n._23-2022.pdf</t>
   </si>
   <si>
     <t>"Altera e acrescenta dispositivos a Lei Complementar nº. 41 de 28 de abril de 2015, que "Dispõe sobre a reestruturação administrativa do Instituto Municipal de Previdência dos Servidores de São Francisco do Guaporé e dá outras providências".</t>
   </si>
   <si>
     <t>2117</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2117/projeto_de_lei_complementar_n._24-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2117/projeto_de_lei_complementar_n._24-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação do Cargo Comissionado de Gerente de Gestão Financeira e de Recursos Humanos da Secretaria Municipal de Obras, Serviços Públicos e Urbanismo, a que descreve a Lei Complementar nº.052/2016 e dá outras providências".</t>
   </si>
   <si>
     <t>2118</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2118/projeto_de_lei_complementar_n.025-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2118/projeto_de_lei_complementar_n.025-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a ampliação de Cargo Efetivo a que descreve a Lei Complementar nº.056/2017".</t>
   </si>
   <si>
     <t>2133</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2133/projeto_complementar_no_26.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2133/projeto_complementar_no_26.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a revisão anual com realinhamento dos salários dos servidores Públicos da Secretaria Municipal de Saúde e dá outras providências".</t>
   </si>
   <si>
     <t>2134</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2134/projeto_complementar_no_27.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2134/projeto_complementar_no_27.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a revisão anual com realinhamento dos Salários dos Servidores Públicos da Administração Geral do Município de São Francisco do Guaporé, RO".</t>
   </si>
   <si>
     <t>2135</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2135/projeto_complementar_no_28.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2135/projeto_complementar_no_28.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a revisão anual com realinhamento dos salários dos Servidores Públicos da Estrutura Administrativa, alterando os anexos II, III e IV da Lei Complementar nº. 052/2016".</t>
   </si>
   <si>
     <t>2136</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2136/projeto_complementar_no_29.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2136/projeto_complementar_no_29.pdf</t>
   </si>
   <si>
     <t>"Dispõe a revisão anual com realinhamento  dos salários dos Servidores do Magistério Público e Auxiliares da Educação Básica do Município de São Francisco do Guaporé, RO".</t>
   </si>
   <si>
     <t>2137</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2137/projeto_complementar_no_30.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2137/projeto_complementar_no_30.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a instituição do piso salarial dos cargos efetivos engenheiro agrônomo e médico veterinário da tabela de vencimentos do Plano de Cargos, Carreira e Salários da Secretaria Municipal de Administração, dá outras providências."</t>
   </si>
   <si>
     <t>1821</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1821/projeto_de_decreto_legislativo_n.01-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1821/projeto_de_decreto_legislativo_n.01-2022.pdf</t>
   </si>
   <si>
     <t>Aprova as contas do Município de São Francisco do Guaporé-RO, exercício financeira de 2019.</t>
   </si>
   <si>
     <t>1966</t>
   </si>
   <si>
     <t>Alan Siqueira, Braz Carlos Correia, Cidão Venâncio, Edison Crispin, Flavio Carequinha, Geferson dos Santos, Hermes Bordignon, Marluci Gabriel, Ozias Santos, Pastor Eber Lopes, Zé da Máquina</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1966/projeto_de_decreto_legislativo_n.002-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1966/projeto_de_decreto_legislativo_n.002-2022.pdf</t>
   </si>
   <si>
     <t>“Concede o Título de Cidadão Honorário do município de São Francisco do Guaporé, aos investidores responsável pela proteção e soltura das Tartarugas no Rio Guaporé” .</t>
   </si>
   <si>
     <t>1681</t>
   </si>
   <si>
     <t>PRL</t>
   </si>
   <si>
     <t>Projeto de Resolução Legislativa</t>
   </si>
   <si>
     <t>Alan Siqueira, Ozias Santos</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1681/projeto_de_resolucao_legislativa_n.001-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1681/projeto_de_resolucao_legislativa_n.001-2022.pdf</t>
   </si>
   <si>
     <t>"Reajusta no percentual de 20% (vinte por cento) os valores constantes no ANEXO I, da Resolução Legislativa n.02/2019".</t>
   </si>
   <si>
     <t>1727</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1727/projeto_de_resolucao_n.002-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1727/projeto_de_resolucao_n.002-2022.pdf</t>
   </si>
   <si>
     <t>“Inclui o Inciso V, no Art. 2º da Resolução Legislativa nº.02/2019”.</t>
   </si>
   <si>
     <t>1752</t>
   </si>
   <si>
     <t>“Altera o Art. 200, e Inclui o Inciso I, ambos da Resolução Legislativa nº.01/1997 – Regimento Interno”.</t>
   </si>
   <si>
     <t>1784</t>
   </si>
   <si>
     <t>“Altera o Art. 134 da Resolução Legislativa nº.01/1997 – Regimento Interno”.</t>
   </si>
   <si>
     <t>1950</t>
   </si>
   <si>
     <t>"Alteração no Art. 15º da Resolução Legislativa nº.001/1997 do Regimento Interno aonde dispõe inclusão dos Incisos 1º, 2º, 3º, suprimir o Parágrafo Único do Art. 94 e inclusão dos Incisos 1º, 2º, 3º, 4º, 5º, Alteração do Item I no Art. 143º, alteração do Inciso 3º no Art. 149º, Inclusão do Inciso 4º no Art. 157º, Alteração nos Itens I, II, IV, V do Art. 157º, Alteração nos Itens I, II, IV, V do Art. 174º, da Resolução Legislativa nº.001/1997 no Regimento Interno da Câmara Municipal".</t>
   </si>
   <si>
     <t>1687</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Proposta de Emenda à lei Orgânica Municipal</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1687/proposta_de_emenda_lei_organica_n.001-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1687/proposta_de_emenda_lei_organica_n.001-2022.pdf</t>
   </si>
   <si>
     <t>"Estabelece regras do Regime Próprio de Previdência Social do São Francisco do Guaporé - RO, de acordo com a Emenda Constitucional nº.103, de 2019".</t>
   </si>
   <si>
     <t>1824</t>
   </si>
   <si>
     <t>Edison Crispin, Flavio Carequinha, Marluci Gabriel, Ozias Santos, Pastor Eber Lopes, Zé da Máquina</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1824/proposta_de_emenda_a_lei_organica_n.02-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1824/proposta_de_emenda_a_lei_organica_n.02-2022.pdf</t>
   </si>
   <si>
     <t>Altera o caput do artigo 21 da Lei Orgânica do Município de São Francisco do Guaporé/RO</t>
   </si>
   <si>
     <t>1816</t>
   </si>
   <si>
     <t>VET</t>
   </si>
   <si>
     <t>Veto Municipal</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1816/veto_01022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1816/veto_01022.pdf</t>
   </si>
   <si>
     <t>"Ao Projeto de Lei nº 047/2022, de autoria do Vereador Edson Crispin por inconstitucionalidade e contrariedade ao interesse público. Após a leitura, discussão e apreciação todos os presentes se manifestaram que são favoráveis ao presente Veto".</t>
   </si>
   <si>
     <t>1854</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1854/veto_municipal_n._002-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1854/veto_municipal_n._002-2022.pdf</t>
   </si>
   <si>
     <t>Nos termos do paragrafo § 1. do art. 66 da Lei Orgânica Municipal, decidi Vetar Totalmente a Emenda  Modificativa n. 02 do Projeto de Lei n. 062/2022, que altera a redação do artigo 11 da Lei Municipal n. 1.611 de 22 de abril de 2019, por julgar inconstitucional, por tratar-se de matéria competencia exclusiva do Prefeito Municipal.</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2015/veto_municipal_no.003-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2015/veto_municipal_no.003-2022.pdf</t>
   </si>
   <si>
     <t>Nos termos do paragrafo § 1. do art. 66 da Lei Orgânica Municipal, decidi Vetar integralmente o Projeto de Lei nº.090/2022, por motivos de conveniência e de oportunidade, por padecerem dos vícios de inconstitucionalidade e de ilegalidade que o maculam.</t>
   </si>
   <si>
     <t>1671</t>
   </si>
   <si>
     <t>EAPL</t>
   </si>
   <si>
     <t>Emenda Aditiva</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1671/emenda_aditiva_no_01_ao_projeto_de_lei_no_13-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1671/emenda_aditiva_no_01_ao_projeto_de_lei_no_13-2022.pdf</t>
   </si>
   <si>
     <t>O Vereador infra-assinado, com fundamento no §5º do artigo 122 do Regimento Interno e Lei Orgânica Municipal, e com assento nesta Casa Legislativa, submete à apreciação da Câmara Municipal a presente Emenda Aditiva ao Projeto de Lei nº.013/2022 que "Autoriza o Poder Executivo Municipal a firmar convênio e conceder ajuda financeira a Título de Subvenção a Liga de Desporto de São Francisco do Guaporé – RO, e a outras disposições"._x000D_
 _x000D_
 		Aditiva o Inciso 1 ao § 1º do Art. 2º do Projeto de Lei nº.013/2022:_x000D_
 _x000D_
 		Art. 2º .............._x000D_
 		_x000D_
 		§ 1º .............._x000D_
 _x000D_
 		“I – poderá ser incluído entre os atletas de 40 anos, três (3) atletas nascidos até em 1985, sendo um goleiro e dois atletas de linha”.</t>
   </si>
   <si>
     <t>1954</t>
   </si>
   <si>
     <t>Cidão Venâncio, Alan Siqueira, Braz Carlos Correia, Edison Crispin, Flavio Carequinha, Hermes Bordignon, Marluci Gabriel, Ozias Santos, Pastor Eber Lopes, Zé da Máquina</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1954/emenda_aditiva_n._02_ao_projeto_de_lei_n._114-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1954/emenda_aditiva_n._02_ao_projeto_de_lei_n._114-2022.pdf</t>
   </si>
   <si>
     <t>Emenda Aditiva ao Art. 5 do  Projeto de Lei n. 114/2022 que Dispõe sobre a transferência de recursos financeiros a Associação Beneficente São Camilo através de termo de fomento e da outras providencias.</t>
   </si>
   <si>
     <t>1955</t>
   </si>
   <si>
     <t>Alan Siqueira, Braz Carlos Correia, Cidão Venâncio, Edison Crispin, Flavio Carequinha, Hermes Bordignon, Marluci Gabriel, Ozias Santos, Pastor Eber Lopes, Zé da Máquina</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1955/emenda_ao_projeto_de_lei_n.114-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1955/emenda_ao_projeto_de_lei_n.114-2022.pdf</t>
   </si>
   <si>
     <t>Aditiva ao Art. 5º do Projeto de Lei nº.114/2022, "Esta lei entrará vem vigor na data de sua publicação, e sua vigência terá prazo de doze meses após a sua publicação".</t>
   </si>
   <si>
     <t>1672</t>
   </si>
   <si>
     <t>EMPL</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1672/emenda_modificativa_no_01_ao_projeto_de_lei_no_13-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1672/emenda_modificativa_no_01_ao_projeto_de_lei_no_13-2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores infra-assinado, com fundamento no §5º do artigo 122 do Regimento Interno e Lei Orgânica Municipal, e com assento nesta Casa Legislativa, submete à apreciação da Câmara Municipal a presente Emenda Modificativa ao Projeto de Lei nº.136/2021 que "Dispõe sobre a possibilidade de concessão do Abono – FUNDEB aos Profissionais da Educação Básica da Rede Municipal de Ensino, na forma que especifica"._x000D_
 _x000D_
 		Modifica o Inciso I ao Art. 3º do Projeto de Lei nº.136/2021:_x000D_
 _x000D_
 		Art. 3º .............._x000D_
 _x000D_
 		“1 – os servidores efetivos em gozo de licença sem vencimento, licença para tratar de interesses particulares, licença para acompanhamento por motivo de doença em pessoa da família, servidores efetivos inativos que não trabalharam no ano de 2021 e pensionistas”.</t>
   </si>
   <si>
     <t>1852</t>
   </si>
   <si>
     <t>Modifica a redação do art. 11, que está sendo alterada pelo Art. 1º do Projeto de Lei nº.062/2022, A remuneração do Conselho Tutela corresponderá ao valor de dois salários nacional, sendo reajustado nos mesmos índices e nas mesmas datas dos reajustes impostos pelo Governo Federal.</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>Modifica o § 1º e § 3º do Art. 1º do Anteprojeto de Lei nº.011/2022:_x000D_
 _x000D_
 		Art. 1º .............._x000D_
 		_x000D_
 		§ 1º. O contribuinte possuidor que mantiver seu imóvel sem edificação devidamente limpo, terá um desconto no percentual de 5% (cinco por cento) no pagamento de seu IPTU;  _x000D_
 _x000D_
 		§ 3º. O contribuinte possuidor que construir calçadas em frente a seu imóvel, e que mantiver a limpeza, terá um desconto no percentual de 10% (dez por cento), pelo período de 05 (cinco) anos, no pagamento do seu IPTU.”</t>
   </si>
   <si>
     <t>2131</t>
   </si>
   <si>
     <t>Braz Carlos Correia, Edison Crispin, Flavio Carequinha, Geferson dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2131/emenda_modificativa_n.04-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2131/emenda_modificativa_n.04-2022.pdf</t>
   </si>
   <si>
     <t>Modifica o Art. 7º do Projeto de Lei nº.123/2022:_x000D_
 _x000D_
 		Art. 7º .............._x000D_
 		_x000D_
 		Art. 7º Fica o Executivo Municipal autorizado, mediante decreto a abrir crédito adicional até o limite de 10% (Dez Porcento), da sua despesa total fixada, servindo como base os recursos constantes nos art. 7º, I e 45, paragrafo 1º, III, da lei federal 4.320/64, e artigo 165. Paragrafo 8º da constituição federal, com a finalidade de suprir insuficiências de dotações orçamentarias, mediante utilização de recursos provenientes de:_x000D_
 _x000D_
 A)	Anulação parcial ou total de suas dotações;</t>
   </si>
   <si>
     <t>2132</t>
   </si>
   <si>
     <t>Cidão Venâncio, Hermes Bordignon, Marluci Gabriel, Ozias Santos, Pastor Eber Lopes, Zé da Máquina</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2132/emenda_modificativa_n.05-2022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2132/emenda_modificativa_n.05-2022.pdf</t>
   </si>
   <si>
     <t>Modifica o Art. 7º do Projeto de Lei nº.123/2022:_x000D_
 _x000D_
 		Art. 7º .............._x000D_
 		_x000D_
 		Art. 7º Fica o Executivo Municipal autorizado, mediante decreto a abrir crédito adicional até o limite de 15% (Quinze Porcento), da sua despesa total fixada, servindo como base os recursos constantes nos art. 7º, I e 45, paragrafo 1º, III, da lei federal 4.320/64, e artigo 165. Paragrafo 8º da constituição federal, com a finalidade de suprir insuficiências de dotações orçamentarias, mediante utilização de recursos provenientes de:_x000D_
 _x000D_
 A)	Anulação parcial ou total de suas dotações;</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>ESUPL</t>
   </si>
   <si>
     <t>Emenda Supressiva</t>
   </si>
   <si>
     <t>Suprime o § 2º do Art. 1º do Anteprojeto de Lei nº.011/2022:_x000D_
 _x000D_
 		“§ 2º. O contribuinte possuidor que mantiver o cultivo de hortaliças, mandiocas, etc, em seu imóvel, terá um desconto no percentual de 20% (vinte por cento) no pagamento de seu IPTU;”</t>
   </si>
   <si>
     <t>2130</t>
   </si>
   <si>
     <t>Suprime o Inciso IX do Art. 66, que está sendo alterado pelo Art. 1º do Projeto de Lei Complementar nº.023/2022;_x000D_
 _x000D_
 Suprime o do Art. 84, que está sendo alterado pelo Art. 1º do Projeto de Lei Complementar nº.023/2022;_x000D_
 _x000D_
 Suprime o cargo de Assessor Jurídico no Anexo II, do Projeto de Lei Complementar nº.023/2022.</t>
   </si>
   <si>
     <t>2062</t>
   </si>
   <si>
     <t>EDT</t>
   </si>
   <si>
     <t>EDITAL</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2062/edital_n.001-2022_-_convocacao_da_mesa.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2062/edital_n.001-2022_-_convocacao_da_mesa.pdf</t>
   </si>
   <si>
     <t>Edital de Convocação para Eleição da Mesa Diretora da Câmara Municipal de São Francisco do Guaporé para o Biênio 2023/2024.</t>
   </si>
   <si>
     <t>2086</t>
   </si>
   <si>
     <t>CHAPM</t>
   </si>
   <si>
     <t>Chapa de Eleição de Mesa Diretora</t>
   </si>
   <si>
     <t>Braz Carlos Correia, Edison Crispin, Hermes Bordignon, Marluci Gabriel, Pastor Eber Lopes, Zé da Máquina</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2086/chapa_uniao_respeito_e_democracia..pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2086/chapa_uniao_respeito_e_democracia..pdf</t>
   </si>
   <si>
     <t>Requeiro ao Secretário Legislativo dessa Casa de lei a inscrição da Chapa “União, Respeito e Democracia” para concorrer aos cargos na Mesa Diretora para o Biênio 2023/2024, de acordo com o Edital nº.001/2022 com data de publicação do dia 17 de Outubro de 2022, sendo os nomes dos concorrentes a seguir:_x000D_
 _x000D_
 Presidente: José Carlos da Silva (PDT)_x000D_
 Vice-Presidente: Marluci Gabriel Barbosa (MDB)_x000D_
 2º Vice-Presidente: Hermes Bordignon (UB)_x000D_
 1º Secretário:	Eber Lopes Reis (SD)_x000D_
 2º Secretário:	Edison Crispin Dias (PSD)_x000D_
 3º Secretário:	Braz Carlos Correia (PV)</t>
   </si>
   <si>
     <t>1754</t>
   </si>
   <si>
     <t>PRES</t>
   </si>
   <si>
-    <t>PRESTAÇÃO DE CONTAS</t>
+    <t>Prestação de Contas</t>
   </si>
   <si>
     <t>Prestação de Contas do exercício de 2019, do Poder Executivo do Município de São Francisco do Guaporé/RO, de responsabilidade da Prefeita Municipal Gislaine Clemente.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -5957,67 +5957,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1631/indicacao_no__01-2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1632/indicacao_no__02-2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1655/indicacao_no__03-2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1656/indicacao_no__04-2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1657/indicacao_no__05-2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1658/indicacao_no__06-2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1659/indicacao_no__07-2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1721/indicacao_n_008-2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1722/indicacao_n_009-2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1723/indicacao_n_010-2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1724/indicacao_n_011-2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1740/indicacao_n._012-2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1744/indicacao_n._013-2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1769/indicacao_n014.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1770/indicacao_n_015.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1771/indicacao_n16.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1825/indicacao_n.17-2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1844/indicacao_n.018-2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1848/indicacao_n._19-2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1849/indicacao_n._20-2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1850/indicacao_n._21-2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1851/indicacao_n._22-2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1928/indicacao_n._23-2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1929/indicacao_n._24-2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1930/indicacao_n._25-2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1943/indicacao_n._26-2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1944/indicacao_n._27-2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1962/indicacao_n._28-2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1963/indicacao_n._29-2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2028/indicacao_no__33-2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2068/indicacao_no__34-2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2074/indicacao_no__35-2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2075/indicacao_no__36-2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2076/indicacao_no__37-2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2077/indicacao_no__38-2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2084/indicacao_no__39-2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2092/indicacao_legislativa_no_40-2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2129/indicacao_no__41-2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1622/requerimento_001-2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1623/requerimento_002-2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1624/requerimento_003-2022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1625/requerimento_004-2022.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1626/requerimento_005-2022.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1633/requerimento_006-2022.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1634/requerimento_007-2022.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1635/requerimento_008-2022.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1636/requerimento_009-2022.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1637/requerimento_010-2022.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1638/requerimento_011-2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1639/requerimento_012-2022.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1640/requerimento_013-2022.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1641/requerimento_014-2022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1642/requerimento_015-2022.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1643/requerimento_016-2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1644/requerimento_017-2022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1645/requerimento_018-2022.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1646/requerimento_019-2022.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1647/requerimento_020-2022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1649/requerimento_022-2022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1650/requerimento_023-2022.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1651/requerimento_024-2022.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1652/requerimento_025-2022.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1653/requerimento_026-2022.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1654/requerimento_027-2022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1661/requerimento_028-2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1662/requerimento_029-2022.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1663/requerimento_030-2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1664/requerimento_031-2022.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1665/requerimento_032-2022.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1666/requerimento_033-2022.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1667/requerimento_034-2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1668/requerimento_035-2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1669/requerimento_036-2022.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1670/requerimento_037-2022.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1677/requerimento_038-2022.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1678/requerimento_39-2022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1679/requerimento_40-2022.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1680/requerimento_041-2022.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1682/requerimento_042-2022.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1683/requerimento_043-2022.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1684/requerimento_044-2022.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1685/requerimento_045-2022.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1688/requerimento_n46-2022.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1689/requerimento_n47-2022.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1690/requerimento_n48-2022.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1691/requerimento_n49-2022.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1692/requerimento_n50-2022.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1693/requerimento_n51-2022.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1694/requerimento_n52-2022.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1695/requerimento_n53-2022.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1697/requerimento_n542022.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1698/requerimento_n55-2022.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1699/requerimento_n56-2022.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1715/requerimento_n_057-2022.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1717/requerimento_n_058-2022.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1718/requerimento_n_059-2022.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1719/requerimento_n_060-2022.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1720/requerimento_n_061-2022.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1728/requerimento_n_062-2022.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1729/requerimento_n._063-2022.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1730/requerimento_n._064-2022.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1731/requerimento_n._065-2022.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1732/requerimento_n._066-2022.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1733/requerimento_n._067-2022.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1734/requerimento_n._068-2022.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1735/requerimento_n._069-2022.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1741/requerimento_n._070-2022.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1742/requerimento_n._071-2022.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1743/requerimento_n._072-2022.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1745/requerimento_n._073-2022.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1753/requerimento_n._074-2022.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1757/requerimento_n._075-2022.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1758/requerimento_n076-2022.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1759/requerimento_n077-2022.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1760/requerimento_n078-2022.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1761/requerimento_n079-2022.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1762/requerimento_n080-2022.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1763/requerimento_n081-2022.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1772/requerimento_n083-2022.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1773/requerimento_n084-2022.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1774/requerimento_n085-2022.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1777/requerimento_n._086-2022.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1778/requerimento_n._087-2022.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1781/requerimento_n._088-2022.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1785/requerimento_n._089-2022.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1786/requerimento_n._090-2022.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1787/requerimento_n_91-2022.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1788/requerimento_n_92-2022.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1789/requerimento_n_93-2022.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1790/requerimento_n_94-2022.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1791/requerimento_n_95-2022.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1792/requerimento_n_97-2022.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1793/requerimento_n_97-2022.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1794/requerimento_n_98-2022.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1795/requerimento_n.099-2022.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1801/requerimento_n.100-2022.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1802/requerimento_n.101-2022.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1803/requerimento_n.102-2022.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1804/requerimento_n.103-2022.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1805/requerimento_n.104-2022.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1806/requerimento_n.105-2022.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1809/requerimento_n.106-2022.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1810/requerimento_n_107-2022.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1811/requerimento_n_108-2022.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1812/requerimento_n_109-2022.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1815/requerimento_n_110-2022.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1817/requerimento_n_111-2022.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1818/requerimento_n_112-2022.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1819/requerimento_n_113-2022.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1820/requerimento_n.114-2022.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1822/requerimento_n.115-2022.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1828/requerimento_n.116-2022.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1829/requerimento_n.117-2022.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1838/requerimento_n.118-2022.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1839/requerimento_n.119-2022.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1840/requerimento_n.120-2022.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1841/requerimento_n.121-2022.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1842/requerimento_n.122-2022.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1843/requerimento_n.123-2022.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1845/requerimento_n.124-2022.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1846/requerimento_n._125-2022.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1847/requerimento_n._126-2022.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1856/requerimento_n._127-2022.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1857/requerimento_n._128-2022.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1868/requerimento_n._129-2022.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1871/requerimento_n._130-2022.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1872/requerimento_n._131-2022.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1873/requerimento_n._132-2022.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1874/requerimento_n._133-2022.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1876/requerimento_n._134-2022.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1893/requerimento_n._136-2022.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1894/requerimento_n._137-2022.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1897/requerimento_n._138-2022.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1898/requerimento_n._139-2022.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1899/requerimento_n._140-2022.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1900/requerimento_n._141-2022.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1903/requerimento_n._142-2022.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1904/requerimento_n._143-2022.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1905/requerimento_n._144-2022.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1917/requerimento_n._145-2022.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1918/requerimento_n._146-2022.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1919/requerimento_n._147-2022.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1920/requerimento_n._148-2022.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1921/requerimento_n._149-2022.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1922/requerimento_n._150-2022.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1923/requerimento_n._151-2022.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1924/requerimento_n._152-2022.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1926/requerimento_n._153-2022.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1927/requerimento_n._154-2022.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1941/requerimento_n._155-2022.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1945/requerimento_n._156-2022.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1946/requerimento_n._157-2022.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1947/requerimento_n._158-2022.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1948/requerimento_n._159-2022.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1956/requerimento_n._160-2022.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1958/requerimento_n._161-2022.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1959/requerimento_n._162-2022.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1964/requerimento_n._163-2022.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1965/requerimento_n._164-2022.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1967/requerimento_n._165-2022.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1972/requerimento_n._166-2022.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1973/requerimento_n._167-2022.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1974/requerimento_n._168-2022.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1975/requerimento_n._169-2022.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1976/requerimento_n._170-2022.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1978/requerimento_n._171-2022.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1983/requerimento_n.172-2022.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1984/requerimento_n.173-2022.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1988/requerimento_no_174-2023.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1989/requerimento_n._175-2022.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1990/requerimento_n._176-2022.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1996/requerimento_n._177-2022.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1997/requerimento_n.178-2022.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2004/requerimento_n.179-2022.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2005/requerimento_n.180-2022.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2008/requerimento_n.181-2022.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2009/requerimento_n.182-2022.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2012/requerimento_n.183-2022.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2019/requerimento_184-2022.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2021/requerimento_185-2022.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2024/requerimento_186-2022.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2026/requerimento_187-2022.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2033/requerimento_n.188.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2035/requerimento_n.189.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2036/requerimento_n._190.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2037/requerimento_n.191-2022.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2039/requerimento_n._192.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2043/requerimento_n._193.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2045/requerimento_n.194.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2046/requerimento_n.195.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2055/requerimento_196-2022.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2056/requerimento_197-2022.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2057/requerimento_198-2022.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2059/requerimento_n._199.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2060/requerimento_n.200.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2061/requeriemento_n._201.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2065/requerimento_n._202.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2066/requerimento_n._203.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2069/requerimento_no_204-2022.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2070/requerimento_no_205-2022.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2078/requerimento_no_206-2022.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2079/requerimento_no_207-2022.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2080/requerimento_no_208-2022.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2091/requerimento_no_209-2022.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2093/requerimento_n._210-2022.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2094/requerimento_no_2011-2022.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2095/requerimento_no_212-2022.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2102/requerimento_no_213-2022.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2103/requerimentoo_no_214-2022.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2122/requerimento_no_215-2022.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2125/requerimento_no_216-2022.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2128/requerimento_no_217-2022.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1807/mocao_no_001-22_direcao_hospital_regional.doc" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1628/apl_no.01-2022.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1629/apl_no.02-2022.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1630/apl_no.03-2022.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1696/apl_no.04-2022.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1800/anteprojeto_n._07-2022.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1853/anteprojeto_n._08-2022.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1961/anteprojeto_n._09-2022.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1968/anteprojeto_n._10-2022.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2058/anteprojeto_de_lei_n.12-2022.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2067/apl_no.013-2022.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2085/anteprojrto_de_lei_no_14-2022.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1611/projeto_de_lei_no_01-2022.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1612/projeto_de_lei_no_02-2022.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1613/projeto_de_lei_no_03-2022.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1614/projeto_de_lei_no_04-2022.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1615/projeto_de_lei_no_05-2022.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1616/projeto_de_lei_no_06-2022.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1617/projeto_de_lei_no_07-2022.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1618/projeto_de_lei_no_08-2022.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1619/projeto_de_lei_no_09-2022.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1620/projeto_de_lei_no_10-2022.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1621/projeto_de_lei_no_11-2022.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1660/projeto_de_lei_no_13-2022.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1673/projeto_de_lei_no_14-2022.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1674/projeto_de_lei_no_15-2022.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1675/projeto_de_lei_no_16-2022.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1676/projeto_de_lei_no_17-2022.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1686/projeto_de_lei_no_18-2022.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1700/projeto_de_lei_n._19-2022.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1701/projeto_de_lei_n._20-2022.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1702/projeto_de_lei_n._21-2022.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1703/projeto_de_lei_n._22-2022.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1704/projeto_de_lei_n._23-2022.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1705/projeto_de_lei_n._24-2022.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1712/projeto_de_lei_n._25-2022.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1714/projeto_de_lei_n._26-2022.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1725/projeto_de_lei_n_27-2022.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1726/projeto_de_lei_n_28-2022.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1736/projeto_de_lei_n.29.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1737/projeto_de_lei_n.30.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1738/projeto_de_lei_n.31.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1739/projeto_de_lei_n.32.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1746/projeto_de_lei_n._33-2022.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1747/projeto_de_lei_n._34-2022.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1748/projeto_de_lei_n._035-2022.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1749/projeto_de_lei_n._36-2022.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1750/projeto_de_lei_n._37-2022.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1751/anexo_do_projeto_de_lei_n._038-2022.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1764/projeto_n._39-2022.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1765/projeto_de_lei_n._40-2022.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1766/projeto_de_lei_n.041-2022_-_crispin.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1767/projeto_de_lei_n.042-2022_-_crispin.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1775/projeto_de_lei_n_43.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1779/projeto_de_lei_n_44.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1780/projeto_de_lei_n_45.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1782/projeto_de_lei_n_46.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1783/projeto_n._47-2022.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1796/projeto_de_lei_n._48-2022.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1797/projeto_de_lei_n._49-2022.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1798/projeto_de_lei_n._50-2022.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1799/projeto_de_lei_n._51-2022.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1808/projeto_n._52-2022.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1813/projeto_de_lei_053-2022.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1814/projeto_de_lei_054-2022.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1823/projeto_de_lei_n.055-2022.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1826/projeto_de_lei_n.56.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1827/projeto_de_lei_n.057-2022.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1830/projeto_de_lei_n_58-2022.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1831/projeto_de_lei_29-2022.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1832/projeto_de_lei_n.60-2022.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1833/projeto_de_lei_n.61-2022.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1834/projeto_de_lei_n.62.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1835/projeto_de_lei_n_63-2022.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1836/projeto_de_lei_n.64.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1837/projeto_de_lei_n_65-2022.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1855/projeto_de_lei_n._66-2022.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1858/projeto_de_lei_n._67-2022.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1859/projeto_n._68-2022.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1861/projeto_de_lei_n._69-2022.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1862/projeto_de_lei_n._70-2022.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1863/projeto_de_lei_n._71-2022.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1864/projeto_de_lei_n._72-2022.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1865/projeto_de_lei_n._73-2022.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1866/projeto_de_lei_n._74-2022.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1867/projeto_de_lei_no075-2022.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1870/projeto_de_lei_n._076-2022.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1875/projeto_de_lei_n._77-2022.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1877/projeto_de_lei_n._78-2022.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1878/projeto_de_lei_n._79-2022.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1879/projeto_de_lei_n._80-2022.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1880/projeto_de_lei_n._81-2022.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1881/projeto_de_lei_n._82-2022.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1882/projeto_de_lei_n._83-2022.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1883/projeto_de_lei_n._84-2022.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1884/projeto_de_lei_n._85-2022.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1885/projeto_de_lei_n._86-2022.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1886/projeto_de_lei_n._87-2022.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1892/projeto_de_lei_n._88-2022.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1895/projeto_de_lei_n._89-2022.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1896/projeto_de_lei_no090-2022.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1901/projeto_de_lei_n._91-2022.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1908/projeto_n._93-2022.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1909/projeto_n._94-2022.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1910/projeto_n._95-2022.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1911/projeto_n._96-2022.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1912/projeto_n._97-2022.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1913/projeto_n._98-2022.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1914/projeto_n._99-2022.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1915/projeto_n._100-2022.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1916/projeto_n._101-2022.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1925/projeto_de_lei_n.102-2022.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1931/projeto_de_lei_n.103-2022.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1932/projeto_n._104-2022.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1933/projeto_de_lei_n.105-2022.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1934/projeto_n._106-2022.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1935/projeto_n._107-2022.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1936/projeto_n._108-2022.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1937/projeto_n._109-2022.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1938/projeto_de_lei_n.110-2022.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1939/projeto_n._111-2022.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1940/projeto_n._112-2022.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1942/projeto_de_lei_no113-2022.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1951/projeto_n._114-2022.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1969/projeto_n._115-2022.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1970/projeto_n._116-2022.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1971/projeto_n._117-2022.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1977/projeto_n._118-2022.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1979/projeto_n._119-2022.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1980/projeto_n._120-2022.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1981/projeto_n._121-2022.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1982/projeto_n._122-2022.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1991/projeto_de_lei_-_loa_2023_assinado_digitalmente..pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1993/projeto_n._124-2022.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1994/projeto_n._125-2022.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1995/projeto_n._126-2022.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1998/projeto_n._127-2022.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1999/projeto_n._128-2022.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2000/projeto_n._129-2022.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2001/projeto_de_lei_n._130-2022.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2002/projeto_de_lei_n._131-2022.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2003/projeto_de_lei_n._132-2022.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2013/projeto_de_lei_no134-2022.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2014/projeto_de_lei_n._135-2022.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2016/projeto_de_lei_n.136-2022.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2017/projeto_de_lei_n.137-2022.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2018/projeto_de_lei_no138-2022.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2022/projeto_de_lei_n.140.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2023/projeto_de_lei_n.141-2022.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2025/projeto_de_lei_n.142_-2022.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2027/projeto_de_lei_n.143-2022.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2031/projeto_de_lei_n._146.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2034/projeto_de_lei_no147-2022.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2038/projeto_de_lei_no148-2022.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2040/projeto_de_lei_no149-2022.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2041/projeto_de_lei_no150-2022.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2042/projeto_de_lei_n.151.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2047/projeto_de_lei_no152-2022.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2048/projeto_de_lei_no153-2022.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2049/projeto_de_lei_no154-2022.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2050/projeto_de_lei_no155-2022.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2051/projeto_de_lei_no156-2022.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2052/projeto_de_lei_no157-2022.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2053/projeto_de_lei_no158-2022.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2071/projeto_de_lei_no161-2022.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2072/projeto_de_lei_no162-2022.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2073/projeto_de_lei_no163-2022.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2081/projeto_de_lei_no_164-2022.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2082/projeto_de_lei_no_165-2022.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2083/projeto_de_lei_no_166-2022.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2087/projeto_de_lei_no167-2022.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2088/projeto_de_lei_no168-2022.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2089/projeto_de_lei_no169-2022.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2096/projeto_de_lei_no_170-2022.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2097/projeto_de_lei_n171-2022.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2098/projeto_de_lei_n._172-2022.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2099/projet_de__lei_n._173-2022.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2100/projeto_de_lei_n._174-2022.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2101/projeto_de_lei_n._175-2022.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2104/projeto_de_lei_n.176-2022.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2106/projeto_de_lei_n._177-2022.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2108/projeto_de_lei_n._178-2022.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2110/projeto_de_lei_n._179-2022.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2112/projeto_de_lei_n._180-2022.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2113/projeto_de_lei_n._181-2022.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2114/projeto_de_lei_n._182-2022.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2116/projeto_de_lei_n._183-2022.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2119/projeto_de_lei_n_184-2022.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2120/projeto_de_lei_n._185-2022.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2121/projeto_de_lei_n._186-2022.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2123/projeto_de_lei_no_187-2022.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2124/projeto_de_lei_no188-2022.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2126/projeto_de_lei_no189-2022.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2127/projeto_de_lei_no190-2022.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2138/projeto_de_lei_no_191.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2139/projeto_de_lei_no_192.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2140/projeto_de_lei_no_193.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2141/projeto_de_lei_no_194.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2142/projeto_de_lei_no_195.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2143/projeto_de_lei_no_196.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2144/projeto_de_lei_no_197.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2145/projeto_de_lei_no_198.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2146/projeto_de_lei_no_199.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2147/projeto_de_lei_no_200.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1706/projeto_de_lei_complementar_n._01-2022.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1707/projeto_de_lei_complementar_n._02-2022.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1708/projeto_de_lei_complementar_n._03-2022_novo.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1709/projeto_de_lei_complementar_n._04-2022.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1710/projeto_de_lei_complementar_n._05-2022.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1711/projeto_de_lei_complementar_n._06-2022.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1713/projeto_de_lei_complementar_n._07-2022.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1716/projeto_complementar_n_08-2022.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1776/projeto_de_lei_complementar_n09-2022.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1860/projeto_de_lei_complementar_no010-2022.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1869/projeto_de_lei_complementar_n._11-2022.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1952/projeto_complementar_n._12-2022.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1953/projeto_complementar_n._13-2022.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1957/projeto_complementar_n._14-2022.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1960/projeto_complementar_n._15-2022.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2044/projeto_de_lei_complementar_no016-2022.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2054/lei_complementa_n._17-2022.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2090/projeto_de_lei_comolementar_no_18-2022.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2105/projeto_de_lei_complementa_n.19-2022.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2107/projeto_de_lei_complementa_n._20-2022.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2109/projeto_de_lei_complementar_n.21-2022.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2111/projeto_de_lei_complementar_n._22-2022.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2115/projeto_de_lei_complementar_n._23-2022.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2117/projeto_de_lei_complementar_n._24-2022.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2118/projeto_de_lei_complementar_n.025-2022.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2133/projeto_complementar_no_26.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2134/projeto_complementar_no_27.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2135/projeto_complementar_no_28.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2136/projeto_complementar_no_29.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2137/projeto_complementar_no_30.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1821/projeto_de_decreto_legislativo_n.01-2022.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1966/projeto_de_decreto_legislativo_n.002-2022.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1681/projeto_de_resolucao_legislativa_n.001-2022.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1727/projeto_de_resolucao_n.002-2022.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1687/proposta_de_emenda_lei_organica_n.001-2022.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1824/proposta_de_emenda_a_lei_organica_n.02-2022.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1816/veto_01022.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1854/veto_municipal_n._002-2022.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2015/veto_municipal_no.003-2022.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1671/emenda_aditiva_no_01_ao_projeto_de_lei_no_13-2022.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1954/emenda_aditiva_n._02_ao_projeto_de_lei_n._114-2022.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1955/emenda_ao_projeto_de_lei_n.114-2022.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1672/emenda_modificativa_no_01_ao_projeto_de_lei_no_13-2022.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2131/emenda_modificativa_n.04-2022.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2132/emenda_modificativa_n.05-2022.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2062/edital_n.001-2022_-_convocacao_da_mesa.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2086/chapa_uniao_respeito_e_democracia..pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1631/indicacao_no__01-2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1632/indicacao_no__02-2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1655/indicacao_no__03-2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1656/indicacao_no__04-2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1657/indicacao_no__05-2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1658/indicacao_no__06-2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1659/indicacao_no__07-2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1721/indicacao_n_008-2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1722/indicacao_n_009-2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1723/indicacao_n_010-2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1724/indicacao_n_011-2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1740/indicacao_n._012-2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1744/indicacao_n._013-2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1769/indicacao_n014.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1770/indicacao_n_015.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1771/indicacao_n16.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1825/indicacao_n.17-2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1844/indicacao_n.018-2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1848/indicacao_n._19-2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1849/indicacao_n._20-2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1850/indicacao_n._21-2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1851/indicacao_n._22-2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1928/indicacao_n._23-2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1929/indicacao_n._24-2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1930/indicacao_n._25-2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1943/indicacao_n._26-2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1944/indicacao_n._27-2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1962/indicacao_n._28-2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1963/indicacao_n._29-2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2028/indicacao_no__33-2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2068/indicacao_no__34-2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2074/indicacao_no__35-2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2075/indicacao_no__36-2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2076/indicacao_no__37-2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2077/indicacao_no__38-2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2084/indicacao_no__39-2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2092/indicacao_legislativa_no_40-2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2129/indicacao_no__41-2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1622/requerimento_001-2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1623/requerimento_002-2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1624/requerimento_003-2022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1625/requerimento_004-2022.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1626/requerimento_005-2022.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1633/requerimento_006-2022.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1634/requerimento_007-2022.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1635/requerimento_008-2022.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1636/requerimento_009-2022.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1637/requerimento_010-2022.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1638/requerimento_011-2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1639/requerimento_012-2022.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1640/requerimento_013-2022.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1641/requerimento_014-2022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1642/requerimento_015-2022.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1643/requerimento_016-2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1644/requerimento_017-2022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1645/requerimento_018-2022.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1646/requerimento_019-2022.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1647/requerimento_020-2022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1649/requerimento_022-2022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1650/requerimento_023-2022.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1651/requerimento_024-2022.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1652/requerimento_025-2022.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1653/requerimento_026-2022.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1654/requerimento_027-2022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1661/requerimento_028-2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1662/requerimento_029-2022.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1663/requerimento_030-2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1664/requerimento_031-2022.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1665/requerimento_032-2022.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1666/requerimento_033-2022.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1667/requerimento_034-2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1668/requerimento_035-2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1669/requerimento_036-2022.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1670/requerimento_037-2022.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1677/requerimento_038-2022.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1678/requerimento_39-2022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1679/requerimento_40-2022.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1680/requerimento_041-2022.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1682/requerimento_042-2022.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1683/requerimento_043-2022.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1684/requerimento_044-2022.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1685/requerimento_045-2022.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1688/requerimento_n46-2022.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1689/requerimento_n47-2022.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1690/requerimento_n48-2022.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1691/requerimento_n49-2022.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1692/requerimento_n50-2022.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1693/requerimento_n51-2022.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1694/requerimento_n52-2022.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1695/requerimento_n53-2022.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1697/requerimento_n542022.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1698/requerimento_n55-2022.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1699/requerimento_n56-2022.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1715/requerimento_n_057-2022.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1717/requerimento_n_058-2022.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1718/requerimento_n_059-2022.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1719/requerimento_n_060-2022.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1720/requerimento_n_061-2022.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1728/requerimento_n_062-2022.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1729/requerimento_n._063-2022.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1730/requerimento_n._064-2022.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1731/requerimento_n._065-2022.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1732/requerimento_n._066-2022.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1733/requerimento_n._067-2022.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1734/requerimento_n._068-2022.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1735/requerimento_n._069-2022.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1741/requerimento_n._070-2022.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1742/requerimento_n._071-2022.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1743/requerimento_n._072-2022.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1745/requerimento_n._073-2022.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1753/requerimento_n._074-2022.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1757/requerimento_n._075-2022.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1758/requerimento_n076-2022.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1759/requerimento_n077-2022.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1760/requerimento_n078-2022.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1761/requerimento_n079-2022.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1762/requerimento_n080-2022.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1763/requerimento_n081-2022.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1772/requerimento_n083-2022.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1773/requerimento_n084-2022.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1774/requerimento_n085-2022.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1777/requerimento_n._086-2022.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1778/requerimento_n._087-2022.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1781/requerimento_n._088-2022.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1785/requerimento_n._089-2022.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1786/requerimento_n._090-2022.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1787/requerimento_n_91-2022.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1788/requerimento_n_92-2022.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1789/requerimento_n_93-2022.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1790/requerimento_n_94-2022.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1791/requerimento_n_95-2022.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1792/requerimento_n_97-2022.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1793/requerimento_n_97-2022.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1794/requerimento_n_98-2022.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1795/requerimento_n.099-2022.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1801/requerimento_n.100-2022.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1802/requerimento_n.101-2022.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1803/requerimento_n.102-2022.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1804/requerimento_n.103-2022.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1805/requerimento_n.104-2022.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1806/requerimento_n.105-2022.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1809/requerimento_n.106-2022.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1810/requerimento_n_107-2022.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1811/requerimento_n_108-2022.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1812/requerimento_n_109-2022.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1815/requerimento_n_110-2022.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1817/requerimento_n_111-2022.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1818/requerimento_n_112-2022.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1819/requerimento_n_113-2022.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1820/requerimento_n.114-2022.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1822/requerimento_n.115-2022.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1828/requerimento_n.116-2022.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1829/requerimento_n.117-2022.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1838/requerimento_n.118-2022.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1839/requerimento_n.119-2022.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1840/requerimento_n.120-2022.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1841/requerimento_n.121-2022.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1842/requerimento_n.122-2022.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1843/requerimento_n.123-2022.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1845/requerimento_n.124-2022.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1846/requerimento_n._125-2022.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1847/requerimento_n._126-2022.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1856/requerimento_n._127-2022.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1857/requerimento_n._128-2022.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1868/requerimento_n._129-2022.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1871/requerimento_n._130-2022.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1872/requerimento_n._131-2022.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1873/requerimento_n._132-2022.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1874/requerimento_n._133-2022.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1876/requerimento_n._134-2022.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1893/requerimento_n._136-2022.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1894/requerimento_n._137-2022.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1897/requerimento_n._138-2022.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1898/requerimento_n._139-2022.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1899/requerimento_n._140-2022.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1900/requerimento_n._141-2022.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1903/requerimento_n._142-2022.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1904/requerimento_n._143-2022.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1905/requerimento_n._144-2022.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1917/requerimento_n._145-2022.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1918/requerimento_n._146-2022.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1919/requerimento_n._147-2022.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1920/requerimento_n._148-2022.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1921/requerimento_n._149-2022.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1922/requerimento_n._150-2022.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1923/requerimento_n._151-2022.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1924/requerimento_n._152-2022.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1926/requerimento_n._153-2022.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1927/requerimento_n._154-2022.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1941/requerimento_n._155-2022.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1945/requerimento_n._156-2022.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1946/requerimento_n._157-2022.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1947/requerimento_n._158-2022.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1948/requerimento_n._159-2022.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1956/requerimento_n._160-2022.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1958/requerimento_n._161-2022.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1959/requerimento_n._162-2022.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1964/requerimento_n._163-2022.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1965/requerimento_n._164-2022.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1967/requerimento_n._165-2022.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1972/requerimento_n._166-2022.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1973/requerimento_n._167-2022.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1974/requerimento_n._168-2022.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1975/requerimento_n._169-2022.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1976/requerimento_n._170-2022.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1978/requerimento_n._171-2022.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1983/requerimento_n.172-2022.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1984/requerimento_n.173-2022.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1988/requerimento_no_174-2023.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1989/requerimento_n._175-2022.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1990/requerimento_n._176-2022.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1996/requerimento_n._177-2022.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1997/requerimento_n.178-2022.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2004/requerimento_n.179-2022.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2005/requerimento_n.180-2022.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2008/requerimento_n.181-2022.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2009/requerimento_n.182-2022.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2012/requerimento_n.183-2022.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2019/requerimento_184-2022.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2021/requerimento_185-2022.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2024/requerimento_186-2022.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2026/requerimento_187-2022.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2033/requerimento_n.188.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2035/requerimento_n.189.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2036/requerimento_n._190.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2037/requerimento_n.191-2022.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2039/requerimento_n._192.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2043/requerimento_n._193.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2045/requerimento_n.194.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2046/requerimento_n.195.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2055/requerimento_196-2022.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2056/requerimento_197-2022.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2057/requerimento_198-2022.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2059/requerimento_n._199.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2060/requerimento_n.200.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2061/requeriemento_n._201.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2065/requerimento_n._202.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2066/requerimento_n._203.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2069/requerimento_no_204-2022.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2070/requerimento_no_205-2022.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2078/requerimento_no_206-2022.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2079/requerimento_no_207-2022.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2080/requerimento_no_208-2022.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2091/requerimento_no_209-2022.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2093/requerimento_n._210-2022.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2094/requerimento_no_2011-2022.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2095/requerimento_no_212-2022.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2102/requerimento_no_213-2022.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2103/requerimentoo_no_214-2022.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2122/requerimento_no_215-2022.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2125/requerimento_no_216-2022.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2128/requerimento_no_217-2022.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1807/mocao_no_001-22_direcao_hospital_regional.doc" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1628/apl_no.01-2022.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1629/apl_no.02-2022.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1630/apl_no.03-2022.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1696/apl_no.04-2022.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1800/anteprojeto_n._07-2022.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1853/anteprojeto_n._08-2022.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1961/anteprojeto_n._09-2022.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1968/anteprojeto_n._10-2022.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2058/anteprojeto_de_lei_n.12-2022.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2067/apl_no.013-2022.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2085/anteprojrto_de_lei_no_14-2022.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1611/projeto_de_lei_no_01-2022.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1612/projeto_de_lei_no_02-2022.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1613/projeto_de_lei_no_03-2022.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1614/projeto_de_lei_no_04-2022.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1615/projeto_de_lei_no_05-2022.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1616/projeto_de_lei_no_06-2022.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1617/projeto_de_lei_no_07-2022.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1618/projeto_de_lei_no_08-2022.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1619/projeto_de_lei_no_09-2022.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1620/projeto_de_lei_no_10-2022.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1621/projeto_de_lei_no_11-2022.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1660/projeto_de_lei_no_13-2022.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1673/projeto_de_lei_no_14-2022.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1674/projeto_de_lei_no_15-2022.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1675/projeto_de_lei_no_16-2022.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1676/projeto_de_lei_no_17-2022.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1686/projeto_de_lei_no_18-2022.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1700/projeto_de_lei_n._19-2022.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1701/projeto_de_lei_n._20-2022.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1702/projeto_de_lei_n._21-2022.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1703/projeto_de_lei_n._22-2022.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1704/projeto_de_lei_n._23-2022.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1705/projeto_de_lei_n._24-2022.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1712/projeto_de_lei_n._25-2022.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1714/projeto_de_lei_n._26-2022.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1725/projeto_de_lei_n_27-2022.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1726/projeto_de_lei_n_28-2022.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1736/projeto_de_lei_n.29.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1737/projeto_de_lei_n.30.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1738/projeto_de_lei_n.31.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1739/projeto_de_lei_n.32.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1746/projeto_de_lei_n._33-2022.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1747/projeto_de_lei_n._34-2022.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1748/projeto_de_lei_n._035-2022.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1749/projeto_de_lei_n._36-2022.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1750/projeto_de_lei_n._37-2022.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1751/anexo_do_projeto_de_lei_n._038-2022.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1764/projeto_n._39-2022.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1765/projeto_de_lei_n._40-2022.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1766/projeto_de_lei_n.041-2022_-_crispin.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1767/projeto_de_lei_n.042-2022_-_crispin.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1775/projeto_de_lei_n_43.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1779/projeto_de_lei_n_44.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1780/projeto_de_lei_n_45.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1782/projeto_de_lei_n_46.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1783/projeto_n._47-2022.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1796/projeto_de_lei_n._48-2022.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1797/projeto_de_lei_n._49-2022.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1798/projeto_de_lei_n._50-2022.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1799/projeto_de_lei_n._51-2022.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1808/projeto_n._52-2022.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1813/projeto_de_lei_053-2022.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1814/projeto_de_lei_054-2022.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1823/projeto_de_lei_n.055-2022.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1826/projeto_de_lei_n.56.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1827/projeto_de_lei_n.057-2022.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1830/projeto_de_lei_n_58-2022.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1831/projeto_de_lei_29-2022.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1832/projeto_de_lei_n.60-2022.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1833/projeto_de_lei_n.61-2022.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1834/projeto_de_lei_n.62.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1835/projeto_de_lei_n_63-2022.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1836/projeto_de_lei_n.64.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1837/projeto_de_lei_n_65-2022.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1855/projeto_de_lei_n._66-2022.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1858/projeto_de_lei_n._67-2022.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1859/projeto_n._68-2022.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1861/projeto_de_lei_n._69-2022.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1862/projeto_de_lei_n._70-2022.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1863/projeto_de_lei_n._71-2022.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1864/projeto_de_lei_n._72-2022.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1865/projeto_de_lei_n._73-2022.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1866/projeto_de_lei_n._74-2022.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1867/projeto_de_lei_no075-2022.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1870/projeto_de_lei_n._076-2022.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1875/projeto_de_lei_n._77-2022.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1877/projeto_de_lei_n._78-2022.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1878/projeto_de_lei_n._79-2022.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1879/projeto_de_lei_n._80-2022.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1880/projeto_de_lei_n._81-2022.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1881/projeto_de_lei_n._82-2022.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1882/projeto_de_lei_n._83-2022.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1883/projeto_de_lei_n._84-2022.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1884/projeto_de_lei_n._85-2022.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1885/projeto_de_lei_n._86-2022.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1886/projeto_de_lei_n._87-2022.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1892/projeto_de_lei_n._88-2022.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1895/projeto_de_lei_n._89-2022.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1896/projeto_de_lei_no090-2022.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1901/projeto_de_lei_n._91-2022.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1908/projeto_n._93-2022.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1909/projeto_n._94-2022.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1910/projeto_n._95-2022.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1911/projeto_n._96-2022.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1912/projeto_n._97-2022.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1913/projeto_n._98-2022.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1914/projeto_n._99-2022.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1915/projeto_n._100-2022.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1916/projeto_n._101-2022.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1925/projeto_de_lei_n.102-2022.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1931/projeto_de_lei_n.103-2022.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1932/projeto_n._104-2022.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1933/projeto_de_lei_n.105-2022.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1934/projeto_n._106-2022.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1935/projeto_n._107-2022.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1936/projeto_n._108-2022.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1937/projeto_n._109-2022.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1938/projeto_de_lei_n.110-2022.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1939/projeto_n._111-2022.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1940/projeto_n._112-2022.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1942/projeto_de_lei_no113-2022.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1951/projeto_n._114-2022.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1969/projeto_n._115-2022.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1970/projeto_n._116-2022.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1971/projeto_n._117-2022.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1977/projeto_n._118-2022.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1979/projeto_n._119-2022.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1980/projeto_n._120-2022.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1981/projeto_n._121-2022.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1982/projeto_n._122-2022.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1991/projeto_de_lei_-_loa_2023_assinado_digitalmente..pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1993/projeto_n._124-2022.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1994/projeto_n._125-2022.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1995/projeto_n._126-2022.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1998/projeto_n._127-2022.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1999/projeto_n._128-2022.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2000/projeto_n._129-2022.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2001/projeto_de_lei_n._130-2022.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2002/projeto_de_lei_n._131-2022.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2003/projeto_de_lei_n._132-2022.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2013/projeto_de_lei_no134-2022.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2014/projeto_de_lei_n._135-2022.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2016/projeto_de_lei_n.136-2022.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2017/projeto_de_lei_n.137-2022.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2018/projeto_de_lei_no138-2022.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2022/projeto_de_lei_n.140.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2023/projeto_de_lei_n.141-2022.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2025/projeto_de_lei_n.142_-2022.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2027/projeto_de_lei_n.143-2022.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2031/projeto_de_lei_n._146.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2034/projeto_de_lei_no147-2022.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2038/projeto_de_lei_no148-2022.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2040/projeto_de_lei_no149-2022.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2041/projeto_de_lei_no150-2022.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2042/projeto_de_lei_n.151.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2047/projeto_de_lei_no152-2022.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2048/projeto_de_lei_no153-2022.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2049/projeto_de_lei_no154-2022.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2050/projeto_de_lei_no155-2022.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2051/projeto_de_lei_no156-2022.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2052/projeto_de_lei_no157-2022.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2053/projeto_de_lei_no158-2022.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2071/projeto_de_lei_no161-2022.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2072/projeto_de_lei_no162-2022.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2073/projeto_de_lei_no163-2022.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2081/projeto_de_lei_no_164-2022.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2082/projeto_de_lei_no_165-2022.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2083/projeto_de_lei_no_166-2022.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2087/projeto_de_lei_no167-2022.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2088/projeto_de_lei_no168-2022.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2089/projeto_de_lei_no169-2022.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2096/projeto_de_lei_no_170-2022.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2097/projeto_de_lei_n171-2022.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2098/projeto_de_lei_n._172-2022.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2099/projet_de__lei_n._173-2022.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2100/projeto_de_lei_n._174-2022.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2101/projeto_de_lei_n._175-2022.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2104/projeto_de_lei_n.176-2022.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2106/projeto_de_lei_n._177-2022.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2108/projeto_de_lei_n._178-2022.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2110/projeto_de_lei_n._179-2022.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2112/projeto_de_lei_n._180-2022.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2113/projeto_de_lei_n._181-2022.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2114/projeto_de_lei_n._182-2022.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2116/projeto_de_lei_n._183-2022.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2119/projeto_de_lei_n_184-2022.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2120/projeto_de_lei_n._185-2022.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2121/projeto_de_lei_n._186-2022.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2123/projeto_de_lei_no_187-2022.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2124/projeto_de_lei_no188-2022.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2126/projeto_de_lei_no189-2022.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2127/projeto_de_lei_no190-2022.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2138/projeto_de_lei_no_191.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2139/projeto_de_lei_no_192.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2140/projeto_de_lei_no_193.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2141/projeto_de_lei_no_194.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2142/projeto_de_lei_no_195.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2143/projeto_de_lei_no_196.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2144/projeto_de_lei_no_197.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2145/projeto_de_lei_no_198.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2146/projeto_de_lei_no_199.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2147/projeto_de_lei_no_200.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1706/projeto_de_lei_complementar_n._01-2022.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1707/projeto_de_lei_complementar_n._02-2022.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1708/projeto_de_lei_complementar_n._03-2022_novo.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1709/projeto_de_lei_complementar_n._04-2022.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1710/projeto_de_lei_complementar_n._05-2022.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1711/projeto_de_lei_complementar_n._06-2022.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1713/projeto_de_lei_complementar_n._07-2022.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1716/projeto_complementar_n_08-2022.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1776/projeto_de_lei_complementar_n09-2022.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1860/projeto_de_lei_complementar_no010-2022.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1869/projeto_de_lei_complementar_n._11-2022.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1952/projeto_complementar_n._12-2022.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1953/projeto_complementar_n._13-2022.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1957/projeto_complementar_n._14-2022.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1960/projeto_complementar_n._15-2022.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2044/projeto_de_lei_complementar_no016-2022.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2054/lei_complementa_n._17-2022.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2090/projeto_de_lei_comolementar_no_18-2022.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2105/projeto_de_lei_complementa_n.19-2022.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2107/projeto_de_lei_complementa_n._20-2022.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2109/projeto_de_lei_complementar_n.21-2022.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2111/projeto_de_lei_complementar_n._22-2022.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2115/projeto_de_lei_complementar_n._23-2022.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2117/projeto_de_lei_complementar_n._24-2022.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2118/projeto_de_lei_complementar_n.025-2022.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2133/projeto_complementar_no_26.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2134/projeto_complementar_no_27.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2135/projeto_complementar_no_28.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2136/projeto_complementar_no_29.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2137/projeto_complementar_no_30.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1821/projeto_de_decreto_legislativo_n.01-2022.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1966/projeto_de_decreto_legislativo_n.002-2022.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1681/projeto_de_resolucao_legislativa_n.001-2022.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1727/projeto_de_resolucao_n.002-2022.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1687/proposta_de_emenda_lei_organica_n.001-2022.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1824/proposta_de_emenda_a_lei_organica_n.02-2022.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1816/veto_01022.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1854/veto_municipal_n._002-2022.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2015/veto_municipal_no.003-2022.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1671/emenda_aditiva_no_01_ao_projeto_de_lei_no_13-2022.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1954/emenda_aditiva_n._02_ao_projeto_de_lei_n._114-2022.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1955/emenda_ao_projeto_de_lei_n.114-2022.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/1672/emenda_modificativa_no_01_ao_projeto_de_lei_no_13-2022.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2131/emenda_modificativa_n.04-2022.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2132/emenda_modificativa_n.05-2022.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2062/edital_n.001-2022_-_convocacao_da_mesa.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2022/2086/chapa_uniao_respeito_e_democracia..pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H529"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="40.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="168.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="142.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="141.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>