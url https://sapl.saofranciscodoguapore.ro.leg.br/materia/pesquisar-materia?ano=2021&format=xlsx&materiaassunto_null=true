--- v0 (2026-01-29)
+++ v1 (2026-03-17)
@@ -54,4407 +54,4407 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1469</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IN</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Geferson dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1469/indicacao_001-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1469/indicacao_001-2021.pdf</t>
   </si>
   <si>
     <t>Indicação que solicito para que seja feito uma alteração na Lei Municipal 814/2012, diminuindo em 50% o valor das UFM pagas pelas Agroindústria de nosso município, em especial no Art. 09º, Incisos IV, V e VI da referida Lei.</t>
   </si>
   <si>
     <t>1472</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Edison Crispin</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1472/indicacao_002-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1472/indicacao_002-2021.pdf</t>
   </si>
   <si>
     <t>Indicação que solicito para que seja feito uma alteração na Lei Complementar nº.065/2019, em seu Art. 76, Inciso VII, que trata do auxílio saúde dos Servidores públicos da Câmara Municipal, alterando o valor equivalente para 5% (cinco por cento) do padrão inicial maior da carreira elementar.</t>
   </si>
   <si>
     <t>1567</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/</t>
   </si>
   <si>
     <t>Indica que seja feito a Regularização Fundiária de lotes urbanos, objetos do Programa de Subsídio á habitação de interesse Social – PSH, com interveniência da Prefeitura Municipal de São Francisco do Guaporé, conhecido como as Casinhas do Abrão.</t>
   </si>
   <si>
     <t>1215</t>
   </si>
   <si>
     <t>RE</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1215/requerimento_001-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1215/requerimento_001-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Agricultura, a rescisão do contrato de aluguel para usar as instalações do Madre Paulina.</t>
   </si>
   <si>
     <t>1216</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1216/requerimento_002-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1216/requerimento_002-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, que disponibilize uma servidora Técnica de Saúde, para acompanhar todos os pacientes no ônibus que se desloca para o município de Porto Velho.</t>
   </si>
   <si>
     <t>1217</t>
   </si>
   <si>
     <t>Alan Siqueira, Geferson dos Santos</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Agricultura e Meio Ambiente, que elaborem e enviem com urgência o Código Municipal Ambiental, para que os vereadores possam analisar e aprovar esse Código de grande importância para o nosso município.</t>
   </si>
   <si>
     <t>1218</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Flavio Carequinha</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1218/requerimento_004-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1218/requerimento_004-2021.pdf</t>
   </si>
   <si>
     <t>Requer a criação da “Secretaria Municipal de Esporte, Cultura e Lazer”, desmembrando o que hoje é um Departamento da Secretaria Municipal de Educação.</t>
   </si>
   <si>
     <t>1219</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1219/requerimento_005-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1219/requerimento_005-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, a construção de uma faixa elevada, na Avenida Brasil, no bairro Cidade Alta, bem como a instalar sinalização de transito, em frente à Igreja Evangélica Assembleia de Deus.</t>
   </si>
   <si>
     <t>1220</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1220/requerimento_006-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1220/requerimento_006-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Educação, que substituía as diárias de campo dos motoristas do transporte escolar, por gratificação fixa.</t>
   </si>
   <si>
     <t>1221</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Ozias Santos, Alan Siqueira, Marluci Gabriel, Zé da Máquina</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1221/requerimento_007-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1221/requerimento_007-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento de Esporte, a Iluminação do Campo de Futebol da Vila Rica do Guaporé, beneficiando a Comunidade Rainha da Paz, km 75.</t>
   </si>
   <si>
     <t>1222</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Ozias Santos</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1222/requerimento_008-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1222/requerimento_008-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Saúde, que inclua atendimento odontológico no Posto de Saúde Sebastião Leite da Silva, para atender a todos os moradores da Comunidade do São Pedro.</t>
   </si>
   <si>
     <t>1223</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1223/requerimento_009-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1223/requerimento_009-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, que disponibilize um café da manhã para os servidores nos Postos de Saúde.</t>
   </si>
   <si>
     <t>1224</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1224/requerimento_010-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1224/requerimento_010-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Agricultura, que envie duas toneladas de cama de frango para a Escola Família Agrícola Vale do Guaporé.</t>
   </si>
   <si>
     <t>1225</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1225/requerimento_011-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1225/requerimento_011-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja feito dois quebra molas na Avenida São Francisco, sendo um em frente ao Bar do André e o outro em frente a Igreja Avivamento Bíblico do Pastor Abinadabe.</t>
   </si>
   <si>
     <t>1226</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1226/requerimento_012-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1226/requerimento_012-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja feito vários quebra molas na Avenida São Francisco, no bairro Cidade Alta, na entrada da Linha 04, para diminuir a velocidade dos veículos que vem da Linha 04.</t>
   </si>
   <si>
     <t>1228</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1228/requerimento_013-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1228/requerimento_013-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja feito vários quebra molas na nas ruas em volta da Praça do Tininho, na Cidade Alta, para evitar acidentes com as crianças que frequentam o local.</t>
   </si>
   <si>
     <t>1229</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Pastor Eber Lopes, Zé da Máquina</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1229/requerimento_014-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1229/requerimento_014-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretária Municipal de Obras, que faça o patrolamento e cascalhamento do Travessão do Dodô, que liga a Linha 01 do Setor Chacareiro, entrando pela Av. São Francisco, e que coloque um bueiro na entrada do travessão, para que a água que escorre pela Linha 01, não entre no travessão e alague a estrada.</t>
   </si>
   <si>
     <t>1230</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Pastor Eber Lopes</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1230/requerimento_015-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1230/requerimento_015-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretária Municipal de Obras, que seja feito um quebra mola em frente a Igreja Canaã Pentecostal no Brasil, localizada na Rua Rondônia.</t>
   </si>
   <si>
     <t>1231</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1231/requerimento_016-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1231/requerimento_016-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretária Municipal de Obras, que seja feito um quebra mola em frente a Igreja Presbiteriana Renovada, localizada na Avenida Paraná, bairro cidade baixa.</t>
   </si>
   <si>
     <t>1232</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1232/requerimento_017-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1232/requerimento_017-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja colocado manilhas ou tubos armco na entrada da Linha Santo Antônio, e aproximar e aprofundar mais os dois tubos armco que foram colocados recentemente na mesma linha, aonde não foi colocado os dois tubos no leito do riozinho, e os tubos ficaram altos, onde deveria ter sido colocado mais fundo.</t>
   </si>
   <si>
     <t>1233</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1233/requerimento_018-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1233/requerimento_018-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que faça o reparo de um bueiro na Linha 06, após a Associação AGRICAMPO.</t>
   </si>
   <si>
     <t>1234</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1234/requerimento_019-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1234/requerimento_019-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que tome providências urgente na Linha do São Pedro, lá no Rio São Pedro, que está se formando um grande atoleiro, e até o final da mesma Linha, existe outas formações de atoleiros.</t>
   </si>
   <si>
     <t>1235</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1235/requerimento_020-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1235/requerimento_020-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que faça um reparo em uma cratera que se formou na cabeceira da ponte na Linha 23, do km 72, próximo a propriedade do Senhor Adão.</t>
   </si>
   <si>
     <t>1247</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1247/requerimento_021-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1247/requerimento_021-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Ação Social, que providencie um café da manha para os pacientes que embarcam no ônibus da Saúde com destino a Porto Velho, uma vez por semana.</t>
   </si>
   <si>
     <t>1248</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Cidão Venâncio</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1248/requerimento_022-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1248/requerimento_022-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, a agilidade na instalação de Assistência Médica especializada por orientação remota (Telemedicina) na Unidade de Saúde Anestino de Almeida, em convênio com o Governo de Rondônia e o Hospital Albert Einstein.</t>
   </si>
   <si>
     <t>1249</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1249/requerimento_023-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1249/requerimento_023-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que realize a coleta de lixo em todo Setor Chacareiro Adão Martins, e também molhar a linha com o caminhão pipa no período de estiagem.</t>
   </si>
   <si>
     <t>1250</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1250/requerimento_024-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1250/requerimento_024-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que faça um reparo em uma cratera na Linha 04 (do Balneário do Paulinho do Lavador) entre as propriedades do Vitório e do Sérgio da Vaca.</t>
   </si>
   <si>
     <t>1251</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1251/requerimento_025-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1251/requerimento_025-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Agricultura, que atenda com prioridade os Proprietários de até 12,5 Hectares, com o Programa A HORA DO PRODUTOR, conforme o Art. 17 da Lei Municipal nº.1.394/2016, beneficiando assim a Agricultura Familiar de nosso município.</t>
   </si>
   <si>
     <t>1252</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1252/requerimento_026-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1252/requerimento_026-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Setor de Cadastro da Prefeitura, a prorrogação de pagamento dos Alvará (enquanto durar a pandemia), dos Comércio que funciona como Lanchonete e Espetinho, que funcionam no período noturno.</t>
   </si>
   <si>
     <t>1253</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1253/requerimento_027-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1253/requerimento_027-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Jurídico, que altere no Decreto Municipal que trata da Pandemia, o horário do toque de recolher, retornando as atividades para as 05 horas da manhã, para que nossos ciclistas possa praticar o esporte antes de suas atividades diárias.</t>
   </si>
   <si>
     <t>1254</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1254/requerimento_028-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1254/requerimento_028-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, a recuperação de trechos da Linha 02 do Setor Porto Murtinho, e implantação de dois bueiros, sendo um em frente a casa que o Tal morava, mil metros antes da Serra e o outro aonde a água está cortando a estrada.</t>
   </si>
   <si>
     <t>1255</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1255/requerimento_029-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1255/requerimento_029-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, a recuperação de trecho na Linha 04 do Setor  Porto Murtinho, principalmente o reparo da valeta que se formou em frente a casa do popular Calango.</t>
   </si>
   <si>
     <t>1256</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Braz Carlos Correia, Ozias Santos</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1256/requerimento_030-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1256/requerimento_030-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, a substituição das Pontes do Rio Conceição da Linha 02 B.</t>
   </si>
   <si>
     <t>1257</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Braz Carlos Correia</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1257/requerimento_031-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1257/requerimento_031-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, o corte de dois morros na Linha 33, próximo a fazendo do Sr. Cavalcante até a Associação.</t>
   </si>
   <si>
     <t>1258</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Alan Siqueira</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1258/requerimento_032-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1258/requerimento_032-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que se feito o reparo do final da Linha 08, do Setor Porto Murtinho, para atender aos moradores, Senhores Adelar, Alair, Rogério, Moacir e Edson.</t>
   </si>
   <si>
     <t>1259</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1259/requerimento_033-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1259/requerimento_033-2021.pdf</t>
   </si>
   <si>
     <t>Requer que providencie a formação de uma Comissão para analisar e reformular o Regimento Interno da Câmara Municipal.</t>
   </si>
   <si>
     <t>1260</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1260/requerimento_034-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1260/requerimento_034-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Jurídico da Prefeitura, informação por documento a respeito da regularização do Aeroporto Municipal.</t>
   </si>
   <si>
     <t>1262</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1262/requerimento_035-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1262/requerimento_035-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento Jurídico, a alteração no Art. 53 da Lei Complementar nº.052/2016, para que os servidores do quatro efetivo que forem designado para o cargo em comissão de chefia, direção ou assessoramento, recebam o salário do seu cargo efetivo e mais os 100% do vencimento do Cargo em Comissão de Direção, Chefia e Assessoramento, as famosas Portarias.</t>
   </si>
   <si>
     <t>1263</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1263/requerimento_036-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1263/requerimento_036-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento Jurídico, a alteração na Lei de Diárias, igualando o valor de R$ 180,00 reais para todos os servidores em distâncias acima de 110 km, e igualando também a meia diárias em viagens abaixo dos 110km.</t>
   </si>
   <si>
     <t>1264</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1264/requerimento_037-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1264/requerimento_037-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, que contrate ou terceirize, profissionais de massoterapia e psicologia para atender aos nossos servidores da Saúde e outros que estão trabalhando na linha de frente da pandemia, pois estão muitos abalados fisicamente e mentalmente com tudo que está acontecendo.</t>
   </si>
   <si>
     <t>1265</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1265/requerimento_038-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1265/requerimento_038-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretária Municipal de Ação Social, que ofereça um programa de curso gratuito de Informática Básica para nossa população carente.</t>
   </si>
   <si>
     <t>1266</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1266/requerimento_039-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1266/requerimento_039-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, que solicite da Funasa que passe fumasse em toda a cidade, para controlar o aumento de casos de dengue que está crescendo em nossa população.</t>
   </si>
   <si>
     <t>1276</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1276/requerimento_040-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1276/requerimento_040-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que coloque manilhas em quatro pontos estratégicos da Linha 90, sendo o primeiro ponto no km 07 e outros três pontos próximo a entrada da Fazenda da Via Vip, indo para o Sr. Silas Saraiva.</t>
   </si>
   <si>
     <t>1277</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1277/requerimento_041-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1277/requerimento_041-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que coloque manilhas na Linha 02 B, no km 13, em frente a carreira de Eucalipto.</t>
   </si>
   <si>
     <t>1278</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>Hermes Bordignon</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1278/requerimento_042-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1278/requerimento_042-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja feito um quebra molas na Avenida Tancredo Neves , próximo a Avenida São Francisco, sendo em frente a Rodoviária com a Tabacaria.</t>
   </si>
   <si>
     <t>1279</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1279/requerimento_043-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1279/requerimento_043-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento de Esporte, que faça a iluminação do Campo da Linha 90.</t>
   </si>
   <si>
     <t>1280</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1280/requerimento_044-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1280/requerimento_044-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Ação Social, que disponibilize uma equipe formada por Psicólogo e Assistente Social, juntamente com a equipe de palestra da Ação Social, para que possam realizar um trabalho social de palestras em nosso município para famílias com diversos problemas diversos, realizando um trabalho de orientação e ajuda.</t>
   </si>
   <si>
     <t>1281</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1281/requerimento_045-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1281/requerimento_045-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Ação Social, que Crie um Programa municipal Menor Aprendiz, para inclusão de jovens estudantes no mercado de trabalho, sendo matutino ou vespertino, com valores de R$ 400,00.</t>
   </si>
   <si>
     <t>1282</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>Marluci Gabriel</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1282/requerimento_046-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1282/requerimento_046-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Educação, a construção do Muro e Pintura do Prédio da Creche Municipal Olaiza, localizada na Rua Rondônia.</t>
   </si>
   <si>
     <t>1283</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1283/requerimento_047-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1283/requerimento_047-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Educação, a troca de calhas, troca de calçadas externas do pátio, colocar vidros no muro e construção do Muro em volta do terreno adquirido, tudo da Escola Pereira e Cáceres, localizada na RO 377, Linha 06 do Setor Porto Murtinho.</t>
   </si>
   <si>
     <t>1285</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1285/requerimento_048-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1285/requerimento_048-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Educação, algumas melhorias na Escola Regina Almeida Araújo, sendo a abertura de um portão de acesso a Quadra, instalação de um bebedor de acesso a quadra, cobertura do parquinho e construção de um estacionamento para ônibus na Rua Osvaldo Lázaro.</t>
   </si>
   <si>
     <t>1286</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1286/requerimento_049-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1286/requerimento_049-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Educação, que seja substituído a cobertura dos pergolados por vidros, na Escola Neusa de Oliveira Bravin.</t>
   </si>
   <si>
     <t>1287</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>Edison Crispin, Ozias Santos</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1287/requerimento_050-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1287/requerimento_050-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento Competente, para que seja dado auxilio combustível aos agentes comunitário de saúde.</t>
   </si>
   <si>
     <t>1310</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1310/requerimento_051-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1310/requerimento_051-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que comece com urgência a limpeza da cidade, fazendo o anuncio para que a população possa colocar seus entulhos na frente de seus terrenos.</t>
   </si>
   <si>
     <t>1311</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1311/requerimento_052-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1311/requerimento_052-2021.pdf</t>
   </si>
   <si>
     <t>Requer que seja feito o adesivamento de todos os carros do Poder Executivo, juntamente com as secretarias municipal.</t>
   </si>
   <si>
     <t>1312</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1312/requerimento_053-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1312/requerimento_053-2021.pdf</t>
   </si>
   <si>
     <t>Requer que o Senhor Presidente, de acordo com o Art. 26 de Lei Orgânica Municipal, a convocação do Secretário Municipal de Educação, para vir a está Casa de Leis fazer um esclarecimento em relação a uma suposta compra de livros da editora Positivo, e que seja em sessão ordinária.</t>
   </si>
   <si>
     <t>1314</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1314/requerimento_054-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1314/requerimento_054-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretária Municipal de Obras, que seja feito dois quebra-molas e faixas de pedestre em frente à Praça da Bíblia e Ginásio de esporte, localizada rua Manaus, bairro Alto Alegre.</t>
   </si>
   <si>
     <t>1315</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1315/requerimento_055-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1315/requerimento_055-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretária Municipal de Obras, que seja patrolado e feito o devido cascalhamento do travessão 3 A (tabocal) na BR 377 km 7,5.</t>
   </si>
   <si>
     <t>1316</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>Edison Crispin, Pastor Eber Lopes</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1316/requerimento_056-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1316/requerimento_056-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretária Municipal de Obras, que seja feito um quebra mola em à Igreja Batista Filhos da Honra, localizada na Avenida Brasil, bairro Alto Alegre.</t>
   </si>
   <si>
     <t>1317</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1317/requerimento_057-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1317/requerimento_057-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que faça um aterramento no atoleiro que está na Linha 02 B com a Linha Gogó da Onça.</t>
   </si>
   <si>
     <t>1318</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1318/requerimento_058-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1318/requerimento_058-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Agricultura, que faça o aumento dos megabytes da velocidade da internet da secretaria, para atender melhor os produtores.</t>
   </si>
   <si>
     <t>1323</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1323/requerimento_059-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1323/requerimento_059-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, a aquisição de dois aparelhos de celular e a troca do telefone fixo para a área do TSD.</t>
   </si>
   <si>
     <t>1324</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1324/requerimento_060-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1324/requerimento_060-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que faça um quebra mola na Rua Manaus, indo para o Setor Chacareiro, em frente a casa do Sr. Zaqueu.</t>
   </si>
   <si>
     <t>1325</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>Alan Siqueira, Marluci Gabriel</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1325/requerimento_061-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1325/requerimento_061-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Educação, que seja aterrado o Pátio da Escola Clodoaldo Splícigo, localizada na Linha 04.</t>
   </si>
   <si>
     <t>1326</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1326/requerimento_062-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1326/requerimento_062-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que faça a manutenção dos aparelhos de ginastica da Comunidade Santa Luzia, localizada na Linha 04.</t>
   </si>
   <si>
     <t>1327</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1327/requerimento_063-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1327/requerimento_063-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja feito o aterro da fossa velha da Escola Neusa de Oliveira Bravin, na Linha 33.</t>
   </si>
   <si>
     <t>1328</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1328/requerimento_064-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1328/requerimento_064-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja feito a renovação da pintura da faixa de pedestres em nossa cidade, bem como o rebaixamento do meio fio para os Cadeirantes.</t>
   </si>
   <si>
     <t>1331</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1331/requerimento_065-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1331/requerimento_065-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Agricultura, para contratar um mecânico de maquinas pesadas, para dar manutenção nos tratores das Associações.</t>
   </si>
   <si>
     <t>1332</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1332/requerimento_066-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1332/requerimento_066-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Agricultura, a aquisição e doação de Barracas padronizadas para distribuir entre os Feirantes do Barracão do Produtor.</t>
   </si>
   <si>
     <t>1333</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1333/requerimento_0667-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1333/requerimento_0667-2021.pdf</t>
   </si>
   <si>
     <t>Requer providencie junto a Secretaria Municipal de Agricultura, que faça a retirada do pó de serra antigo, que fica na Rua Maria Júlia Nham, no bairro cidade baixa, (antiga Serraria do Sr. Delmar) e distribua no setor chacareiro e as pessoas na cidade que trabalham com horta, de uma até quatro caçambas por proprietário.</t>
   </si>
   <si>
     <t>1335</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1335/requerimento_068-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1335/requerimento_068-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, o patrolamento Tampa Buraco da Linha dos Goianos, saindo pela Linha 69 até o Colégio Agrícola.</t>
   </si>
   <si>
     <t>1336</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1336/requerimento_069-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1336/requerimento_069-2021.pdf</t>
   </si>
   <si>
     <t>Requer providencie a formação de uma Comissão para analisar e reformular o Regimento Interno da Câmara Municipal.</t>
   </si>
   <si>
     <t>1337</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1337/requerimento_070-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1337/requerimento_070-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento de Cadastro, a isenção do Alvará do Clube do Davi, devido a proibição do Decreto Municipal, em funcionar seu estabelecimento, com isso, é justo isentar seu Clube de pagar o Alvará nesse ano de 2021;</t>
   </si>
   <si>
     <t>1338</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1338/requerimento_071-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1338/requerimento_071-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretária Municipal de Obras, que seja tampado os buracos no asfalto da Rua Tiradentes, em frente ao Posto de Saúde Anestino de Almeida, no Bairro Alto Alegre.</t>
   </si>
   <si>
     <t>1342</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>Geferson dos Santos, Marluci Gabriel, Zé da Máquina</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1342/requerimento_072-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1342/requerimento_072-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Municipal de Agricultura, que seja prorrogado por 06 (seis) meses o prazo de Licença Ambiental das Agroindústria.</t>
   </si>
   <si>
     <t>1343</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1343/requerimento_073-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1343/requerimento_073-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja feito o patrolamento e cascalhamento da Linha Noventinha e o Travessão da Boiadeira.</t>
   </si>
   <si>
     <t>1344</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1344/requerimento_074-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1344/requerimento_074-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja levado uma máquina lá no Distrito de Pedras Negras, para fazer o patrolamento da Pista de Pouso do Distrito.</t>
   </si>
   <si>
     <t>1345</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1345/requerimento_075-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1345/requerimento_075-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, a reabertura da Avenida Paraná em duas vias, da Rua Rio Branco até a Rua Integrações.</t>
   </si>
   <si>
     <t>1346</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1346/requerimento_076-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1346/requerimento_076-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que faça o patrolamento e cascalhamento na estrada do loteamento chacareiro, Jardim Atlântico, conhecido como “Setor Chacareiro do filho do Paulo Roso”.</t>
   </si>
   <si>
     <t>1348</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1348/requerimento_077-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1348/requerimento_077-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, a aquisição de uma Processadora Automática de Filmes Radiográficos, e que após sua aquisição, seja doada ao Hospital Regional de nosso município.</t>
   </si>
   <si>
     <t>1349</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1349/requerimento_078-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1349/requerimento_078-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, a aquisição de um Aparelho de Gasômetro, para o nosso município.</t>
   </si>
   <si>
     <t>1350</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1350/requerimento_079-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1350/requerimento_079-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Agricultura, a contratação de dois servidores formado em Técnicas Agrícola, para prestar atendimento aos nossos Feirantes em suas propriedades.</t>
   </si>
   <si>
     <t>1351</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1351/requerimento_080-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1351/requerimento_080-2021.pdf</t>
   </si>
   <si>
     <t>Requer providencie junto a Secretaria Municipal de Obras, o patrolamento Tampa Buraco da Linha 31;</t>
   </si>
   <si>
     <t>1352</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1352/requerimento_081-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1352/requerimento_081-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretária Municipal de Obras, que seja feito a Iluminação Pública na Avenida São Francisco, no Bairro Alto Alegre, entre as Ruas Curitiba e Rua Integração Nacional, e após seguindo até a Linha 01, fazer a manutenção das lâmpadas queimadas.</t>
   </si>
   <si>
     <t>1353</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1353/requerimento_082-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1353/requerimento_082-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretária Municipal de Ação Social, que disponibilize um local com aulas de músicas para nossa população, e se possível coloque em prática a Lei Municipal nº.1.701/2019.</t>
   </si>
   <si>
     <t>1354</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1354/requerimento_083-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1354/requerimento_083-2021.pdf</t>
   </si>
   <si>
     <t>Requer que o Exmo. Sr. Prefeito Municipal, e o mesmo cobre da ENERGISA, que seja feito a Ampliação da Rede Elétrica de todo o Setor Urbano da cidade, e acrescentado mais  Transformadores para melhor qualidade da energia em algumas regiões, como no Bairro Alto Alegre, entre a Rua Presidente Castelo Branco, Avenida São Francisco, e nas mediações da Rua Macapá até a Rua Integração Nacional.</t>
   </si>
   <si>
     <t>1355</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1355/requerimento_084-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1355/requerimento_084-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Agricultura, para contratar um veterinário que possa dar assistência e assinar pelas agroindústrias do município de São Francisco do Guaporé.</t>
   </si>
   <si>
     <t>1356</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1356/requerimento_085-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1356/requerimento_085-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, a manutenção das Lâmpadas da Praça do Tininho, no Bairro Cidade Alta e substituição das lâmpadas amarelas por brancas.</t>
   </si>
   <si>
     <t>1357</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1357/requerimento_086-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1357/requerimento_086-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, que seja feito atendimento médico duas vezes por mês no Distrito de Pedras Negras, em atendimento a reivindicação dos moradores local.</t>
   </si>
   <si>
     <t>1358</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1358/requerimento_087-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1358/requerimento_087-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Fazenda, a elaboração de uma proposta para Anistia e Remissão de multas e juros aos contribuintes inadimplentes com a Tesouraria Municipal.</t>
   </si>
   <si>
     <t>1359</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1359/requerimento_088-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1359/requerimento_088-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento de Cadastro, que seja notificados os proprietários de terrenos baldios para fazerem a limpezas de seus terrenos, de acordo com a Lei 1.211/2015.</t>
   </si>
   <si>
     <t>1360</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1360/requerimento_089-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1360/requerimento_089-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, a limpeza das margens do igarapé que corta a cidade baixa, entre as Ruas Chico Mendes até a Avenida São Francisco.</t>
   </si>
   <si>
     <t>1362</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1362/requerimento_090-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1362/requerimento_090-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que faça uma pequena abertura e cascalhamento de estrada na Linha 03 no km 05, que dá acesso a quatro famílias.</t>
   </si>
   <si>
     <t>1363</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1363/requerimento_091-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1363/requerimento_091-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, que intervenha junto a CIB, para que seja feito a vacinação contra COVID de todos os profissionais que trabalham nas Escolas, para início das aulas.</t>
   </si>
   <si>
     <t>1364</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1364/requerimento_092-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1364/requerimento_092-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja feito um aterro ao redor da casinha de abrigo construída na Linha 62, da Escola EFA.</t>
   </si>
   <si>
     <t>1369</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1369/requerimento_093-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1369/requerimento_093-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, o patrolamento e cascalhamento do Travessão da Linha 95 B até na Linha 27, passando pelo Pé de Galinha.</t>
   </si>
   <si>
     <t>1370</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1370/requerimento_094-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1370/requerimento_094-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento de Cadastro, que marquem uma Audiência Pública para tratar da colheita e destinação dos resíduos sólidos, bem como das taxas desse serviço.</t>
   </si>
   <si>
     <t>1371</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1371/requerimento_095-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1371/requerimento_095-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que faça o patrolamento e cascalhamento na estrada do Loteamento Chacareiro Jardim Atlântico, que é um anexo ao assentamento Chacareiro Adão Martins.</t>
   </si>
   <si>
     <t>1372</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>Braz Carlos Correia, Geferson dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1372/requerimento_096-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1372/requerimento_096-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, o cascalhamento das ruas próximo a Associação dos Protetores Ecológico da Baia de Belém – ASPROECOB, localizada na Linha 95 B.</t>
   </si>
   <si>
     <t>1382</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>Cidão Venâncio, Marluci Gabriel, Ozias Santos</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1382/requerimento_097-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1382/requerimento_097-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Agricultura e Meio Ambiente, que faça o recolhimento das embalagens de agrotóxicos (galões de veneno) utilizado por nossos produtores em nosso município.</t>
   </si>
   <si>
     <t>1383</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1383/requerimento_098-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1383/requerimento_098-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, o patrolamento e cascalhamento da Linha Eixo, principalmente do travessão que liga a Linha 04 do Setor Porto Murtinho.</t>
   </si>
   <si>
     <t>1384</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>Geferson dos Santos, Marluci Gabriel</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Agricultura, um Título de Subvenção no valor de R$ 15.000,00 (Quinze Mil Reais) em benefício da Associação dos Pequenos Produtores Rurais Bom Progresso – ASPRUBOP, inscrita no CNPJ nº.02.389.764/0001-46, com sua sede na BR 429, km 100.</t>
   </si>
   <si>
     <t>1385</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1385/requerimento_100-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1385/requerimento_100-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja cortado o morro da Linha 27, km 20, entre a propriedade do Sr. Braz Buriola e o Sr. Jocimar.</t>
   </si>
   <si>
     <t>1386</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1386/requerimento_101-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1386/requerimento_101-2021.pdf</t>
   </si>
   <si>
     <t>Requer uma Audiência Pública com os pais e profissionais de Educação, para tratar da militarização do Colégio Marcilene Ricardo Carvalho.</t>
   </si>
   <si>
     <t>1389</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1389/requerimento_102-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1389/requerimento_102-2021.pdf</t>
   </si>
   <si>
     <t>Aterrar o local onde vai ser construído a sede da associação Asprozem, tal requerimento se faz pelo motivo no qual a sede acima citada estará mudando de lugar fazendo-se necessário o aterro para que fique nivelado o pátio e não venha acarretar problemas futuros devido ao local ser de acesso a maquinas pesadas.</t>
   </si>
   <si>
     <t>1395</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1395/requerimento_103-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1395/requerimento_103-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, a manutenção e limpeza da Escola Maria Marta e da Quadra Poliesportiva.</t>
   </si>
   <si>
     <t>1396</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1396/requerimento_104-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1396/requerimento_104-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, a instalação da rede de abastecimento de água nas Casinhas Populares, nas do Colégio Maria Marta e ao lado da garagem da Obra.</t>
   </si>
   <si>
     <t>1397</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1397/requerimento_105-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1397/requerimento_105-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, a pavimentação asfáltica da Rua Campo Sales, no bairro Paraíso, da Rua João Goulart até a Rua das Castanheiras.</t>
   </si>
   <si>
     <t>1398</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1398/requerimento_106-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1398/requerimento_106-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, a construção de um quebra mola na Avenida Tancredo Neves, em frente a Farmácia Ultra Baixo.</t>
   </si>
   <si>
     <t>1399</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1399/requerimento_107-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1399/requerimento_107-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, a construção de um quebra mola na Linha Eixo, antes da Linha 02.</t>
   </si>
   <si>
     <t>1400</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1400/requerimento_108-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1400/requerimento_108-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretária Municipal de Obras, que seja feito subestação e iluminação pública na Rua dos Pioneiros, entre as Ruas Presidente Castelo Branco e a Rua São Francisco.</t>
   </si>
   <si>
     <t>1401</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1401/requerimento_109-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1401/requerimento_109-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Agricultura, que seja feito o aterro para a construção de agroindústria avícolas na linha 95.</t>
   </si>
   <si>
     <t>1406</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1406/requerimento_110-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1406/requerimento_110-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, a aquisição e instalação de seis (6) ventiladores de parede na Capela Mortuária.</t>
   </si>
   <si>
     <t>1425</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>Zé da Máquina</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1425/requerimento_111-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1425/requerimento_111-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que faça o pedido junto a Empresa Prestadora de Serviço de Asfalto, para passar Lama Asfáltica entre as Ruas Chico Mendes e a Rua Castelo Branco, cidade Alta, ruas com bloquetes.</t>
   </si>
   <si>
     <t>1426</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1426/requerimento_112-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1426/requerimento_112-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja feito dois quebra molas na Avenida Brasil, lado direito e lado esquerdo, antes da Rua Dom Pedro I, no bairro cidade alta.</t>
   </si>
   <si>
     <t>1427</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1427/requerimento_113-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1427/requerimento_113-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja feito um quebra-molas entre a linha 02 e a linha 03 da Eixo, aproximadamente uns mil e cem metros, para diminuir a velocidade do trafego de veículos.</t>
   </si>
   <si>
     <t>1428</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1428/requerimento_114-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1428/requerimento_114-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja feito um quebra-molas na Avenida Tancredo Neves , esquina com a Rua Getúlio Vargas, próximo a casa do Jesus.</t>
   </si>
   <si>
     <t>1429</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1429/requerimento_115-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1429/requerimento_115-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja feito um quebra-molas na linha 05 da Eixo km 01, lado esquerdo, em frente a casa do Sr. Benedito Rosa Cardoso.</t>
   </si>
   <si>
     <t>1430</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1430/requerimento_116-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1430/requerimento_116-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja feito a marcação da faixa para os cadeirantes na Avenida Tancredo Neves.</t>
   </si>
   <si>
     <t>1431</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1431/requerimento_117-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1431/requerimento_117-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja feito um quebra molas na Linha 02 B, no travessão em frente ao sitio do Sr. Sebastião e Salvador.</t>
   </si>
   <si>
     <t>1432</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1432/requerimento_118-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1432/requerimento_118-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, que libere a ambulância e os Técnicos de Saúde para dar assistência no Circuito de Montaria de Touros dos Peões da 429, que será realizado nos dias 28 e 29 de agosto, sendo durante o tempo do evento, aos sábados das 19 horas até as 21 horas e no domingo das 16 horas até as 18 horas.</t>
   </si>
   <si>
     <t>1434</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1434/requerimento_119-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1434/requerimento_119-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, o patrolamento e tapa buracos nas Linha 90, Linha 29, Linha 33 e Linha 27.</t>
   </si>
   <si>
     <t>1435</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1435/requerimento_120-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1435/requerimento_120-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento Jurídico, para que seja encaminhado o estudo de previsão do Reajuste Salarial para os servidores públicos do município, antes do envio do Orçamento para 2022.</t>
   </si>
   <si>
     <t>1436</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1436/requerimento_121-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1436/requerimento_121-2021.pdf</t>
   </si>
   <si>
     <t>Requer a renovação da gratificação de  Auxilio Covid para os Servidores da Saúde até o fim da pandemia, e que seja feito retroativo a Julho.</t>
   </si>
   <si>
     <t>1437</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1437/requerimento_122-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1437/requerimento_122-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento de Esporte, a realização do 1º Campeonato de Vôlei Municipal, sendo de duplas em quadra de areia.</t>
   </si>
   <si>
     <t>1438</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1438/requerimento_123-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1438/requerimento_123-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, a manutenção das lâmpadas de Iluminação Pública da Rua Santos Dumont, entre a Avenida Tancredo Neves, até a Rua Campos Sales, no Bairro Cidade Baixa.</t>
   </si>
   <si>
     <t>1439</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1439/requerimento_124-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1439/requerimento_124-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento de Esporte, a realização de um Campeonato de Futsal nas categorias infantil e juvenil.</t>
   </si>
   <si>
     <t>1440</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1440/requerimento_125-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1440/requerimento_125-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que faça a pintura dos quebra molas da cidade com tinta para demarcação viária.</t>
   </si>
   <si>
     <t>1441</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1441/requerimento_126-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1441/requerimento_126-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, a manutenção das lâmpadas de Iluminação Pública da Rua Rondônia, entre as Ruas João Goulart e a Rua das Castanheiras, no Bairro Paraíso.</t>
   </si>
   <si>
     <t>1442</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1442/requerimento_127-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1442/requerimento_127-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento de Esporte, que autorize a entrada de torcida no Campeonato de Futsal, com limitação a 30% da capacidade de público do Ginásio.</t>
   </si>
   <si>
     <t>1443</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>Cidão Venâncio, Marluci Gabriel</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1443/requerimento_128-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1443/requerimento_128-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, que faça com urgência a chamada de contratação dos três fisioterapeuta do concurso público municipal.</t>
   </si>
   <si>
     <t>1444</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1444/requerimento_129-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1444/requerimento_129-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, que disponibilize uma sala para a Fisioterapia Pediátrica, com todos os equipamentos necessários.</t>
   </si>
   <si>
     <t>1445</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1445/requerimento_130-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1445/requerimento_130-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, que faça a substituição dos Ar Condicionado dos Postos de Saúde e Pronto Atendimento.</t>
   </si>
   <si>
     <t>1446</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1446/requerimento_131-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1446/requerimento_131-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, que faça a reforma do Prédio da Funasa.</t>
   </si>
   <si>
     <t>1447</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1447/requerimento_132-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1447/requerimento_132-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, que faça a reforma do Laboratório Municipal.</t>
   </si>
   <si>
     <t>1448</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1448/requerimento_133-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1448/requerimento_133-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, a construção de um quebra mola na Rua Floriano Peixoto, com a Rua Castelo Branco, próximo ao Escritório Rondônia.</t>
   </si>
   <si>
     <t>1449</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1449/requerimento_134-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1449/requerimento_134-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, a construção de um quebra mola na Rua Dom Pedro I, com a Rua Presidente Castelo Branco, próximo ao antigo prédio do IMPES.</t>
   </si>
   <si>
     <t>1450</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1450/requerimento_135-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1450/requerimento_135-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, que contrate ou terceirize o serviço de Fonoaudiólogo.</t>
   </si>
   <si>
     <t>1451</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>Braz Carlos Correia, Marluci Gabriel</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1451/requerimento_136-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1451/requerimento_136-2021.pdf</t>
   </si>
   <si>
     <t>Requer que se disponibilize o Plenário da Câmara Municipal para o dia 23 de Agosto, para uma Reunião da Câmara Técnica do Leite, junto com a FAPERON, para os produtores de leite de nosso município.</t>
   </si>
   <si>
     <t>1452</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1452/requerimento_137-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1452/requerimento_137-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que faça uma demarcação de estacionamento de motos no centro de nossa cidade.</t>
   </si>
   <si>
     <t>1453</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>Alan Siqueira, Ozias Santos</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1453/requerimento_138-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1453/requerimento_138-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja providenciado uma Fábrica de Manilhas da Secretaria, para realizar uma parceria na construção de manilhas para atender nossos produtores rurais.</t>
   </si>
   <si>
     <t>1454</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1454/requerimento_139-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1454/requerimento_139-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja realizado semanalmente o aguamento da grama da Praça da Bíblia.</t>
   </si>
   <si>
     <t>1459</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1459/requerimento_140-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1459/requerimento_140-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Saúde, que faça atendimento nos Postos de Saúde Sebastião Leite da Silva na Linha 06 e Jucemar Miguel na Linha 04, pelo menos uma vez por semana.</t>
   </si>
   <si>
     <t>1460</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1460/requerimento_141-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1460/requerimento_141-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, que envie o caminhão pipa para molhar as Ruas da Vila Rica do Guaporé, Comunidade do Km 75, pelo menos duas vezes por semana.</t>
   </si>
   <si>
     <t>1465</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>Geferson dos Santos, Braz Carlos Correia</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1465/requerimento_142-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1465/requerimento_142-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que faça a contratação de duas (2) patrol e dois (2) Caminhão Pipa com urgência, para que consiga realizar todo o cronograma das linhas dos município antes do período chuvoso.</t>
   </si>
   <si>
     <t>1466</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1466/requerimento_143-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1466/requerimento_143-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Agricultura, que cobre da Empresa Terceirizada que ganhou o serviço de horas de PC, coloque mais duas máquinas para distribuir nos setores de nosso município.</t>
   </si>
   <si>
     <t>1467</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1467/requerimento_144-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1467/requerimento_144-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento de Esporte, a construção de um Poço Artesiano para atender as necessidades do Ginásio de Esportes.</t>
   </si>
   <si>
     <t>1468</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1468/requerimento_145-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1468/requerimento_145-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto aos Secretários de Obras e Agricultura, que peçam para as caçambas do município ou terceirizadas, quando retornarem dos trabalhos no setor rural, virem com meia caçamba de terra, para distribuir entre os produtores de horta em nossa cidade.</t>
   </si>
   <si>
     <t>1470</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1470/requerimento_146-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1470/requerimento_146-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento Jurídico da Prefeitura, a criação da “Secretaria Municipal de Meio Ambiente”, desmembrando o que hoje é um Departamento da Secretaria Municipal de Agricultura.</t>
   </si>
   <si>
     <t>1471</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1471/requerimento_147-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1471/requerimento_147-2021.pdf</t>
   </si>
   <si>
     <t>O Vereador que o presente subscreve, vem respeitosamente à presença da Mesa Diretora desta Augusta Câmara Municipal, REQUERER que depois de ouvido o Douto Plenário, com supedâneo no Regimento Interno deste Corpo Colegiado, a APROVAÇÃO deste REQUERIMENTO e posterior envio a Exmo. Sr. Prefeito Municipal, e o mesmo providencie junto a Secretaria Municipal de Obras, que seja feito a substituição das pontes de madeira por manilhas, do primeiro e segundo travessão da linha 27 para a linha 25</t>
   </si>
   <si>
     <t>1478</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1478/requerimento_148-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1478/requerimento_148-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Educação e Turismo, que faça a construção de Banheiros e instalação de bebedouros nas três Praças Municipal, e disponibilize um servidor do amigo voluntário para ficar à disposição delas na manutenção e limpeza.</t>
   </si>
   <si>
     <t>1479</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1479/requerimento_149-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1479/requerimento_149-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja feito um quebra molas na Estrada Boiadeiro, no Travessão com a 26, no km 10, em frente a Comunidade Luterana.</t>
   </si>
   <si>
     <t>1480</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>Ozias Santos, Marluci Gabriel</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1480/requerimento_150-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1480/requerimento_150-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, a aquisição de 20 tubos PAD, com recursos próprios, para ficar de reserva no pátio da Secretaria.</t>
   </si>
   <si>
     <t>1481</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1481/requerimento_151-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1481/requerimento_151-2021.pdf</t>
   </si>
   <si>
     <t>Reque junto a Secretaria de Obras, que faça a retirada das placas de sinalização dos ciclistas que estão nas marginais da BR 429, e coloque em cima dos canteiros.</t>
   </si>
   <si>
     <t>1482</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja feita a manutenção da ponte da linha 02 para a linha 03 que abaixou a sua cabeceira.</t>
   </si>
   <si>
     <t>1483</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1483/requerimento_153-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1483/requerimento_153-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja feita a manutenção da primeira ponte no travessão da linha 04 para a linha 90.</t>
   </si>
   <si>
     <t>1484</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1484/requerimento_154-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1484/requerimento_154-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja feita o aterro na entrada da linha Mavelzinha, para nivelar com a BR 429</t>
   </si>
   <si>
     <t>1485</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>Geferson dos Santos, Hermes Bordignon</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1485/requerimento_155-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1485/requerimento_155-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, corte o primeiro morro depois da sete ponte do rio São Pedro, para que seja usada a terra para fazer o aterro em cima dos tubos Armco que estão sendo instalado na linha 06.</t>
   </si>
   <si>
     <t>1490</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1490/requerimento_156-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1490/requerimento_156-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja feito dois quebra molas na Linha do Setor Chacareiro Adão Martins, em frente a horta do Derson.</t>
   </si>
   <si>
     <t>1491</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1491/requerimento_157-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1491/requerimento_157-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento Jurídico, um reajuste salarial para todos os cargos de agente político do município.</t>
   </si>
   <si>
     <t>1495</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>Zé da Máquina, Edison Crispin</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1495/requerimento_158-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1495/requerimento_158-2021.pdf</t>
   </si>
   <si>
     <t>Requer o mesmo providencie por meio de Decreto Municipal, autorização para liberação de eventos esportivos com som ao vivo nos Clubes de Esporte do Município.</t>
   </si>
   <si>
     <t>1496</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1496/requerimento_159-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1496/requerimento_159-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde que disponibilize um responsável para voltar a funcionar as academias de saúde nas comunidades, com aulas de zumba.</t>
   </si>
   <si>
     <t>1497</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1497/requerimento_160-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1497/requerimento_160-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, que seja construído um posto de Saúde no distrito de Santo Antônio.</t>
   </si>
   <si>
     <t>1498</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1498/requerimento_161-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1498/requerimento_161-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, que seja trocado a cobertura do posto de saúde em Pedras Negras.</t>
   </si>
   <si>
     <t>1499</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1499/requerimento_162-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1499/requerimento_162-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Educação que seja instalado energia solar na escola Tiradentes, localizado no distrito de Santo Antônio.</t>
   </si>
   <si>
     <t>1500</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>Flavio Carequinha, Edison Crispin</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1500/requerimento_163-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1500/requerimento_163-2021.pdf</t>
   </si>
   <si>
     <t>Requer providencie o aumento da diária do Programa Amigo Voluntário.</t>
   </si>
   <si>
     <t>1501</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1501/requerimento_164-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1501/requerimento_164-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, a reabertura das laterais da linha 90 km 01, devido a invasão da mata na estrada.</t>
   </si>
   <si>
     <t>1502</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1502/requerimento_165-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1502/requerimento_165-2021.pdf</t>
   </si>
   <si>
     <t>Requer que seja providenciado  a instalação dos ar condicionados na casa de Apoio.</t>
   </si>
   <si>
     <t>1505</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>Braz Carlos Correia, Edison Crispin</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1505/requerimento_no_166-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1505/requerimento_no_166-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto ao órgão competente, a pintura do peixe e do boi de escultura localizados na Avenida Guaporé.</t>
   </si>
   <si>
     <t>1506</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1506/requerimento_no_167-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1506/requerimento_no_167-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Educação, a Construção de estacionamento para carros e motos, para uso exclusivo dos servidores da Escola Ronaldo Aragão, sobre a calçada da frente do colégio e na lateral da unidade na Rua Ronaldo Aragão.</t>
   </si>
   <si>
     <t>1507</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1507/requerimento_no_168-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1507/requerimento_no_168-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja instalado uma Rede com iluminação pública da Rua Suelen Pascon, entre as Rua Campos Sales até a Avenida Tancredo Neves</t>
   </si>
   <si>
     <t>1508</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1508/requerimento_no_169-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1508/requerimento_no_169-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja reparado a iluminação pública da Rua Castanheira e na Rua Seringueira.</t>
   </si>
   <si>
     <t>1509</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>Braz Carlos Correia, Edison Crispin, Pastor Eber Lopes</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1509/requerimento_no_170-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1509/requerimento_no_170-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, a construção do muro do Cemitério Municipal, fechando a ala do Covid, até uns 30 metros no fundo</t>
   </si>
   <si>
     <t>1510</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1510/requerimento_no_171-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1510/requerimento_no_171-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento de Esporte, que já encaminhe o projeto para realização do Campeonato de Servidores Públicos de Futsal, junto com o Regulamento, para já começarmos em Outubro.</t>
   </si>
   <si>
     <t>1511</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>Braz Carlos Correia, Edison Crispin, Geferson dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1511/requerimento_no_172-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1511/requerimento_no_172-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, que solicite da Equipe de Vacinação, para fazer agendamentos nas Escolas Rurais e Km 75, e levar as vacinas para fazer a vacinação das pessoas que moram nessas regiões, e assim, evitar aglomeramento na cidade.</t>
   </si>
   <si>
     <t>1512</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1512/requerimento_no_173-2021_2.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1512/requerimento_no_173-2021_2.pdf</t>
   </si>
   <si>
     <t>Requer a aquisição de um Sistema de Vídeomonitoramento em todas as saídas da cidade e no centro, para manter os cidadãos mais seguros no que trata de roubos dentro de nossa cidade.</t>
   </si>
   <si>
     <t>1513</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1513/requerimento_no_174-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1513/requerimento_no_174-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento de Esporte, que volte a funcionar a Escolinha de Futebol Municipal para nossas crianças, e que contrate o Professor Paulo Herinque, formado em Educação Física.</t>
   </si>
   <si>
     <t>1514</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1514/requerimento_no_175-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1514/requerimento_no_175-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Educação, a instalação da Biblioteca Municipal Pública para nossa população e principalmente nossos estudantes.</t>
   </si>
   <si>
     <t>1515</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1515/requerimento_no_176-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1515/requerimento_no_176-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Educação, quer seja colocado computadores com impressora na Biblioteca Municipal que será novamente instalada.</t>
   </si>
   <si>
     <t>1521</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>Ozias Santos, Pastor Eber Lopes</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1521/requerimento_no_177-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1521/requerimento_no_177-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Educação, que faça a liberação da Quadra Poliesportiva do Colégio Maria Marta, para os moradores das Casinhas Popular praticar esporte, e ao mesmo tempo intermediar a ida de um caminhão pipa para lavar toda a Quadra.</t>
   </si>
   <si>
     <t>1522</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1522/requerimento_no_178-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1522/requerimento_no_178-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, que providencie um número telefônico de emergência que tenha WhatsApp, para que os moradores da Zona Rural possam entrar em contato quando precisarem pedir Ambulância.</t>
   </si>
   <si>
     <t>1523</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1523/requerimento_no_179-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1523/requerimento_no_179-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, que faça um convênio com uma Casa de Apoio no município de Cacoal, para receber os pacientes de nosso município.</t>
   </si>
   <si>
     <t>1528</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1528/requerimento_no_180-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1528/requerimento_no_180-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja feito a limpeza na área da sede da associação dos servidores públicos.</t>
   </si>
   <si>
     <t>1529</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1529/requerimento_no_181-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1529/requerimento_no_181-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que faça o cascalhamento na estrada do Assentamento Chacareiro Jardim Atlântico.</t>
   </si>
   <si>
     <t>1530</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1530/requerimento_no_182-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1530/requerimento_no_182-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obra, que seja feito a drenagem no final da linha 9 da Eixo, sendo uns 300 metros em frente a chácara do senhor Quelven.</t>
   </si>
   <si>
     <t>1532</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1532/requerimento_no_183-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1532/requerimento_no_183-2021.pdf</t>
   </si>
   <si>
     <t>1534</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>Braz Carlos Correia, Pastor Eber Lopes</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1534/requerimento_no_184-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1534/requerimento_no_184-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, a substituição da ponte de madeira por manilhas, na Linha 4 no km 12, em frente a propriedade do Senhor Paulo Rozo.</t>
   </si>
   <si>
     <t>1536</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1536/requerimento_no_185-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1536/requerimento_no_185-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, a construção de uma Faixa Elevada na Rua Amapá, a 50 metros da rua 7 de Setembro, do lado da Igreja Assembleia de Deus da Missão, no bairro Cidade Alta.</t>
   </si>
   <si>
     <t>1537</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1537/requerimento_no_186-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1537/requerimento_no_186-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Educação, que resolva urgentemente a Iluminação da Praça José Vieira, a nova praça perto da Garagem da Prefeitura.</t>
   </si>
   <si>
     <t>1538</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1538/requerimemnto_no_187-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1538/requerimemnto_no_187-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, a manutenção das Lâmpadas da Praça do Tininho, no Bairro Cidade Alta.</t>
   </si>
   <si>
     <t>1547</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1547/requerimento_no_188-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1547/requerimento_no_188-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, o patrolamento da Linha 95, até o Rio Guaporé, que hoje é o local turístico mais visitado de nosso município.</t>
   </si>
   <si>
     <t>1548</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1548/requerimento_no_189-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1548/requerimento_no_189-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que faça o patrolamento da Linha 02 A, de onde parou na esquina da propriedade do Sr. Parron, que continue fazendo sentido a fazenda do Helaido e do Sr. Wilson Parron, e que continue o cascalhamento de onde parou, onde vira no Sr. Parron, até na esquina do Sr. Goiano.</t>
   </si>
   <si>
     <t>1549</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1549/requerimento_no_190-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1549/requerimento_no_190-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que faça o cascalhamento da Linha 90, Linha 95 A que se liga a linha 2 A no 100.</t>
   </si>
   <si>
     <t>1550</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1550/requerimento_no_191-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1550/requerimento_no_191-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que faça um reparo na cabeceira da ponte na Linha 02 B, chegando na fazenda fortaleza.</t>
   </si>
   <si>
     <t>1551</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1551/requerimento_no_192-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1551/requerimento_no_192-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja podado duas árvores na Rua Rondônia, na primeira quadra próximo a Creche.</t>
   </si>
   <si>
     <t>1553</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1553/requerimento_no_193-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1553/requerimento_no_193-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria competente, que faça a instalação de ar condicionados na Capela Mortuária Municipal.</t>
   </si>
   <si>
     <t>1556</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1556/requerimento_no_194-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1556/requerimento_no_194-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento Jurídico, que deixe de ser obrigatório o uso de máscara em nosso município, ficando a critério do Estabelecimento ou Entidade o uso obrigatório em seu estabelecimento ou não.</t>
   </si>
   <si>
     <t>1557</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1557/requerimento_no_195-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1557/requerimento_no_195-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, a iluminação da ponte na Avenida São Francisco, entre os Bairro Cidade Baixa e o Alto Alegre.</t>
   </si>
   <si>
     <t>1558</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1558/requerimento_no_196-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1558/requerimento_no_196-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja feito a abertura da Avenida Getúlio Vargas com a BR 429, no bairro Cidade Alta.</t>
   </si>
   <si>
     <t>1568</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1568/requerimento_no_197-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1568/requerimento_no_197-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento de Esporte, a construção de Mureta de proteção com tela, em volta da Quadra Poliesportiva da Linha 06, da Comunidade São Pedro.</t>
   </si>
   <si>
     <t>1569</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1569/requerimento_no_198-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1569/requerimento_no_198-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Educação, Esporte, Lazer e Cultura, que seja feito uma construção de um barracão coberto com arquibancada no Campo Municipal.</t>
   </si>
   <si>
     <t>1570</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1570/requerimento_no_199-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1570/requerimento_no_199-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja feito a reparação da iluminação pública da Rua Tiradentes, em frente a Torre da Claro, onde tem algumas lâmpadas queimadas.</t>
   </si>
   <si>
     <t>1571</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1571/requerimento_no_200-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1571/requerimento_no_200-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja reparado uma valeta de água na Rua Valécio de Araújo, entre as Ruas Maria Julia e Rua Samuel Lourenço, no Bairro Cidade Alta.</t>
   </si>
   <si>
     <t>1573</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1573/requerimento_no_201-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1573/requerimento_no_201-2021.pdf</t>
   </si>
   <si>
     <t>1574</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1574/requerimento_no_202-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1574/requerimento_no_202-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Educação, que seja prorrogado o Teste Seletivo da Educação por mais um ano.</t>
   </si>
   <si>
     <t>1581</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1581/requerimento_no_203-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1581/requerimento_no_203-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obra, que providencie uma rampa para troca de óleo e outros serviços que necessitam desta rampa.</t>
   </si>
   <si>
     <t>1583</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1583/requerimento_no_204-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1583/requerimento_no_204-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, que faça uma reajuste no valor da diária de campo dos servidores que realizam campanha de vacinação humana ou antirrábica, especificado no §11, art. 1º, da Lei Municipal 945/2013.</t>
   </si>
   <si>
     <t>1584</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1584/requerimento_no_205-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1584/requerimento_no_205-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, que faça o reajuste no valor da Diária de Campo dos Motoristas de Viatura Leve e Assessor Técnico, todos da Secretaria Municipal de Saúde.</t>
   </si>
   <si>
     <t>1585</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1585/requerimento_no_206-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1585/requerimento_no_206-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, que faça o pagamento de diária de campo aos Agentes de Saúde, que estão realizando o serviço dos Agentes de Endemias.</t>
   </si>
   <si>
     <t>1586</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1586/requerimento_no_207-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1586/requerimento_no_207-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento Jurídico da Prefeitura junto com o Secretário Municipal de Saúde, que faça a atualização da Lei Municipal nº.676/2011 que trata dos Plantões de Farmácia.</t>
   </si>
   <si>
     <t>1587</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1587/requerimento_no_208-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1587/requerimento_no_208-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que seja feito a aquisição de uma máquina de solda Mig, para dar suporte aos mecânicos da Secretaria na manutenção dos maquinários.</t>
   </si>
   <si>
     <t>1593</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1593/requerimento_no_209-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1593/requerimento_no_209-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que faça a reabertura da Rua Amapá, entre as Ruas Rio Branco e Rua Macapá, nos fundo do Campo Municipal do Bairro Alto Alegre.</t>
   </si>
   <si>
     <t>1595</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1595/requerimento_no_210-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1595/requerimento_no_210-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretária Municipal de Obras, que seja feito a reabertura trecho de mata do travessão da linha 33 a linha 29.</t>
   </si>
   <si>
     <t>1596</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1596/requerimento_no_211-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1596/requerimento_no_211-2021.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, que corte o morro próximo ao travessão da linha 33 e com o cascalho retirado desse morro que seja feito o cascalhamento do trecho referido.</t>
   </si>
   <si>
     <t>1313</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Moção de Aplausos</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1313/mocao_n001-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1313/mocao_n001-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos aos Líderes Religiosos do Munícipio de São Francisco do Guaporé, pelo papel que desenvolvem em prol do Fortalecimento das Famílias, do Resgate Social e Salvando Vidas através da Fé, justifico ainda que no momento em que estamos passando de pandemia devido o Covid 19 os templos religiosos em obediência aos decretos hora estão abertos hora fechados, ainda existem aquelas pessoas que fazem parte do grupo de risco que ficam impedidos de participar dos cultos e missas presencial, mesmo assim os líderes religiosos se desdobram usando de meios disponível com todos os cuidados mais não deixando as pessoas membros das igrejas sem assistência e aconselhamentos pastorais, Ajudando e colaborando com o poder público.</t>
   </si>
   <si>
     <t>1433</t>
   </si>
   <si>
     <t>Alan Siqueira, Cidão Venâncio, Hermes Bordignon, Marluci Gabriel, Ozias Santos, Zé da Máquina</t>
   </si>
   <si>
     <t>Requer Moção de Aplausos a Ilma. Senhora Doutora, MARISA DE ALMEIDA, pelos relevantes trabalhos prestados como Juíza de Direito da Comarca do Município de São Francisco do Guaporé, principalmente pelas decisões tomada nesse período de pandemia que nosso município e o planeta atravessa.</t>
   </si>
   <si>
     <t>1494</t>
   </si>
   <si>
     <t>Requer Moção de Aplausos ao Ilmo. Senhor Pastor, MOISÉS PINHEIRO JUNIOR E FAMÍLIA, pelos trabalhos realizados frente à Igreja Evangélica Assembleia de Deus, desempenhando um trabalho social e espiritual de visita e oração junto as famílias de nosso município.</t>
   </si>
   <si>
     <t>1227</t>
   </si>
   <si>
     <t>APL</t>
   </si>
   <si>
     <t>Anteprojeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1227/anteprojeto_de_lei_n.01-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1227/anteprojeto_de_lei_n.01-2021.pdf</t>
   </si>
   <si>
     <t>"Acrescenta o Artigo 47 A, á Lei Municipal 1.472/2017, e dá outras providências"</t>
   </si>
   <si>
     <t>1261</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1261/anteprojeto_de_lei_n.02-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1261/anteprojeto_de_lei_n.02-2021.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a Realizar o Empréstimo de Cadeiras de Rodas, Cadeiras de Banho, Muletas e Andadores e dá outras providências”.</t>
   </si>
   <si>
     <t>1299</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1299/anteprojeto_de_lei_n.03-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1299/anteprojeto_de_lei_n.03-2021.pdf</t>
   </si>
   <si>
     <t>"Acrescenta os incisos VIII e IX ao artigo 12da Lei Municipal n. 1.611/2019"</t>
   </si>
   <si>
     <t>1300</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1300/anteprojeto_de_lei_n.04-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1300/anteprojeto_de_lei_n.04-2021.pdf</t>
   </si>
   <si>
     <t>"Institui as cores oficiais do Município e dispõe a obrigatoriedade da padronização das cores da pintura dos prédios público municipal e da outras providencias" .</t>
   </si>
   <si>
     <t>1334</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1334/anteprojeto_de_lei_n.05-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1334/anteprojeto_de_lei_n.05-2021.pdf</t>
   </si>
   <si>
     <t>"Institui no Sistema Público Municipal o Atendimento Diário ao Idoso denominado CRECHE ......."</t>
   </si>
   <si>
     <t>1340</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1340/anteprojeto_de_lei_n.06-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1340/anteprojeto_de_lei_n.06-2021.pdf</t>
   </si>
   <si>
     <t>Cria o Cargo de "Gerente de Transporte", contendo 01 (uma) vaga, bem como Altera as Leis Complementares Municipais nº.045/2015, nº.046/2015, e nº.047/2015, e da outras providências".</t>
   </si>
   <si>
     <t>1388</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1388/anteprojeto_de_lei_n.07-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1388/anteprojeto_de_lei_n.07-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a realizar aquisição de Cesta de Natal e da outras providências.</t>
   </si>
   <si>
     <t>1461</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1461/anteprojeto_de_lei_n.08-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1461/anteprojeto_de_lei_n.08-2021.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A DOAÇÃO DE ÓCULOS DE GRAU, PELO PODER PÚBLICO MUNICIPAL AOS ALUNOS REGULARMENTE MATRICULADOS NO ENSINO FUNDAMENTAL DA REDE PÚBLICA MUNICIPAL”.</t>
   </si>
   <si>
     <t>1462</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1462/anteprojeto_de_lei_n.09-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1462/anteprojeto_de_lei_n.09-2021.pdf</t>
   </si>
   <si>
     <t>“Determina o emplacamento de endereçamento, das Ruas do município de São Francisco do Guaporé”.</t>
   </si>
   <si>
     <t>1463</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1463/anteprojeto_de_lei_n.10-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1463/anteprojeto_de_lei_n.10-2021.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a obrigatoriedade de realização de exames oftalmológicos nos alunos matriculados na rede oficial de ensino Municipal e dá outras providências”.</t>
   </si>
   <si>
     <t>1473</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1473/anteprojeto_de_lei_n.11-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1473/anteprojeto_de_lei_n.11-2021.pdf</t>
   </si>
   <si>
     <t>"Autoriza Criação no âmbito da Secretaria Municipal de Educação, o Curso Pré-Vestibular e Preparatório para ingresso no Ensino Superior e Concursos Públicos e dá outras providências"</t>
   </si>
   <si>
     <t>1474</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1474/anteprojeto_de_lei_n.12-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1474/anteprojeto_de_lei_n.12-2021.pdf</t>
   </si>
   <si>
     <t>"Institui o Crédito Educativo Municipal aos estudantes carentes do Ensino Superior, na forma e condições que especifica";</t>
   </si>
   <si>
     <t>1531</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1531/anteprojeto_de_lei_no_13-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1531/anteprojeto_de_lei_no_13-2021.pdf</t>
   </si>
   <si>
     <t>"Concede ajuda financeira a título de subvenção á Liga de Desporto de São Francisco do Guaporé - RO "</t>
   </si>
   <si>
     <t>1588</t>
   </si>
   <si>
     <t>Marluci Gabriel, Ozias Santos</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1588/anteprojeto_de_lei_n.014-2021_-_ozias_e_marluci.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1588/anteprojeto_de_lei_n.014-2021_-_ozias_e_marluci.pdf</t>
   </si>
   <si>
     <t>“Altera o Art. 1º da  Lei Municipal nº.1.122/2014, e dá outras providências”.</t>
   </si>
   <si>
     <t>1589</t>
   </si>
   <si>
     <t>“Altera o anexo IV da Lei Complementar nº 052/2016 que dispõe sobre a Reforma Administrativa Estrutural e funcional da Prefeitura Municipal de São Francisco do Guaporé/RO”</t>
   </si>
   <si>
     <t>1236</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Alcino Bilac Machado</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1236/projeto_de_lei_n._001-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1236/projeto_de_lei_n._001-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a abrir crédito adicional especial por superávit financeiro de R$ 5.508,42 (Cinco Mil Quinhentos e Oito Reais e Quarenta e dois centavos) , em favor da unidade orçamentária da Secretaria Municipal Saúde, no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1237</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1237/projeto_de_lei_n._002-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1237/projeto_de_lei_n._002-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a abrir crédito adicional especial por excesso de arrecadação e crédito adicional especial por superávit financeiro até o montante de R$ 446.587,56 (Quatrocentos e Quarenta e Seis Mil, Quinhentos e Oitenta e Sete Reais e Cinquenta e Seis Centavos), em favor da unidade orçamentária da Secretaria Municipal de Obras e Serviços Públicos, no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1238</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1238/projeto_de_lei_n._003-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1238/projeto_de_lei_n._003-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a abrir crédito adicional especial por superávit financeiro de R$ 212.542,46 (Duzentos e Doze Mil e Quinhentos e Quarenta e Dois Reais e Quarenta e Seis Centavos) , em favor da unidade orçamentária da Secretaria Municipal Saúde, no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1239</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1239/projeto_de_lei_n._004-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1239/projeto_de_lei_n._004-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a abrir crédito adicional especial por superávit financeiro de R$ 1.226.461,95 (Hum milhão, duzentos e vinte e seis mil, quatrocentos e sessenta e um reais e noventa e cinco centavos) , em favor da unidade orçamentária da Secretaria Municipal Saúde, no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1240</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1240/projeto_de_lei_n._005-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1240/projeto_de_lei_n._005-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a abrir crédito adicional especial por excesso de arrecadação e crédito adicional especial por anulação parcial de dotação até o montante de R$ 202.301,98 (Duzentos e dois mil, trezentos e um reais e noventa e oito centavos), em favor da unidade orçamentária da Secretaria Municipal de Agricultura e Meio Ambiente e Urbanismo, no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1241</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1241/projeto_de_lei_n._006-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1241/projeto_de_lei_n._006-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a abrir crédito adicional especial por excesso de arrecadação e crédito adicional especial por anulação parcial de dotação até o montante de R$ 241.250,00 (Duzentos e quarenta e um mil, duzentos e cinquenta reais), em favor da unidade orçamentária da Secretaria Municipal de Agricultura e Meio Ambiente e Urbanismo, no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1242</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1242/projeto_de_lei_n._007-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1242/projeto_de_lei_n._007-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a abrir crédito adicional especial por superávit financeiro até o montante de R$ 400.000,00 (Quatrocentos Mil Reais) , em favor da unidade orçamentária da Secretaria Municipal Obras e Serviços Públicos, no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1243</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1243/projeto_de_lei_n._008-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1243/projeto_de_lei_n._008-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a abrir crédito adicional especial por superávit financeiro até o montante de R$ 260.000,00 (Duzentos e Sessenta Mil Reais) , em favor da unidade orçamentária da Secretaria Municipal Geral de Governo e Administração, no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1244</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1244/projeto_de_lei_n._009-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1244/projeto_de_lei_n._009-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a abrir crédito adicional especial por superávit financeiro de R$ 565.637,89 (Quinhentos Sessenta Cinco Mil e Seiscentos e Trinta e Sete Reais e Oitenta e Nove Centavos) , em favor da unidade orçamentária da Secretaria Municipal Trabalho e Ação Social, no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1245</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1245/projeto_de_lei_n._010-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1245/projeto_de_lei_n._010-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a abrir crédito adicional especial por superávit financeiro de R$ 10.425,00 (Dez Mil e quatrocentos e vinte e cinco reais) , em favor da unidade orçamentária da Secretaria Municipal Saúde, no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1246</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1246/projeto_de_lei_n._011-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1246/projeto_de_lei_n._011-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a abrir crédito adicional especial por superávit financeiro de R$ 100.000,00 (Cem Mil Reais) , em favor da unidade orçamentária da Secretaria Municipal Saúde, no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1267</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1267/projeto_de_lei_n._012-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1267/projeto_de_lei_n._012-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Código Ambiental do Município de São Francisco do Guaporé, e dá outras providências.</t>
   </si>
   <si>
     <t>1268</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1268/projeto_de_lei_n._013-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1268/projeto_de_lei_n._013-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a abrir crédito adicional especial por superávit financeiro de R$ 59.488,46 (Cinquenta e nove mil e quatrocentos e oitenta e oito reais e quarenta e seis centavos) , em favor da unidade orçamentária da Secretaria Municipal Saúde, no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1270</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1270/projeto_de_lei_n._014-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1270/projeto_de_lei_n._014-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a abrir crédito adicional especial por superávit financeiro até o montante de R$ 156.066,50 (Cento e cinquenta e seis mil, sessenta e seis reais e cinquenta centavos) , em favor da unidade orçamentária da Secretaria Municipal Obras e Serviços Públicos, no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1271</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1271/projeto_de_lei_n._015-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1271/projeto_de_lei_n._015-2021.pdf</t>
   </si>
   <si>
     <t>Cria em âmbito municipal, a Rede Municipal de Proteção, Assistência e Serviços a Pessoa - REMUPASP, e da outras providências.</t>
   </si>
   <si>
     <t>1272</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1272/projeto_de_lei_n._016-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1272/projeto_de_lei_n._016-2021.pdf</t>
   </si>
   <si>
     <t>Cria em âmbito municipal, o Conselho Municipal dos Direitos da Mulher - COMDIM, e dá outras providências.</t>
   </si>
   <si>
     <t>1273</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1273/projeto_de_lei_n._017-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1273/projeto_de_lei_n._017-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Sistema Único de Assistência Social do Município de São Francisco do Guaporé e dá outras providências.</t>
   </si>
   <si>
     <t>1274</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1274/projeto_de_lei_n._018-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1274/projeto_de_lei_n._018-2021.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Executivo Municipal a Contratar Servidor por Prazo Determinado para atender as necessidades da Secretaria Municipal de Saúde em Caráter Excepcional e Temporário e dá outras providências"</t>
   </si>
   <si>
     <t>1284</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1284/projeto_de_lei_n._019-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1284/projeto_de_lei_n._019-2021.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Executivo Municipal a celebrar Termo de Cooperação com o Centro de Ensino São Lucas Ltda".</t>
   </si>
   <si>
     <t>1288</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1288/projeto_de_lei_n._020-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1288/projeto_de_lei_n._020-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a abrir crédito adicional especial por excesso de arrecadação no valor de R$ 157.098,50 (Cento e Cinquenta e Sete Reais e Noventa e Oito Reais e Cinquenta Centavos), em favor da unidade orçamentária da Secretaria Municipal de Saúde, no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1289</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1289/projeto_de_lei_n._021-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1289/projeto_de_lei_n._021-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a abrir crédito adicional especial por superávit financeiro de R$ 341.911,54 (Trezentos e Quarenta e Um Mil e Novecentos e Onze Reais e Cinquenta e Quatro Centavos) , em favor da unidade orçamentária da Secretaria Municipal Saúde, no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1290</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1290/projeto_de_lei_n._022-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1290/projeto_de_lei_n._022-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a abrir crédito adicional suplementar por superávit financeiro até o montante de R$ 33.949,00 (Trinta e Três Mil, Novecentos e Quarenta e Nove Reais) , em favor da unidade orçamentária da Secretaria Municipal de Agricultura e Meio Ambiente e Urbanismo, no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1291</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1291/projeto_de_lei_n._023-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1291/projeto_de_lei_n._023-2021.pdf</t>
   </si>
   <si>
     <t>"Cria a indenização por exposição obrigatória ao novo Coronavírus - COVID-19, aos servidores dos serviços essenciais que estejam em exercício na área da Saúde, pelo prazo de até 06 (seis) meses, e autoriza a alteração no PPA, LDO E LOA, e autoriza a abertura de crédito adicional especial por superávit financeiro no valor de R$ 331.200,00 para suportar a referida despesa na Secretaria Municipal de Saúde e dá outras providências".</t>
   </si>
   <si>
     <t>1292</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1292/projeto_de_lei_n._024-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1292/projeto_de_lei_n._024-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a abrir crédito adicional especial por superávit financeiro de R$ 620.000,00 (Seiscentos e Vinte Mil Reais) , em favor da unidade orçamentária da Secretaria Municipal Saúde, no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1293</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1293/projeto_de_lei_n._025-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1293/projeto_de_lei_n._025-2021.pdf</t>
   </si>
   <si>
     <t>"Ratifica protocolo de intenções firmado entre Municípios Rondonienses, com a finalidade de adquirir vacinas para combate à pandemia do coronavírus, medicamentos, insumos e equipamentos na área de saúde.".</t>
   </si>
   <si>
     <t>1301</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1301/projeto_de_lei_n._26-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1301/projeto_de_lei_n._26-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe acerca da Inclusão do policial Civil , Policial Militar , Bombeiro Militar , Policial Penal e de todos os profissionais da rede estadual de segurança publica que prestam serviço no Município e distrito de São Francisco do Guaporé /RO  , no rol do grupo prioritário da campanha de vacinação contra o vírus SARS -CoV-2, COVID-19 ,  e da outras providencias .</t>
   </si>
   <si>
     <t>1302</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1302/projeto_de_lei_n._27-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1302/projeto_de_lei_n._27-2021.pdf</t>
   </si>
   <si>
     <t>“Dá a denominação de “VEREADORA EUNICE ROSALINA CHERRI” a Creche Municipal, na cidade de São Francisco do Guaporé/RO”.</t>
   </si>
   <si>
     <t>1303</t>
   </si>
   <si>
     <t>Cidão Venâncio, Edison Crispin</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1303/projeto_de_lei_n._28-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1303/projeto_de_lei_n._28-2021.pdf</t>
   </si>
   <si>
     <t>“Dá a denominação de “PLENÁRIO VEREADOR GERSON PAULINO” ao Plenário da Câmara Municipal de São Francisco do Guaporé/RO”.</t>
   </si>
   <si>
     <t>1304</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1304/projeto_29-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1304/projeto_29-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão no PPA, LDO e LOA, e Fica Autorizado o Poder Executivo a abrir crédito adicional especial por superávit financeiro e crédito adicional especial por anulação parcial de dotação, até o montante de R$ 9.828,00 (Nove Mil e Oitocentos e Vinte e Oito Reais) , em favor da unidade orçamentária da Secretaria Municipal de Educação, Cultura, Esporte e Turismo, no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1305</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1305/projeto_de_lei_n._030-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1305/projeto_de_lei_n._030-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão no PPA, LDO e LOA, e Fica Autorizado o Poder Executivo a abrir crédito adicional especial por superávit financeiro e crédito adicional especial por anulação parcial de dotação, até o montante de R$ 9.726,41 (Nove Mil e Setecentos e Quarenta e Seis Reais e Quarenta e Um Centavos) , em favor da unidade orçamentária da Secretaria Municipal de Educação, Cultura, Esporte e Turismo, no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1306</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1306/projeto_de_lei_n._031-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1306/projeto_de_lei_n._031-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a restruturação do Conselho Municipal de Acompanhamento e Controle Social (CACS), do Fundo de Manutenção e Desenvolvimento da Educação Básica e de Valorização dos Profissionais da Educação (Fundeb), em conformidade com o artigo 212-A da Constituição Federal e regulamentado na forma da Lei Federal nº.14.113, de 25 de dezembro de 2020."</t>
   </si>
   <si>
     <t>1307</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1307/projeto_de_lei_n._032-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1307/projeto_de_lei_n._032-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre os procedimentos de Licenciamento, Certidão e Autorização Ambiental do município de São Francisco do Guaporé - Secretaria Municipal de Agricultura e Meio Ambiente, e dá outras providências"</t>
   </si>
   <si>
     <t>1308</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1308/projeto_de_lei_n._033-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1308/projeto_de_lei_n._033-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Lei de Diretrizes Orçamentárias - LDO, para o Exercício de 2022, do município de São Francisco do Guaporé, e dá outras providências".</t>
   </si>
   <si>
     <t>1309</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1309/projeto_de_lei_n._034-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1309/projeto_de_lei_n._034-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a abrir crédito adicional especial por superávit financeiro até o montante de R$ 240.500,00 (Duzentos e quarenta Mil e Quinhentos Reais) , em favor da unidade orçamentária da Secretaria Municipal Obras e Serviço Públicos, no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1319</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1319/projeto_de_lei_n._035-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1319/projeto_de_lei_n._035-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o Código Ambiental do Município de São Francisco do Guaporé, e dá outras providências".</t>
   </si>
   <si>
     <t>1320</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1320/projeto_de_lei_n._036-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1320/projeto_de_lei_n._036-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a abrir crédito adicional especial por excesso de arrecadação no valor de R$ 192.671,00 (Cento e Noventa e Dois Mil e Seiscentos e Setenta e Um Reais) , em favor da unidade orçamentária da Secretaria Municipal Saúde, no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1321</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1321/projeto_de_lei_n._037-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1321/projeto_de_lei_n._037-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão no PPA, LDO e LOA, e Fica Autorizado o Poder Executivo a abrir crédito adicional especial por superávit financeiro e crédito adicional especial por anulação parcial de dotação, até o montante de R$ 14.046,87 (Quatorze mil, quarenta e seis reais e oitenta e sete centavos) , em favor da unidade orçamentária da Secretaria Municipal de Obras e Serviços Públicos, no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1322</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1322/projeto_de_lei_n._038-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1322/projeto_de_lei_n._038-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a abrir crédito adicional especial por excesso de arrecadação e crédito adicional especial por anulação parcial de dotação até o montante de R$ 353.434,00 (Trezentos e Cinquenta e Três Mil e Quatrocentos e Trinta e Quatro Reais) , em favor da unidade orçamentária da Secretaria Municipal de Agricultura e Meio Ambiente e Urbanismo, no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1339</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1339/projeto_de_lei_n._039-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1339/projeto_de_lei_n._039-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o pagamento de Plantões Extras no âmbito da Secretaria Municipal de Saúde por exposição obrigatória ao novo coronavírus - COVID 19, e dá outras providências".</t>
   </si>
   <si>
     <t>1341</t>
   </si>
   <si>
     <t>Cidão Venâncio, Ozias Santos</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1341/projeto_de_lei_n._040-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1341/projeto_de_lei_n._040-2021.pdf</t>
   </si>
   <si>
     <t>“Dá a denominação de “AUDITÓRIO DO CRAS - MANOEL RABELO” o Auditório do prédio da Secretaria Municipal de Ação Social de São Francisco do Guaporé/RO”.</t>
   </si>
   <si>
     <t>1347</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1347/projeto_de_lei_n._041-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1347/projeto_de_lei_n._041-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Instituição no âmbito Municipal do Dia de Evangelização no Município de São Francisco do Guaporé - RO.</t>
   </si>
   <si>
     <t>1366</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1366/projeto_de_lei_n._042-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1366/projeto_de_lei_n._042-2021.pdf</t>
   </si>
   <si>
     <t>"Denomina PRAÇA JOSÉ VIEIRA, a Praça Pública localizada no Município de São Francisco do Guaporé/RO".</t>
   </si>
   <si>
     <t>1373</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1373/projeto_de_lei_n._43-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1373/projeto_de_lei_n._43-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre inclusão e Alteração no PPA, LDO e LOA, e autoriza o poder Executivo a Abrir Credito Adicional Especial por Excesso de Arrecadação no valor de R$ 165.956,94 ( cento e cinquenta e cinco mil e novecentos e cinquenta e seis reais e noventa e quatro centavos ) em favor da unidade orç. da Sec. Munic. de Saúde, no Orçam Vigente, e da outras providencias" .</t>
   </si>
   <si>
     <t>1374</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1374/-_projeto_de_lei_n._44-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1374/-_projeto_de_lei_n._44-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre inclusão e Alteração no PPA, LDO e LOA, e autoriza o poder Executivo a Abrir Credito Adicional Especial por Superávit Financeiro de R$ 110.646,00 ( cento e dez mil e seiscentos e quarenta e seis reais  ) em favor da unidade orç. da Sec. Munic. de Trabalho e Ação Social, no Orçam Vigente, e da outras providencias" .</t>
   </si>
   <si>
     <t>1375</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1375/projeto_de_lei_n._45-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1375/projeto_de_lei_n._45-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre inclusão e Alteração no PPA, LDO e LOA, e fica Autorizado  o poder Executivo Municipal  a Abrir Credito Adicional Especial por Superávit Financeiro e Credito Adicional Especial por Anulação Parcial de Dotação até o montante de  R$ 204,00 ( duzentos e quatro reais  ), em favor da unidade orç. da Sec. Munic. de Agricultura e Meio Ambiente e Urbanismo, no Orçam Vigente, e da outras providencias" .</t>
   </si>
   <si>
     <t>1376</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1376/projeto_de_lei_n._46-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1376/projeto_de_lei_n._46-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre inclusão e Alteração no PPA, LDO e LOA, e autoriza o poder Executivo a Abrir Credito Adicional Especial por Excesso de Arrecadação e Credito Adicional Especial por Anulação Parcial de Dotação até o montante de R$ 494.000,00( quatrocentos e noventa e quatro mil reais ) em favor da unidade orç. da Sec. Munic. de Obras e Serv. Públicos , no Orçam Vigente, e da outras providencias" .</t>
   </si>
   <si>
     <t>1377</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1377/-_projeto_de_lei_n._47-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1377/-_projeto_de_lei_n._47-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre inclusão e Alteração no PPA, LDO e LOA, e autoriza o poder Executivo a Abrir Credito Adicional Especial por  Superávit Financeiro e Credito Adicional até o montante de  R$ 87.057,19 ( Oitenta e sete mil e cinquenta e sete reais e dezenove centavos ) em favor da unidade orç. da Sec. Munic. de Obras e Serv. Públicos, no Orçam Vigente, e da outras providencias" .</t>
   </si>
   <si>
     <t>1378</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1378/-_projeto_de_lei_n._48-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1378/-_projeto_de_lei_n._48-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre inclusão e Alteração no PPA, LDO e LOA, e autoriza o poder Executivo a Abrir Credito Adicional Especial por Superávit Financeiro até o montente de  R$ 373.147,00 ( Trezentos e Setenta e Três Mil e Cento e Quarenta e Sete Reais  ) em favor da unidade orç. da Sec. Munic. de Obras e Serv. Públicos, no Orçam Vigente, e da outras providencias" .</t>
   </si>
   <si>
     <t>1379</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1379/projeto_de_lei_n._49-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1379/projeto_de_lei_n._49-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre inclusão e Alteração no PPA, LDO e LOA, e autoriza o poder Executivo a Abrir Credito Adicional Suplementar por Anulação Parcial e Anulação total de Dotação até o Montante de R$ 84.400,00 ( Oitenta e Quatro Mil e Quatrocentos Reais ) em favor da unidade orç. da Sec. Munic. de Saúde, no Orçam Vigente, e da outras providencias" .</t>
   </si>
   <si>
     <t>1380</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1380/projeto_de_lei_n._50-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1380/projeto_de_lei_n._50-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para pagamento de contribuições previdenciárias de empregado do Poder Executivo, Legislativo e Autarquia Municipal.</t>
   </si>
   <si>
     <t>1381</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1381/projeto_de_lei_n._51-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1381/projeto_de_lei_n._51-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre inclusão no PPA, LDO e LOA, e Fica Autorizado o Poder Executivo a Abrir Credito Adicional Especial por Superávit Financeiro do FUNDEB até o montante de R$ 376.642,44( Trezentos e Setenta e Seis Mil e Seiscentos e Quarenta e Dois Reais quarenta e quatro Centavos ) em favor da unidade orçamentária da Secretaria Municipal de Educação, Cultura, Esporte e Turismo, no Orçam Vigente, e da outras providencias" .</t>
   </si>
   <si>
     <t>1387</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1387/projeto_de_lei_n._52-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1387/projeto_de_lei_n._52-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Legislativo a realizar aquisição de Cesta de Natal e da outras providências.</t>
   </si>
   <si>
     <t>1390</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1390/projeto_de_lei_n._53-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1390/projeto_de_lei_n._53-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município a não ajuizar execuções fiscais de débitos de pequeno valor, cancelar e extinguir débitos alcançados pela prescrição quinquenária, firmar acordo em Processos Administrativos e Judiciais, e dá outras providências.</t>
   </si>
   <si>
     <t>1391</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1391/projeto_de_lei_n._54-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1391/projeto_de_lei_n._54-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre inclusão e Alteração no PPA, LDO e LOA, e autoriza o poder Executivo a Abrir Credito Adicional Especial por Superávit Financeiro de R$ 140.000,00 ( Cento e Quarenta Mil Reais) em favor da unidade orç. da Sec. Munic. de Saúde, no Orçam Vigente, e da outras providencias" .</t>
   </si>
   <si>
     <t>1392</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1392/projeto_de_lei_n._55-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1392/projeto_de_lei_n._55-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre inclusão e Alteração no PPA, LDO e LOA, e autoriza o poder Executivo a Abrir Credito Adicional Especial por Anulação Parcial de Dotação até o Montante de R$500.000,00 (Quinhentos Mil Reais ) em favor da unidade orç. da Sec. Munic. de Saúde, no Orçam Vigente, e da outras providencias" .</t>
   </si>
   <si>
     <t>1393</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1393/projeto_de_lei_n._56-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1393/projeto_de_lei_n._56-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre inclusão e Alteração no PPA, LDO e LOA, e autoriza o poder Executivo a Abrir Credito Adicional Suplementar por Anulação Parcial de Dotação, até o Montante de R$ 60.00  (Sessenta Reais ) em favor da unidade orç. da Sec. Munic. de Obras e Serv. Públicos, no Orçam Vigente, e da outras providencias" .</t>
   </si>
   <si>
     <t>1394</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1394/projeto_de_lei_n._57-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1394/projeto_de_lei_n._57-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO, e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por superávit financeiro até o montante de R$ 85.648,54 (Oitenta e Cinco Mil e Seiscentos e Quarenta e Oito Reais e Cinquenta e Quatro Centavos) em favor da unidade orçamentaria da Secretaria Municipal de Obras e Serviços Públicos, no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1403</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1403/projeto_de_lei_n._58-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1403/projeto_de_lei_n._58-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a cessão de uso de imóvel urbano a Empresa D. M. Mendes Indústria e Comércio, Importação e Exportação - EPP.</t>
   </si>
   <si>
     <t>1404</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1404/projeto_de_lei_n._59-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1404/projeto_de_lei_n._59-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar cessão de uso de bem público imóvel a Associação dos Feirantes da Feira Livre de São Francisco do Guaporé - AFFLSFG e dá outras providências.</t>
   </si>
   <si>
     <t>1405</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1405/projeto_de_lei_n._60-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1405/projeto_de_lei_n._60-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a cessão de direito real de uso de Imóvel Urbano ao Sindicato dos Produtores Rurais de São Francisco do Guaporé.</t>
   </si>
   <si>
     <t>1407</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1407/projeto_de_lei_n._61-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1407/projeto_de_lei_n._61-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo municipal a firmar convenio e conceder ajuda financeira a titulo de subvenção a liga de desporto de São Francisco do Guaporé-RO e da outras disposições.</t>
   </si>
   <si>
     <t>1408</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1408/projeto_de_lei_ordinaria_62-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1408/projeto_de_lei_ordinaria_62-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo municipal a firmar convênio e conceder ajuda financeira a titulo de subvenção a liga de desporto de São Francisco do Guaporé-RO e da outras disposições.</t>
   </si>
   <si>
     <t>1409</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1409/projeto_de_lei_n._63-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1409/projeto_de_lei_n._63-2021.pdf</t>
   </si>
   <si>
     <t>Institui o Plano de Amortização para equacionamento déficit atuarial do Regime Próprio de Previdência Social - RPPS do município de São Francisco do Guaporé/RO, conforme diretrizes emanadas pela portaria MPS nº 402/2008, portaria MPAS Nº 464/2018 e suas alterações.</t>
   </si>
   <si>
     <t>1410</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1410/projeto_de_lei_n._64-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1410/projeto_de_lei_n._64-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o disciplinamento da Taxa de Serviços de manejo de Resíduos Residenciais e não Residenciais (TSMR) e da outras providencias.</t>
   </si>
   <si>
     <t>1411</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1411/projeto_de_lei_n._65-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1411/projeto_de_lei_n._65-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO, e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por superávit financeiro até o montante de R$34.349,67 (Trinta e Quatro Mil Trezentos e Quarenta e Nove Reais e sessenta e Sete Centavos) em favor da unidade orçamentaria da Secretaria Municipal de Obras e Serviços Públicos, no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1412</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1412/projeto_de_lei_n._66-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1412/projeto_de_lei_n._66-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO, e LOA, e fica Autorizado o Poder Executivo  Municipal a Abrir Crédito Adicional Suplementar por Anulação Parcial de Dotação , na unidade orçamentaria da Sec. Munic. de Educação Cul. Esport. Lazer e Turismo, no valor de  R$ 2.000,00 (Dois Mil Reais), no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1413</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1413/projeto_de_lei_n._67-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1413/projeto_de_lei_n._67-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO, e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional  Especial por Excesso de Arrecadação e Credito Adicional  Especial por Anulação Parcial de Dotação ate o Montante de R$ 250.000,00 (Duzentos e Cinquenta Mil Reais ) em favor da unidade orçamentaria da Secretaria Municipal de Agricultura e Meio Ambiente e Urbanismos, no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1414</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1414/projeto_de_lei_n._68-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1414/projeto_de_lei_n._68-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre inclusão e Alteração no PPA, LDO e LOA, e autoriza o poder Executivo a Abrir Credito Adicional Especial por Excesso de Arrecadação até o montante de R$ 50.000,00( Cinquenta Mil Reais ) em favor da unidade orç. da Sec. Munic. de Educação Cul, Esport. Lazer e Turismo  , no Orçam Vigente, e da outras providencias" .</t>
   </si>
   <si>
     <t>1415</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1415/projeto_de_lei_n._69-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1415/projeto_de_lei_n._69-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre inclusão e Alteração no PPA, LDO e LOA, e fica Autorizado o poder Executivo Municipal a Abrir Credito Adicional Especial por Superávit Financeiro e Credito Adicional Especial por Anulação Parcial de Dotação até o montante de R$ 10.500,00( Dez Mil e Quinhentos Reais ), em favor da unidade orç. da Sec. Munic. de Trabalho e Ação Social,  no Orçam Vigente, e da outras providencias" .</t>
   </si>
   <si>
     <t>1416</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1416/projeto_de_lei_n._70-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1416/projeto_de_lei_n._70-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Doação de Imóvel urbano á Empresa D. Mendes Industria e Comercio, Importação e Exportação - EPP"</t>
   </si>
   <si>
     <t>1417</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1417/projeto_de_lei_n._71-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1417/projeto_de_lei_n._71-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre inclusão e Alteração no PPA, LDO e LOA, e Autoriza o poder Executivo a Abrir Credito Adicional Especial por Superávit Financeiro de R$ 246.518,65( Duzentos e Quarenta e Seis Mil Quinhentos e Dezoito Reais e Sessenta e Cinco Centavos ), em favor da unidade orç. da Sec. Munic. de Saúde,  no Orçam Vigente, e da outras providencias" .</t>
   </si>
   <si>
     <t>1418</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1418/projeto_de_lei_n._72-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1418/projeto_de_lei_n._72-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre inclusão e Alteração no PPA, LDO e LOA, e fica Autorizado o poder Executivo Municipal a Abrir Credito Adicional Especial por Superávit Financeiro  de R$ 3.336,16 ( Três Mil Trezentos e Trinta e Seis Reais e Dezesseis Centavos ), em favor da unidade orç. da Sec. Munic. de Saúde , no Orçam Vigente, e da outras providencias" .</t>
   </si>
   <si>
     <t>1419</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1419/projeto_de_lei_n._73-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1419/projeto_de_lei_n._73-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre inclusão e Alteração no PPA, LDO e LOA, e fica Autorizado o poder Executivo Municipal a Abrir Credito Adicional Especial por Superávit Financeiro e Credito Adicional  até o montante de R$ 288.997,97( Duzentos e Oitenta e Oito Mil Novecentos e Noventa e Sete Reais e Noventa e Sete Centavos ), em favor da unidade orç. da Sec. Munic. Obras e Serv. Públicos, no Orçam Vigente, e da outras providencias" .</t>
   </si>
   <si>
     <t>1420</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1420/projeto_de_lei_n._74-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1420/projeto_de_lei_n._74-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre inclusão e Alteração no PPA, LDO e LOA, e fica Autorizado o poder Executivo Municipal a Abrir Credito Adicional Especial por Excesso de Arrecadação Parcial de Dotação  e  Anulação Parcial de Dotação até o montante de R$ 94.433,33 ( Noventa e Quatro Mil Quatrocentos e Trinta e Três Reais e Trinta e Três Centavos ), em favor da unidade orç. da Sec. Munic. Obras e Serv. Públicos , no Orçam Vigente, e da outras providencias" .</t>
   </si>
   <si>
     <t>1421</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1421/projeto_de_lei_n._75-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1421/projeto_de_lei_n._75-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe Sobre Alteração do Art. 1 º da Lei Municipal nº 1.840/2021".</t>
   </si>
   <si>
     <t>1422</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1422/projeto_de_lei_n._76-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1422/projeto_de_lei_n._76-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a junção de Imóveis Urbanos da Empresa Varea Comércio de Combustível LTDA.</t>
   </si>
   <si>
     <t>1423</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1423/projeto_de_lei_n._77_-_2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1423/projeto_de_lei_n._77_-_2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre inclusão e Alteração no PPA, LDO e LOA, e fica Autorizado o poder Executivo Municipal a Abrir Credito Adicional Especial por Superávit Financeiro de R$ 250.000,00( Duzentos e Cinquenta Mil Reais), em favor da unidade orç. da Sec. Munic. Obras e Serv. Públicos, no Orçam Vigente, e da outras providencias" .</t>
   </si>
   <si>
     <t>1424</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1424/projeto_de_lei_n._78_-_2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1424/projeto_de_lei_n._78_-_2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO, e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Excesso de Arrecadação e Credito Adicional Especial por Superávit Financeiro ate o Montante de R$ 162.812,66 (Cento e sessenta e Dois Mil Oitocentos e Doze Reais e Sessenta e Seis Centavos) em favor da unidade orçamentaria da Secretaria Municipal de Agricultura e Meio Ambiente e Urbanismos, no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1455</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1455/projeto_de_lei_n._79-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1455/projeto_de_lei_n._79-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO, e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Excesso de Arrecadação e Credito Adicional Especial por Superávit Financeiro ate o Montante de R$ 376.601,00(Trezentos e Setenta e Seis Mil Seiscentos e Um Reais ) em favor da unidade orçamentaria da Secretaria Municipal de Agricultura e Meio Ambiente e Urbanismos, no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1456</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1456/projeto_de_lei_n._80-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1456/projeto_de_lei_n._80-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre inclusão e Alteração no PPA, LDO e LOA, e fica Autorizado o poder Executivo Municipal a Abrir Credito Adicional Especial por Superávit Financeiro e Credito Adicional Especial por Anulação Parcial de Dotação até o montante de R$ 12.576,00( Doze Mil Quinhentos e Setenta e Seis Reais  ), em favor da unidade orç. da Sec. Munic. de Educação Cult Esport e Turismo, no Orçam Vigente, e da outras providencias" .</t>
   </si>
   <si>
     <t>1457</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1457/projeto_de_lei_n._81-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1457/projeto_de_lei_n._81-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre inclusão e Alteração no PPA, LDO e LOA, e fica Autorizado o poder Executivo Municipal a Abrir Credito Adicional Especial por Superávit Financeiro  de R$ 140.000,00( Cento e Quarenta Mil Reais ), em favor da unidade orç. da Sec. Munic. de Saúde, no Orçam Vigente, e da outras providencias" .</t>
   </si>
   <si>
     <t>1464</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1464/projeto_de_lei_n._82-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1464/projeto_de_lei_n._82-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre inclusão e Alteração no PPA, LDO e LOA, e fica Autorizado o poder Executivo Municipal a Abrir Credito Adicional Especial por Superávit Financeiro de R$ 116.200,00( Cento e Dezesseis Mil e Duzentos Reais  ), em favor da unidade orç. da Sec. Munic. de Saúde, no Orçam Vigente, e da outras providencias" .</t>
   </si>
   <si>
     <t>1475</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1475/projeto_de_lei_n._83-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1475/projeto_de_lei_n._83-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre inclusão e Alteração no PPA, LDO e LOA, e fica Autorizado o poder Executivo Municipal a Abrir Credito Adicional Suplementar por Anulação Parcial e Total de Dotação, na unidade orçamentaria da sec. Munic. de Educação Cult. Esporte. Lazer e Turismo, no valor de 33.000,00( Trinta e Três Mil Reais  ), no Orçam Vigente, e da outras providencias" .</t>
   </si>
   <si>
     <t>1476</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1476/projeto_de_lei_n._84-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1476/projeto_de_lei_n._84-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Doação ao Estado de Rondônia do Imóvel Urbano denominado lotes 01; 02; 13; 14; 15 e 16, da quadra 40; setor 02, com a Interveniência e Anuência do departamento de Estado de Rodagens e Transportes-DER.</t>
   </si>
   <si>
     <t>1477</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1477/projeto_de_lei_n._85-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1477/projeto_de_lei_n._85-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO, e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Excesso de Arrecadação e Credito Adicional Especial por Superávit Financeiro ate o Montante de R$ 222.390,00 (Duzentos e Vinte Dois Mil e Trezentos e Noventa Reais ) em favor da unidade orçamentaria da Secretaria Municipal de  Obras e serv. Públicos, no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1486</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1486/projeto_de_lei_n._86-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1486/projeto_de_lei_n._86-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre alteração do parágrafo único do art. 1º da Lei Municipal nº.953/2013".</t>
   </si>
   <si>
     <t>1487</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1487/projeto_de_lei_n._87-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1487/projeto_de_lei_n._87-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO e LOA, e Autoriza o Poder Executivo a abrir crédito adicional especial por superávit financeiro até o montante de R$ 120.000,00 (Cento e Vinte Mil Reais), em favor da unidade orçamentária da Secretaria Municipal de Obras e Serviços Públicos, no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1488</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1488/anexo_projeto_de_lei_no_88-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1488/anexo_projeto_de_lei_no_88-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO, e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Excesso de Arrecadação e Credito Adicional Suplementar por Superávit Financeiro ate o Montante de R$ 25.958,00(Vinte e Cinco Mil Novecentos e Cinquenta e Oito Reais  ) em favor da unidade orçamentaria da Secretaria Municipal de Obras e serv. Públicos, no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1489</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1489/projeto_de_lei_no_89-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1489/projeto_de_lei_no_89-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual para o Quadriênio 2022-2025.</t>
   </si>
   <si>
     <t>1492</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1492/projeto_de_lei_no_90-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1492/projeto_de_lei_no_90-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre inclusão e Alteração no PPA, LDO e LOA, e fica Autorizado o poder Executivo Municipal a Abrir Credito Adicional Suplementar por Anulação Parcial e Total de Dotação até o montante de 27.000,00( Vinte e Sete  Mil Reais ), em favor da unidade orç. da sec. Mun. de Finanças e Planejamento, no Orçam Vigente, e da outras providencias" .</t>
   </si>
   <si>
     <t>1493</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1493/projeto_de_lei_no_91-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1493/projeto_de_lei_no_91-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre inclusão e Alteração no PPA, LDO e LOA, e fica Autorizado o poder Executivo Municipal a Abrir Credito Adicional Especial por Superávit Financeiro até o montante  de R$ 1.050,000,00 ( Um Milhão e Cinquenta Mil Reais ), em favor da unidade orç. da Sec. Munic. de Obras e Serv. Públicos, no Orçam Vigente, e da outras providencias" .</t>
   </si>
   <si>
     <t>1503</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1503/projeto_de_lei_92-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1503/projeto_de_lei_92-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO, e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Excesso de Arrecadação no valor de  R$ 99.961,00(Noventa e Nove Mil Novecentos e Sessenta e Um Reais  ) em favor da unidade orçamentaria da Secretaria Municipal de Saúde , no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1504</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1504/projeto_de_lei_93-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1504/projeto_de_lei_93-2021.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa do Município de São Francisco do Guaporé, para o exercício Financeiro de 2022.</t>
   </si>
   <si>
     <t>1516</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1516/projeto_de_lei_no_94-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1516/projeto_de_lei_no_94-2021.pdf</t>
   </si>
   <si>
     <t>Institui o Fundo Especial da Câmara Municipal de São Francisco do Guaporé ,RO - FECMSFG.</t>
   </si>
   <si>
     <t>1517</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1517/projeto_de_lei_no_95-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1517/projeto_de_lei_no_95-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Fundo Municipal de Educação e dá outras providências.</t>
   </si>
   <si>
     <t>1518</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1518/projeto_de_lei_no_96-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1518/projeto_de_lei_no_96-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a doação ao departamento estadual de estradas de rodagem e transportes - DER do imóvel urbano denominado lotes 01; 02; 11; 12; 13; 14; 15; e 16, da quadra 40; setor 02,</t>
   </si>
   <si>
     <t>1519</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1519/projeto_de_lei_no_97-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1519/projeto_de_lei_no_97-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre inclusão e Alteração no PPA, LDO e LOA, e fica Autorizado o poder Executivo Municipal a Abrir Credito Adicional Suplementar por Anulação Parcial e Total de Dotação até o montante de 78.000,00( Setenta e Oito Mil Reais ), em favor da unidade orç. da sec. Mun. de Saúde , no Orçam Vigente, e da outras providencias" .</t>
   </si>
   <si>
     <t>1520</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1520/projeto_de_lei_no_98-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1520/projeto_de_lei_no_98-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre doação ao estado de Rondônia do imóvel urbano denominado lotes 11; 12; 13; da quadra 74; setor 003, localizados na AV. Brasil, Bairro Cidade Baixa.</t>
   </si>
   <si>
     <t>1525</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1525/projeto_de_lei_no_99-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1525/projeto_de_lei_no_99-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO, e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Excesso de Arrecadação e Credito Adicional Especial por Superávit Financeiro ate o Montante de R$1.016.134,00(Um Milhão Dezesseis Mil Cento e Trinta e Quatro Reais ) em favor da unidade orçamentaria da Secretaria Municipal de Agricultura e Meio Ambiente e Urbanismo, no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1526</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1526/projeto_de_lei_no_100-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1526/projeto_de_lei_no_100-2021.pdf</t>
   </si>
   <si>
     <t>Institui o Regime de previdência Complementar no âmbito do município de São Francisco do Guaporé/RO; fixa o limite máximo para a concessão de aposentadorias e pensões pelo regime de previdência de que trata o art. 40 da Constituição Federal; autoriza a adesão a plano de benefícios de previdência complementar; e dá outras providências.</t>
   </si>
   <si>
     <t>1527</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1527/projeto_de_lei_no_101-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1527/projeto_de_lei_no_101-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo conceder a título de subvenção a ECOVALE  de São Francisco do Guaporé - RO e da outras providencias.</t>
   </si>
   <si>
     <t>1533</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1533/projeto_de_lei_no_102-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1533/projeto_de_lei_no_102-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO, e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por Anulação Total de Dotação até o montante de R$ 125.000,00 (Cento e Vinte e Cinco Mil Reais) em favor da unidade orçamentaria da Secretaria Municipal de Obras e Serviços Públicos, no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1535</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1535/projeto_de_lei_no_103-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1535/projeto_de_lei_no_103-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO, e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por Anulação parcial  de Dotação, na unidade orçamentaria da Secretaria Municipal de Agricultura e Meio Ambiente e Urbanismo, no valor de  R$ 75.000,00 (Sessenta Mil Reais), no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1539</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1539/projeto_de_lei_no_104-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1539/projeto_de_lei_no_104-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão no PPA, LDO, e LOA, e Fica Autorizado o Poder Executivo a Abrir Crédito Adicional Suplementar por anulação parcial de dotação, na unidade orçamentária da Secretaria Municipal de Agricultura e Meio Ambiente e Urbanismo,  no valor de R$119.000,00 (Cento e Dezenove Mil Reais) , no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1540</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1540/projeto_de_lei_no_105-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1540/projeto_de_lei_no_105-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a alteração dos §§ 1º e 2º do art. 27, da Lei Municipal nº.448/2008, de 09 de dezembro de 2008".</t>
   </si>
   <si>
     <t>1541</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1541/projeto_de_lei_no_106-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1541/projeto_de_lei_no_106-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a firmar convênio e conceder ajuda financeira a título de subvenção a liga de desporto de São Francisco do Guaporé - RO e da outras disposições.</t>
   </si>
   <si>
     <t>1542</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1542/projeto_de_lei_no_107-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1542/projeto_de_lei_no_107-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão no PPA, LDO, e LOA, e Fica Autorizado o Poder Executivo a Abrir Crédito Adicional Suplementar por anulação total de dotação até o montante de R$120.000,00 (Cento e vinte mil reais), em favor da  unidade orçamentária da Secretaria Municipal de Saúde, no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1543</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1543/projeto_de_lei_no_108-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1543/projeto_de_lei_no_108-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Subvenção Financeira a Liga de Desporto de São Francisco do Guaporé e dá outras providências.</t>
   </si>
   <si>
     <t>1544</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1544/projeto_de_lei_no_109-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1544/projeto_de_lei_no_109-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão no PPA, LDO, e LOA, e Fica Autorizado o Poder Executivo a Abrir Crédito Adicional Suplementar por anulação parcial de dotação até o montante de R$11.780,00 (Onze Mil e Setecentos e Oitenta Reais) , em favor da  unidade orçamentária da Secretaria Municipal de Obras e Serv. Públicos, no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1545</t>
   </si>
   <si>
     <t>“Altera o artigo 31, suprimi o inciso VI do artigo 31, acrescenta o inciso VIII no artigo 31 e altera o parágrafo único do artigo 39 da Lei Municipal nº 1555/2018 que dispõe sobre a Gestão Democrática na Rede Pública Municipal de Ensino de São Francisco do Guaporé/RO”.</t>
   </si>
   <si>
     <t>1546</t>
   </si>
   <si>
     <t>Alan Siqueira, Edison Crispin</t>
   </si>
   <si>
     <t>“Acrescenta-se ao Art. 1º da Lei nº.945/2013, o § 15, e da outras providências”.</t>
   </si>
   <si>
     <t>1552</t>
   </si>
   <si>
     <t>“Estabelece a oferta permanente de palestras sobre noções de cidadania e política para os alunos do ensino fundamental de escolas públicas da rede municipal de ensino.”</t>
   </si>
   <si>
     <t>1554</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1554/projeto_de_lei_no_113-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1554/projeto_de_lei_no_113-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão no PPA, LDO, e LOA, e Fica Autorizado o Poder Executivo a Abrir Crédito Adicional Suplementar por anulação parcial de dotação, na unidade orçamentária da Secretaria Municipal de Educação Cult. Esport. Lazer e Turismo, no valor de R$146.562,04(Cento e Quarenta e Seis Mil Quinhentos e Sessenta e Dois Reais e Quatro Centavos) , no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1555</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1555/projeto_de_lei_no_114-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1555/projeto_de_lei_no_114-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre inclusão e Alteração no PPA, LDO e LOA, e fica Autorizado o poder Executivo Municipal a Abrir Credito Adicional Suplementar  por Superávit Financeiro até o montante de R$ 57.917,00( Cinquenta e Sete Mil e Novecentos e Dezessete Reais ), em favor da unidade orç. da Sec. Munic. de Finanças e Planejamento, no Orçam Vigente, e da outras providencias"</t>
   </si>
   <si>
     <t>1559</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1559/projeto_de_lei_no_115-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1559/projeto_de_lei_no_115-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo conceder ajuda financeira a título de subvenção a COOPERATIVA DE RECICLAGEMDO VALE DO GUAPORÉ -  COOPERCLAGEM de São Francisco do Guaporé - RO .</t>
   </si>
   <si>
     <t>1560</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1560/projeto_de_lei_no_116-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1560/projeto_de_lei_no_116-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO, e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por superávit financeiro até o montante de R$ 69.853,34 (Sessenta e Nove Mil Oitocentos e Cinquenta e Três Reais e Trinta e Quatro Centavos), na unidade orçamentaria da Secretaria Municipal de Agricultura e Meio Ambiente e Urbanismo, no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1561</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1561/projeto_de_lei_no_117-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1561/projeto_de_lei_no_117-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão no PPA, LDO, e LOA, e Fica Autorizado o Poder Executivo a Abrir Crédito Adicional Suplementar por anulação total de  dotação, na unidade orçamentária da Secretaria Municipal de Educação Cult. Esport. Lazer e Turismo, no valor de R$ 617.908,32 (Seiscentos e Dezessete Mil Novecentos e Oito Reais e Trinta e Dois Centavos), no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1562</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão no PPA, LDO, e LOA, e Fica Autorizado o Poder Executivo a Abrir Crédito Adicional Suplementar por anulação total e Parcial de dotação, na  unidade orçamentária da Secretaria Municipal Educação Cul. Esport. Lazer e Turismo, no valor  de R$31.114,96(Trinta e Um Mil Cento e Quatorze Reais e Seis Centavos),orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1563</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1563/projeto_de_lei_no_119-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1563/projeto_de_lei_no_119-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO, e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por superávit financeiro e anulação parcial / total de dotação até o montante de R$ 355.000,00 (Trezentos e Cinquenta e Cinco Mil Reais), em favor da unidade orçamentaria da Secretaria Geral de Governo e Administração, Controladoria Geral e Secretaria Municipal de Agricultura e Meio Ambiente e Urbanismo, no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1564</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1564/projeto_de_lei_no_120-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1564/projeto_de_lei_no_120-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO, e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por superávit financeiro e anulação parcial / total de dotação e por superávit financeiro até o montante de R$ 724.300,00 (Setecentos e Vinte e Quatro Mil Trezentos Reais), em favor da unidade orçamentaria da Secretaria Municipal de Saúde, no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1565</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1565/projeto_de_lei_no_121-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1565/projeto_de_lei_no_121-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a alteração dos anexos da Lei Municipal nº.1.464/2017 (A HORA DO PRODUTOR) e dá outras providências."</t>
   </si>
   <si>
     <t>1575</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1575/projeto_de_lei_no_122-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1575/projeto_de_lei_no_122-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO, e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Excesso de Arrecadação e Credito Adicional Especial por Anulação de Dotação ate o Montante de R$ 126.500,00 (Cento e Vinte e Seis Mil e Quinhentos Reais ) em favor da unidade orçamentaria da Secretaria Municipal de Trabalho e Ação Social, no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1576</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1576/projeto_de_lei_no_123-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1576/projeto_de_lei_no_123-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Supressão das Alíneas "B" e "C", do inciso VII, todos do ART. 31 da Lei Municipal nº 1.555, de 24 de Outubro de 2018.</t>
   </si>
   <si>
     <t>1579</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1579/projeto_de_lei_n.124-2021_-_marluci.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1579/projeto_de_lei_n.124-2021_-_marluci.pdf</t>
   </si>
   <si>
     <t>1580</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1580/projeto_de_lei_no_125-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1580/projeto_de_lei_no_125-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO, e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por Anulação Parcial de Dotação até o Montante de R$ 45.000,00 (Quarenta e Cinco Mil) em favor da unidade orçamentaria da Secretaria Municipal de Obras e Serviços Públicos, no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1594</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1594/projeto_de_lei_n._126-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1594/projeto_de_lei_n._126-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO, e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro até o Montante de R$ 70.612,00 (Setenta Mil Seiscentos e Doze Reais) em favor da unidade orçamentaria da Câmara Municipal, no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1597</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1597/projeto_de_lei_no_127-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1597/projeto_de_lei_no_127-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO, e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por superávit financeiro  até o montante de R$ 90.500,00 (Noventa Mil e Quinhentos Reais ), em favor da unidade orçamentaria da Secretaria Municipal de Finanças e Planejamento, no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1598</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1598/projeto_de_lei_no_128-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1598/projeto_de_lei_no_128-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO, e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Excesso de Arrecadação do FUNDEB  ate o Montante de R$1.543.000,00(Um Milhão Quinhentos e Quarenta e Três Mil Reais  ) em favor da unidade orçamentaria da Secretaria Municipal de Educação Cult, Esport. Lazer e Turismo, no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1600</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1600/projeto_de_lei_no_129-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1600/projeto_de_lei_no_129-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revogação da Lei Municipal nº 1.503, de 14 de maio de 2018.</t>
   </si>
   <si>
     <t>1601</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO, e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por Anulação Parcial de Dotação até o Montante de R$ 124.000,00(Cento e Vinte e Quatro Mil Reais) em favor da unidade orçamentaria da Secretaria Municipal de Obras e Serviços Públicos, no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1602</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO, e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Excesso de Arrecadação e Credito Adicional Especial por Superávit Financeiro   ate o Montante de R$1.050.012,86 (Um Milhão, Cinquenta Mil e Doze Reais e Oitenta e Seis Centavos  ) em favor da unidade orçamentaria da Secretaria Municipal de Obras e Serv. Públicos , no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1603</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a realizar o pagamento a favor da Empresa Funerária Pereira de Souza-Me, com Doação dos serviços funerários realizados ao servidor Eles Ferreira dos Santos.</t>
   </si>
   <si>
     <t>1606</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1606/projeto_de_lei_no_133-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1606/projeto_de_lei_no_133-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO, e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Suplementar por Excesso de Arrecadação do FUNDEB ate o Montante de R$1.960.000,00(Um Milhão, Novecentos e Sessenta Mil Reais) em favor da unidade orçamentaria da Secretaria Municipal de Educação Cultura, Esporte, Lazer e Turismo, no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1607</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1607/projeto_de_lei_no_134-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1607/projeto_de_lei_no_134-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO, e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Excesso de Arrecadação e Credito Adicional Especial por Superávit Financeiro ate o Montante de R$666.225,00 (Seiscentos e Sessenta e Seis Mil, Duzentos e Vinte e Cinco Reais ) em favor da unidade orçamentaria da Secretaria Municipal de Obras e Serv. Públicos , no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1608</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1608/projeto_de_lei_no_135-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1608/projeto_de_lei_no_135-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO, e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Excesso de Arrecadação no valor de R$100.000,00 (Cem Mil Reais  ) em favor da unidade orçamentaria da Secretaria Municipal de Saúde  , no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1609</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1609/projeto_de_lei_no_136-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1609/projeto_de_lei_no_136-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a possibilidade de concessão do Abono - FUNDEB aos profissionais da Educação Básica da rede Municipal de Ensino, na forma que especifica.</t>
   </si>
   <si>
     <t>1610</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1610/projeto_de_lei_no_137-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1610/projeto_de_lei_no_137-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Inclusão e Alterações no PPA, LDO, e LOA, e Autoriza o Poder Executivo a Abrir Crédito Adicional Especial por Superávit Financeiro até o Montante de R$ 31.000,00 (Trinta e Um Mil Reais ) em favor da unidade orçamentaria da Sec. Munic. Saúde, no orçamento vigente, e dá outras providências".</t>
   </si>
   <si>
     <t>1275</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1275/projeto_de_lei_complementar_n._001-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1275/projeto_de_lei_complementar_n._001-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a ampliação de Cargos Efetivos a que descreve a Lei Complementar nº.056/2017 e dá outras providências"</t>
   </si>
   <si>
     <t>1365</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1365/projeto_de_lei_complementar_n._002-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1365/projeto_de_lei_complementar_n._002-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Alteração do Art. 59 da Lei Complementar nº.047/2015".</t>
   </si>
   <si>
     <t>1402</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1402/projeto_de_lei_complementar_n._03-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1402/projeto_de_lei_complementar_n._03-2021.pdf</t>
   </si>
   <si>
     <t>Institui o Plano Diretor de Arborização Urbana do Município de São Francisco do Guaporé e dá outras providências.</t>
   </si>
   <si>
     <t>1458</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1458/projeto_de_lei_complementar_n._04-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1458/projeto_de_lei_complementar_n._04-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Recomposição dos Vencimentos dos Servidores Públicos Municipais Efetivos e de Cargos Comissionados e dá outras providencias.</t>
   </si>
   <si>
     <t>1578</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1578/projeto_de_lei_complementar_no_05-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1578/projeto_de_lei_complementar_no_05-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Criação e Ampliação de cargos efetivos a que descreve a Lei Complementar nº.056/2017 e dá outras providências"</t>
   </si>
   <si>
     <t>1590</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1590/projeto_de_lei_complementar_no_06-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1590/projeto_de_lei_complementar_no_06-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o realinhamento dos salários dos Servidores Públicos da Câmara Municipal de São Francisco do Guaporé e Altera os valores constantes nos Anexos II e III, da Lei Complementar Municipal nº.065/2019"</t>
   </si>
   <si>
     <t>1591</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1591/projeto_de_lei_complementar_no_07-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1591/projeto_de_lei_complementar_no_07-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o reajuste salarial dos Servidores Públicos da Câmara Municipal de São Francisco do Guaporé/RO e dá outras providências".</t>
   </si>
   <si>
     <t>1599</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1599/projeto_de_lei_complementar_no_08-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1599/projeto_de_lei_complementar_no_08-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da taxa de administração, e da outras providências .</t>
   </si>
   <si>
     <t>1604</t>
   </si>
   <si>
     <t>Mesa Diretora - MD</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1604/projeto_de_lei_complementar_no_09-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1604/projeto_de_lei_complementar_no_09-2021.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 3º, da Lei Complementar Municipal n. 54/2017, que trata do Auxilio Alimentação.</t>
   </si>
   <si>
     <t>1605</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>"APROVA AS CONTAS DO MUNICÍPIO DE SÃO FRANCISCO DO GUAPORÉ/RO, EXERCÍCIO FINANCEIRO DE 2020".</t>
   </si>
   <si>
     <t>1298</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Proposta de Emenda à lei Orgânica Municipal</t>
   </si>
   <si>
     <t>Braz Carlos Correia, Edison Crispin, Flavio Carequinha, Pastor Eber Lopes, Zé da Máquina</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1298/proposta_de_emenda_n.001-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1298/proposta_de_emenda_n.001-2021.pdf</t>
   </si>
   <si>
     <t>"Altera e modifica o Art. 34, Inciso III, § 1º da Lei Orgânica do Município de São Francisco do Guaporé/RO , e da outras providencias .</t>
   </si>
   <si>
     <t>1524</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1524/proposta_de_emenda_a_lei_organica_n.002-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1524/proposta_de_emenda_a_lei_organica_n.002-2021.pdf</t>
   </si>
   <si>
     <t>“Acrescenta o Inciso I ao Art. 31 da Lei Orgânica do Município de São Francisco do Guaporé/RO, e dá outras providências”.</t>
   </si>
   <si>
     <t>1566</t>
   </si>
   <si>
     <t>VET</t>
   </si>
   <si>
     <t>Veto Municipal</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1566/veto_municipal__no_001-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1566/veto_municipal__no_001-2021.pdf</t>
   </si>
   <si>
     <t>Veto Municipal ao Projeto de Lei nº.111/2021, por vício de ilegalidade.</t>
   </si>
   <si>
     <t>1577</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1577/veto_municipal__no_002-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1577/veto_municipal__no_002-2021.pdf</t>
   </si>
   <si>
     <t>Institui o Fundo Especial da Câmara Municipal de São Francisco do Guaporé.</t>
   </si>
   <si>
     <t>1294</t>
   </si>
   <si>
     <t>CHAPA</t>
   </si>
   <si>
     <t>Chapa de Eleição das Comissões</t>
   </si>
   <si>
     <t>Braz Carlos Correia, Edison Crispin, Pastor Eber Lopes, Zé da Máquina</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1294/chapa_ccjrf.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1294/chapa_ccjrf.pdf</t>
   </si>
   <si>
     <t>Chapa, para concorrer à eleição, como membros da Comissão de Constituição, Justiça e Redação Final, para o Biênio 2021/2022.</t>
   </si>
   <si>
     <t>1295</t>
   </si>
   <si>
     <t>Cidão Venâncio, Edison Crispin, Ozias Santos, Pastor Eber Lopes</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1295/chapa_coef.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1295/chapa_coef.pdf</t>
   </si>
   <si>
     <t>Chapa, para concorrer à eleição, como membros da Comissão de Orçamento, Estatística e Finanças, para o Biênio 2021/2022.</t>
   </si>
   <si>
     <t>1296</t>
   </si>
   <si>
     <t>Braz Carlos Correia, Cidão Venâncio, Edison Crispin, Marluci Gabriel</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1296/chapa_cosama.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1296/chapa_cosama.pdf</t>
   </si>
   <si>
     <t>Chapa, para concorrer à eleição, como membros da Comissão de Obras, Serviços Públicos, Agricultura e Meio Ambiente, para o Biênio 2021/2022.</t>
   </si>
   <si>
     <t>1297</t>
   </si>
   <si>
     <t>Braz Carlos Correia, Marluci Gabriel, Pastor Eber Lopes, Zé da Máquina</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1297/chapa_cedltstas.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1297/chapa_cedltstas.pdf</t>
   </si>
   <si>
     <t>Chapa, para concorrer à eleição, como membros da Comissão de Educação, Desporto, Lazer, Turismo, Saúde, Trabalho e Ação Social, para o Biênio 2021/2022.</t>
   </si>
   <si>
     <t>1329</t>
   </si>
   <si>
     <t>MOR</t>
   </si>
   <si>
     <t>Moção de Repúdio</t>
   </si>
   <si>
     <t>Alan Siqueira, Braz Carlos Correia, Cidão Venâncio, Edison Crispin, Flavio Carequinha, Geferson dos Santos, Hermes Bordignon, Marluci Gabriel, Ozias Santos, Pastor Eber Lopes, Zé da Máquina</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1329/mocao_de_repudio_-_001-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1329/mocao_de_repudio_-_001-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Repúdio ao Delegado de Polícia Reinaldo Vicente dos Reis, por denegrir a imagem da Câmara Municipal e seus membros.</t>
   </si>
   <si>
     <t>1330</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1330/mocao_de_repudio_-_002-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1330/mocao_de_repudio_-_002-2021.pdf</t>
   </si>
   <si>
     <t>Moção de Repúdio ao Site de Notícias PORTAL 429, com o endereço eletrônico www.p429.com.br, por disseminar notícias falsas sobre a Câmara Municipal e seus membros.</t>
   </si>
   <si>
     <t>1361</t>
   </si>
   <si>
     <t>EDT</t>
   </si>
   <si>
     <t>EDITAL</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1361/edital_n.001-2021.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1361/edital_n.001-2021.pdf</t>
   </si>
   <si>
     <t>EDITAL DE CONVOCAÇÃO PARA ELEIÇÃO DA MESA DIRETORA DA CÂMARA MUNICIPAL DE SÃO FRANCISCO DO GUAPORÉ PARA O BIÊNIO 2023/2024.</t>
   </si>
   <si>
     <t>1367</t>
   </si>
   <si>
     <t>CHAPM</t>
   </si>
   <si>
     <t>Chapa de Eleição de Mesa Diretora</t>
   </si>
   <si>
     <t>Braz Carlos Correia, Edison Crispin, Flavio Carequinha, Geferson dos Santos, Pastor Eber Lopes, Zé da Máquina</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1367/chapa_a_forca_da_democracia_no_poder_legislativo.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1367/chapa_a_forca_da_democracia_no_poder_legislativo.pdf</t>
   </si>
   <si>
     <t>Inscrição da Chapa A FORÇA DA DEMOCRACIA NO PODER LEGISLATIVO, para concorrer aos cargos da Mesa Diretora para o Biênio 2023/2024._x000D_
 Presidente: Geferson dos Santos_x000D_
 Vice-Presidente: José Carlos da Silva_x000D_
 2º Vice-Presidente: Edison Crispin Dias_x000D_
 1º Secretário: Eber Lopes Reis_x000D_
 2º Secretário: Braz Carlos Correia_x000D_
 3º Secretário: Flavio Barbosa Pereira</t>
   </si>
   <si>
     <t>1368</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1368/chapa_unidos_no_legislativo.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1368/chapa_unidos_no_legislativo.pdf</t>
   </si>
   <si>
     <t>Inscrição da Chapa UNIDOS NO LEGISLATIVO, para concorrer aos cargos da Mesa Diretora para o Biênio 2023/2024._x000D_
 Presidente: José Carlos da Silva_x000D_
 Vice-Presidente: Ozias Alves dos Santos_x000D_
 2º Vice-Presidente: Hermes Bordignon_x000D_
 1º Secretário: Marluci Gabriel Barbosa_x000D_
 2º Secretário: Alan Francisco Siqueira_x000D_
 3º Secretário: Aparecido Venâncio de Jesus</t>
   </si>
   <si>
     <t>1592</t>
   </si>
   <si>
     <t>PRES</t>
   </si>
   <si>
-    <t>PRESTAÇÃO DE CONTAS</t>
+    <t>Prestação de Contas</t>
   </si>
   <si>
     <t>Gabinete da Presidência - GABPRE</t>
   </si>
   <si>
     <t>Prestação de Contas do exercício de 2020, do Poder Executivo do Município de São Francisco do Guaporé/RO, de responsabilidade da Prefeita Municipal Gislaine Clemente.</t>
   </si>
   <si>
     <t>1582</t>
   </si>
   <si>
     <t>LIST</t>
   </si>
   <si>
     <t>Lista Tríplice</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1582/of._089_-_2021_-_lista_triplice_impes.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1582/of._089_-_2021_-_lista_triplice_impes.pdf</t>
   </si>
   <si>
     <t>Com atenciosos cumprimentos, e no ensejo, venho por meio deste, em cumprimento ao que dispõe o Art. 29, inciso XXI, alínea "b" da Lei Orgânica Municipal, é o presente para encaminhar a Vossas Excelências a lista Tríplice de servidores efetivos para sabatina de escolha do Superintendente do Instituto de Previdência dos Servidores Públicos Efetivos Municipal, conforme abaixo discriminado: 1. Rosilene Corrente Pacheco, Matricula 8285 - Técnico em Finanças; 2. Gessiane de Souza Costa, Matricula 6563 - Técnico em Administração; 3. Ana Nogueira Trizoti, Matricula 6709 - Agente Administrativo.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -4761,67 +4761,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1469/indicacao_001-2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1472/indicacao_002-2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1215/requerimento_001-2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1216/requerimento_002-2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1218/requerimento_004-2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1219/requerimento_005-2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1220/requerimento_006-2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1221/requerimento_007-2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1222/requerimento_008-2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1223/requerimento_009-2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1224/requerimento_010-2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1225/requerimento_011-2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1226/requerimento_012-2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1228/requerimento_013-2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1229/requerimento_014-2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1230/requerimento_015-2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1231/requerimento_016-2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1232/requerimento_017-2021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1233/requerimento_018-2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1234/requerimento_019-2021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1235/requerimento_020-2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1247/requerimento_021-2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1248/requerimento_022-2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1249/requerimento_023-2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1250/requerimento_024-2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1251/requerimento_025-2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1252/requerimento_026-2021.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1253/requerimento_027-2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1254/requerimento_028-2021.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1255/requerimento_029-2021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1256/requerimento_030-2021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1257/requerimento_031-2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1258/requerimento_032-2021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1259/requerimento_033-2021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1260/requerimento_034-2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1262/requerimento_035-2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1263/requerimento_036-2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1264/requerimento_037-2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1265/requerimento_038-2021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1266/requerimento_039-2021.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1276/requerimento_040-2021.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1277/requerimento_041-2021.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1278/requerimento_042-2021.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1279/requerimento_043-2021.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1280/requerimento_044-2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1281/requerimento_045-2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1282/requerimento_046-2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1283/requerimento_047-2021.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1285/requerimento_048-2021.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1286/requerimento_049-2021.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1287/requerimento_050-2021.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1310/requerimento_051-2021.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1311/requerimento_052-2021.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1312/requerimento_053-2021.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1314/requerimento_054-2021.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1315/requerimento_055-2021.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1316/requerimento_056-2021.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1317/requerimento_057-2021.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1318/requerimento_058-2021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1323/requerimento_059-2021.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1324/requerimento_060-2021.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1325/requerimento_061-2021.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1326/requerimento_062-2021.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1327/requerimento_063-2021.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1328/requerimento_064-2021.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1331/requerimento_065-2021.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1332/requerimento_066-2021.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1333/requerimento_0667-2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1335/requerimento_068-2021.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1336/requerimento_069-2021.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1337/requerimento_070-2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1338/requerimento_071-2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1342/requerimento_072-2021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1343/requerimento_073-2021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1344/requerimento_074-2021.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1345/requerimento_075-2021.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1346/requerimento_076-2021.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1348/requerimento_077-2021.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1349/requerimento_078-2021.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1350/requerimento_079-2021.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1351/requerimento_080-2021.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1352/requerimento_081-2021.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1353/requerimento_082-2021.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1354/requerimento_083-2021.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1355/requerimento_084-2021.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1356/requerimento_085-2021.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1357/requerimento_086-2021.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1358/requerimento_087-2021.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1359/requerimento_088-2021.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1360/requerimento_089-2021.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1362/requerimento_090-2021.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1363/requerimento_091-2021.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1364/requerimento_092-2021.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1369/requerimento_093-2021.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1370/requerimento_094-2021.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1371/requerimento_095-2021.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1372/requerimento_096-2021.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1382/requerimento_097-2021.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1383/requerimento_098-2021.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1385/requerimento_100-2021.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1386/requerimento_101-2021.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1389/requerimento_102-2021.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1395/requerimento_103-2021.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1396/requerimento_104-2021.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1397/requerimento_105-2021.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1398/requerimento_106-2021.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1399/requerimento_107-2021.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1400/requerimento_108-2021.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1401/requerimento_109-2021.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1406/requerimento_110-2021.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1425/requerimento_111-2021.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1426/requerimento_112-2021.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1427/requerimento_113-2021.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1428/requerimento_114-2021.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1429/requerimento_115-2021.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1430/requerimento_116-2021.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1431/requerimento_117-2021.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1432/requerimento_118-2021.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1434/requerimento_119-2021.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1435/requerimento_120-2021.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1436/requerimento_121-2021.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1437/requerimento_122-2021.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1438/requerimento_123-2021.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1439/requerimento_124-2021.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1440/requerimento_125-2021.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1441/requerimento_126-2021.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1442/requerimento_127-2021.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1443/requerimento_128-2021.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1444/requerimento_129-2021.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1445/requerimento_130-2021.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1446/requerimento_131-2021.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1447/requerimento_132-2021.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1448/requerimento_133-2021.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1449/requerimento_134-2021.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1450/requerimento_135-2021.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1451/requerimento_136-2021.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1452/requerimento_137-2021.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1453/requerimento_138-2021.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1454/requerimento_139-2021.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1459/requerimento_140-2021.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1460/requerimento_141-2021.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1465/requerimento_142-2021.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1466/requerimento_143-2021.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1467/requerimento_144-2021.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1468/requerimento_145-2021.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1470/requerimento_146-2021.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1471/requerimento_147-2021.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1478/requerimento_148-2021.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1479/requerimento_149-2021.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1480/requerimento_150-2021.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1481/requerimento_151-2021.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1483/requerimento_153-2021.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1484/requerimento_154-2021.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1485/requerimento_155-2021.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1490/requerimento_156-2021.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1491/requerimento_157-2021.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1495/requerimento_158-2021.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1496/requerimento_159-2021.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1497/requerimento_160-2021.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1498/requerimento_161-2021.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1499/requerimento_162-2021.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1500/requerimento_163-2021.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1501/requerimento_164-2021.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1502/requerimento_165-2021.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1505/requerimento_no_166-2021.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1506/requerimento_no_167-2021.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1507/requerimento_no_168-2021.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1508/requerimento_no_169-2021.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1509/requerimento_no_170-2021.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1510/requerimento_no_171-2021.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1511/requerimento_no_172-2021.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1512/requerimento_no_173-2021_2.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1513/requerimento_no_174-2021.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1514/requerimento_no_175-2021.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1515/requerimento_no_176-2021.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1521/requerimento_no_177-2021.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1522/requerimento_no_178-2021.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1523/requerimento_no_179-2021.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1528/requerimento_no_180-2021.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1529/requerimento_no_181-2021.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1530/requerimento_no_182-2021.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1532/requerimento_no_183-2021.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1534/requerimento_no_184-2021.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1536/requerimento_no_185-2021.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1537/requerimento_no_186-2021.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1538/requerimemnto_no_187-2021.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1547/requerimento_no_188-2021.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1548/requerimento_no_189-2021.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1549/requerimento_no_190-2021.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1550/requerimento_no_191-2021.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1551/requerimento_no_192-2021.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1553/requerimento_no_193-2021.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1556/requerimento_no_194-2021.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1557/requerimento_no_195-2021.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1558/requerimento_no_196-2021.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1568/requerimento_no_197-2021.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1569/requerimento_no_198-2021.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1570/requerimento_no_199-2021.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1571/requerimento_no_200-2021.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1573/requerimento_no_201-2021.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1574/requerimento_no_202-2021.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1581/requerimento_no_203-2021.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1583/requerimento_no_204-2021.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1584/requerimento_no_205-2021.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1585/requerimento_no_206-2021.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1586/requerimento_no_207-2021.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1587/requerimento_no_208-2021.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1593/requerimento_no_209-2021.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1595/requerimento_no_210-2021.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1596/requerimento_no_211-2021.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1313/mocao_n001-2021.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1227/anteprojeto_de_lei_n.01-2021.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1261/anteprojeto_de_lei_n.02-2021.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1299/anteprojeto_de_lei_n.03-2021.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1300/anteprojeto_de_lei_n.04-2021.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1334/anteprojeto_de_lei_n.05-2021.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1340/anteprojeto_de_lei_n.06-2021.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1388/anteprojeto_de_lei_n.07-2021.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1461/anteprojeto_de_lei_n.08-2021.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1462/anteprojeto_de_lei_n.09-2021.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1463/anteprojeto_de_lei_n.10-2021.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1473/anteprojeto_de_lei_n.11-2021.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1474/anteprojeto_de_lei_n.12-2021.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1531/anteprojeto_de_lei_no_13-2021.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1588/anteprojeto_de_lei_n.014-2021_-_ozias_e_marluci.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1236/projeto_de_lei_n._001-2021.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1237/projeto_de_lei_n._002-2021.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1238/projeto_de_lei_n._003-2021.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1239/projeto_de_lei_n._004-2021.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1240/projeto_de_lei_n._005-2021.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1241/projeto_de_lei_n._006-2021.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1242/projeto_de_lei_n._007-2021.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1243/projeto_de_lei_n._008-2021.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1244/projeto_de_lei_n._009-2021.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1245/projeto_de_lei_n._010-2021.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1246/projeto_de_lei_n._011-2021.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1267/projeto_de_lei_n._012-2021.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1268/projeto_de_lei_n._013-2021.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1270/projeto_de_lei_n._014-2021.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1271/projeto_de_lei_n._015-2021.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1272/projeto_de_lei_n._016-2021.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1273/projeto_de_lei_n._017-2021.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1274/projeto_de_lei_n._018-2021.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1284/projeto_de_lei_n._019-2021.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1288/projeto_de_lei_n._020-2021.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1289/projeto_de_lei_n._021-2021.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1290/projeto_de_lei_n._022-2021.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1291/projeto_de_lei_n._023-2021.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1292/projeto_de_lei_n._024-2021.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1293/projeto_de_lei_n._025-2021.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1301/projeto_de_lei_n._26-2021.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1302/projeto_de_lei_n._27-2021.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1303/projeto_de_lei_n._28-2021.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1304/projeto_29-2021.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1305/projeto_de_lei_n._030-2021.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1306/projeto_de_lei_n._031-2021.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1307/projeto_de_lei_n._032-2021.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1308/projeto_de_lei_n._033-2021.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1309/projeto_de_lei_n._034-2021.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1319/projeto_de_lei_n._035-2021.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1320/projeto_de_lei_n._036-2021.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1321/projeto_de_lei_n._037-2021.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1322/projeto_de_lei_n._038-2021.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1339/projeto_de_lei_n._039-2021.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1341/projeto_de_lei_n._040-2021.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1347/projeto_de_lei_n._041-2021.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1366/projeto_de_lei_n._042-2021.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1373/projeto_de_lei_n._43-2021.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1374/-_projeto_de_lei_n._44-2021.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1375/projeto_de_lei_n._45-2021.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1376/projeto_de_lei_n._46-2021.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1377/-_projeto_de_lei_n._47-2021.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1378/-_projeto_de_lei_n._48-2021.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1379/projeto_de_lei_n._49-2021.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1380/projeto_de_lei_n._50-2021.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1381/projeto_de_lei_n._51-2021.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1387/projeto_de_lei_n._52-2021.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1390/projeto_de_lei_n._53-2021.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1391/projeto_de_lei_n._54-2021.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1392/projeto_de_lei_n._55-2021.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1393/projeto_de_lei_n._56-2021.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1394/projeto_de_lei_n._57-2021.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1403/projeto_de_lei_n._58-2021.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1404/projeto_de_lei_n._59-2021.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1405/projeto_de_lei_n._60-2021.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1407/projeto_de_lei_n._61-2021.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1408/projeto_de_lei_ordinaria_62-2021.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1409/projeto_de_lei_n._63-2021.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1410/projeto_de_lei_n._64-2021.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1411/projeto_de_lei_n._65-2021.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1412/projeto_de_lei_n._66-2021.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1413/projeto_de_lei_n._67-2021.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1414/projeto_de_lei_n._68-2021.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1415/projeto_de_lei_n._69-2021.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1416/projeto_de_lei_n._70-2021.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1417/projeto_de_lei_n._71-2021.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1418/projeto_de_lei_n._72-2021.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1419/projeto_de_lei_n._73-2021.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1420/projeto_de_lei_n._74-2021.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1421/projeto_de_lei_n._75-2021.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1422/projeto_de_lei_n._76-2021.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1423/projeto_de_lei_n._77_-_2021.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1424/projeto_de_lei_n._78_-_2021.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1455/projeto_de_lei_n._79-2021.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1456/projeto_de_lei_n._80-2021.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1457/projeto_de_lei_n._81-2021.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1464/projeto_de_lei_n._82-2021.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1475/projeto_de_lei_n._83-2021.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1476/projeto_de_lei_n._84-2021.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1477/projeto_de_lei_n._85-2021.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1486/projeto_de_lei_n._86-2021.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1487/projeto_de_lei_n._87-2021.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1488/anexo_projeto_de_lei_no_88-2021.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1489/projeto_de_lei_no_89-2021.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1492/projeto_de_lei_no_90-2021.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1493/projeto_de_lei_no_91-2021.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1503/projeto_de_lei_92-2021.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1504/projeto_de_lei_93-2021.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1516/projeto_de_lei_no_94-2021.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1517/projeto_de_lei_no_95-2021.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1518/projeto_de_lei_no_96-2021.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1519/projeto_de_lei_no_97-2021.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1520/projeto_de_lei_no_98-2021.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1525/projeto_de_lei_no_99-2021.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1526/projeto_de_lei_no_100-2021.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1527/projeto_de_lei_no_101-2021.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1533/projeto_de_lei_no_102-2021.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1535/projeto_de_lei_no_103-2021.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1539/projeto_de_lei_no_104-2021.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1540/projeto_de_lei_no_105-2021.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1541/projeto_de_lei_no_106-2021.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1542/projeto_de_lei_no_107-2021.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1543/projeto_de_lei_no_108-2021.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1544/projeto_de_lei_no_109-2021.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1554/projeto_de_lei_no_113-2021.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1555/projeto_de_lei_no_114-2021.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1559/projeto_de_lei_no_115-2021.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1560/projeto_de_lei_no_116-2021.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1561/projeto_de_lei_no_117-2021.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1563/projeto_de_lei_no_119-2021.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1564/projeto_de_lei_no_120-2021.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1565/projeto_de_lei_no_121-2021.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1575/projeto_de_lei_no_122-2021.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1576/projeto_de_lei_no_123-2021.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1579/projeto_de_lei_n.124-2021_-_marluci.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1580/projeto_de_lei_no_125-2021.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1594/projeto_de_lei_n._126-2021.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1597/projeto_de_lei_no_127-2021.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1598/projeto_de_lei_no_128-2021.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1600/projeto_de_lei_no_129-2021.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1606/projeto_de_lei_no_133-2021.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1607/projeto_de_lei_no_134-2021.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1608/projeto_de_lei_no_135-2021.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1609/projeto_de_lei_no_136-2021.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1610/projeto_de_lei_no_137-2021.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1275/projeto_de_lei_complementar_n._001-2021.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1365/projeto_de_lei_complementar_n._002-2021.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1402/projeto_de_lei_complementar_n._03-2021.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1458/projeto_de_lei_complementar_n._04-2021.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1578/projeto_de_lei_complementar_no_05-2021.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1590/projeto_de_lei_complementar_no_06-2021.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1591/projeto_de_lei_complementar_no_07-2021.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1599/projeto_de_lei_complementar_no_08-2021.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1604/projeto_de_lei_complementar_no_09-2021.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1298/proposta_de_emenda_n.001-2021.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1524/proposta_de_emenda_a_lei_organica_n.002-2021.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1566/veto_municipal__no_001-2021.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1577/veto_municipal__no_002-2021.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1294/chapa_ccjrf.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1295/chapa_coef.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1296/chapa_cosama.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1297/chapa_cedltstas.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1329/mocao_de_repudio_-_001-2021.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1330/mocao_de_repudio_-_002-2021.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1361/edital_n.001-2021.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1367/chapa_a_forca_da_democracia_no_poder_legislativo.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1368/chapa_unidos_no_legislativo.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1582/of._089_-_2021_-_lista_triplice_impes.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1469/indicacao_001-2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1472/indicacao_002-2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1215/requerimento_001-2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1216/requerimento_002-2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1218/requerimento_004-2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1219/requerimento_005-2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1220/requerimento_006-2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1221/requerimento_007-2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1222/requerimento_008-2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1223/requerimento_009-2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1224/requerimento_010-2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1225/requerimento_011-2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1226/requerimento_012-2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1228/requerimento_013-2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1229/requerimento_014-2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1230/requerimento_015-2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1231/requerimento_016-2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1232/requerimento_017-2021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1233/requerimento_018-2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1234/requerimento_019-2021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1235/requerimento_020-2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1247/requerimento_021-2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1248/requerimento_022-2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1249/requerimento_023-2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1250/requerimento_024-2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1251/requerimento_025-2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1252/requerimento_026-2021.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1253/requerimento_027-2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1254/requerimento_028-2021.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1255/requerimento_029-2021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1256/requerimento_030-2021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1257/requerimento_031-2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1258/requerimento_032-2021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1259/requerimento_033-2021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1260/requerimento_034-2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1262/requerimento_035-2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1263/requerimento_036-2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1264/requerimento_037-2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1265/requerimento_038-2021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1266/requerimento_039-2021.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1276/requerimento_040-2021.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1277/requerimento_041-2021.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1278/requerimento_042-2021.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1279/requerimento_043-2021.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1280/requerimento_044-2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1281/requerimento_045-2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1282/requerimento_046-2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1283/requerimento_047-2021.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1285/requerimento_048-2021.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1286/requerimento_049-2021.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1287/requerimento_050-2021.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1310/requerimento_051-2021.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1311/requerimento_052-2021.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1312/requerimento_053-2021.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1314/requerimento_054-2021.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1315/requerimento_055-2021.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1316/requerimento_056-2021.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1317/requerimento_057-2021.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1318/requerimento_058-2021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1323/requerimento_059-2021.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1324/requerimento_060-2021.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1325/requerimento_061-2021.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1326/requerimento_062-2021.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1327/requerimento_063-2021.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1328/requerimento_064-2021.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1331/requerimento_065-2021.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1332/requerimento_066-2021.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1333/requerimento_0667-2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1335/requerimento_068-2021.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1336/requerimento_069-2021.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1337/requerimento_070-2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1338/requerimento_071-2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1342/requerimento_072-2021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1343/requerimento_073-2021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1344/requerimento_074-2021.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1345/requerimento_075-2021.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1346/requerimento_076-2021.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1348/requerimento_077-2021.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1349/requerimento_078-2021.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1350/requerimento_079-2021.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1351/requerimento_080-2021.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1352/requerimento_081-2021.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1353/requerimento_082-2021.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1354/requerimento_083-2021.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1355/requerimento_084-2021.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1356/requerimento_085-2021.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1357/requerimento_086-2021.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1358/requerimento_087-2021.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1359/requerimento_088-2021.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1360/requerimento_089-2021.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1362/requerimento_090-2021.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1363/requerimento_091-2021.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1364/requerimento_092-2021.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1369/requerimento_093-2021.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1370/requerimento_094-2021.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1371/requerimento_095-2021.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1372/requerimento_096-2021.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1382/requerimento_097-2021.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1383/requerimento_098-2021.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1385/requerimento_100-2021.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1386/requerimento_101-2021.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1389/requerimento_102-2021.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1395/requerimento_103-2021.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1396/requerimento_104-2021.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1397/requerimento_105-2021.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1398/requerimento_106-2021.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1399/requerimento_107-2021.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1400/requerimento_108-2021.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1401/requerimento_109-2021.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1406/requerimento_110-2021.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1425/requerimento_111-2021.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1426/requerimento_112-2021.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1427/requerimento_113-2021.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1428/requerimento_114-2021.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1429/requerimento_115-2021.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1430/requerimento_116-2021.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1431/requerimento_117-2021.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1432/requerimento_118-2021.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1434/requerimento_119-2021.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1435/requerimento_120-2021.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1436/requerimento_121-2021.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1437/requerimento_122-2021.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1438/requerimento_123-2021.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1439/requerimento_124-2021.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1440/requerimento_125-2021.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1441/requerimento_126-2021.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1442/requerimento_127-2021.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1443/requerimento_128-2021.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1444/requerimento_129-2021.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1445/requerimento_130-2021.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1446/requerimento_131-2021.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1447/requerimento_132-2021.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1448/requerimento_133-2021.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1449/requerimento_134-2021.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1450/requerimento_135-2021.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1451/requerimento_136-2021.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1452/requerimento_137-2021.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1453/requerimento_138-2021.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1454/requerimento_139-2021.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1459/requerimento_140-2021.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1460/requerimento_141-2021.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1465/requerimento_142-2021.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1466/requerimento_143-2021.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1467/requerimento_144-2021.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1468/requerimento_145-2021.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1470/requerimento_146-2021.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1471/requerimento_147-2021.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1478/requerimento_148-2021.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1479/requerimento_149-2021.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1480/requerimento_150-2021.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1481/requerimento_151-2021.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1483/requerimento_153-2021.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1484/requerimento_154-2021.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1485/requerimento_155-2021.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1490/requerimento_156-2021.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1491/requerimento_157-2021.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1495/requerimento_158-2021.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1496/requerimento_159-2021.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1497/requerimento_160-2021.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1498/requerimento_161-2021.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1499/requerimento_162-2021.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1500/requerimento_163-2021.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1501/requerimento_164-2021.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1502/requerimento_165-2021.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1505/requerimento_no_166-2021.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1506/requerimento_no_167-2021.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1507/requerimento_no_168-2021.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1508/requerimento_no_169-2021.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1509/requerimento_no_170-2021.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1510/requerimento_no_171-2021.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1511/requerimento_no_172-2021.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1512/requerimento_no_173-2021_2.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1513/requerimento_no_174-2021.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1514/requerimento_no_175-2021.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1515/requerimento_no_176-2021.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1521/requerimento_no_177-2021.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1522/requerimento_no_178-2021.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1523/requerimento_no_179-2021.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1528/requerimento_no_180-2021.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1529/requerimento_no_181-2021.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1530/requerimento_no_182-2021.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1532/requerimento_no_183-2021.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1534/requerimento_no_184-2021.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1536/requerimento_no_185-2021.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1537/requerimento_no_186-2021.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1538/requerimemnto_no_187-2021.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1547/requerimento_no_188-2021.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1548/requerimento_no_189-2021.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1549/requerimento_no_190-2021.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1550/requerimento_no_191-2021.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1551/requerimento_no_192-2021.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1553/requerimento_no_193-2021.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1556/requerimento_no_194-2021.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1557/requerimento_no_195-2021.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1558/requerimento_no_196-2021.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1568/requerimento_no_197-2021.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1569/requerimento_no_198-2021.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1570/requerimento_no_199-2021.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1571/requerimento_no_200-2021.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1573/requerimento_no_201-2021.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1574/requerimento_no_202-2021.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1581/requerimento_no_203-2021.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1583/requerimento_no_204-2021.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1584/requerimento_no_205-2021.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1585/requerimento_no_206-2021.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1586/requerimento_no_207-2021.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1587/requerimento_no_208-2021.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1593/requerimento_no_209-2021.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1595/requerimento_no_210-2021.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1596/requerimento_no_211-2021.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1313/mocao_n001-2021.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1227/anteprojeto_de_lei_n.01-2021.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1261/anteprojeto_de_lei_n.02-2021.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1299/anteprojeto_de_lei_n.03-2021.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1300/anteprojeto_de_lei_n.04-2021.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1334/anteprojeto_de_lei_n.05-2021.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1340/anteprojeto_de_lei_n.06-2021.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1388/anteprojeto_de_lei_n.07-2021.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1461/anteprojeto_de_lei_n.08-2021.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1462/anteprojeto_de_lei_n.09-2021.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1463/anteprojeto_de_lei_n.10-2021.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1473/anteprojeto_de_lei_n.11-2021.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1474/anteprojeto_de_lei_n.12-2021.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1531/anteprojeto_de_lei_no_13-2021.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1588/anteprojeto_de_lei_n.014-2021_-_ozias_e_marluci.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1236/projeto_de_lei_n._001-2021.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1237/projeto_de_lei_n._002-2021.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1238/projeto_de_lei_n._003-2021.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1239/projeto_de_lei_n._004-2021.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1240/projeto_de_lei_n._005-2021.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1241/projeto_de_lei_n._006-2021.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1242/projeto_de_lei_n._007-2021.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1243/projeto_de_lei_n._008-2021.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1244/projeto_de_lei_n._009-2021.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1245/projeto_de_lei_n._010-2021.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1246/projeto_de_lei_n._011-2021.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1267/projeto_de_lei_n._012-2021.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1268/projeto_de_lei_n._013-2021.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1270/projeto_de_lei_n._014-2021.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1271/projeto_de_lei_n._015-2021.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1272/projeto_de_lei_n._016-2021.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1273/projeto_de_lei_n._017-2021.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1274/projeto_de_lei_n._018-2021.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1284/projeto_de_lei_n._019-2021.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1288/projeto_de_lei_n._020-2021.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1289/projeto_de_lei_n._021-2021.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1290/projeto_de_lei_n._022-2021.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1291/projeto_de_lei_n._023-2021.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1292/projeto_de_lei_n._024-2021.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1293/projeto_de_lei_n._025-2021.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1301/projeto_de_lei_n._26-2021.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1302/projeto_de_lei_n._27-2021.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1303/projeto_de_lei_n._28-2021.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1304/projeto_29-2021.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1305/projeto_de_lei_n._030-2021.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1306/projeto_de_lei_n._031-2021.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1307/projeto_de_lei_n._032-2021.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1308/projeto_de_lei_n._033-2021.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1309/projeto_de_lei_n._034-2021.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1319/projeto_de_lei_n._035-2021.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1320/projeto_de_lei_n._036-2021.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1321/projeto_de_lei_n._037-2021.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1322/projeto_de_lei_n._038-2021.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1339/projeto_de_lei_n._039-2021.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1341/projeto_de_lei_n._040-2021.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1347/projeto_de_lei_n._041-2021.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1366/projeto_de_lei_n._042-2021.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1373/projeto_de_lei_n._43-2021.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1374/-_projeto_de_lei_n._44-2021.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1375/projeto_de_lei_n._45-2021.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1376/projeto_de_lei_n._46-2021.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1377/-_projeto_de_lei_n._47-2021.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1378/-_projeto_de_lei_n._48-2021.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1379/projeto_de_lei_n._49-2021.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1380/projeto_de_lei_n._50-2021.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1381/projeto_de_lei_n._51-2021.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1387/projeto_de_lei_n._52-2021.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1390/projeto_de_lei_n._53-2021.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1391/projeto_de_lei_n._54-2021.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1392/projeto_de_lei_n._55-2021.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1393/projeto_de_lei_n._56-2021.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1394/projeto_de_lei_n._57-2021.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1403/projeto_de_lei_n._58-2021.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1404/projeto_de_lei_n._59-2021.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1405/projeto_de_lei_n._60-2021.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1407/projeto_de_lei_n._61-2021.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1408/projeto_de_lei_ordinaria_62-2021.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1409/projeto_de_lei_n._63-2021.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1410/projeto_de_lei_n._64-2021.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1411/projeto_de_lei_n._65-2021.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1412/projeto_de_lei_n._66-2021.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1413/projeto_de_lei_n._67-2021.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1414/projeto_de_lei_n._68-2021.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1415/projeto_de_lei_n._69-2021.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1416/projeto_de_lei_n._70-2021.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1417/projeto_de_lei_n._71-2021.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1418/projeto_de_lei_n._72-2021.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1419/projeto_de_lei_n._73-2021.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1420/projeto_de_lei_n._74-2021.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1421/projeto_de_lei_n._75-2021.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1422/projeto_de_lei_n._76-2021.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1423/projeto_de_lei_n._77_-_2021.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1424/projeto_de_lei_n._78_-_2021.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1455/projeto_de_lei_n._79-2021.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1456/projeto_de_lei_n._80-2021.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1457/projeto_de_lei_n._81-2021.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1464/projeto_de_lei_n._82-2021.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1475/projeto_de_lei_n._83-2021.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1476/projeto_de_lei_n._84-2021.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1477/projeto_de_lei_n._85-2021.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1486/projeto_de_lei_n._86-2021.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1487/projeto_de_lei_n._87-2021.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1488/anexo_projeto_de_lei_no_88-2021.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1489/projeto_de_lei_no_89-2021.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1492/projeto_de_lei_no_90-2021.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1493/projeto_de_lei_no_91-2021.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1503/projeto_de_lei_92-2021.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1504/projeto_de_lei_93-2021.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1516/projeto_de_lei_no_94-2021.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1517/projeto_de_lei_no_95-2021.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1518/projeto_de_lei_no_96-2021.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1519/projeto_de_lei_no_97-2021.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1520/projeto_de_lei_no_98-2021.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1525/projeto_de_lei_no_99-2021.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1526/projeto_de_lei_no_100-2021.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1527/projeto_de_lei_no_101-2021.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1533/projeto_de_lei_no_102-2021.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1535/projeto_de_lei_no_103-2021.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1539/projeto_de_lei_no_104-2021.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1540/projeto_de_lei_no_105-2021.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1541/projeto_de_lei_no_106-2021.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1542/projeto_de_lei_no_107-2021.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1543/projeto_de_lei_no_108-2021.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1544/projeto_de_lei_no_109-2021.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1554/projeto_de_lei_no_113-2021.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1555/projeto_de_lei_no_114-2021.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1559/projeto_de_lei_no_115-2021.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1560/projeto_de_lei_no_116-2021.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1561/projeto_de_lei_no_117-2021.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1563/projeto_de_lei_no_119-2021.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1564/projeto_de_lei_no_120-2021.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1565/projeto_de_lei_no_121-2021.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1575/projeto_de_lei_no_122-2021.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1576/projeto_de_lei_no_123-2021.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1579/projeto_de_lei_n.124-2021_-_marluci.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1580/projeto_de_lei_no_125-2021.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1594/projeto_de_lei_n._126-2021.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1597/projeto_de_lei_no_127-2021.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1598/projeto_de_lei_no_128-2021.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1600/projeto_de_lei_no_129-2021.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1606/projeto_de_lei_no_133-2021.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1607/projeto_de_lei_no_134-2021.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1608/projeto_de_lei_no_135-2021.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1609/projeto_de_lei_no_136-2021.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1610/projeto_de_lei_no_137-2021.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1275/projeto_de_lei_complementar_n._001-2021.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1365/projeto_de_lei_complementar_n._002-2021.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1402/projeto_de_lei_complementar_n._03-2021.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1458/projeto_de_lei_complementar_n._04-2021.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1578/projeto_de_lei_complementar_no_05-2021.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1590/projeto_de_lei_complementar_no_06-2021.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1591/projeto_de_lei_complementar_no_07-2021.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1599/projeto_de_lei_complementar_no_08-2021.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1604/projeto_de_lei_complementar_no_09-2021.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1298/proposta_de_emenda_n.001-2021.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1524/proposta_de_emenda_a_lei_organica_n.002-2021.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1566/veto_municipal__no_001-2021.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1577/veto_municipal__no_002-2021.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1294/chapa_ccjrf.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1295/chapa_coef.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1296/chapa_cosama.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1297/chapa_cedltstas.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1329/mocao_de_repudio_-_001-2021.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1330/mocao_de_repudio_-_002-2021.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1361/edital_n.001-2021.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1367/chapa_a_forca_da_democracia_no_poder_legislativo.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1368/chapa_unidos_no_legislativo.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/1582/of._089_-_2021_-_lista_triplice_impes.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H395"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="40.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="168.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="135.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="134.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>