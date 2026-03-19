--- v0 (2026-01-29)
+++ v1 (2026-03-19)
@@ -54,2144 +54,2144 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IN</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Geferson dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/410/indicacao_no.001-2018_-_geferson.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/410/indicacao_no.001-2018_-_geferson.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa Diretora desta Augusta Câmara Municipal, que depois de ouvido o Douto Plenário, com supedâneo no Regimento Interno deste Corpo Colegiado, a APROVAÇÃO desta INDICAÇÃO e o posterior envio a Exma. Srª. Prefeita Municipal esta indicação que solicito da mesma as seguintes providências em favor de nossos produtores rurais que tem interesse em melhorar suas plantações e com isso melhorar a renda familiar._x000D_
 _x000D_
 			Exma. Sra. Prefeita Municipal, solicito de Vossa Excelência, que providencie um Ônibus para o mês de Dezembro, para levar produtores interessados em conhecer o Projeto RECA (Associação dos Pequenos Agrossilvicultores do Projeto Reca e Cooperativa Agropecuária e Florestal do Projeto Reca), e assim implantar e melhorar o cultivo de Cupuaçu, Açaí, Palmito e Pupunha Lisa, em nosso município.</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>RE</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Sebastião Machado</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/411/requerimento_001-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/411/requerimento_001-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja substituído a Ponte velha de madeira em frente a propriedade da Elaine Cavagna na Linha Gogo da Onça, por galerias.</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Elias do Tininho</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/412/requerimento_002-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/412/requerimento_002-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Administração, que seja colocado Energia Elétrica 24 horas e Internet nos Distritos de Pedras Negras e Santo Antônio.</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/413/requerimento_003-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/413/requerimento_003-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Ação Social, que alugue uma Casa próximo ao Hospital Regional, para servir de Casa de Apoio aos acompanhantes dos Pacientes que são internados no mesmo.</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/414/requerimento_004-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/414/requerimento_004-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Saúde, que seja criado o Cargo de Diretor de Transporte.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/415/requerimento_005-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/415/requerimento_005-2018.pdf</t>
   </si>
   <si>
     <t>Requer autorização Parlamentar dos Nobres Vereadores, no qual autoriza ao Vereador Geferson dos Santos, ceder o seu Gabinete para a Coordenação do Leilão do Hospital do Câncer, hoje exercida pela Vânia, através de um trabalho voluntário.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/416/requerimento_006-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/416/requerimento_006-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Saúde, que providencie o mais rápido possível os exames de Ultrassom em nosso Município, que não estão sendo feitos por falta de Servidor.</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Braz Carlos Correia, Milton de Jesus</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/417/requerimento_007-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/417/requerimento_007-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja feito demarcação de estacionamento para Motos, nas Ruas do Centro da Cidade, sendo na Avenida Tancredo Neves, entre as Ruas Chico Mendes e Avenida Paraná.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Milton de Jesus</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/418/requerimento_008-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/418/requerimento_008-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Educação, a aquisição de equipamentos para a instalação da Radio Recreio na Escola Neusa de Oliveira Bravin.</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/419/requerimento_009-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/419/requerimento_009-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Saúde, providenciar um Ar condicionado dentro da Ambulância que atende nossos pacientes no município, ou no mínimo um Ventilador.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, a reconstrução de uma Ponte na Linha 02, em frente a propriedade do Sr Mineiro.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Braz Carlos Correia</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/421/requerimento_011-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/421/requerimento_011-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, o Patrolamento e Cascalhamento dos pontos críticos da Linha 95.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Gelasio Cardoso Leal</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/422/requerimento_012-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/422/requerimento_012-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, para fazer a abertura e levantamento da estrada da Linha 04, entre a saída da cidade até o proprietário Edson Guairá.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/423/requerimento_013-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/423/requerimento_013-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja confeccionado Placas indicando os nomes das ruas e avenidas de São Francisco do Guaporé, e também em todas as entradas das Linhas e Travessões, informando o nome da Linha e a quilometragem de sua extensão.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Zé da Máquina</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/424/requerimento_014-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/424/requerimento_014-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que faça faixas para estacionamento do Ônibus Escolar na lateral e frente do Colégio Ronaldo Aragão, e transforme em mão única o trecho da Rua das Comunicações, entre a Avenida Tancredo Neves e Rua Ronaldo Aragão, sentido Avenida.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/425/requerimento_015-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/425/requerimento_015-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que faça a cedência da PC para a Secretaria de Agricultura, para atender o produtores de café clonal da Linha 06.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/426/requerimento_016-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/426/requerimento_016-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja feito a Iluminação Pública na Rua Samuel Lourenço, bairro Cidade Baixa.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Alan Siqueira</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/427/requerimento_017-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/427/requerimento_017-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, o Cascalhamento de 1.300 metros de uma Linha que fica próximo a Linha 10, na RO 377, onde tem 5 moradores de uma mesma família, os Senhores Monzatt, Nivaldo, Adelso, Osvaldo e Gelson.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/428/requerimento_018-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/428/requerimento_018-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja feita uma calçada na Orla, e também uma Praça no Distrito de Porto Murtinho.</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Elenildo Nunes de Souza</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/429/requerimento_019-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/429/requerimento_019-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, a substituição das lâmpadas amarelas da Praça Peninha no Bairro Alto Alegre, por lâmpadas brancas.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/430/requerimento_020-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/430/requerimento_020-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Saúde, que seja feito a aquisição de todos os equipamentos necessários de Fonoaudiologia, para o Posto de Saúde de nosso município, para que o Médico Fonoaudiólogo possa prestar atendimento aos nossos pacientes.</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Antônio Cavagna, Elenildo Nunes de Souza</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/431/requerimento_021-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/431/requerimento_021-2018.pdf</t>
   </si>
   <si>
     <t>junto a Secretaria de Agricultura, para que Crie mais um dia de Feira Livre aos Sábados a partir das 16 horas, ao lado da Praça do Tininho no Bairro Cidade Alta.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/432/requerimento_022-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/432/requerimento_022-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, a reconstrução de uma Ponte sobre o Rio Pascoal, no final da Linha 90, que está com as pranchas danificadas.</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/433/requerimento_023-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/433/requerimento_023-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, o Cascalhamento da Linha 69, que são aproximadamente 2 km.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/434/requerimento_024-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/434/requerimento_024-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja feito cinco quebra molas na linha do Bairro Chacareiro Adão Martins.</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Requer junto ao Diretor de Esporte, o reparo da Iluminação da Quadra da Comunidade do Km 75.</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Requer junto ao Jurídico da Prefeitura, que faça um Projeto de Lei autorizando os Produtores do Município a estacionar na Avenida Paraná, entre a Avenida Tancredo e Avenida Guaporé, para venderem suas produções.</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/437/requerimento_027-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/437/requerimento_027-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Saúde, a contratação de um Psicólogo para atender aos servidores da Saúde e Educação.</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/438/requerimento_028-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/438/requerimento_028-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Geral de Governo e Administração, a disponibilidade ou aquisição de um veículo para a Receita Fiscal do Município.</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/439/requerimento_029-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/439/requerimento_029-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento Jurídico do Cadastro, quantas placas de taxi temos em nosso município, e quantas estão em Concessão, informando o nome dos beneficiados com as placas e o local de prestação de serviço.</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/440/requerimento_030-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/440/requerimento_030-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento Jurídico, a prorrogação do Concurso Público realizado pela Prefeitura no ano de 2016, por mais 2 anos.</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/441/requerimento_031-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/441/requerimento_031-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento de Esporte, a Iluminação do Campo da Comunidade da Linha 07.</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Elias do Tininho, Zé da Máquina</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/442/requerimento_032-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/442/requerimento_032-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que faça os estacionamentos na Avenida Guaporé LE, conforme desenho abaixo, feito pelo Responsável pelo DNIT na BR 429.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/443/requerimento_033-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/443/requerimento_033-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, para patrolar a Linha 02 da RO 377, lado Chacareiro, e arrumar a primeira ponte.</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/444/requerimento_034-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/444/requerimento_034-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, para trocar as Iluminarias dos postes da Vila da Linha 08, na RO 377.</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/445/requerimento_035-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/445/requerimento_035-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, cascalhar um vala que atravessa a estrada da linha 02B no km 5, que se formou devido a agua da chuva e fazer com que essa água vá até o bueiro próximo para não ficar atravessando a estrada.</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/446/requerimento_036-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/446/requerimento_036-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que faça a pintura dos quebra molas da cidade com tinta para demarcação viária.</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/447/requerimento_037-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/447/requerimento_037-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, a aquisição de 01 (um) ar-condicionado, 02 (dois) ventiladores, 05 (cinco) cadeiras, 01(uma) escrivaninha, 01 (um) bebedouro e 01 (um) suporte de aferir a pressão.</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/448/requerimento_038-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/448/requerimento_038-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras e o Departamento do Meio Ambiente, que seja colocado Cestas de Lixo nas Avenidas e nos pontos principais de nossa Cidade.</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/449/requerimento_039-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/449/requerimento_039-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Agricultura, que mande fazer um Enleirador de Inhame, para servir aos pequenos produtores.</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/450/requerimento_040-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/450/requerimento_040-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento Jurídico, convocar uma Reunião com os Representantes da Empresa San Lex – Gestão em Saneamento Eireli – ME, para tratar de assuntos referente aos serviços que estão sendo feitos nas Casas de nossa população.</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/451/requerimento_041-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/451/requerimento_041-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Educação, e a mesma faça a aquisição de todos os Equipamentos para a implantação da Radio Recreio na Escola Polo Neusa de Oliveira Bravin, conforme Projeto Básico em Anexo.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/452/requerimento_042-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/452/requerimento_042-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento Jurídico, que convoque uma reunião com os Representantes da Empresa que fará o serviço de asfalto das ruas de nossa cidade, juntamente com todos os Vereadores das Casa de Leis.</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/453/requerimento_043-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/453/requerimento_043-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento Jurídico do Cadastro, que seja feito um Edital de Concessão, para preenchimento das Placas de Taxis existente em nosso município.</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/454/requerimento_044-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/454/requerimento_044-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja patrolado os trechos da BR 429 que não tem asfalto, principalmente nas cabeceiras das pontes, mesmo sabendo que não é competência do Município.</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/455/requerimento_045-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/455/requerimento_045-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Agricultura, que feita a instalação do maquinário de Beneficiamento de Castanha do Brasil na Escola desativada do km 75.</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que jogue água na linha do Setor Chacareiro do Adão Martins, cedo e a tarde.</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/457/requerimento_047-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/457/requerimento_047-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Educação, que envie a esta Casa de Leis um Relatório Técnico sobre a Instalação Elétrica da Escola Municipal Ronaldo Aragão, feito por um Profissional Engenheiro Eletricista.</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/458/requerimento_048-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/458/requerimento_048-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Educação, e a mesma faça a aquisição de todos os Equipamentos para a implantação da Radio Recreio na Escola Polo Clodoaldo Splícigo.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/459/requerimento_049-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/459/requerimento_049-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, a Iluminação e Cerca em volta da Quadra de Areia, de futebol e vôlei, na Praça do Tininho.</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/460/requerimento_050-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/460/requerimento_050-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja feito três quebra molas na Linha 04, no km 03, sendo um quebra mola antes da curva, outro na Linha 04 reta e o ultimo depois da curva.</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/461/requerimento_051-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/461/requerimento_051-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja feito um Quebra Mola na Rua Osvaldo Laizo, ao lado da Praça do Tininho.</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/462/requerimento_052-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/462/requerimento_052-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, a abertura da Rua São Paulo, entre as Ruas Duque de Caxias e a Rua Dom Pedro I.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/463/requerimento_053-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/463/requerimento_053-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Saúde, a contratação de um Professor de Educação Física para atender as Academia de Saúde.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/464/requerimento_054-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/464/requerimento_054-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja arrumado uma Ponte na Linha Santo Antônio.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/465/requerimento_055-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/465/requerimento_055-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que providencie a Instalação da Rede de Energia Elétrica de alta tensão na Rua Maria Julia no Bairro Cidade Alta.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>Braz Carlos Correia, Elias do Tininho</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/466/requerimento_056-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/466/requerimento_056-2018.pdf</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/467/requerimento_057-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/467/requerimento_057-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Saúde, um servidor para entregar o resultado dos Exames a partir das 07 horas da manhã.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/468/requerimento_058-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/468/requerimento_058-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, o Patrolamento e Cascalhamento da Travessa na Linha 02B no km 03, antigo Gaúcho.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/469/requerimento_059-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/469/requerimento_059-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Administração, a aquisição de um Mastro de 50 metros de altura, bem como uma bandeira do município proporcional ao tamanho do Mastro, para que seja colocado em frente a Prefeitura, no final da Avenida Brasil.</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/470/requerimento_060-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/470/requerimento_060-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Agricultura, que seja criado um Fundo de Arrecadação da Secretaria Municipal de Agricultura, para o recolhimento das taxas cobradas pela mesma.</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/471/requerimento_061-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/471/requerimento_061-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, a substituição de duas pontes na Linha 90, uma no Rio Bonito, em frente a propriedade do Senhor Aristides e a outra em frente a propriedade do Senhor Zé Goiano.</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/472/requerimento_062-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/472/requerimento_062-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, a troca das pranchas da Ponte que fica na Linha 04, no galho da Linha 2A.</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/473/requerimento_063-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/473/requerimento_063-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, a abertura da Rua Tiradentes, entre as Ruas Dos Pioneiros e a Rua Integração, no Bairro Alto Alegre.</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/474/requerimento_064-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/474/requerimento_064-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja aterrado o poço velho, desmanchado a Capela antiga e colocado Iluminarias do Cemitério Municipal São Francisco de Assis.</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/475/requerimento_065-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/475/requerimento_065-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja feito doação de cascalho da cascalheira municipal para a execução da pavimentação da Av. Tancredo Neves.</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/476/requerimento_066-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/476/requerimento_066-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Saúde, a Reforma, Ampliação e troca do piso da Sala da Fisioterapia.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>Braz Carlos Correia, Geferson dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/477/requerimento_067-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/477/requerimento_067-2018.pdf</t>
   </si>
   <si>
     <t>Requer que providencie um Decreto Municipal concedendo Ponto Facultativo nos dias de jogo do Brasil na Copa do Mundo.</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/478/requerimento_068-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/478/requerimento_068-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que faça a Reabertura das laterais da Linha dos Goianos no perímetro da mata e a manutenção da ponte.</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/479/requerimento_069-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/479/requerimento_069-2018.pdf</t>
   </si>
   <si>
     <t>Requer a criação de uma Comissão Permanente, disciplinada no artigo 72 do Código de Postura, estabelecendo os dias e horários para que os vendedores ambulantes possam exercer dignamente o seu labor, o seu ganha pão, por serem extremamente necessários para o crescimento de nosso querido Município de São Francisco do Guaporé.</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/480/requerimento_070-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/480/requerimento_070-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Agricultura, que seja realizado um curso de Doma de Equinos, para todos os proprietários e seus funcionários do município que quiserem aprender.</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/481/requerimento_071-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/481/requerimento_071-2018.pdf</t>
   </si>
   <si>
     <t>Requer que seja colocado uma Placa de Uso Privativo no estacionamento da Câmara Municipal, para servidores e Vereadores.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/482/requerimento_072-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/482/requerimento_072-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Agricultura, que providencie uma alteração na Lei do Programa A Hora do Produtor, para dar isenção nas Taxas dos serviços de hora maquinas para as Agroindústria.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/483/requerimento_073-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/483/requerimento_073-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja lavada a Avenida Tancredo Neves, retirando toda a terra acumulada no asfalto.</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/484/requerimento_074-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/484/requerimento_074-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Administração, a aquisição de uma Tenda 10 x 10, para o Cemitério Municipal, para ser usada em enterros durante o dia.</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/485/requerimento_075-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/485/requerimento_075-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja realizado um Tapa Buraco nas ruas asfaltadas de nossa cidade.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/486/requerimento_076-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/486/requerimento_076-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, construir dois quebra molas na entrada da Linha 033.</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/487/requerimento_077-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/487/requerimento_077-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Educação, o Reparo nos Banheiros da Escola Neusa de Oliveira Bravin, e principalmente mudar toda a encanação dos banheiros.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/488/requerimento_078-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/488/requerimento_078-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Educação, a construção de Muro, na parte que falta para fechar as novas Salas do Ensino Médio.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/489/requerimento_079-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/489/requerimento_079-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, o Patrolamento e Cascalhamento e manter o caminhão pipa molhando a linha 04 ate o curral da Fazenda do Senhor Sergio da Vaca  nos dias 06, 07 e 08 do Mês de Julho.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/490/requerimento_080-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/490/requerimento_080-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obra, a construção de um Quebra Mola na saída da Linha 25, na BR 429 km 75.</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/491/requerimento_081-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/491/requerimento_081-2018.pdf</t>
   </si>
   <si>
     <t>Requer que seja instalado internet por Fibra Ótica na Câmara Municipal, para melhor desenvolvimento dos serviços necessários da Casa.</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/492/requerimento_082-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/492/requerimento_082-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento de Esporte, a Reforma das Grades da Quadras Poliesportiva do Bairro  Cidade Alta, ao lado da Praça do Tininho.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/493/requerimento_083-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/493/requerimento_083-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que molhe a grama e as plantas da Praça do Tininho, no Bairro Cidade Alta;</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/494/requerimento_084-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/494/requerimento_084-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Educação, que se realizado o Momento Cívico pelo menos uma vez por semana nas Escolas do Município, cumprindo a Lei Municipal nº.811/2012.</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/495/requerimento_085-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/495/requerimento_085-2018.pdf</t>
   </si>
   <si>
     <t>Requer um Ato Administrativo do Executivo, dando o nome na Vila da Comunidade do km 75, escolhido em reunião realizada no dia 28 de Julho de 2018, sendo “Vila Rica do Guaporé”, e colocar uma Placa identificando a Vila.</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>Antônio Cavagna</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/496/requerimento_086-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/496/requerimento_086-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, a construção de um Quebra Mola na Avenida Tancredo Neves, antes da Rua Joaquim Mutin, próximo ao Posto Celeiro.</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/497/requerimento_087-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/497/requerimento_087-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Saúde, que seja feito a aquisição de cortinas persianas para as quatro janelas da Sala da Fisioterapia.</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/498/requerimento_088-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/498/requerimento_088-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que contrate com urgência uma Retro Escavadeira para fazer as saídas de água nas linhas vicinais do município.</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/499/requerimento_089-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/499/requerimento_089-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Agricultura, que contrate uma Máquina para fazer Bebedouros nas pequenas propriedades rurais que esteja passando por necessidade de água para o rebanho.</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/500/requerimento_090-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/500/requerimento_090-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que faça a reconstrução da ponte sobre o Rio Pascoal, na Linha dos Goianos, na saída do travessão para a Boiadeira.</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/501/requerimento_091-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/501/requerimento_091-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Educação, a cedência de uma sala de aula na Escola Regina de Almeida Araújo, para funcionamento de aulas de inglês do FISK de Ji-paraná, somente aos sábados.</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/502/requerimento_092-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/502/requerimento_092-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Ação Social, que aumente a subvenção para a Associação dos Idosos, no Valor de R$ 5.000,00 reais anuais.</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>Geferson dos Santos, Gelasio Cardoso Leal</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/503/requerimento_093-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/503/requerimento_093-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Saúde, a aquisição de uma cadeira odontológica para o Posto de Saúde Sebastião Leite da Silva, na Linha 06, bem como o Dentista para prestar atendimento no local pelo menos uma vez por semana.</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/504/requerimento_094-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/504/requerimento_094-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Obras, o patrolamento e cascalhamento da Linha Eixo e de das linhas vicinais do Setor Chacareiro.</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/505/requerimento_095-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/505/requerimento_095-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que dado manutenção da Ponte da Linha 72.</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/506/requerimento_096-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/506/requerimento_096-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que dado manutenção da Ponte da Linha 90 (Reta), km 26, em frente a propriedade do Sr. Loristan.</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/507/requerimento_097-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/507/requerimento_097-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que dado manutenção da Ponte da Linha 85, antes do Travessão para a Linha 33.</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/508/requerimento_098-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/508/requerimento_098-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que dado manutenção da Ponte no Travessão da Linha 85 para a Linha 33, em frente a propriedade do Senhor Jair.</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/509/requerimento_099-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/509/requerimento_099-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento Jurídico, uma alteração de 30% no valor das diárias na Lei nº.945/2013, em especial no Anexo I, que trata das diárias de viagens do servidores do Poder Executivo Municipal.</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/510/requerimento_100-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/510/requerimento_100-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, para fazer um Bueiro na Linha 07, em frente a propriedade do Senhor Eduardo.</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/511/requerimento_101-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/511/requerimento_101-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, a construção de Banheiro público na Praça Municipal do Tininho, no bairro cidade alta.</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/512/requerimento_102-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/512/requerimento_102-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que faça a construção de um Ponto de Ônibus na entrada da Linha 27.</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/513/requerimento_103-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/513/requerimento_103-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que faça a construção de um Ponto de Ônibus na entrada da Linha 90.</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/514/requerimento_104-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/514/requerimento_104-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que faça a abertura de uma Estrada na Linha 04 C, no setor chacareiro, na propriedade da Dona Evangelina, com uma extensão de 1.000 metros, para atender a quatro propriedades.</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/515/requerimento_105-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/515/requerimento_105-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, a abertura de uma estrada na RO 377, no km 09, na propriedade do Senhor Valdecir Boni.</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/516/requerimento_106-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/516/requerimento_106-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Educação, a Construção do Muro da Escola Polo Clodoaldo Splícigo.</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/517/requerimento_107-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/517/requerimento_107-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Educação, a aquisição e instalação de Ar-condicionado para a Escola Clodoaldo Splícigo.</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/518/requerimento_108-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/518/requerimento_108-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Educação, que seja feito um quebra mola em frente a Escola Clodoaldo Splícigo.</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/519/requerimento_109-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/519/requerimento_109-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Agricultura, que faça uma alteração na Lei nº.1.394/2016 que Institui o Programa A Hora do Produtor, para dar isenção nas Taxas dos serviços de hora maquinas e cascalhamento nas propriedades abaixo de 12,1 hectares de nosso município.</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/520/requerimento_110-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/520/requerimento_110-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, o patrolamento e cascalhamento da Linha 22, que fica no km 65 da BR 429 (Linha da Escola Família Agrícola) e a troca de um bueiro de madeira por manilhas que fica no km 2,5.</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>Requer a mudança de dia da realização das Sessões Ordinárias, para todas as Sextas-feiras às 09 horas.</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/522/requerimento_112-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/522/requerimento_112-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Saúde, a construção de um poço semi-artesiano no Posto de Saúde Ellen Cavagna.</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Saúde, que faça com que o Posto de Saúde Sebastião Leite da Silva, na Linha 06, tenha horário de atendimento todos os dias da semana, com uma Enfermeira e uma Zeladora presentes.</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>Requer a mudança de dia da realização das Sessões Ordinárias, para todas as Sextas-feiras às 19 horas e 30min.</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/525/requerimento_115-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/525/requerimento_115-2018.pdf</t>
   </si>
   <si>
     <t>Requer um Oficio ao Diretor Executivo do INTERLEGIS, solicitando hospedagem do Portal Modelo para a nossa Casa Legislativa, e indicar um nome de um Servidor Efetivo para realizar o treinamento para utilizarmos como nosso Portal da Transparência.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/526/requerimento_116-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/526/requerimento_116-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento de Esporte, que inclua em seu orçamento para o ano de 2019, a Iluminação do campo da Linha 06, Setor São Pedro.</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/527/requerimento_117-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/527/requerimento_117-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que faça a manutenção na ponte da Linha 95 b, sobre o Rio Paraguaçu.</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/528/requerimento_118-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/528/requerimento_118-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, o cascalhamento da Linha 69 da BR, até o Travessão, e dar manutenção na Ponte que fica perto as propriedade do Sr. Valdeci.</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/529/requerimento_119-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/529/requerimento_119-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, o cascalhamento e reconstrução da Ponte da Linha 10, na lateral da propriedade do Sr. Pedrão até a propriedade do Sr. Gaúcho da Churrascaria.</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/530/requerimento_120-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/530/requerimento_120-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, para refazer um bueiro na Linha 06, km 08, Setor Porto Murtinho, em frente a propriedade do Sr. Geso.</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/531/requerimento_121-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/531/requerimento_121-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Municipal de Agricultura, que seja colocado as tampas trazeiras nas Caçambas que prestam serviço na Secretaria para os nossos agricultores.</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/532/requerimento_122-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/532/requerimento_122-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, o patrolamento da Linha 27, da Guarita até a Fazenda Santa Rita, e arrumar a entrada do Senhor Lourenço.</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/533/requerimento_123-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/533/requerimento_123-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, o patrolamento da Linha 25, linha do Senhor João Lobo.</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/534/requerimento_124-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/534/requerimento_124-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, a reabertura da Linha dos Goianos, a partir do km 07.</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/535/requerimento_125-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/535/requerimento_125-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja colocado novamente as Traves da Quadra Poliesportiva da Praça do Tininho.</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/536/requerimento_126-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/536/requerimento_126-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que quando retirar as Galerias da Avenida Paraná, e leva-las para a Linha Gogo da Onça, no km 08, em frente a propriedade do Senhor Darci.</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/537/requerimento_127-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/537/requerimento_127-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento de Esporte, que seja Iluminado a Quadra de Vôlei da Comunidade Cristo Rei na Linha 90, no km 17.</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/538/requerimento_128-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/538/requerimento_128-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja cascalhado o Travessão que liga a Linha 95 A, com a Linha 2 A, que vai até na propriedade do Senhor Orlando.</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/539/requerimento_129-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/539/requerimento_129-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento de Esporte, que seja colocado duas traves de ferro no Campo Society do Luciano na Linha 07.</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/540/requerimento_130-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/540/requerimento_130-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Saúde, que inclua atendimento odontológico no Posto de Saúde Sebastião Leite da Silva.</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/541/requerimento_131-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/541/requerimento_131-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, a retirada do Lixão da Linha 02 da BR 429, em nome dos moradores de toda a Linha.</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>Geferson dos Santos, Milton de Jesus</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/542/requerimento_132-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/542/requerimento_132-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Agricultura, a distribuição urgente dos Implementos Agrícolas que se encontram no almoxarifado do município.</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/543/requerimento_133-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/543/requerimento_133-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja cedido uma maquina PC, para a Secretaria de Agricultura, para que a mesma realize um trabalho de benefícios aos nossos agricultores.</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/544/requerimento_134-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/544/requerimento_134-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, a contratação de dois (02) Garis urgente, para completar a Equipe de Garis.</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/545/requerimento_135-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/545/requerimento_135-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja proibido o Caminhão do Lixo entrar dentro de propriedades privadas para recolher lixos que deveriam estar na lixeira, em cima das calçadas, que são os locais de recolhimento do lixo.</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/550/requerimento_136-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/550/requerimento_136-2018.pdf</t>
   </si>
   <si>
     <t>Requer uma Tomada de Contas Especial, com vistas à apuração dos fatos, identificados dos responsáveis e qualificação do ano ocasionado ao Erário, sobre fatos ocorridos na Escola Regina de Almeida, envolvendo a direção da Escola.</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/605/requerimento_137-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/605/requerimento_137-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Educação, que seja colocado duas caçambas de areia na Quadra de Vôlei da Escola Clodoaldo Splícigo.</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/606/requerimento_138-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/606/requerimento_138-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja colocado um Bueiro na Linha 02, no Km 18, em frente a fazenda Santa Maria.</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/607/requerimento_139-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/607/requerimento_139-2018.pdf</t>
   </si>
   <si>
     <t>Requer uma Audiência Publica na Câmara, convocando os Feirantes e o Comércio, para tratar sobre o rodizio de comércio aberto no domingo.</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/608/requerimento_140-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/608/requerimento_140-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, a construção de dois quebra molas na Avenida Brasil, em frente a Igreja Assembleia de Deus, no Bairro Cidade Alta, sendo um em cada mão da avenida.</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/609/requerimento_141-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/609/requerimento_141-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, a limpeza das Ruas do Distrito de Porto Murtinho.</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/610/requerimento_142-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/610/requerimento_142-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, a manutenção da iluminação pública do Distrito de Porto Murtinho.</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/611/requerimento_143-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/611/requerimento_143-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja feito a Ampliação da Capela Mortuária, e urgentemente a manutenção dos banheiros.</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/612/requerimento_144-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/612/requerimento_144-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja instalado Iluminarias dentro do Cemitério Municipal São Francisco de Assis.</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/613/requerimento_145-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/613/requerimento_145-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, enviar uma Retro Escavadeira para desentupir todas a bocas dos bueiros das linhas do Setor Chacareiro.</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/614/requerimento_146-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/614/requerimento_146-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja cascalhado a chegada do Rio Guaporé, da Sede da Fazenda Belo Oriente até a barranca do rio.</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>Braz Carlos Correia, Gelasio Cardoso Leal</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/615/requerimento_147-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/615/requerimento_147-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Educação, que seja feito a manutenção das salas de aulas e dos banheiros da Escola Clodoaldo Splícigo, principalmente das quatros salas que está afundando o piso.</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/616/requerimento_148-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/616/requerimento_148-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Educação, que seja feita a aquisição de dois Padrão de Energia para a Escola Clodoaldo Splícigo.</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/617/requerimento_149-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/617/requerimento_149-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja colocado um bueiro na entrada da Linha 04, do Setor Porto Murtinho.</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/618/requerimento_150-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/618/requerimento_150-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento de Esporte, a Cobertura e Reforma da Quadra Poliesportiva do Bairro Cidade Alta, ao lado da Praça do Tininho.</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/619/requerimento_151-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/619/requerimento_151-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, o patrolamento do local para construção de um campo de futebol, na Linha 95, propriedade do Seu Domingos.</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja feito a Iluminação Pública na Comunidade do Km 75.</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, o reparo da Iluminação na Praça do Tininho, onde tem muitas lâmpadas queimadas.</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/624/requerimento_154-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/624/requerimento_154-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja feito as saídas de água na Linha 90, principalmente no trecho que fica no km 06.</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/625/requerimento_155-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/625/requerimento_155-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja feito a manutenção dos equipamentos e arborização da Praça do Tininho, na Cidade Alta.</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/626/requerimento_156-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/626/requerimento_156-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja feito um quebra mola na Rua Chico Mendes com a Linha 01, e a pintura dos quebra molas da cidade com tinta para demarcação viária.</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/627/requerimento_157-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/627/requerimento_157-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja um quebra mola na Avenida São Francisco, em frente a Norte Tel, no bairro Cidade Alta.</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/628/requerimento_158-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/628/requerimento_158-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Saúde, que envie uma vez por semana, um Médico para atender os pacientes do Posto de Saúde do km 140.</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/629/requerimento_159-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/629/requerimento_159-2018.pdf</t>
   </si>
   <si>
     <t>Requer de acordo com o Art. 26 da Lei Orgânica Municipal, a convocação da Superintendente do Instituto de Previdência dos Servidores Municipal, para vir a está Casa de Leis fazer uma Prestação de Contas dos gastos do IMPES, numero de aposentados, pensionistas e os encostados, bem como o relatório do parcelamento com a Administração. E pedir que marque a data antecipada aqui na Câmara para convocação de todos os Servidores.</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/630/requerimento_160-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/630/requerimento_160-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento de Cadastro, que seja notificados os proprietários de terrenos baldios para fazerem a limpezas de seus terrenos, de acordo com a Lei 1.211/2015.</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>Antônio Cavagna, Braz Carlos Correia, Elenildo Nunes de Souza, Elias do Tininho, Geferson dos Santos, Zé da Máquina</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/631/requerimento_161-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/631/requerimento_161-2018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Educação, que seja feito nova Licitação no Transporte Escolar para o próximo ano de 2019.</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
     <t>APL</t>
   </si>
   <si>
     <t>Anteprojeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/597/anteprojeto_de_lei_n.001-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/597/anteprojeto_de_lei_n.001-2018.pdf</t>
   </si>
   <si>
     <t>Torna obrigatório o deslocamento de veículos da Secretaria Municipal de Saúde para buscar pacientes em suas residências, desde que comprovada sua impossibilidade de deslocamento, e dá outras providências.</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/598/anteprojeto_de_lei_n.002-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/598/anteprojeto_de_lei_n.002-2018.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 7º e o Anexo IV, da Lei Municipal nº.945/2013, na forma que especifica. (Lei de Diárias)</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
     <t>Alan Siqueira, Braz Carlos Correia, Elenildo Nunes de Souza, Elias do Tininho, Geferson dos Santos, Gelasio Cardoso Leal, Milton de Jesus</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/599/anteprojeto_de_lei_n.003-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/599/anteprojeto_de_lei_n.003-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Subvenção Financeira a Associação dos Idosos de São Francisco do Guaporé e dá outras providências.</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/600/anteprojeto_de_lei_n.004-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/600/anteprojeto_de_lei_n.004-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Subvenção Financeira a Associação de Pais e Amigos dos Excepcionais - APAE e dá outras providências.</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/601/anteprojeto_de_lei_n.005-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/601/anteprojeto_de_lei_n.005-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Subvenção Financeira a Escola Família Agrícola do Vale do Guaporé e dá outras providências.</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Milton de Jesus, Zé da Máquina</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/551/projeto_de_lei_n.036-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/551/projeto_de_lei_n.036-2018.pdf</t>
   </si>
   <si>
     <t>“Estabelece espaço exclusivo para  Estacionamento de veículos de transporte escolar em frente às Escolas, e dá outras providências".</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/552/projeto_de_lei_n.047-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/552/projeto_de_lei_n.047-2018.pdf</t>
   </si>
   <si>
     <t>"Altera a redação do artigo 1º e parágrafo único, da Lei Municipal nº.188/2003, na forma que especifica";</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/553/projeto_de_lei_n.067-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/553/projeto_de_lei_n.067-2018.pdf</t>
   </si>
   <si>
     <t>“Dá a denominação de “VALMIR BATISTA DE SOUZA” ao Centro Cultural Municipal, em São Francisco do Guaporé/RO”.</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/554/projeto_de_lei_n.081-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/554/projeto_de_lei_n.081-2018.pdf</t>
   </si>
   <si>
     <t>"Revoga a Lei Municipal nº.1.050/2014"</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/555/projeto_de_lei_n.101-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/555/projeto_de_lei_n.101-2018.pdf</t>
   </si>
   <si>
     <t>“Autoriza a Baixa de Bens Inservíveis do Patrimônio do Poder Legislativo Municipal, e dá outras providências ”</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/556/projeto_de_lei_n.105-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/556/projeto_de_lei_n.105-2018.pdf</t>
   </si>
   <si>
     <t>“Altera o Artigo 6º e acrescenta o parágrafo 1º e 2º na Lei Municipal nº.810/2012, e revoga as  Leis nº.957/2013, nº.1.046/2014 e nº.1.227/2015 e dá outras providências”. (Transporte Escolar)</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
     <t>Braz Carlos Correia, Elias do Tininho, Geferson dos Santos, Milton de Jesus</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/557/projeto_de_lei_n.108-2018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/557/projeto_de_lei_n.108-2018.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a cobrança de Taxa de Alvará do vendedor ambulante não residente em São Francisco do Guaporé/RO, e cadastramento do vendedor ambulante residente em nosso município, e dá outras providências".</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2498,68 +2498,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/410/indicacao_no.001-2018_-_geferson.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/411/requerimento_001-2018.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/412/requerimento_002-2018.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/413/requerimento_003-2018.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/414/requerimento_004-2018.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/415/requerimento_005-2018.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/416/requerimento_006-2018.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/417/requerimento_007-2018.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/418/requerimento_008-2018.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/419/requerimento_009-2018.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/421/requerimento_011-2018.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/422/requerimento_012-2018.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/423/requerimento_013-2018.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/424/requerimento_014-2018.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/425/requerimento_015-2018.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/426/requerimento_016-2018.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/427/requerimento_017-2018.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/428/requerimento_018-2018.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/429/requerimento_019-2018.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/430/requerimento_020-2018.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/431/requerimento_021-2018.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/432/requerimento_022-2018.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/433/requerimento_023-2018.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/434/requerimento_024-2018.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/437/requerimento_027-2018.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/438/requerimento_028-2018.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/439/requerimento_029-2018.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/440/requerimento_030-2018.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/441/requerimento_031-2018.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/442/requerimento_032-2018.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/443/requerimento_033-2018.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/444/requerimento_034-2018.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/445/requerimento_035-2018.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/446/requerimento_036-2018.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/447/requerimento_037-2018.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/448/requerimento_038-2018.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/449/requerimento_039-2018.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/450/requerimento_040-2018.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/451/requerimento_041-2018.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/452/requerimento_042-2018.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/453/requerimento_043-2018.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/454/requerimento_044-2018.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/455/requerimento_045-2018.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/457/requerimento_047-2018.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/458/requerimento_048-2018.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/459/requerimento_049-2018.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/460/requerimento_050-2018.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/461/requerimento_051-2018.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/462/requerimento_052-2018.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/463/requerimento_053-2018.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/464/requerimento_054-2018.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/465/requerimento_055-2018.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/466/requerimento_056-2018.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/467/requerimento_057-2018.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/468/requerimento_058-2018.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/469/requerimento_059-2018.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/470/requerimento_060-2018.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/471/requerimento_061-2018.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/472/requerimento_062-2018.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/473/requerimento_063-2018.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/474/requerimento_064-2018.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/475/requerimento_065-2018.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/476/requerimento_066-2018.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/477/requerimento_067-2018.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/478/requerimento_068-2018.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/479/requerimento_069-2018.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/480/requerimento_070-2018.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/481/requerimento_071-2018.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/482/requerimento_072-2018.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/483/requerimento_073-2018.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/484/requerimento_074-2018.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/485/requerimento_075-2018.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/486/requerimento_076-2018.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/487/requerimento_077-2018.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/488/requerimento_078-2018.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/489/requerimento_079-2018.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/490/requerimento_080-2018.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/491/requerimento_081-2018.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/492/requerimento_082-2018.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/493/requerimento_083-2018.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/494/requerimento_084-2018.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/495/requerimento_085-2018.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/496/requerimento_086-2018.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/497/requerimento_087-2018.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/498/requerimento_088-2018.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/499/requerimento_089-2018.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/500/requerimento_090-2018.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/501/requerimento_091-2018.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/502/requerimento_092-2018.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/503/requerimento_093-2018.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/504/requerimento_094-2018.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/505/requerimento_095-2018.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/506/requerimento_096-2018.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/507/requerimento_097-2018.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/508/requerimento_098-2018.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/509/requerimento_099-2018.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/510/requerimento_100-2018.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/511/requerimento_101-2018.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/512/requerimento_102-2018.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/513/requerimento_103-2018.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/514/requerimento_104-2018.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/515/requerimento_105-2018.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/516/requerimento_106-2018.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/517/requerimento_107-2018.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/518/requerimento_108-2018.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/519/requerimento_109-2018.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/520/requerimento_110-2018.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/522/requerimento_112-2018.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/525/requerimento_115-2018.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/526/requerimento_116-2018.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/527/requerimento_117-2018.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/528/requerimento_118-2018.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/529/requerimento_119-2018.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/530/requerimento_120-2018.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/531/requerimento_121-2018.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/532/requerimento_122-2018.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/533/requerimento_123-2018.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/534/requerimento_124-2018.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/535/requerimento_125-2018.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/536/requerimento_126-2018.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/537/requerimento_127-2018.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/538/requerimento_128-2018.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/539/requerimento_129-2018.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/540/requerimento_130-2018.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/541/requerimento_131-2018.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/542/requerimento_132-2018.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/543/requerimento_133-2018.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/544/requerimento_134-2018.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/545/requerimento_135-2018.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/550/requerimento_136-2018.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/605/requerimento_137-2018.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/606/requerimento_138-2018.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/607/requerimento_139-2018.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/608/requerimento_140-2018.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/609/requerimento_141-2018.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/610/requerimento_142-2018.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/611/requerimento_143-2018.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/612/requerimento_144-2018.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/613/requerimento_145-2018.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/614/requerimento_146-2018.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/615/requerimento_147-2018.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/616/requerimento_148-2018.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/617/requerimento_149-2018.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/618/requerimento_150-2018.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/619/requerimento_151-2018.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/624/requerimento_154-2018.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/625/requerimento_155-2018.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/626/requerimento_156-2018.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/627/requerimento_157-2018.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/628/requerimento_158-2018.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/629/requerimento_159-2018.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/630/requerimento_160-2018.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/631/requerimento_161-2018.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/597/anteprojeto_de_lei_n.001-2018.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/598/anteprojeto_de_lei_n.002-2018.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/599/anteprojeto_de_lei_n.003-2018.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/600/anteprojeto_de_lei_n.004-2018.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/601/anteprojeto_de_lei_n.005-2018.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/551/projeto_de_lei_n.036-2018.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/552/projeto_de_lei_n.047-2018.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/553/projeto_de_lei_n.067-2018.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/554/projeto_de_lei_n.081-2018.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/555/projeto_de_lei_n.101-2018.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/556/projeto_de_lei_n.105-2018.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/557/projeto_de_lei_n.108-2018.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/410/indicacao_no.001-2018_-_geferson.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/411/requerimento_001-2018.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/412/requerimento_002-2018.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/413/requerimento_003-2018.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/414/requerimento_004-2018.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/415/requerimento_005-2018.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/416/requerimento_006-2018.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/417/requerimento_007-2018.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/418/requerimento_008-2018.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/419/requerimento_009-2018.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/421/requerimento_011-2018.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/422/requerimento_012-2018.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/423/requerimento_013-2018.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/424/requerimento_014-2018.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/425/requerimento_015-2018.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/426/requerimento_016-2018.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/427/requerimento_017-2018.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/428/requerimento_018-2018.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/429/requerimento_019-2018.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/430/requerimento_020-2018.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/431/requerimento_021-2018.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/432/requerimento_022-2018.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/433/requerimento_023-2018.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/434/requerimento_024-2018.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/437/requerimento_027-2018.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/438/requerimento_028-2018.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/439/requerimento_029-2018.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/440/requerimento_030-2018.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/441/requerimento_031-2018.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/442/requerimento_032-2018.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/443/requerimento_033-2018.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/444/requerimento_034-2018.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/445/requerimento_035-2018.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/446/requerimento_036-2018.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/447/requerimento_037-2018.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/448/requerimento_038-2018.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/449/requerimento_039-2018.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/450/requerimento_040-2018.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/451/requerimento_041-2018.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/452/requerimento_042-2018.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/453/requerimento_043-2018.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/454/requerimento_044-2018.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/455/requerimento_045-2018.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/457/requerimento_047-2018.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/458/requerimento_048-2018.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/459/requerimento_049-2018.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/460/requerimento_050-2018.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/461/requerimento_051-2018.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/462/requerimento_052-2018.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/463/requerimento_053-2018.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/464/requerimento_054-2018.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/465/requerimento_055-2018.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/466/requerimento_056-2018.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/467/requerimento_057-2018.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/468/requerimento_058-2018.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/469/requerimento_059-2018.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/470/requerimento_060-2018.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/471/requerimento_061-2018.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/472/requerimento_062-2018.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/473/requerimento_063-2018.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/474/requerimento_064-2018.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/475/requerimento_065-2018.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/476/requerimento_066-2018.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/477/requerimento_067-2018.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/478/requerimento_068-2018.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/479/requerimento_069-2018.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/480/requerimento_070-2018.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/481/requerimento_071-2018.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/482/requerimento_072-2018.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/483/requerimento_073-2018.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/484/requerimento_074-2018.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/485/requerimento_075-2018.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/486/requerimento_076-2018.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/487/requerimento_077-2018.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/488/requerimento_078-2018.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/489/requerimento_079-2018.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/490/requerimento_080-2018.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/491/requerimento_081-2018.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/492/requerimento_082-2018.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/493/requerimento_083-2018.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/494/requerimento_084-2018.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/495/requerimento_085-2018.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/496/requerimento_086-2018.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/497/requerimento_087-2018.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/498/requerimento_088-2018.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/499/requerimento_089-2018.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/500/requerimento_090-2018.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/501/requerimento_091-2018.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/502/requerimento_092-2018.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/503/requerimento_093-2018.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/504/requerimento_094-2018.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/505/requerimento_095-2018.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/506/requerimento_096-2018.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/507/requerimento_097-2018.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/508/requerimento_098-2018.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/509/requerimento_099-2018.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/510/requerimento_100-2018.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/511/requerimento_101-2018.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/512/requerimento_102-2018.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/513/requerimento_103-2018.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/514/requerimento_104-2018.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/515/requerimento_105-2018.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/516/requerimento_106-2018.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/517/requerimento_107-2018.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/518/requerimento_108-2018.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/519/requerimento_109-2018.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/520/requerimento_110-2018.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/522/requerimento_112-2018.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/525/requerimento_115-2018.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/526/requerimento_116-2018.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/527/requerimento_117-2018.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/528/requerimento_118-2018.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/529/requerimento_119-2018.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/530/requerimento_120-2018.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/531/requerimento_121-2018.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/532/requerimento_122-2018.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/533/requerimento_123-2018.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/534/requerimento_124-2018.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/535/requerimento_125-2018.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/536/requerimento_126-2018.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/537/requerimento_127-2018.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/538/requerimento_128-2018.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/539/requerimento_129-2018.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/540/requerimento_130-2018.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/541/requerimento_131-2018.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/542/requerimento_132-2018.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/543/requerimento_133-2018.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/544/requerimento_134-2018.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/545/requerimento_135-2018.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/550/requerimento_136-2018.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/605/requerimento_137-2018.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/606/requerimento_138-2018.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/607/requerimento_139-2018.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/608/requerimento_140-2018.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/609/requerimento_141-2018.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/610/requerimento_142-2018.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/611/requerimento_143-2018.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/612/requerimento_144-2018.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/613/requerimento_145-2018.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/614/requerimento_146-2018.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/615/requerimento_147-2018.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/616/requerimento_148-2018.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/617/requerimento_149-2018.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/618/requerimento_150-2018.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/619/requerimento_151-2018.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/624/requerimento_154-2018.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/625/requerimento_155-2018.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/626/requerimento_156-2018.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/627/requerimento_157-2018.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/628/requerimento_158-2018.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/629/requerimento_159-2018.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/630/requerimento_160-2018.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/631/requerimento_161-2018.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/597/anteprojeto_de_lei_n.001-2018.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/598/anteprojeto_de_lei_n.002-2018.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/599/anteprojeto_de_lei_n.003-2018.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/600/anteprojeto_de_lei_n.004-2018.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/601/anteprojeto_de_lei_n.005-2018.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/551/projeto_de_lei_n.036-2018.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/552/projeto_de_lei_n.047-2018.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/553/projeto_de_lei_n.067-2018.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/554/projeto_de_lei_n.081-2018.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/555/projeto_de_lei_n.101-2018.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/556/projeto_de_lei_n.105-2018.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/557/projeto_de_lei_n.108-2018.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H175"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="120.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="118" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="117.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>