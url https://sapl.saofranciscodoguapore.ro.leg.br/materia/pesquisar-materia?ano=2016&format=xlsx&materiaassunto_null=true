--- v0 (2025-10-07)
+++ v1 (2026-03-15)
@@ -54,1017 +54,1017 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>960</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>RE</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Geferson dos Santos, Gerson Paulino, Milton de Jesus</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/960/requerimento_2016_001.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/960/requerimento_2016_001.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Agricultura, a aquisição e doação de Barracas padronizadas para distribuir entre os Feirantes que irão para a nova Feira ao lado do Barracão do Produtor.</t>
   </si>
   <si>
     <t>961</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Geferson dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/961/requerimento_2016_002.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/961/requerimento_2016_002.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, arrumar um Bueiro no Travessão da Linha 04, próximo a propriedade do Sergio do Zé da Vaca.</t>
   </si>
   <si>
     <t>962</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/962/requerimento_2016_003.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/962/requerimento_2016_003.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, arrumar um Bueiro, patrolar e fazer a saída de água em um trecho dentro da Fazenda do Senhor Wilson Parron, sendo do Vasconcelos até o Didi.</t>
   </si>
   <si>
     <t>963</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Elias do Tininho</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/963/requerimento_2016_004.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/963/requerimento_2016_004.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja feito Estacionamentos no Canteiro Central da Avenida Paraná, e um quebra mola, em frente à Igreja Presbiteriana Renovada.</t>
   </si>
   <si>
     <t>964</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/964/requerimento_2016_005.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/964/requerimento_2016_005.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Agricultura, que construa um berçário para a entrega de Levinos, no Terreno atrás das Casinhas Popular no Bairro do Colégio Maria Marta.</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Milton de Jesus</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/965/requerimento_2016_006.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/965/requerimento_2016_006.pdf</t>
   </si>
   <si>
     <t>Requer junta a Secretaria de Meio Ambiente, que providencie um local para o recolhimento de Embalagens de Agrotóxicos.</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Sebastião Machado</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/966/requerimento_2016_007.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/966/requerimento_2016_007.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, a Construção de um Ponto Adequado para os Carroceiros e os Caminhoneiros que fazem Frete em nosso município.</t>
   </si>
   <si>
     <t>967</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/967/requerimento_2016_010.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/967/requerimento_2016_010.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Saúde, a construção de uma Cobertura em frente ao Posto de Saúde Ellen Cavagna.</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/</t>
   </si>
   <si>
     <t>Requer de acordo com o Art. 26 da Lei Orgânica Municipal, a convocação da Superintendente do Instituto de Previdência Municipal, para fazer a Prestação de Contas do Instituto nesta Casa.</t>
   </si>
   <si>
     <t>969</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Zé da Máquina</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/969/requerimento_2016_012.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/969/requerimento_2016_012.pdf</t>
   </si>
   <si>
     <t>Requer que tramite nesta Casa de Lei, para providenciar a realização de uma Sessão Itinerante na Linha 06 do Porto Murtinho.</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/970/requerimento_2016_013.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/970/requerimento_2016_013.pdf</t>
   </si>
   <si>
     <t>Requer junta a Secretaria de Obras, o patrolamento do Campo de Futebol da Associação dos Pequenos Produtores Rurais Rio Bonito – ASPRUBON, na linha 90.</t>
   </si>
   <si>
     <t>971</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Jairo de Oliveira Santana</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/971/requerimento_2016_014.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/971/requerimento_2016_014.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Secretário de Obras, que faça um mutirão para sinalizar todas construções de Pontes na BR 429, no perímetro do nosso município, para evitar mais acidentes.</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/972/requerimento_2016_015.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/972/requerimento_2016_015.pdf</t>
   </si>
   <si>
     <t>Requer junta a Secretaria de Obras, que seja Roçado o Campo da Comunidade Rainha da Paz, km 75.</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/973/requerimento_2016_016.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/973/requerimento_2016_016.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Esporte, que providencie a cobertura da Quadra Poliesportiva localizada ao lado do Colégio João Melo Zeferino, no km 75.</t>
   </si>
   <si>
     <t>974</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/974/requerimento_2016_017.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/974/requerimento_2016_017.pdf</t>
   </si>
   <si>
     <t>Requer junto a secretaria de Obras, o reparo da Iluminação pública da Vila do km 75 na BR 429.</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/975/requerimento_2016_018.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/975/requerimento_2016_018.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Saúde, a construção de um Posto de Saúde na Comunidade do Km 140.</t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/976/requerimento_2016_019.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/976/requerimento_2016_019.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja colocada uma Galeria no Km 08 da Linha Medianeira, conhecida como Gogo da Onça, em frente a propriedade do Dr. Emerson.</t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/977/requerimento_2016_020.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/977/requerimento_2016_020.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja colocado um Bueiro na Linha 90, em frente a propriedade do Senhor Alrindo, e na Linha 25, próximo ao km 15.</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/978/requerimento_2016_022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/978/requerimento_2016_022.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, para fazer o reparo na ponte da Avenida São Francisco.</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/979/requerimento_2016_022.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/979/requerimento_2016_022.pdf</t>
   </si>
   <si>
     <t>980</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/980/requerimento_2016_023.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/980/requerimento_2016_023.pdf</t>
   </si>
   <si>
     <t>Requer a realização de uma Sessão Itinerante no Distrito de Pedras Negras.</t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/981/requerimento_2016_024.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/981/requerimento_2016_024.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, para sinalizar com placas e cones com uma distancia de 1.000 metros antes, os locais em que está realizando trabalho nas linhas.</t>
   </si>
   <si>
     <t>982</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/982/requerimento_2016_025.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/982/requerimento_2016_025.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, para fazer quebra mola na linha do Verdurão.</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/983/requerimento_2016_026.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/983/requerimento_2016_026.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, o cascalhamento na Linha 5 B, nos trechos do km 01 de 100 metros, no km 08 próximo a Associação em 300 metros e também no km 11 com 300 metros de trecho para cascalhar.</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Geferson dos Santos, Jairo de Oliveira Santana</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/984/requerimento_2016_027.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/984/requerimento_2016_027.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, para fazer a limpeza das terras que estão acumuladas no Asfalto, e retirada de uma poça de água no Bueiro da Rua Chico Mendes, em frente a propriedade do Sr. Mauricio Pio.</t>
   </si>
   <si>
     <t>985</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/985/requerimento_2016_028.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/985/requerimento_2016_028.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Educação, melhorias nas Escolas dos Distritos de Santo Antônio e Pedras Negras, com urgência.</t>
   </si>
   <si>
     <t>986</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/986/requerimento_2016_029.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/986/requerimento_2016_029.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Agricultura, que faça pela Secretaria a Aquisição de 2 (dois) arrancador de Inhame;</t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/987/requerimento_2016_030.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/987/requerimento_2016_030.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, para fazer a manutenção do Travessão da Linha 85 com a 95, conhecido como Travessão do Pé de Galinha, entre o Mauro Vargas e o Seu Almalri.</t>
   </si>
   <si>
     <t>988</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/988/requerimento_2016_032.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/988/requerimento_2016_032.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Secretário de Esporte, que disponibilize duas Traves de Futsal e Cinco Bolas para a Quadra Raul José Santana, na Linha 06.</t>
   </si>
   <si>
     <t>989</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/989/requerimento_2016_033.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/989/requerimento_2016_033.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja colocado uma manilha na Rua Osvaldo Laizo, em frente a saída de fundo do Colégio Regina de Almeida.</t>
   </si>
   <si>
     <t>990</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/990/requerimento_2016_034.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/990/requerimento_2016_034.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, para fazer a manutenção na ponte entre a Linha 95 e a 95b, pois a mesma está com uma prancha quebrada e a outra afundou a cabeceira.</t>
   </si>
   <si>
     <t>991</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/991/requerimento_2016_035.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/991/requerimento_2016_035.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja feito a Instalação Elétrica da Rede para colocar energia nas Casinhas Populares, ao lado do Colégio Marta;</t>
   </si>
   <si>
     <t>992</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/992/requerimento_2016_036.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/992/requerimento_2016_036.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, o patrolamento da Linha 04, km 01, setor Loteamento Novo.</t>
   </si>
   <si>
     <t>993</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/993/requerimento_2016_037.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/993/requerimento_2016_037.pdf</t>
   </si>
   <si>
     <t>Requer junto a FUNASA, que seja passado o Fumasse da Linha 04, km 01, setor Loteamento Novo.</t>
   </si>
   <si>
     <t>994</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/994/requerimento_2016_038.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/994/requerimento_2016_038.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Esporte, que seja feito e enviado a esta Casa a Prestação de Conta do que foi feito com o Salário mínimo pagos a Secretaria, da absolvição do Time do Zé da Guascor e também a Relação dos nomes dos atletas absolvidos.</t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/995/requerimento_2016_039.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/995/requerimento_2016_039.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Esporte, que seja feito e enviado a esta Casa a Prestação de Conta da Secretária nesse ano de 2016 até o dia 03 de Abril.</t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/996/requerimento_2016_040.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/996/requerimento_2016_040.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento Jurídico, a Documentação do Terreno que fica na esquina da Linha 07 da Eixo, em frente à Igreja Evangélica que é de propriedade pública, e posterior a Limpeza do mesmo.</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/997/requerimento_2016_041.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/997/requerimento_2016_041.pdf</t>
   </si>
   <si>
     <t>Requer junto ao Departamento Jurídico, a Documentação do Terreno e Construções de todas as Escolas Antigas da zona rural de nosso município que estão desativadas, e que ainda não foram doadas, para que possamos fazer a doação do Terreno para o atual proprietário e da Estrutura para algum órgão sem fins lucrativos.</t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/998/requerimento_2016_042.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/998/requerimento_2016_042.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Administração, o nome dos Imóveis Locados pelo Município, com o nome do Proprietário, endereço e o Valor do Aluguel mensal, seja em nosso município ou em Porto Velho.</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/999/requerimento_2016_043.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/999/requerimento_2016_043.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria Administração, o nome e o endereço de todas as Empresas Prestadora de Serviço para o Município, nas Secretarias de Obras, Educação, Saúde e Agricultura.</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1000/requerimento_2016_045.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1000/requerimento_2016_045.pdf</t>
   </si>
   <si>
     <t>Requer junto a Funasa, que seja passado Fumasse na Rua Maria Julia no Bairro Cidade Alta.</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1001/requerimento_2016_046.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1001/requerimento_2016_046.pdf</t>
   </si>
   <si>
     <t>Requer junto Secretaria de Obras, que seja feito a limpeza dos terrenos do Loteamento no Bairro Cidade Alta, em acordo com a Lei nº.1.211/2015.</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1002/requerimento_2016_047.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1002/requerimento_2016_047.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, o cascalhamento da Linha 5 B, começando após a Associação, até o final da linha.</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>Donizette Vitor Emilio</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1003/requerimento_2016_048.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1003/requerimento_2016_048.pdf</t>
   </si>
   <si>
     <t>Requer junta a Secretaria de Obras, para a limpeza com a Roçadeira de um Terreno da Igreja Metodista Wesleyana, localizado na Linha 04, km 12.</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1004/requerimento_2016_049.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1004/requerimento_2016_049.pdf</t>
   </si>
   <si>
     <t>Requer junta a Secretaria de Obras, para fazer um trabalho para esvaziar uma poça de água da frente das casas na Rua Campos Sales, próximo a Fabrica de portas e Serraria do Dídio.</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1005/requerimento_2016_050.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1005/requerimento_2016_050.pdf</t>
   </si>
   <si>
     <t>Requer junto as Secretaria de Esporte e Obras, com suporte para a realização de um Evento de Motocross Veloterra em nosso município.</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1006/requerimento_2016_051.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1006/requerimento_2016_051.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras,  a reabertura da Linha do km 69.</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1007/requerimento_2016_052.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1007/requerimento_2016_052.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja placas na Avenida Tancredo Neves, informando o horário de proibição de trafego de Veiculo pesado, bem como carga e descarga de acordo com a Lei 1.081/2014.</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1008/requerimento_2016_053.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1008/requerimento_2016_053.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que libere o trafego da Rua Ronaldo Aragão nos dois sentidos.</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1009/requerimento_2016_055.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1009/requerimento_2016_055.pdf</t>
   </si>
   <si>
     <t>Requer junto as Secretaria de Saúde, a instalação de Ar Condicionado na Sala de Espera do Posto de Saúde Ellen Cavagna.</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1010/requerimento_2016_056.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1010/requerimento_2016_056.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja construída uma pista de caminhada no bairro Alto Alegre, em volta do Ginásio de Esporte, emendando com a Praça Peninha.</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1011/requerimento_2016_058.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1011/requerimento_2016_058.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Saúde, que se passe o Fumasse na antiga garagem da Prefeitura, ao lado do Detran.</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1012/requerimento_2016_059.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1012/requerimento_2016_059.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja recuperado o trecho da Rua Marechal Candido Rondon com malha asfáltica, entre a Av. Brasil e a Rua Chico Mendes.</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1013/requerimento_2016_060.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1013/requerimento_2016_060.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja construído dois quebra-molas na Linha do Verdurão, em frente a propriedade da Sra. Élia Vitória Campanhonni.</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1014/requerimento_2016_061.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1014/requerimento_2016_061.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que seja patrolado os trechos da BR 429 que não tem asfalto, mesmo sabendo que não é competência do Município.</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1015/requerimento_2016_062.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1015/requerimento_2016_062.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que disponibilize algumas Caçamba de cascalho para o aterro do Pátio da Igreja Pentecostal do Ministério Caminho Santo, inscrita no CNPJ nº.06.240.129/0001-53, e localizada na Rua Princesa Isabel, nº.3659, Centro, nesta cidade, Entidade Religiosa Declarada de Utilidade Pública.</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1016/requerimento_2016_063.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1016/requerimento_2016_063.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Agricultura, que disponibilize recursos para a Construção da Cobertura do Feirão do Produtor.</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1017/requerimento_2016_064.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1017/requerimento_2016_064.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Educação, que seja colocado Monitor em dois Ônibus Escolar, sendo um da Linha 03 e o outro do Setor Chacareiro, dos motoristas Davi e Carlinhos.</t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1018/requerimento_2016_065.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1018/requerimento_2016_065.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que faça dois quebra molas na Rua Integração, sendo os dois antes de passar pela Rua Chico Mendes.</t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>Elias do Tininho, Jairo de Oliveira Santana, Zé da Máquina</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1019/requerimento_2016_066.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1019/requerimento_2016_066.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que coloque os Caminhão Pipa para molhar a RO 377, durante os dias 11 à 15 de maio, que estará acontecendo a Festa do Divino Espirito Santo.</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1020/requerimento_2016_067.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1020/requerimento_2016_067.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Saúde, que disponibilize uma Ambulância e uma Equipe Médica para estar presente nos dias da Festa do Divino Espirito Santo em Porto Murtinho.</t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1021/requerimento_2016_068.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1021/requerimento_2016_068.pdf</t>
   </si>
   <si>
     <t>Requer de acordo com o Art. 26 da Lei Orgânica Municipal, a convocação do Advogado do Município Sebastião Quaresma Junior, para prestar esclarecimento sobre o recebimento de Verba de Representação nos meses de Janeiro e Fevereiro de 2016.</t>
   </si>
   <si>
     <t>1022</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1022/requerimento_2016_069.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1022/requerimento_2016_069.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, para fazer um Aterro na Linha 27, em frente a propriedade do Sr. Tico, de aproximadamente 2.000 metros.</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1023/requerimento_2016_070.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1023/requerimento_2016_070.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, a iluminação publica na Feira Municipal.</t>
   </si>
   <si>
     <t>1024</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1024/requerimento_2016_071.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1024/requerimento_2016_071.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, que faça a restauração da escultura da Bíblia, na Praça Peninha, no Bairro Alto Alegre.</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1025/requerimento_2016_072.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1025/requerimento_2016_072.pdf</t>
   </si>
   <si>
     <t>Requer junto a Secretaria de Obras, a limpeza do Terreno que fica entre o Cemitério Municipal São Francisco de Assis e a BR 429, e cobre as despesas do proprietário de acordo com a Lei nº.1.211/2015.</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
     <t>APL</t>
   </si>
   <si>
     <t>Anteprojeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/632/anteprojeto_de_lei_n.001-2016.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/632/anteprojeto_de_lei_n.001-2016.pdf</t>
   </si>
   <si>
     <t>Concede ajuda financeira a Título de Subvenção a Associação dos Pequenos Produtores Rurais Bom Futuro - ASPRUBOF.</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/633/anteprojeto_de_lei_n.002-2016.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/633/anteprojeto_de_lei_n.002-2016.pdf</t>
   </si>
   <si>
     <t>Concede Isenção às Associações sediadas em São Francisco do Guaporé na forma que especifica.</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/634/anteprojeto_de_lei_n.003-2016.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/634/anteprojeto_de_lei_n.003-2016.pdf</t>
   </si>
   <si>
     <t>Acrescenta os §§ 1º, 2º e 3º ao artigo 1º da Lei Municipal n. 1.102/2014 na forma que especifica. (A Hora do Produtor)</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Geferson dos Santos, Milton de Jesus</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/567/projeto_de_lei_n.032-2016.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/567/projeto_de_lei_n.032-2016.pdf</t>
   </si>
   <si>
     <t>"Autoriza a Chefe do Poder Executivo Municipal a Construir Ponto de Frete e dá outras providências"</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/568/projeto_de_lei_n.034-2016.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/568/projeto_de_lei_n.034-2016.pdf</t>
   </si>
   <si>
     <t>"Dá a denominação de "ANESTINO DE ALMEIDA" ao Posto de Saúde do Bairro Alto Alegre, em São Francisco do Guaporé/RO"</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/569/projeto_de_lei_n.035-2016.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/569/projeto_de_lei_n.035-2016.pdf</t>
   </si>
   <si>
     <t>“Dá a denominação de “JOÃO CRIVELLI FILHO” o “ João Trivela” ao Estádio Municipal de Futebol, em São Francisco do Guaporé/RO”.</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/570/projeto_de_lei_n.039-2016.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/570/projeto_de_lei_n.039-2016.pdf</t>
   </si>
   <si>
     <t>“Dá a denominação de “JULIO BORDIGNON” ao Prédio da Prefeitura Municipal de São Francisco do Guaporé/RO”.</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/571/projeto_de_lei_n.042-2016.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/571/projeto_de_lei_n.042-2016.pdf</t>
   </si>
   <si>
     <t>“Dá a denominação de “SEBASTIÃO LEITE DA SILVA” ao Posto de Saúde da Linha 06, km20, em São Francisco do Guaporé/RO”.</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/572/projeto_de_lei_n.069-2016.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/572/projeto_de_lei_n.069-2016.pdf</t>
   </si>
   <si>
     <t>"Cria o Programa de Verticalização da Pequena Produção Agropecuária do Município de São Francisco do Guaporé/RO - PROVE, Estabelece Normas Especiais de Tratamento Simplificado e Diferenciado e Dispõe Sobre o Tratamento Tributário Dispensado à Unidade Familiar de Processamento Agroindustrial de São Francisco do Guaporé - UFPA".</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/573/projeto_de_lei_n.073-2016.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/573/projeto_de_lei_n.073-2016.pdf</t>
   </si>
   <si>
     <t>“Dá a denominação de “JUCEMAR MIGUEL” ao Posto de Saúde da Linha 04, km25, em São Francisco do Guaporé/RO”.</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/574/projeto_de_lei_n.074-2016.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/574/projeto_de_lei_n.074-2016.pdf</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>Gerson Paulino</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/575/projeto_de_lei_n.087-2016.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/575/projeto_de_lei_n.087-2016.pdf</t>
   </si>
   <si>
     <t>“Dá a denominação de “AUGUSTO RODRIGUES DOS SANTOS” ao Posto de Saúde da Rua Ronaldo Aragão, em São Francisco do Guaporé/RO”;</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/576/projeto_de_lei_n.090-2016.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/576/projeto_de_lei_n.090-2016.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Presidente da Câmara Municipal de São Francisco do Guaporé/RO, a conceder 01 (um) dia de folga remunerada aos servidores públicos do Poder Legislativo Municipal, na data de seus respectivos aniversários e dá outras providências"</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Geferson dos Santos, Gerson Paulino</t>
   </si>
   <si>
-    <t>https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/566/projeto_de_lei_complementar_n.002-2016.pdf</t>
+    <t>http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/566/projeto_de_lei_complementar_n.002-2016.pdf</t>
   </si>
   <si>
     <t>Concede Reajuste Salarial aos Servidores do Poder Legislativo Municipal e Altera dispositivos da Lei Complementar Municipal n.10/2011.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1371,67 +1371,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/960/requerimento_2016_001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/961/requerimento_2016_002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/962/requerimento_2016_003.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/963/requerimento_2016_004.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/964/requerimento_2016_005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/965/requerimento_2016_006.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/966/requerimento_2016_007.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/967/requerimento_2016_010.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/969/requerimento_2016_012.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/970/requerimento_2016_013.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/971/requerimento_2016_014.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/972/requerimento_2016_015.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/973/requerimento_2016_016.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/974/requerimento_2016_017.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/975/requerimento_2016_018.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/976/requerimento_2016_019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/977/requerimento_2016_020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/978/requerimento_2016_022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/979/requerimento_2016_022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/980/requerimento_2016_023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/981/requerimento_2016_024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/982/requerimento_2016_025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/983/requerimento_2016_026.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/984/requerimento_2016_027.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/985/requerimento_2016_028.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/986/requerimento_2016_029.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/987/requerimento_2016_030.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/988/requerimento_2016_032.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/989/requerimento_2016_033.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/990/requerimento_2016_034.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/991/requerimento_2016_035.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/992/requerimento_2016_036.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/993/requerimento_2016_037.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/994/requerimento_2016_038.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/995/requerimento_2016_039.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/996/requerimento_2016_040.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/997/requerimento_2016_041.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/998/requerimento_2016_042.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/999/requerimento_2016_043.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1000/requerimento_2016_045.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1001/requerimento_2016_046.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1002/requerimento_2016_047.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1003/requerimento_2016_048.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1004/requerimento_2016_049.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1005/requerimento_2016_050.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1006/requerimento_2016_051.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1007/requerimento_2016_052.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1008/requerimento_2016_053.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1009/requerimento_2016_055.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1010/requerimento_2016_056.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1011/requerimento_2016_058.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1012/requerimento_2016_059.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1013/requerimento_2016_060.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1014/requerimento_2016_061.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1015/requerimento_2016_062.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1016/requerimento_2016_063.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1017/requerimento_2016_064.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1018/requerimento_2016_065.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1019/requerimento_2016_066.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1020/requerimento_2016_067.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1021/requerimento_2016_068.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1022/requerimento_2016_069.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1023/requerimento_2016_070.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1024/requerimento_2016_071.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1025/requerimento_2016_072.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/632/anteprojeto_de_lei_n.001-2016.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/633/anteprojeto_de_lei_n.002-2016.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/634/anteprojeto_de_lei_n.003-2016.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/567/projeto_de_lei_n.032-2016.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/568/projeto_de_lei_n.034-2016.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/569/projeto_de_lei_n.035-2016.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/570/projeto_de_lei_n.039-2016.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/571/projeto_de_lei_n.042-2016.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/572/projeto_de_lei_n.069-2016.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/573/projeto_de_lei_n.073-2016.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/574/projeto_de_lei_n.074-2016.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/575/projeto_de_lei_n.087-2016.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/576/projeto_de_lei_n.090-2016.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/566/projeto_de_lei_complementar_n.002-2016.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/960/requerimento_2016_001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/961/requerimento_2016_002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/962/requerimento_2016_003.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/963/requerimento_2016_004.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/964/requerimento_2016_005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/965/requerimento_2016_006.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/966/requerimento_2016_007.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/967/requerimento_2016_010.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/969/requerimento_2016_012.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/970/requerimento_2016_013.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/971/requerimento_2016_014.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/972/requerimento_2016_015.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/973/requerimento_2016_016.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/974/requerimento_2016_017.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/975/requerimento_2016_018.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/976/requerimento_2016_019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/977/requerimento_2016_020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/978/requerimento_2016_022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/979/requerimento_2016_022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/980/requerimento_2016_023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/981/requerimento_2016_024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/982/requerimento_2016_025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/983/requerimento_2016_026.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/984/requerimento_2016_027.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/985/requerimento_2016_028.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/986/requerimento_2016_029.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/987/requerimento_2016_030.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/988/requerimento_2016_032.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/989/requerimento_2016_033.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/990/requerimento_2016_034.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/991/requerimento_2016_035.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/992/requerimento_2016_036.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/993/requerimento_2016_037.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/994/requerimento_2016_038.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/995/requerimento_2016_039.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/996/requerimento_2016_040.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/997/requerimento_2016_041.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/998/requerimento_2016_042.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/999/requerimento_2016_043.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1000/requerimento_2016_045.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1001/requerimento_2016_046.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1002/requerimento_2016_047.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1003/requerimento_2016_048.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1004/requerimento_2016_049.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1005/requerimento_2016_050.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1006/requerimento_2016_051.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1007/requerimento_2016_052.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1008/requerimento_2016_053.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1009/requerimento_2016_055.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1010/requerimento_2016_056.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1011/requerimento_2016_058.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1012/requerimento_2016_059.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1013/requerimento_2016_060.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1014/requerimento_2016_061.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1015/requerimento_2016_062.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1016/requerimento_2016_063.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1017/requerimento_2016_064.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1018/requerimento_2016_065.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1019/requerimento_2016_066.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1020/requerimento_2016_067.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1021/requerimento_2016_068.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1022/requerimento_2016_069.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1023/requerimento_2016_070.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1024/requerimento_2016_071.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/1025/requerimento_2016_072.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/632/anteprojeto_de_lei_n.001-2016.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/633/anteprojeto_de_lei_n.002-2016.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/634/anteprojeto_de_lei_n.003-2016.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/567/projeto_de_lei_n.032-2016.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/568/projeto_de_lei_n.034-2016.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/569/projeto_de_lei_n.035-2016.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/570/projeto_de_lei_n.039-2016.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/571/projeto_de_lei_n.042-2016.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/572/projeto_de_lei_n.069-2016.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/573/projeto_de_lei_n.073-2016.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/574/projeto_de_lei_n.074-2016.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/575/projeto_de_lei_n.087-2016.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/576/projeto_de_lei_n.090-2016.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saofranciscodoguapore.ro.leg.br/media/sapl/public/materialegislativa/2016/566/projeto_de_lei_complementar_n.002-2016.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H81"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="51.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="125.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="124.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>